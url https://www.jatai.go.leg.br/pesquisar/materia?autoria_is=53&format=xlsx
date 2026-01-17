--- v0 (2025-11-24)
+++ v1 (2026-01-17)
@@ -10,6032 +10,7019 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3933" uniqueCount="1795">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4388" uniqueCount="2003">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Link para Matéria Legislativa</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>REQ</t>
-[...14 lines deleted...]
-    <t>Luciano Lima_x000D_
+    <t>EMMOD</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
 Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23039</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Ao Projeto de Lei Ordinária do Executivo nº 122, de 17 de dezembro de 2025, que “Dispõe_x000D_
+sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores que integram o quadro Administrativo da Secretaria Municipal de Educação do Município de Jataí e, dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23031</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DA MULHER, para a recepção do valor de R$ 600.000,00 (seiscentos mil reais), que será destinado para a implantação da Casa de Apoio à Mulher.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23025</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear as despesas de construção de sala de aula na CEMOL CASA EVANGELICA MONTE DAS OLIVEIRAS - CNPJ: 73.643.561/0001-82.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22973</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear a reforma e ampliação do Conselho Tutelar dos Direitos da Criança e do Adolescente de Jataí-GO.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Carlone Assis_x000D_
 Adilson de Carvalho</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/22524</t>
-[...2 lines deleted...]
-    <t>Requer medidas e providências para a Construção/Implementação de Casa Abrigo para Mulheres Vítimas de Violência Doméstica e Familiar.</t>
+    <t>https://www.jatai.go.leg.br/materia/22948</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear a reforma e ampliação da CASA DE APOIO MANÁ DE DEUS - CNPJ: 31.497.625/0001-34.</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22880</t>
+  </si>
+  <si>
+    <t>“Solicita ao Chefe do Poder Executivo o envio de Projeto de Lei que institua auxílio financeiro de final de ano aos Assistentes de Higiene e Alimentação – ASHA.”</t>
+  </si>
+  <si>
+    <t>EMIMP</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22879</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE SEGURANÇA PÚBLICA E DEFESA SOCIAL, para a recepção do valor de R$ 3.000,00 (três mil reais), que será destinado a aquisição de um Kit Automatizador para portão e Porteiro Eletrônico Interfone para ser instalado na sede da Guarda Civil Municipal.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22878</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 4.000,00 (quatro mil reais), que será destinado a custeio, organização e realização do evento "Copa São João 2026", sendo R$2.000,00 (DOIS MIL REAIS) para aquisição de materiais esportivos, e R$2.000,00 (DOIS MIL REAIS ) para contratação de serviços.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22877</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a custeio do Centro de Recuperação Liberdade em Cristo (CRLC) - CNPJ 13.035.315/0001-16.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22876</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 16.000,00 (dezesseis mil reais), que será destinado a equipe "Braço de Ferro", sendo R$ 8.000,00 (OITO MIL REAIS) para custeio de despesas de viagens da equipe e R$ 8.000,00 (OITO MIL REAIS) para aquisição de materiais esportivos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22875</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 10.000,00 (dez mil reais), que será destinado a custeio e aquisição de materiais esportivos para a ASSOCIAÇÃO 100% JATAÍ/JUDÔ - CNPJ: 49.715.723/0001-66.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22874</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a custeio e aquisição de materiais esportivos, uniformes e demais itens necessários às atividades desenvolvidas pelo LAR DA CRIANÇA MARCONDES DIAS - CNPJ: 00.079.103/0001-99.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22873</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 15.869,25 (quinze mil, oitocentos e sessenta e nove reais e vinte e cinco centavos), que será destinado a custeio da manutenção e aquisição de materiais pedagógicos e financiamento de ações, eventos e/ou projetos do CENTRO DE ENSINO ESPECIAL ERICA DE MELO BARBOSA - CNPJ: 01.466.440/0001-00.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22872</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a custeio para aquisição de materiais esportivos e produtos alimentícios utilizados nas atividades educacionais, esportivas e recreativas desenvolvidas pela ASSOCIAÇÃO DE DESPORTO, EDUCAÇÃO E CULTURA - RAPOSINHA- CNPJ: 47.596.347/0001-02.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22871</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 27.000,00 (vinte e sete mil reais), que será destinado a custeio de eventos, aquisição de materiais esportivo. A distribuição dos recursos será a seguinte: R$ 15.000,00 (quinze mil reais) para aquisição de materiais esportivos, e R$ 12.000,00 (doze mil reais) para subsidiar a realização da Copa Abelha.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22870</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a custeio, organização e realização do evento "Casamento Comunitário 2026", sendo R$8.000,00 (OITO MIL REAIS) para aquisição de materiais, e R$7.000,00 (SETE MIL REAIS ) para contratação de serviços.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22869</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a ASSOCIAÇÃO DE PAIS E MESTRES DO COLÉGIO DA POLÍCIA MILITAR DE GOIÁS - UNIDADE NESTÓRIO RIBEIRO - CNPJ: 20.161.236/0001-17, para a construção de 01 (uma) sala de laboratório tecnológico.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22868</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 1.500,00 (mil e quinhentos reais), que será destinado a para aquisição de materiais da ASSOCIAÇÃO DOS ARTESÃOS DE JATAÍ - CNPJ: 03.408.964/0001-61.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22867</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 1.500,00 (mil e quinhentos reais), que será destinado a realização do 27º Mutirão das Fiandeiras e Tecedeiras, promovido pelo Museu Histórico de Jataí " Francisco Honório de Campos" para aquisição de materiais e itens necessários à execução do evento.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22866</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a custear a "Semana de Enfermagem" executada pela Universidade Federal de Jataí por meio da FAU- FUNDACAO DE APOIO UNIVERSITARIO - CNPJ: 21.238.738/0001-61.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22865</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a custeio e gestão do "Projeto Banco de Ração" realizado pela ASSOCIAÇÃO ADOTE ANIMAIS JATAI - AAJTI - CNPJ: 21.736.766/0001-09.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22864</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 37.000,00 (trinta e sete mil reais), que será destinado a realizar despesas com clínicas veterinárias e aquisição de alimentos (rações) por meio do PROJETO GRÃO DE MOSTARDA (RAÇÃO E REMÉDIO PARA PATINHAS) - CNPJ: 53.743.054/0001-03.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22863</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a aquisição de um ônibus, bem como ao custeio das atividades e despesas correntes da ASSOCIAÇÃO FAVOS - FAMÍLIA, AMOR, VOLUNTARIADO, OPORTUNIDADE SAÚDE - CONTRA O CÂNCER A FAVOR DA VIDA - CNPJ: 15.433.658/0001-64.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22862</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a custear ações da Escola de Games executada pela Universidade Federal de Jataí por meio da FAU FUNDACAO DE APOIO UNIVERSITARIO - CNPJ: 21.238.738/0001-61.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22861</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 41.000,00 (quarenta e um mil reais), que será destinado a R$ 41.000,00 (quarenta e um mil reais) para o custeio de despesas de viagens de equipes (ajuda de custo).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22860</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 6.000,00 (seis mil reais), que será destinado a aquisição de um ar-condicionado para ESCOLA MUNICIPAL ANTONIO TOSTA DE CARVALHO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22859</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado ao Projeto - Polo Esportivo Vila Brasília, sendo R$10.000,00 (DEZ MIL REAIS) para aquisição de materiais esportivos, e R$10.000,00 (DEZ MIL REAIS ) para contratação de serviços.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22858</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado a para custear a realização da feira - Semana de Inovação das Ciências Agrárias (SEMICA/UFJ) executada pela Universidade Federal de Jataí por meio da FAU- FUNDACAO DE APOIO UNIVERSITARIO - CNPJ: 21.238.738/0001-61.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22857</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 10.000,00 (dez mil reais), que será destinado a custeio para a realização do 12º Encontro Nacional de Motociclistas de Jataí, promovido pelo MOTO GRUPO ROTA 060 - CNPJ: 14.158.544/0001-90.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22856</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a custear ações, eventos e/ou projetos para a ASSOCIAÇÃO ATLÉTICA WIDER SANTOS - CNPJ: 17.077.705/0001-00.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22855</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a realização do Festival de Carros Antigos de Jataí, promovido pela JACA - JATAI ASSOCIAÇÃO DE CARROS ANTIGOS - CNPJ: 41.813.465/0001-49 incluindo a aquisição de materiais, serviços e itens necessários à execução do evento.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22854</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 10.869,25 (dez mil, oitocentos e sessenta e nove reais e vinte e cinco centavos), que será destinado a custeio para aquisição de equipamentos e materiais permanentes para a USF VILA FATIMA - CNES: 2340178.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22853</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a aquisição de exames de saúde e compra de equipamentos ortopédicos, visando ampliar o acesso da população jataiense a serviços essenciais à saúde por meio da Associação Goiana de Atualização e Realização do Cidadão – AGARC (CNPJ 04.424.386/0001-10).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22852</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 101.000,00 (cento e um mil reais), que será destinado a Secretaria Municipal de Saúde, sendo R$ 50.000,00 (CINQUENTA MIL REAIS) para aquisição de equipamentos e R$ 51.000,00 (CINQUENTA E UM MIL REAIS) para custeio de demais despesas necessárias para o funcionamento do Núcleo de Atendimento ao TEA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22851</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 104.000,00 (cento e quatro mil reais), que será destinado a Secretaria Municipal de Saúde para aquisição e entrega dos Kits do Bebê Saudável nas Unidades de Saúde da Família, visando incentivar o pré-natal completo e apoiar gestantes em situação de vulnerabilidade, garantindo itens essenciais para o nascimento e cuidados iniciais do recém-nascido.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22850</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 51.000,00 (cinquenta e um mil reais), que será destinado ao Ambulatório de Urgência em Pediatria, sendo R$25.000,00 (VINTE E CINCO MIL REAIS) para aquisição de materiais, e R$26.000,00 (VINTE E SEIS MIL REAIS ) para contratação de serviços.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22849</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 40.000,00 (quarenta mil reais), que será destinado a custeio, organização e realização sobre eventos ligados ao tema "Conscientização do Transtorno do Espectro Autista (TEA)", sendo R$20.000,00 (VINTE MIL REAIS) para aquisição de materiais, e R$20.000,00 (VINTE MIL REAIS ) para contratação de serviços.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22848</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a custeio e aquisição de equipamentos do "Projeto ReUro – Reabilitação de Homens Pós-Câncer de Próstata", por meio da FAU - FUNDACAO DE APOIO UNIVERSITARIO - CNPJ: 21.238.738/0001-61.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22847</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 101.000,00 (cento e um mil reais), que será destinado a custeio e aquisição de equipamentos do "Projeto Centro de Pesquisa Emergente em Diagnóstico, Epidemiologia e Biotecnologia em Doenças Parasitárias e Infecciosas", por meio da FAU - FUNDACAO DE APOIO UNIVERSITARIO - CNPJ: 21.238.738/0001-61.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22765</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a realização de TORNEIO DE FUTVOLEI.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22764</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a reforma de salas de aulas, na UFJ.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22763</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a AQUISIÇÃO DE COMPUTADORES DE ALTO DESEMPENHO.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22762</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 1.000.000,00 (um milhão de reais), que será destinado a reforma do prédio da superintendência de higiene e alimentação/merenda escolar.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22761</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a reforma de todas as cozinhas das escolas municipais, adequando climatização, conforto térmico e qualidade do ar.</t>
   </si>
   <si>
     <t>Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22760</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 3.000.000,00 (três milhões de reais), que será destinado a realização de asfaltamento em todo Bairro, Sítio de Recreio Alvorada.</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Kátia Carvalho_x000D_
+Luciano Lima_x000D_
+Guilherme Alves_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22759</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 600.000,00 (seiscentos mil reais), que será destinado a construção de espaço adequado para realização de atividades físicas e eventos, na Escola Municipal Boa Vista.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22758</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 1.500.000,00 (um milhão e quinhentos mil reais), que será destinado ao Conselho Municipal dos Direitos das pessoas com deficiência, para custeio do Programa Municipal de Inclusão e acessibilidade.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22757</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a ESCOLA MUNICIPAL ISAIAS SOARES - CNPJ: 01.829.367/0001-85, para custear reformas/melhorias no prédio da escola.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22756</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DO DESENVOLVIMENTO RURAL, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao custeio do CIRCUITO NACIONAL DE LAÇO, da Cabanha Alma Farrapa.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22755</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a realização da MARCHA PARA JESUS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22754</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a realização do Festival de Carros Antigos de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22753</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 70.000,00 (setenta mil reais), que será destinado a realização do 12º Encontro Nacional de Motociclistas de Jataí.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Abimael Silva da TV_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22752</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 700.000,00 (setecentos mil reais), que será destinado a Custeio no apoio destinado ao Sindicato Rural de Jataí – Centro de Equoterapia Primeiro Passo, visando fortalecer as atividades terapêuticas e contribuir para a melhoria da saúde e reabilitação dos usuários atendidos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22751</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 400.000,00 (quatrocentos mil reais), que será destinado para custear eventos esportivos, inscrições, medalhas, troféus, viagens, despesas de transporte e hospedagem dos atletas jataienses em competições nacionais.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22750</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a Universidade Federal de Jataí para a construção de uma ponte que ligue o bairro Estrela D’alva a Universidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22749</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 40.000,00 (quarenta mil reais), que será destinado a CASA EVANGÉLICA MONTE DAS OLIVEIRAS – CEMOL, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22748</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Associação de Desporto, Educação e Cultura Raposinha, para o custeio dos atletas e da associação.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22747</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao CENTRO MUNICIPAL DE EDUCACAO INFANTIL UBALDINA RIBEIRO, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22746</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado ao custeio do Torneio estadual de jiu-jitsu (MAX- MANADA).</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Kátia Carvalho_x000D_
+Luciano Lima_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Lazinho do Asfalto_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22745</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 700.000,00 (setecentos mil reais), que será destinado ao Sindicato Rural de Jataí, para realização da EXPAJA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22744</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a Diocese de Jataí, auxiliar no subsidio das obras sociais da Diocese no município de Jataí.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22733</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao Lar da Criança Marcondes Dias, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22732</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 436.428,00 (quatrocentos e trinta e seis mil, quatrocentos e vinte e oito reais), que será destinado a Associação Jesus Salvador para custeio das ações filantrópicas.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22731</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a aquisição de ração para cães e gatos errantes, abandonados ou pertencentes a tutores financeiramente vulneráveis.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Carlinhos Canzi_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22730</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será destinado a a fim de custear: ações e eventos do Conselho de Pastores e Ministros de Jataí (COPEJA).</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22729</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 345.000,00 (trezentos e quarenta e cinco mil reais), que será dos quais R$ 50.000,00 (cinquenta mil reais) serão destinados ao Projeto Grão de Mostarda para aquisição de ração animal e os restantes R$ 295.000,00 para a SECRETARIA MUNICIPAL DO MEIO AMBIENTE para castração animal.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22728</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 1.350.000,00 (um milhão, trezentos e cinquenta mil reais), que será destinado a Associação de Beneficiência Albergue São Vicente de Paulo, para custear ações filantrópicas.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22727</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 330.000,00 (trezentos e trinta mil reais), que será destinado ao Centro de Ensino Especial Érica de Melo Barbosa, para custear a substituição do telhado para telhas termoacústicas.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22726</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 350.000,00 (trezentos e cinquenta mil reais), que será destinado a Jataí Associação de Carros Antigos (JACA), para subsidiar a realização do 9º Encontro Nacional de Carros Antigos de Jataí.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
 Kátia Carvalho_x000D_
 Lazinho do Asfalto_x000D_
 Luciano Lima_x000D_
 Marcos Patrick_x000D_
 Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22725</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando A SECRETARIA DA CULTURA, para a recepção do valor de R$ 324.000,00 (trezentos e vinte e quatro mil reais), que será A Associação dos Amigos da Orquestra dos Violeiros de Jataí, para custeio das despesas com pessoal.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22724</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 250.000,00 (duzentos e cinquenta mil reais), que será destinado a Centro de Tradições Gaúchas - Querência Goiana, para subsidir eventos culturais, para custear projetos do CTG e da Campeira.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Carlinhos Canzi_x000D_
 Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22723</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Sindicato dos Trabalhadores em Educação de Goiás, Unidade Jataí, para conclusão das obras do Salão de Eventos da sede social em Jataí/GO.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22722</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado ao Sindicato dos Servidores Públicos Municial de Jataí, para construção e aquisição de equipamentos de campo de futebol society na sede social do clube.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22721</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Associação Jataí para a Inovação Tecnológica e o Empreendedorismo – AJINTECH, para custear a realização da feira “Semana de Inovação das Ciências Agrárias – SEMICA”, a ser organizada pela AJINTECH, em parceria com o Parque Tecnológico de Jataí e o Centro Acadêmico do Curso de Agronomia Prof. Jerônimo Araújo Gomes,.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
 Durval Júnior da Sucesso</t>
   </si>
   <si>
+    <t>https://www.jatai.go.leg.br/materia/22720</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a Universidade Federal de Jataí, para reforma das três Centrais de Aulas.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22719</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado a Fundação de Apoio Universitário/ FAU, da UFJ, para compra e aquisição de Lupa.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22718</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear programações e festivais musicais.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22717</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado para custear casamento comunitário.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22716</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 4.000.000,00 (quatro milhões de reais), que será destinado a APAE - ASSOCIACAO DOS PAIS E AMIGOS DOS EXCEPCIONAIS DE JATAI, para custeio e manuntenção dos trabalhos da associação.</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Luciano Lima_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22715</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Centro Municipal de Educação Bezerra de Menezes, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22714</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000.000,00 (quinze milhões de reais), que será destinado a aquisição de área, para o DIMPE (Distrito Municipal de Micro e Pequenas Empresas).</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22650</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei Ordinária do Executivo nº 110, de 27 de novembro de 2025, que “Altera o Código de Postura Municipal, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22634</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a implantação de estrutura de acessibilidade no Lago Bom Sucesso”.</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Guilherme Alves_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22609</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadão Jataiense ao Padre Valdinei Nascimento de Sousa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22605</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo iluminação com lâmpadas LED na praça localizada na rua Professor Paulo Vieira, entre os setores Estrela Dalva e Francisco Antônio”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22603</t>
+  </si>
+  <si>
+    <t>“Solicita ajuda Humanitária, a pessoa de NATALIA NUNES DE SOUZA, e dá outras providencias.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22593</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo a Implantação de CMEI no Setor Novo Esperança – CMEI Esperança</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Guilherme Alves_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22591</t>
+  </si>
+  <si>
+    <t>Manifestam profundo pesar pelo falecimento do senhor Donaldo Alves de Almeida, ocorrido recentemente, e solidarizam-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22584</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento de Suzy Mary Oliveira Montalvão, ocorrido em 24 de novembro de 2025, e solidariza-se com seus familiares e amigos</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22580</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento do Ex-Vereador e Advogado Nivaldo Souza Moraes, ocorrido em 23 de novembro de 2025, e solidariza-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22579</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Primeiros Socorros no Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22572</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo envio de projeto de lei criando o Programa Professor de Inclusão Individual, destinado ao atendimento educacional personalizado de estudantes com Transtorno do Espectro Autista (TEA), TDAH e outras condições que demandem acompanhamento pedagógico especializado”.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22524</t>
+  </si>
+  <si>
+    <t>Requer medidas e providências para a Construção/Implementação de Casa Abrigo para Mulheres Vítimas de Violência Doméstica e Familiar.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
     <t>https://www.jatai.go.leg.br/materia/22519</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, Geneilton Filho de Assis, e à Secretária de Desenvolvimento Social e Cidadania, Alessandra Borges Ribeiro Assis, a implementação do serviço de Proteção Social Especial de Média Complexidade “Centro Multifuncional de Referência para Pessoas com Deficiência e suas Famílias”, no município de Jataí, conforme demanda apresentada no Programa Jovem Vereador pela representante da Escola Érica De Melo, Isabely Novato Diogo de Souza.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Guilherme Alves_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22518</t>
+  </si>
+  <si>
+    <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, Geneilton Filho de Assis, e à Secretária da Educação, Sra. Jeane Idalina Bonifácio, a criação de salas multissensoriais nas escolas da Rede Municipal de Ensino de Jataí, conforme demanda apresentada no Programa Jovem Vereador pelo representante da APAE, Fernando Garcia Santos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22516</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo Municipal, por meio da Secretaria de Saúde, a implantação do programa “Corujão da Saúde”, visando ampliar o horário de funcionamento das Unidades Básicas de Saúde (UBS) do município de Jataí.”</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22512</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao Pastor Josué Rodrigues de Gouveia, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22509</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos às servidoras Delzirê Zacarias e Elane Virgínia, finalistas da 2ª Edição do Concurso Sabores da Escola, que representaram com destaque o município de Jataí, conquistando o 4º lugar”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22508</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo Municipal estudos para celebração de convênio com o curso de Educação Física da Universidade Federal de Jataí (UFJ), visando o acompanhamento e orientação do funcionamento das academias ao ar livre”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22507</t>
+  </si>
+  <si>
+    <t>“Solicita o Poder Executivo a fixação de publicações contendo o nome, a especialidade e os horários de atendimento dos médicos que atuam nas Unidades Básicas de Saúde (UBS) do município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22506</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a construção de feira coberta para atender os setores: Conjunto Rio Claro, Portal do Sol, Jardim Paraíso, Colmeia Park e Mauro Bento”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22505</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo Municipal a aquisição de uma van para utilização como Base Comunitária Móvel da Guarda Civil Municipal (GCM)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22504</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a realização do Casamento Comunitário no ano de 2026”.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22502</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadão Jataiense ao Delegado Marlon Souza Luz e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22447</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo alargamento em toda extensão da Rua Vovô Daniel, no setor Sebastião Herculano.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22444</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a construção de uma Escola de ensino infantil e fundamental para atender os setores:  Vila Fátima, Sodré, Setor Sul, Cohacol 5, Industrial, Serra Azul, Fabriny, Aimbiré e Jardim Floresta.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22443</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça Estudo Técnico de viabilidade para criação da farmácia de manipulação na rede de pública municipal.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22439</t>
+  </si>
+  <si>
+    <t>“Solicita-se a realização, em caráter de urgência, de Audiência Pública com a finalidade de discutir a paralisação de Obras do Parque Tecnológico de Jataí - JataiTech .”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22437</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo projeto de Lei para instituir, no âmbito do município de Jataí, o Programa de Reconstrução Dentária para Mulheres Vítimas de Violência Doméstica”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22436</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a instituir o Programa Municipal de Incentivo à Criação de Espaços Lúdicos em Unidades de Saúde com Atendimento Pediátrico, no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Luciano Lima_x000D_
+Abimael Silva da TV_x000D_
+Kátia Carvalho_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22413</t>
+  </si>
+  <si>
+    <t>Solicita Moção de Pesar pelo falecimento do estimado Professor e Servidor Público Municipal, Damásio Ferreira.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22407</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a realização de estudo técnico para a implantação de um redutor de velocidade na Rua 34, no trecho que liga o Setor Colméia Park ao Jardim Paraíso.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22406</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a construção de uma Unidade Básica de Saúde (UBS) no Setor Residencial Jardim dos Ipês.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22405</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que realize a implantação da rede de esgoto no Sítios de Recreio Alvorada, em Jataí – GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22403</t>
+  </si>
+  <si>
+    <t>Requerimento em anexo, que trata da solicitação de envio de Projeto de Lei para criação de premiação às escolas municipais com destaque em desempenho educacional.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22391</t>
+  </si>
+  <si>
+    <t>“Institui no Calendário Oficial de Eventos e Datas Comemorativas do Município de Jataí a Semana de Inovação das Ciências Agrárias da Universidade Federal de Jataí (SEMICA/UFJ), e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22368</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que realize o recapeamento asfáltico na Rua 107 e na Rua Albanir Peres, no Bairro Jardim Rio Claro.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22361</t>
+  </si>
+  <si>
+    <t>“Solicita a realização de Audiência Pública para discutir a situação da limpeza pública no município de Jataí, abrangendo a coleta de lixo, a varrição de ruas e demais serviços de manutenção urbana.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22334</t>
+  </si>
+  <si>
+    <t>“Solicita a realização de Sessão Solene em comemoração ao Dia do Profissional de Tecnologia da Informação (TI).”</t>
+  </si>
+  <si>
+    <t>EMADT</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22318</t>
+  </si>
+  <si>
+    <t>Acrescenta inciso ao artigo 3º do Projeto de Lei nº 065/2025, que “Dispõe sobre regras de uso, fixa preço público e taxas para utilização do Centro Cultural Dom Benedito Domingos Cóscia e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlone Assis_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22306</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR MARCELO TOSTA</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Carlone Assis_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22303</t>
+  </si>
+  <si>
+    <t>Acrescenta parágrafo ao artigo 1º do Projeto de Lei nº 064/2025, que altera a Lei nº 4753/2024, para garantir prioridade à agricultura familiar_x000D_
+na ocupação dos boxes e espaços públicos do Mercado Municipal.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22300</t>
+  </si>
+  <si>
+    <t>"Solicita que seja realizado estudos técnicos para a instalação de um redutor de velocidade em frente à Escola Estadual Washington Barros França, no Setor Jacutinga."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22298</t>
+  </si>
+  <si>
+    <t>"Solicita a aquisição de tendas e a liberação de espaço público para realização de feiras da Agricultura Familiar em nosso município."</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22296</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadão Jataiense ao Dr. Paulo de Tharso Brondi de Paula Rodrigues e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22289</t>
+  </si>
+  <si>
+    <t>Solicito Moção de Aplausos ao casal de atletas Sensei Dieter Tiago Martins dos Santos e Sensei Daryene Martins dos Santos, pelas brilhantes conquistas no Campeonato Brasileiro de Judô – Veteranos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22288</t>
+  </si>
+  <si>
+    <t>"Solicita a construção de uma praça no Setor Colmeia Park, na Rua 07 com a Avenida Perimetral."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22284</t>
+  </si>
+  <si>
+    <t>"Solicita a revitalização da Praça Dona Filinha, no Setor Portal do Sol."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22282</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso ao Deputado Federal e Médico Dr. Zacarias Calil, em reconhecimento aos relevantes serviços prestados ao Estado de Goiás, ao Brasil e, de forma especial, ao município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22278</t>
+  </si>
+  <si>
+    <t>"Solicita a reforma geral da Escola Municipal Flávio Vilela."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22274</t>
+  </si>
+  <si>
+    <t>“Solicita a realização de Sessão Solene em comemoração ao Dia do Psicólogo.”</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Guilherme Alves_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22266</t>
+  </si>
+  <si>
+    <t>“Altera o Art. 1º do Projeto de Lei Ordinária nº 064/2025 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22256</t>
+  </si>
+  <si>
+    <t>"Solicita ao Poder Executivo a construção e implantação de uma quadra de esportes na Praça Jardim Paraíso."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22247</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo o retorno imediato da obra de construção da Unidade Básica de Saúde (UBS) localizada no Setor Fabriny.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22244</t>
+  </si>
+  <si>
+    <t>Altera a Lei 4.445, de 25/08/2022, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22241</t>
+  </si>
+  <si>
+    <t>“Requer realização de sessão solene em homenagem aos Pastores Evangélicos, como forma de reconhecimento ao importante papel desses líderes em nossa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22236</t>
+  </si>
+  <si>
+    <t>“Solicita que seja realizado estudo de viabilidade técnica para a implantação de uma linha de transporte público coletivo (ônibus) que percorra o Bairro Sebastião Herculano.”</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22231</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de Título de Cidadão Jataiense ao Coronel da Policia Militar de Goiás, Alexandre dos Santos Silva e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22188</t>
+  </si>
+  <si>
+    <t>"Solicitam ao Chefe do Poder Executivo a aquisição de uma caminhonete para o Albergue São Vicente de Paula."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22180</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo estudos técnicos para implantação de uma faixa elevada para travessia de pedestres na Avenida Araxá, Setor Fabriny.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22179</t>
+  </si>
+  <si>
+    <t>“Requer a Criação de um Centro de Apoio a Pessoa Autista em nosso Município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22178</t>
+  </si>
+  <si>
+    <t>"Solicita a reforma e ampliação da Escola Municipal Professor Geraldo Venério de Carvalho."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22177</t>
+  </si>
+  <si>
+    <t>"Solicita, ao Poder Executivo, a realização de estudo técnico de viabilidade para o alargamento da Avenida Rio Doce, situada no Setor Colinas."</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22168</t>
+  </si>
+  <si>
+    <t>"Manifesta profundo pesar pelo falecimento da Senhor Evandro Ramos Rodrigues, ocorrido em 21 de junho de 2025, e solidariza-se com seus familiares e amigos."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22135</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que envie Projeto de Lei que autorize a doação de uma área pública municipal destinada à criação de um espaço adequado e seguro para a prática de motocross em nosso município”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22130</t>
+  </si>
+  <si>
+    <t>"Solicita, ao Poder Executivo, a criação de um programa habitacional destinado a famílias com renda superior a um salário mínimo, com possibilidade de execução por meio de Parcerias Público-Privadas (PPPs)."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22129</t>
+  </si>
+  <si>
+    <t>"Solicita, ao Poder Executivo, a realização de estudos de viabilidade e a adoção das providências necessárias para a implantação de Polos de Subprefeitura nos principais povoados do município de Jataí."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22126</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22102</t>
+  </si>
+  <si>
+    <t>"Solicita a reforma e melhorias na Escola Municipal Antônio Tosta de Carvalho."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22092</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo providências urgentes quanto à situação da iluminação pública na região do Lago JK.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22091</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo estudos técnicos visando a instalação de um redutor de velocidade na Rua Miguel de Assis, na Vila Jardim Maximiano Peres.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22087</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo estudos visando a instalação de um redutor de velocidade eletrônico na Avenida Ninfa das Águas, no Setor Cidade Jardim I.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22084</t>
+  </si>
+  <si>
+    <t>Requer à Presidência da Câmara Municipal de Jataí, a realização de Sessão Solene em homenagem ao Dia do Administrador, aos 60 anos da regulamentação da profissão de Administrador no Brasil e aos 40 anos do Conselho Regional de Administração de Goiás (CRA-GO).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22077</t>
+  </si>
+  <si>
+    <t>"Requer estudo de viabilidade para construção de uma praça com área de lazer, no Residencial Jardim Jataí."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22062</t>
+  </si>
+  <si>
+    <t>"Solicita ao Poder Executivo a construção de uma praça pública na área verde localizada ao final da Rua A-18, no Residencial Setor Sul.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22038</t>
+  </si>
+  <si>
+    <t>"Solicita ao Poder Executivo a realização de estudo de viabilidade técnica e urbanística para a construção de uma nova pista de skate no município de Jataí."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22037</t>
+  </si>
+  <si>
+    <t>"Solicita ao Poder Executivo providências urgentes para a reforma e melhorias das pistas de skate localizadas no Lago Diacuy, Parque Brito e Lago JK."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22036</t>
+  </si>
+  <si>
+    <t>"Solicita ao Poder Executivo providências para a reforma dos banheiros e bebedouros públicos localizados no Lago Diacuy."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22035</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que realize o recapeamento asfáltico nas ruas Ipê Roxo e Pau Brasil, no Bairro Jardim Floresta.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Guilherme Alves_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22015</t>
+  </si>
+  <si>
+    <t>“Requer à Presidência da Câmara Municipal de Jataí, a realização de Sessão Solene em homenagem aos Conselheiros Tutelares e aos membros do Juizado da Infância e Juventude.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22001</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos à senhora Joana Darc Cândida de Almeida Moraes (Joaninha), pelo exemplar trabalho realizado como técnica em enfermagem em Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22000</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadã Jataiense a Senhora Daryene Wider dos Santos, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21999</t>
+  </si>
+  <si>
+    <t>“Requer à Prefeitura de Jataí, por meio da Secretaria de Saúde, estudos técnicos visando a realização de concurso público para os cargos de Agente Comunitário de Saúde e Agente de Combate a Endemias no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21998</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos ao senhor Igor Costa Santos pela sua recente graduação em Medicina pela Universidade Federal de Jataí (UFJ)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21988</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de Cidadã Jataiense à Senhora Maria das Graças Landim de Carvalho Caiado e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21977</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a instalação de um Ecoponto no Povoado da Estância.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21972</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça um estudo de viabilidade para realizar a revitalização da UBS Vila Brasília.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21954</t>
+  </si>
+  <si>
+    <t>“Solicita asfaltamento na Rua 5, no Setor Santo Antônio”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21953</t>
+  </si>
+  <si>
+    <t>“Solicita, ao Poder Executivo, a realização de estudo técnico de viabilidade para o alargamento da Avenida Pedro Bento, localizada no Setor José Bento.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21950</t>
+  </si>
+  <si>
+    <t>"Solicita, ao Poder Executivo, o envio de Projeto de Lei que define a destinação exclusiva da arrecadação dos impostos ITR e ITBI rurais para o asfaltamento e melhorias das estradas rurais do município de Jataí."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21935</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade técnica para construção de uma Quadra Esportiva no Conjunto Residencial Mauro Bento”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21933</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder público Municipal reparo e manutenção na Praça do Bairro Filostro Machado”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21930</t>
+  </si>
+  <si>
+    <t>“Manifesta o seu mais profundo pesar pelo falecimento do senhor Osvaldo de Ataídes Faria, ocorrido no dia 05 de maio de 2025, aos 85 anos, com grande tristeza.”</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21927</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Sr. Osvaldo Ataíde Faria (Osvaldo Gomide).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21876</t>
+  </si>
+  <si>
+    <t>“Solicita a realização de Sessão Solene homenagem ao Dia Internacional da Família.”</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21871</t>
+  </si>
+  <si>
+    <t>Solicita desta Casa de Leis a inclusão das instituições APAE e Érica de Melo ao concurso Jovem Vereador Jataiense, promovido pela Escola de Gestão e Eficiência Legislativa (EGEL).</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21865</t>
+  </si>
+  <si>
+    <t>Assunto: Solicitação de Sessão Solene em Homenagem aos 27 Anos de Fundação da Igreja Mundial do Poder de Deus no Brasil e aos 18 Anos de sua Fundação em Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21851</t>
+  </si>
+  <si>
+    <t>“Moção de Aplausos e Reconhecimento a Igreja Mundial do Poder de Deus pelos seus 27 anos de evangelização”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21850</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO PODER EXECUTIVO ENVIO DE_x000D_
+PROJETO DE LEI DE AJUDA HUMANITÁRIA A_x000D_
+PESSOA DE LUIZ MIGUEL DA SILVA DIAS“.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21823</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública, em caráter de urgência, com finalidade de discutir sobre o retorno seguro da Univerdade Federal de Jataí UFJ – Via de saída pelo Bairro Estrela Dalva.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21821</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo que realize revisão do Plano Diretor do município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21819</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos ao senhor Evandro de Assis Ferreira, por atitude heroica, em impedimento a uma tentativa de feminicídio em nosso município”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21818</t>
+  </si>
+  <si>
+    <t>“SOLICITO MOÇÃO DE APLAUSOS PELOS 27 ANOS DA IGREJA MUNDIAL DO PODER DE DEUS NO BRASIL”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21809</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo que realize parceria com a Assembleia de Deus – Missão para implantação de uma escola municipal com o ensino fundamental I”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21807</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos a Igreja Assembleia de Deus pela realização do  18º Congresso União de Mocidade da Assembleia de Deus de Jataí (UMADEJ 2025).”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21792</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo que realize mutirão de entrega de escrituras habitacionais”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21784</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo parceria com clínicas  veterinárias especializadas em socorrer animais atropelados e abandonados com atendimento de 24h de emergência no município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21779</t>
+  </si>
+  <si>
+    <t>“Solicita a Organização das Voluntárias de Goiás (OVG) a edição do Goiás Social 2025, com atendimentos oftalmológicos gratuitos no município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21776</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Marco Antônio, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21754</t>
+  </si>
+  <si>
+    <t>“Requerem à Prefeitura de Jataí a realização de estudos técnicos, visando à reinclusão do Parágrafo Único do Artigo 213, da Lei Municipal Ordinária nº 2.822/2007, revogado pela Lei Ordinária nº 4.389/22.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21744</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da participação em licitações municipais de empresas notificadas por descumprimento de contratos administrativos_x000D_
+ e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21721</t>
+  </si>
+  <si>
+    <t>“Institui isenção de Imposto sobre a Propriedade Predial e Territorial Urbana - IPTU aos imóveis de terceiros locados pelos templos de qualquer religião e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21719</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo análise para a_x000D_
+instalação do Restaurante do Bem no Mercado_x000D_
+Municipal Cylleneo França, em Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21718</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico_x000D_
+de viabilidade para criar a Secretaria de Agricultura_x000D_
+Familiar na estrutura administrativa do município_x000D_
+de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21704</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21692</t>
+  </si>
+  <si>
+    <t>Requer que determine ao Departamento de Engenharia e Arquitetura da Prefeitura Municipal de Jataí, ou caso necessário, a contratação de uma equipe técnica especializada objetivando a elaboração de um projeto de pavimentação asfáltica compreendendo o trecho entre o Sítio Alvorada e a GO 184 – passando pelo Assentamento Guadalupe, com a contemplação de uma pista exclusiva para ciclistas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21674</t>
+  </si>
+  <si>
+    <t>“Solicita parceria e a implantação do Restaurante do Bem no município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21673</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo isenção de impostos municipais sobre o café”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21660</t>
+  </si>
+  <si>
+    <t>“Institui no Calendário Oficial de Eventos e Datas Comemorativas no Município de Jataí, para incluir o Dia Municipal dos Profissionais da Enfermagem, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21655</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder público Municipal reparo e manutenção na Praça Reverendo Aurindo César de Lima”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21654</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder público Municipal a instalação de duchas na quadra de areia do lago JK”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21653</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que realize a construção de uma pista para a prática de motocross, atendendo às demandas da população que pratica e prestigia esse esporte.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21652</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que envie projeto de Lei de doação de área pública para construção de um Centro De Tradições Nordestinas (CTN) em Jataí”.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21649</t>
+  </si>
+  <si>
+    <t>“Requer que determine ao Departamento de Engenharia e Arquitetura da Prefeitura Municipal de Jataí, ou caso necessário, a contratação de uma equipe técnica especializada objetivando a elaboração de um projeto de pavimentação asfáltica compreendendo o trecho entre o Sítio Alvorada e a GO 184 – passando pelo Assentamento Guadalupe, com a contemplação de uma pista exclusiva para ciclistas”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21648</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal que envie projeto de Lei, implantando o sistema da telemedicina na rede pública municipal de saúde de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21591</t>
+  </si>
+  <si>
+    <t>“Solicita a aquisição de um aparelho de Hemodinâmica, adquirido em parceria com o governo do Estado, para ser instalado no Hospital Estadual de Jataí Dr. Serafim de Carvalho. ”</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21586</t>
+  </si>
+  <si>
+    <t>“Requerem que sejam realizados procedimentos_x000D_
+ legais, visando a  doação de uniformes e agasalhos, para _x000D_
+todos os estudantes da rede municipal de Educação de Jataí._x000D_
+_x000D_
+Autores, Vereadores: GUILHERME ALVES, ABIMAEL SILVA, ADILSON CARVALHO E CARLONE ASSIS</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21584</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para doação de área pública para ampliação do prédio físico da 14º Regional de Polícia Civil do Estado de Goiás.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21583</t>
+  </si>
+  <si>
+    <t>“Solicita ao Governo de Goiás, à instalação de um Comando Regional do Corpo de Bombeiros, em Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21582</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que envie projeto de Lei de doação de área pública para construção de uma nova sede do Corpo de Bombeiros para que seja o novo Comando Regional desta respeitada instituição, em Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21581</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal, empenho para restauração de ponte de acesso ao Assentamento Terra e Liberdade (3T).”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21579</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a regulamentação da venda direta de imóveis públicos objeto de Regularização Fundiária Urbana de Interesse Específico – Reurb-E para templos religiosos”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21569</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder público Municipal a implantação de uma Creche Pública para Idosos em situação de vulnerabilidade em Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21566</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo construção e instalação de uma Unidade Básica de Saúde (UBS) no assentamento Terra e Liberdade (3T)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21562</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo  providências urgentes para a solução dos problemas enfrentados pelos prestadores de serviço autônomos da Prefeitura de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21560</t>
+  </si>
+  <si>
+    <t>“Requer a exclusão da limitação imposta ao número de requerimentos a serem apreciados em cada seção, bem como o número de requerimentos que podem ser protocolados por temporada de seções".</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21559</t>
+  </si>
+  <si>
+    <t>“Requerem a revisão do reajuste na ordem de 38% para os servidores da Educação do município de Jataí, visando adequá-lo para todos os profissionais do segmento, que são professores, de acordo com a Lei Nacional do Piso, garantindo um reajuste igual para todos, respeitando o princípio da isonomia constitucional, e solicitam a abertura de diálogo com o SINTEGO para discutir e negociar as formas de cumprimento desse reajuste.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21556</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo a criação do centro de musicoterapia’’.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21555</t>
+  </si>
+  <si>
+    <t>"Requer ao Poder Executivo a instalação de um ecoponto entre os setores Estrela Dalva e Francisco Antônio’’.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21551</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo a elaboração de projeto de Lei para implantação de Programa de inclusão de pessoas com deficiência nas repartições públicas do município de Jataí”.</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/22518</t>
-[...1019 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/materia/21544</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para deflagrar Processo Seletivo Simplificado e Concurso visando à contratação temporária de profissionais para a prestação de serviços junto à Secretaria Municipal de Educação, em nosso Município.</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
 Guilherme Alves_x000D_
 Carlone Assis_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21542</t>
   </si>
   <si>
     <t>“Requerem ao Executivo Municipal, reajuste salarial aos servidores que possuem como base salarial, o salário mínimo.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21533</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, que envie projeto de lei, criando Estatuto próprio, para a classe administrativa da Educação, de nosso Município.</t>
   </si>
   <si>
-    <t>Carlinhos Canzi_x000D_
+    <t>Adilson de Carvalho_x000D_
 Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Carlone Assis_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21529</t>
+  </si>
+  <si>
+    <t>“Requer que seja realizado um estudo de viabilidade técnica para a construção de uma unidade adicional do Conselho Tutelar em nosso município.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Kátia Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21505</t>
+  </si>
+  <si>
+    <t>Solicitação ao Executivo Municipal para a criação de um Centro de Atendimento a Autistas e Pessoas com Deficiência.</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21470</t>
+  </si>
+  <si>
+    <t>Dispõe sobre os procedimentos referentes ao controle, uso, a guarda, conservação, manutenção e abastecimento dos veículos da Câmara Municipal de Jataí</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Genilson Santos_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21468</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 4.174, de 26 de março de 2020, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21462</t>
+  </si>
+  <si>
+    <t>Acrescenta o Art. 14-A à Lei nº 4.174, de 26 de março de 2020, e dá outras providências</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21458</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será destinado para custear eventos esportivos.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21455</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a Universidade Federal de Jataí para a construção de uma ponte que ligue o bairro Estrela D’alva a Universidade.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Marcos Patrick</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21529</t>
-[...5 lines deleted...]
-    <t>Kátia Carvalho_x000D_
+    <t>https://www.jatai.go.leg.br/materia/21451</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21450</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21449</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCAÇÃO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao CENTRO MUNICIPAL DE EDUCACAO INFANTIL UBALDINA RIBEIRO, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21448</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21447</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+200.000,00 (duzentos mil reais), que será destinado a Diocese de Jataí, auxiliar no subsidio das obras sociais da Diocese no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21446</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 15.000.000,00 (quinze milhões de reais), que será destinado a aquisição de área, para o DIMPE (Distrito Municipal de Micro e Pequenas Empresas).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21445</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCAÇÃO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Centro Municipal de Educação Bezerra de Menezes, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21444</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+300.000,00 (trezentos mil reais), que será destinado ao Sindicato Rural de Jataí - EQUOTERAPIA, para auxiliar no custeio e manutenção do atendimento dos pacientes que são atendidos na instituição</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21505</t>
-[...8 lines deleted...]
-    <t>Projeto de Resolução</t>
+    <t>https://www.jatai.go.leg.br/materia/21443</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a Liga Desportiva de Jataí – LDJ, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21442</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+1.000.000,00 (um milhão de reais), que será destinado a APAE - ASSOCIACAO DOS PAIS E AMIGOS DOS EXCEPCIONAIS DE JATAI, para custeio e manuntenção dos trabalhos da associação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21441</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21440</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21439</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado a Fundação de Apoio Universitário/ FAU, da UFJ, para compra e aquisição de Lupa.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21438</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$_x000D_
+300.000,00 (trezentos mil reais), que será destinado a Universidade Federal de Jataí, para reforma das três Centrais de Aulas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21437</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Associação Jataí para a Inovação Tecnológica e o Empreendedorismo – AJINTECH, para custear a realização da feira “Semana de Inovação das Ciências Agrárias – SEMICA”, a ser organizada pela AJINTECH, em parceria com o Parque Tecnológico de Jataí e o Centro Acadêmico do Curso de Agronomia Prof. Jerônimo Araújo Gomes.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21436</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21435</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21434</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21433</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21432</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21431</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21430</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 600.000,00 (seiscentos mil reais), que será destinado a Associação Esportiva Jataiense, para custeio de ações e aquisições de equipamentos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21429</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+1.350.000,00 (um milhão, trezentos e cinquenta mil reais), que será destinado a Associação de Beneficiência Albergue São Vicente de Paulo, para_x000D_
+custear ações filantrópicas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21428</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21427</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será_x000D_
+destinado a a fim de custear: ações e eventos do Conselho de Pastores e Ministros de Jataí (COPEJA).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21426</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21425</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 550.000,00 (quinhentos e cinquenta mil reais), que será destinado a Universidade Federal de Jataí, para compra de equipamentos para utilização nos Cursos de Saúde da Universidade.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21424</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$_x000D_
+40.000,00 (quarenta mil reais), que será destinado a Superintendência de Ciência e Tecnologia), a fim de custear: projetos e ações da Escola de Games_x000D_
+executada pela Universidade Federal de Jataí.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21423</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+436.428,00 (quatrocentos e trinta e seis mil, quatrocentos e vinte e oito reais), que será destinado a Associação Jesus Salvador para custeio das ações_x000D_
+filantrópicas.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21422</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 1.200.000,00 (um milhão e duzentos mil reais), que será destinado a Fundação de apoio da UFG (FUNAPE), para construção e Ampliação da Usina Fotovoltaica.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21421</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 130.000,00 (cento e trinta mil reais), que será_x000D_
+destinado para implantação e aquisição de equipamentos do PSF Assentamento 3T (Terra e Liberdade).</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21420</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21418</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 70.000,00 (setenta mil reais), que será destinado a UBS Estrela D’alva, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21417</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a  UBS COLMEIA PARK, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21416</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 30.126,30 (trinta mil, cento e vinte e seis reais e trinta centavos), que será destinado para custeio de eventos e ações sobre a conscientização do Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21415</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 60.000,00 (sessenta mil reais), que será destinado a UBS Conjunto Rio Claro, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21413</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será destinado a UBS Cidade Jardim II, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21412</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Vila Fátima, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21411</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Vila Brasília, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21410</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Vila Olavo, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21409</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Vila Sofia, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21408</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Estância, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21407</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Naveslândia, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21406</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Av. Goiás, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21405</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a UBS Rio Paraiso, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21404</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 18.000,00 (dezoito mil reais), que será destinado a UBS Estrela Dalva, para a compra de um Raio-X Odontológico Digital Portátil.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21402</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 17.000,00 (dezessete mil reais), que será destinado a UBS Colmeia Park, para a compra de um Raio-X Odontológico Digital Portátil.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21400</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 18.000,00 (dezoito mil reais), que será destinado a UBS Fabriny, para a compra de um Raio-X Odontológico Digital Portátil.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21399</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 60.000,00 (sessenta mil reais), que será destinado a UBS Santo Antônio, para aquisição de equipamentos e materiais permanentes que possam ser utilizados em atendimento ginecológico e 01 ar condicionado 30 mil btus inverter , 01 cortina de ar 1,80m, 01 jato de bicarbonato, 01 ultrassom para odontologia, 01 aparelho de cauterização para remoção de verruga, 02 armários para arquivos, 01 impressora epson multifuncional, 01 mesa tipo industrial para copa, 03 jogos cadeiras longarina charm 4 lugares metálica cromada sem estofado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21388</t>
+  </si>
+  <si>
+    <t>Altera o § 2º, do art. 125-A da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21338</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DO DESENVOLVIMENTO RURAL, para a recepção do valor de R$ 40.000,00 (quarenta mil reais), que será destinado para compra de maquinários e equipamentos para atender o trabalho da agricultura familiar.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21336</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a Jataí Associação de Carros Antigos (JACA), para subsidiar a realização do 9º Encontro Nacional de Carros Antigos de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21333</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 18.000,00 (dezoito mil reais), que será destinado auxílio financeiro para custear o transporte de atletas em eventos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21332</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado ao GRUPO CULTURAL CHAPEU DE PALHA, para custeio de eventos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21331</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado para compra de aparelho de Ultrassom para Diagnóstico de Imagem veterinário.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21330</t>
+  </si>
+  <si>
+    <t>“Requer que sejam feitos estudos  de viabilidade para realizar a inclusão do município de Jataí-Goiás, no programa "Wi-Fi Brasil" internet 5G.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21329</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO PODER EXECUTIVO ENVIO DE PROJETO DE LEI PARA AUTORIZAR CONVÊNIO ENTRE PREFEITURA E INSTITUIÇÕES PRIVADAS PARA AMPLIAR OFERTA DE VAGAS EM CRECHES E ESCOLAS”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21313</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a Associação Atlética Wider Santos, afim de custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21308</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 40.000,00 (quarenta mil reais), que será destinado a ASSOCIAÇÃO DE DESPORTO, EDUCAÇÃO E CULTURA "RAPOSINHA”, para o custeio dos atletas e da associação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21283</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 15.126,30 (quinze mil, cento e vinte e seis reais e trinta centavos), que será destinado ao Centro de Ensino Especial Érica de Melo Barbosa, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21281</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 50.000,00_x000D_
+(cinquenta mil reais), que será destinado ao SINDICATO RURAL DE JATAÍ – CENTRO DE EQUOTERAPIA PRIMEIRO PASSO, para custear as despesas e manutenções.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21280</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando_x000D_
+a SECRETARIA DE DESENVOLVIMENTO_x000D_
+ECONÔMICO, para a recepção do valor de R$_x000D_
+20.000,00 (vinte mil reais), que será destinado a_x000D_
+Fundação de Apoio Universitário/ FAU para custear a_x000D_
+Semana de Enfermagem da UFJ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21258</t>
+  </si>
+  <si>
+    <t>"SOLICITA AO PODER EXECUTIVO ENVIO DE PROJETO DE LEI PARA INCLUSÃO DE CONCEITOS DE EMPREENDEDORISMO E NOÇÕES DE CIDADANIA NA REDE MUNICIPAL DE ENSINO’’.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21249</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Lei Ordinária nº 3.044, de 12 de abril de 2010, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21227</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar a construção de uma passarela na rua Mineiros, no setor Vila Progresso”.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21221</t>
+  </si>
+  <si>
+    <t>“Requerem a realização de Audiência Pública, em caráter de urgência, com representantes da Prefeitura Municipal de Jataí, do Departamento Nacional de Infraestrutura de Transportes (Dnit), da Universidade Federal de Jataí (UFJ), da Agência Nacional de Transportes Terrestres (ANTT), da Polícia Rodoviária Federal (PRF), da empresa Translocave e da sociedade civil, para debater a situação do retorno do Câmpus Jatobá, da Universidade Federal de Jataí, localizado na BR-364”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21219</t>
+  </si>
+  <si>
+    <t>“Solicita estudo técnico de viabilidade para projeto de abertura de ruas do setor Recanto Alvorada, para retorno de veículos”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21196</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21186</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo o recapeamento e reparo das ruas, Miguel De Assis, Bela Vista, José Pereira Da Silva, 01, 02, 03 , no bairro Fernandes.’’</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21184</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo a criação do centro de acompanhamento do autista’’.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21183</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21180</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos do Projeto de Lei nº 066, de 05 de agosto de 2024, que “Altera a Lei Municipal nº 4.353/2021, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21158</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o asfaltamento da BR- 060 até o acesso à Agrovila Rio Paraíso.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21157</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar a construção de um Mini Ginásio, na Agrovila Rio Paraíso”.</t>
+  </si>
+  <si>
+    <t>EMSUP</t>
+  </si>
+  <si>
+    <t>Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21142</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a supressão do art. 1º do Projeto de Lei Ordinária do Executivo sob o nº 48/2024.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21141</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão do Troféu Jatobá ao senhor Lominho Alves Farias, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21140</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Antônio Viana de Oliveira Filho, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21122</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de Título de Cidadão Jataiense ao empresário rural, Sr. Eugênio Feldkircher, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21121</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de Título de Cidadão Jataiense ao empresário rural, Sr. Romeu Valentin Maggioni, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21120</t>
+  </si>
+  <si>
+    <t>“Solicita moção de aplausos em homenagem a Jataí Associação de Carros Antigos (JACA), pelo 8° Encontro Nacional de Carros Antigos de Jataí”.</t>
   </si>
   <si>
     <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
 Genilson Santos</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21470</t>
-[...8 lines deleted...]
-    <t>Altera dispositivos da Lei nº 4.174, de 26 de março de 2020, e dá outras providências.</t>
+    <t>https://www.jatai.go.leg.br/materia/21119</t>
+  </si>
+  <si>
+    <t>“Altera o nome de rua e dá outras providências .”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21118</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico em toda a Rua B, no setor Vila Sofia.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21114</t>
+  </si>
+  <si>
+    <t>"Requer ao Poder Público envio de projeto de Lei com doação de área à Cooperativa Mista Agropecuária Do Rio Doce- Coparpa”.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21113</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de título de cidadania Jataiense a agropecuarista FRANCISLANE DE FREITAS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21109</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DENOMINAÇÃO DA SALA DE PILOTOS NO AEROPORTO MUNICIPAL DE JATAÍ-GO, FLÁVIO FRANCISCO VILELA - SWJW, COM O NOME DE GILMAR MIRANDA GOMES.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21104</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em Homenagem aos feirantes</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21102</t>
+  </si>
+  <si>
+    <t>Solicita a realização de  recapeamento do pátio do 15º Batalhão da Polícia Militar de Goiás, com sede nesta cidade de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21098</t>
+  </si>
+  <si>
+    <t>“Solicita moção de aplausos em homenagem aos soldados  da Policia Militar, Wigner e Queiroz,  pela ocorrência em que salvou a vida de um bebê de apenas 9 dias em Jataí.”</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21095</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de título de cidadania ao Senhor SANDOVAL FERREIRA, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21068</t>
+  </si>
+  <si>
+    <t>“Autoriza a doação de bem inservível que especifica ao Município de Jataí.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21064</t>
+  </si>
+  <si>
+    <t>Altera dispositivos do Projeto de Lei nº 035, de 08 de maio de 2024, que “Dispõe sobre abertura de crédito especial e autoriza o Município de Jataí a realizar assistência humanitária ao Estado do Rio Grande do Sul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21054</t>
+  </si>
+  <si>
+    <t>Requerem aos diretórios políticos municipais instituídos, cessão do Fundo Partidário e Fundo Eleitoral do orçamento 2024, em benefício das ações em prol dos atingidos pela catástrofe climática no Rio Grande do Sul.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21053</t>
+  </si>
+  <si>
+    <t>Solicitamos a entrega de moção de aplausos a Mirthes Almeida, jataiense eleita Miss Goiás 2024</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21047</t>
+  </si>
+  <si>
+    <t>“Solicita a realização da Campanha Maio Laranja na Câmara Municipal de Jataí, em parceria com o Conselho Tutelar, para conceder visibilidade e conscientizar a população sobre o enfrentamento ao abuso e à exploração sexual infantil”.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21046</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de título de cidadania ao Advogado e Professor TIAGO SETTI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21019</t>
+  </si>
+  <si>
+    <t>Solicita Moção de Aplauso ao Projeto de Judô "Semeando Campeões", e a todos atletas e idealizadores do projeto.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21018</t>
+  </si>
+  <si>
+    <t>“Solicita moção de aplausos em homenagem aos 62 anos da Igreja Pentecostal Deus é Amor”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21008</t>
+  </si>
+  <si>
+    <t>“Solicita lombada eletrônica ou outro método de redutor de velocidade na Avenida Perimetral, entre a esquina com a Avenida Brasil.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21004</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que implante uma unidade móvel do CRAS, no município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21003</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão da “Comenda Luiz Alberto Maguito Vilela” a Senhora deputada federal Flávia Carreiro Albuquerque Morais, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21002</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que retorne o atendimento do Cadastro Único para programas Sociais, no CRAS do Mauro Bento”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21001</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão da “Comenda Luiz Alberto Maguito Vilela” ao Médico e Deputado Estadual Dr. George Morais Ferreira, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20999</t>
+  </si>
+  <si>
+    <t>“Institui a Semana Municipal do Pequi, no calendário oficial de eventos do município de Jataí, visando  promover a conscientização sobre a importância do Pequi e reconhecer sua influência na identidade de Jataí”.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20996</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública, conforme o inciso I, do § 1º, do Art. 7º, da Lei Complementar nº 17/20214, sobre a alteração do nome da Avenida Rio Bonito para Avenida Geraldo Belico de Carvalho.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20985</t>
+  </si>
+  <si>
+    <t>“Solicita moção de aplausos em homenagem a integrantes da 7ª Companhia Dependente de Policiamento Rural de Jataí (7ªCPMRURAL), por relevantes serviços prestados à comunidade jataiense.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20982</t>
+  </si>
+  <si>
+    <t>“Solicita lombada eletrônica ou outro método de redutor de velocidade na Rua Professor Samuel Graham, no trecho de encontro com a Rua Tiradentes, no setor Aeroporto.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20978</t>
+  </si>
+  <si>
+    <t>“Requer realização de sessão solene em homenagem ao Dia do Pastor Evangélico”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20974</t>
+  </si>
+  <si>
+    <t>“Altera o nome de rua e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20971</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para criar a Secretaria de Agricultura Familiar na estrutura administrativa do município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20964</t>
+  </si>
+  <si>
+    <t>“Solicita moção de aplausos em homenagem aos 64 anos da Igreja Assembleia de Deus Ministério Vila Nova”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20961</t>
+  </si>
+  <si>
+    <t>“Requer realização de Sessão Solene em homenagem as Mulheres Catadoras de materiais recicláveis”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20955</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadã Jataiense a Senhora Julieta Elídia da Cruz e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20954</t>
+  </si>
+  <si>
+    <t>“Requer realização de sessão solene em homenagem aos 52 anos completados da Igreja Evangélica, A Palavra de Cristo, no município de Jataí“.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20944</t>
+  </si>
+  <si>
+    <t>Requer a realização de uma sessão solene em homenagem ao 129º aniversário de emancipação político-administrativa do município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20943</t>
+  </si>
+  <si>
+    <t>Requer o recapeamento do pátio do Colégio Estadual da Polícia Militar do Estado de Goiás Nestório Ribeiro</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20935</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo envio de projeto de Lei criando e implantando o Programa de apoio às pessoas com doença de Alzheimer”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20934</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo envio de projeto de Lei criando e implantando o programa “Saúde da Mulher na melhor idade”, destinado as mulheres com mais de 55 anos de idade do município de Jataí para os cuidados relativos à saúde.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20933</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO QUE FAÇA ESTUDO TÉCNICO DE VIABILIDADE PARA CRIAÇÃO DA FARMÁCIA DE MANIPULAÇÃO NA REDE DE PÚBLICA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20926</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para doação de área ao Centro de Recuperação Liberdade em Cristo para atender o público feminino”.</t>
+  </si>
+  <si>
+    <t>Mesa Diretora_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20917</t>
+  </si>
+  <si>
+    <t>Autoriza a doação de bem inservível que especifica ao Município de Jataí, especificamente para o Conselho Tutelar dos Direitos da Criança e do Adolescente de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20892</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar alargamento da AV. Pedro Bento, no setor José Bento, visando uma melhor trafegabilidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20885</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para a instalação de iluminação pública com lâmpadas LED em todo canteiro central da Rua Waldemar Vicente Ferreira, no setor Vila Sofia.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20881</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico em toda a Avenida Ninfa das Águas,  no Conjunto Residencial Cidade Jardim”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20880</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico em toda a Av. João Inácio da Silva,  no setor Residencial Cohacol 5.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20879</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico em toda a Avenida Rio Doce, no Setor Colinas.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20878</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico em toda a Rua W5, no Setor Epaminondas I.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20877</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico da Av. João Otoní de Carvalho, no Setor Jacutinga.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20876</t>
+  </si>
+  <si>
+    <t>“Institui o Programa de Inteligência Emocional: "um olhar à saúde mental", e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20875</t>
+  </si>
+  <si>
+    <t>Assegura aos usuários do transporte coletivo municipal com deficiência e mobilidade reduzida, às mulheres desacompanhadas e aos idosos no período noturno após às 21 h, o direito de desembarque entre as paradas obrigatórias (pontos de ônibus), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20871</t>
+  </si>
+  <si>
+    <t>"Requer em caráter de urgência, ações efetivas do poder executivo, visando implantar sistema de climatização nas salas de aulas da educação municipal que ainda não são contempladas com este benefício".</t>
   </si>
   <si>
     <t>Abimael Silva da TV_x000D_
 Genilson Santos_x000D_
 Alessandra Oliveira</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21462</t>
-[...2 lines deleted...]
-    <t>Acrescenta o Art. 14-A à Lei nº 4.174, de 26 de março de 2020, e dá outras providências</t>
+    <t>https://www.jatai.go.leg.br/materia/20866</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Lei nº 4.174, de 26 de março de 2020, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20858</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal e Secretaria de Obras, empenho para realizar a revitalização do piso da pista de skate no Parque Ecológico Diacuí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20855</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20854</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal e Secretaria de Obras, empenho para realizar reforma geral na praça do Céu, no setor Mauro Bento.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20833</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Obras e Planejamento Urbano, para recepção do valor de R$ 200.000,00 (duzentos mil reais), a fim de custear: a construção da cobertura da quadra de esportes da Escola Rio Paraíso III”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20832</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico (Superintendência de Ciência e Tecnologia), para recepção do valor de R$ 100.000,00 (cem mil reais), a fim de custear: a Semana de Inovação e Ciências Agrárias da Universidade Federal de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20831</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria da Cultura, para recepção do valor de R$ 80.000,00 (oitenta mil reais), a fim de custear: o Festival de Música Sacra através do COPEJA”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20830</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando ao Fundo Municipal para a Infância e Adolescência, para recepção do valor de R$ 120.000,00 (cento e vinte mil reais), a fim de custear: programas de atendimento jurídico judicial e extrajudicial à criança e adolescente, principalmente, vulneráveis, através de pessoa jurídica”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20829</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico (Superintendência de Ciência e Tecnologia), para recepção do valor de R$ 80.000,00 (oitenta mil reais), a fim de custear: a construção do observatório da Universidade Federal de Jataí (executor)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20828</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico (Superintendência de Ciência e Tecnologia), para recepção do valor de R$ 25.000,00 (vinte cinco mil reais), a fim de custear: projetos e ações da Escola de Games executada pela Universidade Federal de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20826</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico (Superintendência de Ciência e Tecnologia), para recepção do valor de R$ 170.000,00 (cento e setenta mil reais), a fim de custear: o projeto designado como Semáforo Inteligente da Universidade Federal de Jataí.”.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20825</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei Ordinária do Executivo N. 135, de 30 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20824</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico, para recepção do valor de R$ 7.000.000,00 (sete milhões de reais), a fim de adquirir: nova área para o Distrito Municipal de Micro e Pequenas Empresas - DIMPE ”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20823</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico, para recepção do valor de R$ 7.000.000,00 (sete milhões de reais), a fim de adquirir: nova área para o Distrito Municipal de Micro e Pequenas Empresas - DIMPE ou aquisição de áreas para doação de empresas”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20822</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social e Cidadania, para recepção do valor de R$ 50.000,00 (cinquenta mil reais), a fim de custear: adquirir cobertores para atender as pessoas vulneráveis, principalmente, no inverno”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20821</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 4.174, de 26 de março de 2020, e da outras previdências.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20820</t>
+  </si>
+  <si>
+    <t>Altera valores das rubricas do orçamento da Câmara Municipal de Jataí que especifica.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20818</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Centro de Convivência do Idoso - Creche do Vovô, para recepção do valor de R$ 1.700.000,00 (um milhão e setecentos mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20805</t>
+  </si>
+  <si>
+    <t>“DÁ O NOME DE GINÁSIO IGNÁCIO ROQUE KATZER AO GINÁSIO DE ESPORTES DA ESCOLA MUNICIPAL MARIA ZAIDEN, LOCALIZADA NA REGIÃO DO BOM JARDIM.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20804</t>
+  </si>
+  <si>
+    <t>“Autoriza a doação de bem inservível que especifica ao Poder Executivo Municipal”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20803</t>
+  </si>
+  <si>
+    <t>Altera o Anexo I da Resolução nº 40, de 09 de março de 2018.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20801</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20800</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20785</t>
+  </si>
+  <si>
+    <t>“Solicita moção de aplausos aos 30 anos de implantação da unidade do Corpo de Bombeiros em Jataí, em reconhecimento ao relevante trabalho desempenhado em Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20763</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal, empenho para a inserir uma lombada eletrônica ou outro meio de redução de velocidade de veículo,  na rua Vicente Nogueira, em frente a praça da Escola Padrão Século XXI, no setor Dom Abel”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20761</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal,  empenho para conclusão de pavimentação asfáltica das estradas TL – 01, TL – 02 e Estrada Municipal, no Assentamento Terra e Liberdade (3T).”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20760</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, Indicando a Secretaria de Esporte, para recepção do valor de R$120.000,00 (cento e vinte mil reais), afim de custear: programação, eventos, ações e/ou projetos Associação Atlética Wider Santos.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20759</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Cultura, para recepção do valor de R$15.000,00 (quinze mil reais) que será destinado para custear: programação, eventos, ações e/ou projetos do Centro De Recuperação De Alcoólatras De Jatai (Cerea)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20758</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando o Fundo Municipal dos Direitos da Criança e do Adolescente, para recepção do valor de R$30.000,00 (trinta mil reais), que será destinado para custear a construção e ampliação da sala Lilás do Fundo Municipal dos Direitos da Criança e do Adolescente.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20757</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de  Esporte, para recepção do valor de R$137.000,00 (cento e trinta e sete mil reais), que será destinado para custear: programação, eventos, ações e/ou projetos da Liga Desportiva de Jataí – LDJ”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20756</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Esporte e Lazer, para recepção do valor de R$40.000,00 (quarenta mil reais) que será destinado para custear: programação, eventos, ações e/ou projetos da Associação Esportiva Jataiense ”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20755</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico, para recepção do valor de R$17.000,00 (dezessete mil reais) Outros Serviços Pessoa Jurídica, que será destinado para Custear eventos da Superintendência Ciência e Tecnologia, sendo: capacitação para estudantes da rede básica de ensino; custear despesas operacionais e administrativas para a realização da Mostra (como traslados). "</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20754</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social e Cidadania, para recepção do valor de R$15.000,00 (quinze mil reais), que será destinado para custear: programação, eventos, ações e/ou projetos Do Lar da Criança Marcondes Dias”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20753</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social e Cidadania, para recepção do valor de R$12.000,00 (doze mil reais) que será destinado para custear: programação, eventos, ações e/ou projetos do Centro de Ensino Especial Érica de Melo Barbosa”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20752</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando o Sindicato Rural de Jataí, para recepção do valor de R$50.000,00 (cinquenta mil reais) que será destinado para custeio do Centro de Equoterapia Primeiros Passos, programa de reabilitação”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20751</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria De Desenvolvimento Social e Cidadania, para recepção do valor de R$50.016,83 (cinquenta mil, dezesseis reais, e oitenta três centavos), sendo esse valor subdivido: R$ 10.016,83 Outros Serviços Pessoa Jurídica - custear casamento comunitário e R$40.000,00 aquisição material permanente – aquisição de veículo.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20750</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Cultura, para recepção do valor de R$50.000,00 (cinquenta mil reais) que será destinado para custear: programação, eventos, ações e/ou projetos do Conselho de Pastores e Ministros Evangélicos de Jataí (Copeja)”.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20686</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal o encaminhamento de um projeto de lei que autoriza o pagamento de incentivo financeiro para os agentes comunitários de saúde (ACS) e agentes de  combate às endemias (ACE) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20684</t>
+  </si>
+  <si>
+    <t>Solicito Moção de Aplausos em Homenagem à Associação de Servidores da Câmara Municipal de Jataí - ASCAMJ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20680</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor de R$130.000,00 (cento e trinta mil reais), que será destinado para aquisição de de aparelho de Ultrasom Portátil HM70 para UBS’s”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20678</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor de R$70.000,00 (setenta mil reais) que será destinado para compra de equipamentos permanentes para Saúde Bucal- UBS’s".</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20677</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor de R$101.016,83 (cento e um mil, dezesseis reais, e oitenta três centavos) que será destinado para construção do PSF Assentamento 3T (Terra e Liberdade)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20676</t>
+  </si>
+  <si>
+    <t>“REQUER A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO NO CEMITÉRIO SÃO MIGUEL E NO CEMITÉRIO JARDIM BOM PASTOR.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20675</t>
+  </si>
+  <si>
+    <t>"Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor de R$112.000,00 (cento e doze mil reais) que será destinado para compra de equipamentos permanentes Ginecológicos para UBS’s”.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20660</t>
+  </si>
+  <si>
+    <t>“Solicita que os senadores do Estado de Goiás, se declarem contrários a indicação do Ministro da Justiça e Segurança Pública, FLÁVIO DINO, para ocupar uma vaga no Supremo Tribunal Federal”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20652</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação obrigatória de semáforo que funcione à base de energia solar no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20651</t>
+  </si>
+  <si>
+    <t>Declara o evento “MARCHA PARA JESUS” patrimônio cultural de natureza imaterial no Município de Jataí, Estado de Goiás.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20650</t>
+  </si>
+  <si>
+    <t>REQUER A CRIAÇÃO DE UM MEMORIAL DA SEGURANÇA PÚBLICA NA PRAÇA TENENTE DIOMAR MENEZES.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20637</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor  R$1.117.033,66 (um milhão, cento e dezessete mil, trinta e três  reais e sessenta e seis centavos), que será destinado a reforma e/ou ampliação, da UNIDADE BÁSICA DE SAÚDE – UBS Colmeia Park.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20632</t>
+  </si>
+  <si>
+    <t>“Solicita a implantação de um ECOPONTO para atender a região do setor Sebastião Herculano.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20630</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a implantação obrigatória de semáforo que funcione à base de energia solar no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20627</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à Família do Senhor Leandro de Assis Oliveira, pelo seu falecimento, ocorrido no dia 30 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20623</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei Ordinária do Executivo nº 104, de 27 de setembro de 2023, que “Altera a Lei 4.576, de 03 de julho de 2023, que dispõe sobre as Diretrizes Orçamentárias – LDO, para elaboração da Lei Orçamentária Anual para o exercício de 2024.”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20620</t>
+  </si>
+  <si>
+    <t>“Modifica a redação da Ementa e o Art. 1º do Projeto de Lei do Executivo nº 0115/2023 e dá outras providências”</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20619</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20607</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO EXECUTIVO MUNICIPAL QUE REALIZE O RECAPEAMENTO DAS RUAS DESCRITAS ABAIXO, DO BAIRRO VILA PARAÍSO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20606</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Resolução nº 02, de 04 de março de 2010 – Regimento Interno da Câmara Municipal de Jataí”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20604</t>
+  </si>
+  <si>
+    <t>Acrescenta o § 16, ao Art. 113, da Lei Orgânica do Município de Jataí.</t>
   </si>
   <si>
     <t>Abimael Silva da TV_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21458</t>
-[...2 lines deleted...]
-    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será destinado para custear eventos esportivos.</t>
+    <t>https://www.jatai.go.leg.br/materia/20603</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20589</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO EXECUTIVO MUNICIPAL QUE CRIE UM PROJETO DE LEI PARA INSTITUIR NO MUNICÍPIO O PLANO DA PRIMEIRA INFÂNCIA.”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20569</t>
+  </si>
+  <si>
+    <t>“Solicita o recapeamento asfáltico da Rua 9, no setor Epaminondas”.</t>
+  </si>
+  <si>
+    <t>EM/ES</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa/Supressiva</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20564</t>
+  </si>
+  <si>
+    <t>“Suprime o §3°-A e seus incisos e modifica o §5°, ambos do artigo 1°, da Proposta de Emenda à Lei Orgânica nº 002/2023”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20554</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público Municipal envio de Projeto de Lei em que idosos sejam notificados pessoalmente em processos de habitação popular, no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20553</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão do Troféu Jatobá ao senhor Marden de Carvalho, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20550</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO EXECUTIVO MUNICIPAL QUE REALIZE A RECONTAGEM DAS MORADIAS DO BAIRRO NOVA ESPERANÇA A FIM DE AUXILIAR O PROCESSO DE REGULARIZAÇÃO FUNDIÁRIA.”</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20548</t>
+  </si>
+  <si>
+    <t>Solicita moção de aplausos ao Bombeiro Militar, José Ricardo Vieira de Assis, por ter sido um dos vencedores do Concurso de Boas Práticas 2023, promovido pela Secretaria de Estado da Administração – SEAD.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20542</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade técnica visando implantar uma lombada eletrônica ou outro meio de redução de velocidade de veículos na Rua São João no cruzamento com Rua 3, no setor Santo Antônio”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20532</t>
+  </si>
+  <si>
+    <t>“Autoriza a doação de bem inservível que especifica ao Hospital Estadual de Jataí Dr. Serafim de Carvalho.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20531</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20530</t>
+  </si>
+  <si>
+    <t>“Requer instalação de um ponto de ônibus com cobertura adequada, na Rua 1, do setor Conjunto Sebastião Herculano, visando atender a comunidade desta região, e em especial, aos alunos da Escola de Ensino Especial Érica de Melo Barbosa, que são muitos que utilizam o ponto de ônibus neste local.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20524</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO A ILUMINAÇÃO NA PASSARELA DA BR 364 EM FRENTE AO SETOR ESTRELA DALVA</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20521</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal,  empenho para a construção de calçada entre a rua Professor Paulo Vieira, paralela a rodovia Juscelino Kubitschek (060), no setor Estrela Dalva.”</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20512</t>
+  </si>
+  <si>
+    <t>“Requer a implantação do Programa Passe Livre Estudantil aos alunos da modalidade de ensino de Educação de Jovens e Adultos (EJA)”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20505</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE O DIREITO DAS MULHERES À PRESENÇA DE ACOMPANHANTE NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DE SAÚDE NO ÂMBITO DO ESTADO DE GOIÁS.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20504</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO EXECUTIVO MUNICIPAL QUE CRIE UM APLICATIVO DE TRÂNSITO DENOMINADO TRÂNSITO SEGURO.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20493</t>
+  </si>
+  <si>
+    <t>“O vereador abaixo assinado solicita ao Prefeito Municipal e ao Secretário de Obras e Planejamento Urbano, a construção de 20 (vinte) casas populares no povoado de Naveslândia”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20476</t>
+  </si>
+  <si>
+    <t>“Requer a pavimentação asfáltica de toda a rua 4, no bairro Distrito Agroindustrial de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20475</t>
+  </si>
+  <si>
+    <t>“Requer a conclusão de pavimentação asfáltica da rua 1, no bairro Distrito Agroindustrial de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20474</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20472</t>
+  </si>
+  <si>
+    <t>“SOLICITA MOÇÃO DE APLAUSOS EM HOMENAGEM AO SOLDADO TAIRONE E AO SARGENTO J. FERREIRA, LOTADOS NO 15º BATALHÃO DE POLÍCIA MILITAR - 15º BPM (14º CRPM), PELOS RELEVANTES SERVIÇOS PRESTADOS À POPULAÇÃO JATAIENSE.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20471</t>
+  </si>
+  <si>
+    <t>“Solicita construção de 10 casas populares no Povoado da Estância.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20467</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público envio de projeto de Lei com doação de prédio físico à 14ª Regional de Polícia Civil do Estado de Goiás.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20466</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para doação de área pública para ampliação do prédio físico da 14ª Regional de Polícia Civil do Estado de Goiás.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20463</t>
+  </si>
+  <si>
+    <t>Requer estudo de viabilidade para construção de uma praça e uma academia ao livre, no Setor Parque dos Ventos, nesta cidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20458</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal e a Secretaria de Gestão e Planejamento, a implantação de Feira Livre para atender aos bairros Portal do Sol I e II e Jardim Paraíso, na Praça da Avenida Norte, a realizar-se todas as sextas-feiras.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20430</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Público Municipal, empenho para o retorno da realização de vestibular para o Curso Superior de Tecnologia em Alimentos, da Universidade Estadual de Goiás – UEG, UnU Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20428</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal,  parceria com com Governo Federal para realizar cursos profissionalizantes e treinamento aos futuros moradores do novo setor do Programa Minha Casa Minha Vida.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20427</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal,  a implementação de escola municipal em tempo integral, no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20426</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal, que seja construído um estacionamento destinado para o CMEI Árvore da Vida, no Setor Colmeia Park.”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20409</t>
+  </si>
+  <si>
+    <t>Altera o artigo 1º da Lei nº 3282/2012, e da outras providências.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20404</t>
+  </si>
+  <si>
+    <t>Solicita, moção de repúdio ao Supremo Tribunal Federal e ao Congresso Nacional, contra as razões da ADPF 442 e contra seu intento de descriminalizar o aborto até a décima segunda semana de gestação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20401</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal, que seja criado o Programa Leitura no Bairro.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20400</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal, que seja construído um espaço para jogos de (xadrez e mesa de ping pong), na praça do Céu, no setor Mauro Bento.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20390</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal gestão junto ao Governo Federal visando estudos de viabilidade do sentido de destinar uma porcentagem das moradias do Programa Minha Casa Minha Vida para funcionários públicos com renda mensal bruta de até 2,5 (dois e meio) salários mínimos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20384</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal projeto de Lei, que assegure kit maternidade a gestante em situação de vulnerabilidade residente em Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20381</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal projeto de Lei, que assegure que crianças e adolescentes órfãos da Covid-19, tenha prioridade de vagas para matrículas nos CMEIs.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20378</t>
+  </si>
+  <si>
+    <t>Autoriza a doação de bem inservível que especifica ao Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20370</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Público Municipal implantação de Academia ao ar livre na praça do setor Cidade Jardim II.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20345</t>
+  </si>
+  <si>
+    <t>“Permanência da Unidade regional de saúde em Jataí, de forma regionalizada e independente de outras Regionais”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20339</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20337</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a restauração de iluminação pública na Rua 19, no setor Vila Sofia.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20329</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico da Rua F, no setor Vila Paraíso II.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20328</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20323</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que envie projeto de Lei de doação de área pública para construção de uma nova sede do Corpo de Bombeiros para seja o novo Comando Regional desta respeitada instituição, em Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20322</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos aos Pastores Evangélicos de Jataí,  em homenagem a organização e realização do evento cristão Marcha para Jesus.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20302</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para criar Rota Solidária de transportes gratuitos para ações de doação de sangue”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20300</t>
+  </si>
+  <si>
+    <t>“REQUER A REEDIÇÃO DO REQUERIMENTO 074/2021, NO QUAL SOLICITA AO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UMA CRECHE PÚBLICA PARA IDOSOS EM JATAÍ/GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20299</t>
+  </si>
+  <si>
+    <t>“REQUER A REEDIÇÃO DO REQUERIMENTO 332/2021, NO QUAL SOLICITA AO PODER EXECUTIVO ESTUDO E PROVIDÊNCIAS PARA REGULARIZAÇÃO DO SETOR NOVA ESPERANÇA. ”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20297</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça parceria com o governo de Goiás, para lançamento e implantação do Aplicativo Mulher Segura, em Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20271</t>
+  </si>
+  <si>
+    <t>Acrescenta dispositivo na Lei nº 3.825, de 24 de agosto de 2016, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20268</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Francisco Antônio de Carvalho Gedda.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20267</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em homenagem a todos que colaboraram na celebração do centenário do nascimento do tenente Diomar Menezes, herói da Segunda Guerra Mundial.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20248</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em Homenagem a Sandorlei Aparecido da Silva pelos relevantes trabalhos exercidos na educação, e em especial à frente da gestão da Escola Municipal Maria Zaiden, que foi a pioneira na implantação da Escola de Games Ciência da Computação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20246</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico de toda a extensão da Rua Pedro Ludovico, na Vila São Pedro.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20245</t>
+  </si>
+  <si>
+    <t>SOLICITA MOÇÃO DE APLAUSOS A PROFESSORA DOUTORA ANA PAULA FREITAS VILELA BOAVENTURA, COORDENADORA DO PROJETO DE EXTENSÃO ESCOLA DE GAMES, DA UFJ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20240</t>
+  </si>
+  <si>
+    <t>“Solicita lombada eletrônica ou outro método de redutor de velocidade na Avenida 31 de Maio, Setor Epaminondas, em frente ao CAIC.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20239</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar a construção de uma pista de caminhada no Centro de Recuperação Liberdade em Cristo.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20224</t>
+  </si>
+  <si>
+    <t>Solicita a Superintendência Regional do DNIT no Estado de Goiás, em caráter de urgência, a imediata liberação do tráfego sob o Anel Viário na BR 060 / BR 364, obra concluída no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20222</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20216</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico da Rua Trinta e Quatro, no setor Colméia Park.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20215</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico em toda extensão da Rua Minas Gerais.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20213</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico da Rua 34, Setor Jacutinga.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20212</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico das avenidas Norte e Sul, do setor Portal do Sol.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20211</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico da Rua José de Carvalho, no setor Central.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20210</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico das vias Rua Santos Dumont, Rua Minas Gerais seguindo até a Rua Miranda de Carvalho.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20209</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico de toda a extensão da Rua 19, no setor Jardim Goiás II.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20208</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para realizar o recapeamento asfáltico da via Alameda Min. Ney Braga, Setor Granjeiro.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20198</t>
+  </si>
+  <si>
+    <t>Solicita estudo técnico de viabilidade para abertura entre a Rua Doutor Júlio Cunha, setor Bela Vista, para conceder acesso a Rua 3 no setor Santo Antônio.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20192</t>
+  </si>
+  <si>
+    <t>“Solicita revitalização da Praça Jarbas de Assis Carvalho, no setor Vila Fátima”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20188</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE PESAR à família dos irmãos José Vitor Souza Amorim e Inácio Benito Souza Amorim, pelo falecimento, ocorrido no dia 20 de maio de 2023”.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20182</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em homenagem ao advogado e ex-vereador Nivaldo Souza Moraes, pelo excelente trabalho à comunidade jataiense e principalmente pela autoria do projeto de lei que estabeleceu o dia 31 de maio como data comemorativa ao aniversário da cidade de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20180</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em Homenagem a Elita Maria de Carvalho Lima, autora do Hino a Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20179</t>
+  </si>
+  <si>
+    <t>“Solicito Moção de Aplausos em Homenagem às Instituições de Ensino Superior de Jatai-Goiás.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20177</t>
+  </si>
+  <si>
+    <t>SOLICITA À GERÊNCIA DO INSTITUTO DE IDENTIFICAÇÃO DE GOIÁS A REALIZAÇÃO DA 3ª EDIÇÃO DO PROGRAMA MUTIRÃO RG PARA TODOS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20176</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal que realize Curso de Capacitação aos profissionais de diversos Setores da Rede Municipal em temas referentes ao MAIO LARANJA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20175</t>
+  </si>
+  <si>
+    <t>"SOLICITA MOÇÃO DE APLAUSOS EM HOMENAGEM AS ENTIDADES ORGANIZADORAS DA FESTA DO MILHO DE JATAÍ”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20156</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão do Troféu Jatobá ao Dr. Evaristo Anania de Paula e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>PLCL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar do Legislativo</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20142</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei Complementar nº 17, de 26 de maio de 2014, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20131</t>
+  </si>
+  <si>
+    <t>“SOLICITA MOÇÃO DE APLAUSOS EM COMEMORAÇÃO AOS 62 ANOS DE FUNDAÇÃO DA PRIMEIRA IGREJA BATISTA DE JATAÍ.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20127</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público incentivo aos Cursinhos Populares e Comunitários.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20126</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público Municipal envio de Projeto de Lei em que dispõe sobre a criação e implantação do Programa de Educação Financeira nas escolas no âmbito do município de Jataí, como especifica minuta em anexo.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20117</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público Municipal envio de Projeto de Lei em que Cria o Centro Municipal de Tratamento Médico Integrado do Espectro Autista – CMTMIEA.”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20091</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei Ordinária do Executivo nº 044, de 28 de fevereiro de 2023, que “Extingue cargo previsto na Lei Ordinária Municipal nº 1.722, de 25 de março de 1944; altera e cria cargo na Lei Ordinária Municipal nº 2.822, de 27 de agosto de 2007, coloca servidores em disponibilidade e faz-se o seu reaproveitamento, bem como dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20081</t>
+  </si>
+  <si>
+    <t>“Requer informações ao Poder Executivo sobre realização de casamento comunitário no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20080</t>
+  </si>
+  <si>
+    <t>“SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES E/OU PROVIDÊNCIAS REFERENTES AO CUMPRIMENTO DA LEI MUNICIPAL Nº 4.100 DE 17 DE JUNHO DE 2019, QUE DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS ESCOLAS DE REDE PÚBLICA DO MUNICÍPIO"</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20076</t>
+  </si>
+  <si>
+    <t>Altera o inciso V, do § 1º, do Art. 125-A, da Resolução nº 02, de 04 de março de 2010 _ Regimento Interno da Câmara Municipal de Jataí</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20068</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Audiência Pública, em caráter de urgência, sobre a segurança nas escolas e nos CMEIs".</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20061</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Público Municipal que incentive a realização de sessão de cinema adaptada a crianças e adolescentes com Transtorno do Espectro Autista (TEA) e suas famílias no âmbito do Município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20058</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público Municipal envio de Projeto de Lei em que instituí Educação Física Inclusiva na Rede Municipal de Educação de Jataí, para estudantes com Deficiência e Necessidades Especiais.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20051</t>
+  </si>
+  <si>
+    <t>“Solicita que seja criado o Programa SOS Idosos Desaparecidos no Município de Jataí”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20035</t>
+  </si>
+  <si>
+    <t>“Altera redação dos § 7º e 8º do Art. 94 da Resolução nº 02/2010 – Regimento Interno”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20034</t>
+  </si>
+  <si>
+    <t>“Altera a redação do § 2º, do Art. 11, e acrecenta o § 3º ao Art. 12, da Lei Ordinária Municipal nº. 2.996, de 26 de outubro de 2009.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20014</t>
+  </si>
+  <si>
+    <t>“Autoriza a doação de bens inservíveis que especifica ao Poder Executivo Municipal”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20007</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Público Municipal envio de Projeto de Lei em que instituí as Olimpíadas Estudantis na rede Municipal de Ensino no âmbito do Município de Jataí, como especifica minuta em anexo.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19996</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de título de Cidadão Jataiense ao   Médico e Deputado Estadual Dr. George Morais Ferreira e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19979</t>
+  </si>
+  <si>
+    <t>“Solicita a realização de sessão solene em homenagem a todos ex-prefeitos eleitos de Jataí, no mês em comemoração ao aniversário do Município, celebrado no dia 31 de Maio.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19977</t>
+  </si>
+  <si>
+    <t>“Requer a conclusão de pavimentação asfáltica na estrada de acesso a Escola Municipal Professora Maria Zaiden.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19975</t>
+  </si>
+  <si>
+    <t>“Altera o Art. 1º do Projeto de Lei do Executivo nº 30/2023 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>ELOL</t>
+  </si>
+  <si>
+    <t>Proposta do Legislativo de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19973</t>
+  </si>
+  <si>
+    <t>Acrescenta os parágrafos 14 e 15 ao Art. 113, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19972</t>
+  </si>
+  <si>
+    <t>Altera o §4º do artigo 1º, §1º do artigo 2º, §2º item I e II do artigo 2º, do Projeto de Lei do Executivo nº 09/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19966</t>
+  </si>
+  <si>
+    <t>“Requer a conclusão de pavimentação asfáltica entre a GO – 184, no eixo do assentamento Guadalupe”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19963</t>
+  </si>
+  <si>
+    <t>“Requer a Criação de mutirões para consultas e cirurgias de pacientes que aguardam na fila de atendimento, voltados a consultas especializadas e cirurgias eletivas de pacientes que aguardam na fila de espera da rede municipal de saúde.”</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19922</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça um estudo de viabilidade para realizar a revitalização da UBS Colmeia Parque.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19916</t>
+  </si>
+  <si>
+    <t>"Requer estudo de viabilidade para construção do segundo Centro de Idosos Vila Vida, em Jataí."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19909</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o percentual máximo aplicado para a contratação de operações de crédito com desconto automático em folha de pagamento por servidores da Câmara Municipal de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19901</t>
+  </si>
+  <si>
+    <t>“Requer parceria entre poder executivo e setor privado para efetuar cursos de qualificação profissional de açougueiro e padeiro, em Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19900</t>
+  </si>
+  <si>
+    <t>“Altera dispositivo da Lei nº 1.574, de 13 de setembro de 1993, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19889</t>
+  </si>
+  <si>
+    <t>“Requer o nivelamento e padronização de tampas de galerias e bocas de lobo em pavimento, na rua Rui Barbosa, setor Central.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19884</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19883</t>
+  </si>
+  <si>
+    <t>“Dá nome à praça situada na Rua do Amarelinho, no Setor Sul, de Praça Bispo Sebastião Neto da Silva”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19882</t>
+  </si>
+  <si>
+    <t>"Solicita a realização de sessão solene em homenagem ao DIA DA IMPRENSA."</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19875</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao senhor Urbano Siqueira da Silva, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19874</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Ricardo Pereira Dantas, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19872</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Jataí para o biênio 2023/2024 e substituição do membro do Conselho de Ética e Decoro Parlamentar.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19870</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 02, de 04 de março de 2010 - Regimento Interno.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19860</t>
+  </si>
+  <si>
+    <t>“Requer a instalação de iluminação pública na via Alameda das Primaveras.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19857</t>
+  </si>
+  <si>
+    <t>“Solicitam moção de pesar aos familiares do Senhor Moisés Franco Carvalho.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19848</t>
+  </si>
+  <si>
+    <t>Recapeamento Asfáltico da  rua Voluntários do Papa, entre as ruas João XXIII, rua do Rosário; no setor Santo Antônio.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19824</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Associação de beneficiência Albergue São Vicente de Paulo de Jataí, no valor de R$ 800.000,00 (oitocentos mil reais).</t>
   </si>
   <si>
     <t>Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21455</t>
-[...2 lines deleted...]
-    <t>Altera destinação de recursos orçamentários, indicando o SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a Universidade Federal de Jataí para a construção de uma ponte que ligue o bairro Estrela D’alva a Universidade.</t>
+    <t>https://www.jatai.go.leg.br/materia/19823</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Conselho de pastores e ministros evangélicos de Jataí (COPEJA), no valor de R$ 80.000,00 (oitenta mil reais).</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19822</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Cabanha Alma Farrapa LTDA, no valor de R$ 100.000,00 (cem mil reais).</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19821</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Casa Evangelica Monte das Oliveiras, no valor de R$ 200.000,00 (duzentos mil reais).</t>
   </si>
   <si>
     <t>Vicente Mantelli_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19820</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Liga Desportiva de Jataí - LDJ, no valor de R$ 120.000,00 (cento e vinte mil reais).</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19819</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Sindicato Rural de Jataí, no valor de R$ 500.000,00 (quinhentos mil reais).</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19818</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundação Educacional de Jataí, no valor de R$ 310.000,00 (trezentos e dez mil reais).</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19817</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o a Associação Favos - Família, amor, voluntariado, oportunidade saúde - contra o câncer a favor da vida, no valor de R$ 200.000,00 (duzentos mil reais).</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19812</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Lar da Criança Marcondes Dias, visando o custeio de ações filantrópicas, no valor de R$ 100.000,00 (cem mil reais).</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19794</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social - Lar Casa de Apoio de Jataí no Valor de R$ 116.656,00 (cento e dezeseis mil seiscentos e cinquenta e seis reais).</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Genilson Santos_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19792</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social - Rotary Clube de Jataí - Banco Ortopédico, no valor de R$ 91.656,80 (noventa e um mil seiscentos e cinquenta e seis reais e oitenta centavos).</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19785</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Centro de Atendimento Educacional Especializado Érica de Melo Barbosa, para o custeios diversos, no valor de R$ 220.656,80 (duzentos e vinte mil, seiscentos e cinquenta e seis reais e oitenta centavos).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19782</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Conselho de Pastores de Jataí, para o custeio de programas e projetos, no valor de R$ 25.000,00 (vinte e cinco mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19778</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Associação Gabriele, para custear programas e projetos realizados pela associação, no valor de R$ 19.656,80 (dezenove mil seiscentos e cinquenta e seis e oitenta centavos).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19776</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Central Única das Favelas (Cufa), para custear Programas e Projetos Culturais, Artísticos, Esportivos e Educacionais, no valor de R$ 117.000,00 (cento e dezessete mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19775</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Associação de Aposentados e Pensionistas de Jataí, para custear a aquisição de equipamentos da sala de fisioterapia, no valor de R$ 50.000,00 (cinquenta mil reais).</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19774</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Posto de Saúde (UBS COLMEIA PARK), para custear a aquisição de equipamentos, no valor de R$ 148.984,80 (cento e quarenta e oito mil e novecentos e oitenta e quatro reais e oitenta centavos).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19770</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Posto de Saúde (UBS ESTRELA DALVA), para custear a aquisição de equipamentos, no valor de R$ 60.000,00 (sessenta mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19769</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Posto de Saúde (UBS VILA BRASÍLIA), para custear a aquisição de equipamentos, no valor de R$ 57.328,80 (cinquenta e sete mil e trezentos e vinte e oito reais e oitenta centavos).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19768</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Posto de Saúde (UBS VILA SOFIA), para custear a aquisição de equipamentos, no valor de R$ 17.000,00 (dezessete mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19764</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Aquisição de um Veículo tipo Ambulância, no valor de R$180.000,00 (cento e oitenta mil reais).</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
-Marcos Patrick_x000D_
-[...10 lines deleted...]
-    <t>Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
-Genilson Santos_x000D_
-[...3 lines deleted...]
-Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19757</t>
+  </si>
+  <si>
+    <t>“Os Vereadores que abaixo assinam, solicitam ao Prefeito Municipal e a Secretaria de Saúde, a contratação de um (a) fonoaudiólogo (a)  para o Centro de Ensino Especial Erica de Melo Barbosa”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19756</t>
+  </si>
+  <si>
+    <t>"SOLICITA AO PODER EXECUTIVO A AQUISIÇÃO DE 2.500 (DUAS MIL E QUINHENTOS) POLTRONAS DE ASSENTOS PARA O ESTÁDIO JERÔNIMO FERREIRA FRAGA”</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
 Abimael Silva da TV_x000D_
-Marcos Patrick</t>
-[...8 lines deleted...]
-    <t>Professora Marina Silveira_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19752</t>
+  </si>
+  <si>
+    <t>"Altera o Projeto de Lei do Executivo nº 113/2022, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19736</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Proposta de Emenda à Lei Orgânica do Município de Jataí nº 001, de 21 de setembro de 2022.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19735</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos do Projeto de Lei Complementar nº 001, de 21 de setembro de 2022.”</t>
+  </si>
+  <si>
+    <t>RCH</t>
+  </si>
+  <si>
+    <t>Registro de Chapa</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19734</t>
+  </si>
+  <si>
+    <t>Registro de chapa para disputar o pleito da Mesa Diretora para o Biênio 2023-2024.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19731</t>
+  </si>
+  <si>
+    <t>"Altera dispositivos do Projeto de Lei nº 075, de 02 de setembro de 2022".</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19730</t>
+  </si>
+  <si>
+    <t>" Acrescenta parágrafos ao Art. 113, da Lei Orgânica do Município de Jataí"</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19729</t>
+  </si>
+  <si>
+    <t>"Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jatai"</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
 Vicente Mantelli_x000D_
-Marcos Patrick</t>
-[...5 lines deleted...]
-    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCAÇÃO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao CENTRO MUNICIPAL DE EDUCACAO INFANTIL UBALDINA RIBEIRO, para reforma e manutenção.</t>
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19712</t>
+  </si>
+  <si>
+    <t>“Solicita que seja declarada de Utilidade Pública, conforme a Lei nº 1.129 de 11/06/1985, a Associação Sport Club Cocha-Bamba, com nome fantasia	SPORT CLUB COCHA-BAMBA, 	CNPJ nº 05.986.762/0001-08”.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19694</t>
+  </si>
+  <si>
+    <t>Acrescenta parágrafos ao Art. 113, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19681</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo estudo e providências para escriturar os imóveis do setor Santo Antônio”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19665</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública para a instituição do Plano Municipal de Gestão Integrada de Resíduos Sólidos, do Plano Municipal de Gerenciamento de Resíduos de Construção Civil e do Plano Municipal de Gerenciamento de Resíduos de Saúde.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19661</t>
+  </si>
+  <si>
+    <t>Dá o nome de Praça João Luiz do Prado à praça que está sendo construída no Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19660</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que a praça que está sendo construída no Bairro Nossa Senhora de Fátima, tenha o nome de Praça João Luiz do Prado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19653</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que instale retentor de Impureza de Águas Pluviais nas bocas-de-lobo, nos setores: Cidade Jardim I e II; Setor Jacutinga; Mauro Bento; Colméia Park; Dom Abel; Jardim Paraíso; Setor Sul e Setor Cohacol 5”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Marcos Patrick_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19648</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19647</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí.</t>
   </si>
   <si>
     <t>Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19646</t>
+  </si>
+  <si>
+    <t>Altera o Art. 13 da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19641</t>
+  </si>
+  <si>
+    <t>“Requer a implantação de pavimentação Asfáltica na rua 10 e rua 1, no setor Vila Sofia”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19639</t>
+  </si>
+  <si>
+    <t>Altera o inciso IV, do Art. 40, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19630</t>
+  </si>
+  <si>
+    <t>"Requer a realização de Recapeamento Asfáltico na Avenida São Thomaz e na Rua 111, no setor Industrial"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19626</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua Clodoaldo Rezende, no Setor Geda”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19625</t>
+  </si>
+  <si>
+    <t>"Solicita reforma total e ampliação da Regional de Saúde Sudoeste II Jataí”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19616</t>
+  </si>
+  <si>
+    <t>“Solicita estudo técnico para implantação de rotatória no cruzamento entre as vias: Rua Altino Moraes de Carvalho, Rua das Cerejeiras, Rua Vicente de Oliveira e Rua Hónorato de Nogueira, no setor Dom Abel”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19615</t>
+  </si>
+  <si>
+    <t>“Solicita estudo técnico para alteração para sentido único de direção, ao longo da Rua Altino Moraes de Carvalho, no bairro Dom Abel”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19604</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que instale retentor de Impureza de Águas Pluviais nas bocas-de-lobo, em Jataí”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19587</t>
+  </si>
+  <si>
+    <t>"Requer reforma geral do Ginásio de Esportes situado no Conjunto Estrela Dalva"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19585</t>
+  </si>
+  <si>
+    <t>"Requer a realização de audiência pública juntamente com a Diretoria do Hospital Estadual de Jataí Dr. Serafim de Carvalho, com o objetivo de discutir e avaliar o atendimento do hospital."</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19580</t>
+  </si>
+  <si>
+    <t>Altera o artigo 2º, do Projeto de Lei do Executivo nº 080/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19552</t>
+  </si>
+  <si>
+    <t>“Requer construção de canaleta para escoamento de água pluvial na rua Miguel de Assis, localizada no bairro Vila Progresso. ”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19551</t>
+  </si>
+  <si>
+    <t>“Requer parceria com o Instituto de Identificação de Goiás para realização de mutirão de emissão de Carteira de Identidade.”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19539</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para abertura e asfaltamento da Rua 10, setor Vila Brasília.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19531</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua RC-010, no setor Conjunto Rio Claro III.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19530</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua José Gêda, setor Antena.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19529</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para abertura e asfaltamento da Rua 10, interligando a Rua Projetada, no setor Vila Brasília.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19528</t>
+  </si>
+  <si>
+    <t>"Requer reforma nos pontos de ônibus dos setores Cidade Jardim I e II, Sebastião Herculano, Colméia Park e Mauro Bento"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19527</t>
+  </si>
+  <si>
+    <t>“INSTITUI, NO ÂMBITO DO MUNICÍPIO DE JATAÍ, A CAMPANHA DE ORIENTAÇÃO AOS IDOSOS CONTRA FRAUDES E GOLPES NO ÂMBITO DO COMÉRCIO ELETRÔNICO E NA INTERNET, E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19516</t>
+  </si>
+  <si>
+    <t>"Requer a construção de Campo de Futebol Society, na praça do setor Conjunto Rio Claro I"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19485</t>
+  </si>
+  <si>
+    <t>"Solicita ao poder executivo a construção de um galpão na sede do assentamento Rio Claro"</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19484</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo Municipal em caráter de urgência, conclusão e envio a esta Casa de Leis, do Plano Diretor para ocupação de solo urbano”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19468</t>
+  </si>
+  <si>
+    <t>Solicita a Secretaria de Obras e Planejamento Urbano a implantação de pavimento na rua 3 do setor Residencial Jardim Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19466</t>
+  </si>
+  <si>
+    <t>“Solicita ao poder executivo que interligue a rua 11 do setor Mauro Bento, a rua H do setor Cohacol I”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19463</t>
+  </si>
+  <si>
+    <t>"Requer a construção de academia ao ar livre, no setor Cidade Jardim I”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19443</t>
+  </si>
+  <si>
+    <t>Altera a redação do inciso VII, do § 1º, do Art. 7º do Projeto de Lei nº 033/2022, que “Dispõe sobre procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR autorizada pela Agência Nacional de Telecomunicações - ANATEL, nos termos da legislação federal vigente.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19432</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico das Ruas, Mineiros, Rua 02, e Rua Dom Germano Vega Campon, do bairro Dom Benedito</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19430</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico das Ruas José Pereira da Silva, Rua Bela Vista, Rua 101 e Rua Almeida, do bairro Maximiano Peres</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
 Professora Marina Silveira_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Marcos Patrick</t>
-[...40 lines deleted...]
-Carlinhos Canzi_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19426</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo Municipal imediato cumprimento do Piso Nacional para Profissionais de Enfermagem em acordo com o PL 2.564/2020, sob sanção presidencial.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19417</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça a prorrogação do contrato de PERMISSÃO DE USO do serviço de mototáxi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19411</t>
+  </si>
+  <si>
+    <t>Solicita o recapeamento e a sinalização da Avenida Castelo Branco</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19387</t>
+  </si>
+  <si>
+    <t>Pede moção de congratulações e aplausos em comemoração e reconhecimento aos 3 anos da TV SUDOESTE, pelos relevantes serviços prestados a comunidade jataiense</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Abimael Silva da TV</t>
-[...73 lines deleted...]
-    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 350.000,00 (trezentos e cinquenta mil reais), que será destinado a Jataí Associação de Carros Antigos (JACA), para subsidiar a realização do 9º Encontro Nacional de Carros Antigos de Jataí.</t>
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19386</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Milton Justus, e dá outras providências.</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19351</t>
+  </si>
+  <si>
+    <t>Solicita ao prefeito municipal que estabeleça o plano de carreira e vencimento dos servidores da Fiscalização: Fiscal de Defesa do Consumidor; Fiscal de Edificações e Loteamentos; Fiscal de Limpeza Urbana; Fiscal de Meio Ambiente; Fiscal de Posturas; Fiscal de Inspeção Sanitária Municipal; Fiscal de Trânsito e Transportes; Fiscal de Tributos Municipais; Fiscal de Vigilância Sanitária do Município de Jataí/GO, conforme modelo de Projeto de Lei (anexo).</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19350</t>
+  </si>
+  <si>
+    <t>Altera o artigo 49 e seu paragrafo 1º do Projeto de Lei Ordinária do Executivo de nº 036/2022, destinado à regular o contencioso administrativo no âmbito da prefeitura, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19336</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal, Secretaria de Obras e Planejamento Urbano e Chefe de Pavimentação Asfáltica, o recapeamento das ruas: Dona Ana Luíza,  Av. Tio Pedro, Rua tio Joaquim, Rua tia Jerônima, Rua Ilda de Souza, Rua Dona Sebastiana, Av. Antônio Bento, Rua Tia Jordina, Rua Tia Maria Vieira da Cunha e Rua Tia Luíza, no setor José Bento</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19333</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça a regularização da área de ocupação do Setor Francisco Antônio para realizar a doação às famílias que habitam transformando em uma área residencial</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19332</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça estudo técnico de viabilidade para requerer junto ao Incra para realizar a doação de 45 hectares da região Fazenda Guadalupe para a implantação de uma Agrovila.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
-Abimael Silva da TV</t>
-[...44 lines deleted...]
-    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 550.000,00 (quinhentos e cinquenta mil reais), que será destinado a Universidade Federal de Jataí, para compra de equipamentos para utilização nos Cursos de Saúde da Universidade.</t>
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19283</t>
+  </si>
+  <si>
+    <t>Requer verbalmente na terceira sessão ordinária da primeira quinzena do mês de maio, a realização Audiência Pública com os gestores e representantes afins do Hospital das Clinicas a ser realizada em data oportuna via ofício pela mesa diretora.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19264</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico da Rua Inácio José de Melo, Trecho- Av. Said Abdalla à Rua Duque de Caxias</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19261</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico da Rua Leo Lince, Trecho- Rua Leopoldo de Bulhões à Rua Tiradentes”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19258</t>
+  </si>
+  <si>
+    <t>Solicitam ao Poder Executivo que faça a prorrogação do prazo que concede desconto de 75% (setenta e cinco por cento) para cobrança de preço público nos contratos vigentes por ocupação de logradouros, praças e feiras cobertas.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Alessandra Oliveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19250</t>
+  </si>
+  <si>
+    <t>“Os Vereadores que abaixo assinam, solicitam ao Prefeito Municipal, a prorrogação do prazo para pagamento de IPTU – Imposto Predial Territorial Urbano do exercício de 2022, com desconto, pelo prazo de 90 (noventa) dias”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19211</t>
+  </si>
+  <si>
+    <t>Requer Sessão Solene em homenagem ao Dia do Gari</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19202</t>
+  </si>
+  <si>
+    <t>SOLICITA A CONSTRUÇÃO E IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NO SETOR VILA LUÍZA</t>
   </si>
   <si>
     <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
 Vicente Mantelli_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19195</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de título de cidadania ao empresário, Sr. ALBER MARTINS GUEDES, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19188</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que realize o Programa de Recuperação de Créditos Fiscais – REFIS 2022, no Município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19186</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA DOAÇÃO DE UM VEÍCULO AO CONDOMÍNIO VILA VIDA</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19175</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A REFORMA E AMPLIAÇÃO  DA UNIDADE BÁSICA DE SAÚDE DO SETOR ESTRELA DALVA</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19174</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A IMPLANTAÇÃO DE UMA MATERNIDADE MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19167</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 59, de 24 de fevereiro de 2021, que dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Jataí para o biênio 2021/2022.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19166</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19163</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares do senhor João Luiz do Prado.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19162</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Maria Augusta Pereira.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19144</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A REALIZAÇÃO DE RECAPEAMENTO CBUQ NA RUA LEOMAR  FERREIRA DE MELO, EM DIREÇÃO AOS BAIRROS JACUTINGA, CIDADE JARDIM I E II</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19137</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A PAVIMENTAÇÃO ASFÁLTICA NA RUA DOS TAMBORIS E RUA DAS MACIEIRAS NO BAIRRO SÍTIOS DE RECREIO ALVORADA</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19136</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A CONCLUSÃO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA MINEIROS</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19127</t>
+  </si>
+  <si>
+    <t>SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A CONSTRUÇÃO E IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NO SETOR CIDADE JARDIM I E II</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Abimael Silva da TV_x000D_
-[...23 lines deleted...]
-Alessandra Oliveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19123</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE PESAR à Família do Senhor Carlos Vieira, pelo seu falecimento, ocorrido no dia 21 de fevereiro de 2022”.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
 Carlinhos Canzi_x000D_
-Deuzair Parente_x000D_
-[...27 lines deleted...]
-destinado para implantação e aquisição de equipamentos do PSF Assentamento 3T (Terra e Liberdade).</t>
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19116</t>
+  </si>
+  <si>
+    <t>"Altera e suprime dispositivos do Projeto de Lei nº 005/2022, que altera a Lei nº 4.373 de 21 de dezembro de 2021, que autoriza o Chefe do Executivo Municipal a realizar doação com encargos de bens imóveis e móveis para o Serviço Social do Comércio – SESC, e dá outras providências"</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
 Vicente Mantelli_x000D_
-Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Abimael Silva da TV_x000D_
-Marcos Patrick</t>
-[...225 lines deleted...]
-Alessandra Oliveira_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19114</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE PESAR à Família da Senhora Thassya Martins Moraes Rodrigues, pelo seu falecimento, ocorrido no dia 19 de fevereiro de 2022”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19106</t>
+  </si>
+  <si>
+    <t>“Solicita a construção de calçadas nos dois lados da Avenida Vovô Daniel, localizada no Setor Sebastião Herculano"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19105</t>
+  </si>
+  <si>
+    <t>"Solicita a Superintendência Municipal de Habitação informações sobre o andamento dos processos de regularização fundiária (ESCRITURAS) do setor Sebastião Herculano"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19066</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que realize a construção de uma faixa de pedestre elevada na Av. Presidente Tancredo Neves, em frente ao Jatahy Shopping</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19065</t>
+  </si>
+  <si>
+    <t>Solicita que seja disponibilizada frente de serviços para revitalização da Praça do Conjunto Rio Claro II</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19054</t>
+  </si>
+  <si>
+    <t>Solicita estudo visando a implantação de uma quadra de areia no setor Estrela Dalva, para a prática de Esportes</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
 Carlinhos Canzi_x000D_
 Deuzair Parente_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19048</t>
+  </si>
+  <si>
+    <t>Acrescenta §11º ao artigo 94 do Regimento Interno da Câmara Municipal de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19046</t>
+  </si>
+  <si>
+    <t>“Solicita ao executivo estudos sobre a viabilidade de ser implantado em Jataí, uma Escola Municipal Militarizada.”</t>
+  </si>
+  <si>
+    <t>SEMD</t>
+  </si>
+  <si>
+    <t>Sub-Emenda</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19021</t>
+  </si>
+  <si>
+    <t>“Altera a redação da Emenda Modificativa de nº 59/2021”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
 Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
 Marcos Patrick_x000D_
 Vicente Mantelli_x000D_
-Adilson de Carvalho_x000D_
-[...78 lines deleted...]
-Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
-Genilson Santos_x000D_
-[...119 lines deleted...]
-Deuzair Parente_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19019</t>
+  </si>
+  <si>
+    <t>Altera dispositivos do Projeto de Lei Complementar do Executivo n° 03, de 17 de setembro de 2021, com a redação dada pela Emenda Substitutiva nº 02/2021.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Abimael Silva da TV</t>
-[...25 lines deleted...]
-    <t>Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
 Vicente Mantelli_x000D_
-Abimael Silva da TV_x000D_
-[...1 lines deleted...]
-Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
-Genilson Santos_x000D_
-[...11 lines deleted...]
-Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19018</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19016</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Brasileira de Apoio a Prevenção às Drogas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
-Carlinhos Canzi_x000D_
-[...79 lines deleted...]
-Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/20996</t>
-[...234 lines deleted...]
-    <t>Genilson Santos_x000D_
+    <t>https://www.jatai.go.leg.br/materia/19013</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Cooperativa de Produção Agroindustrial Familiar do Sudoeste Goiano - COOPFAS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
 Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
 Carlinhos Canzi_x000D_
-Alessandra Oliveira_x000D_
-Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
+Genilson Santos_x000D_
 Durval Júnior da Sucesso</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/20825</t>
-[...12 lines deleted...]
-Adilson de Carvalho_x000D_
+    <t>https://www.jatai.go.leg.br/materia/19012</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Beneficente Pastoral de Apoio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19011</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Gabriele, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
-Carlinhos Canzi_x000D_
-[...153 lines deleted...]
-    <t>"Altera destinação de recursos orçamentários, indicando a Secretaria de Cultura, para recepção do valor de R$50.000,00 (cinquenta mil reais) que será destinado para custear: programação, eventos, ações e/ou projetos do Conselho de Pastores e Ministros Evangélicos de Jataí (Copeja)”.</t>
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19004</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à Associação dos amigos do museu, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19003</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Projeto de Equoterapia – Sindicato Rural de Jataí, e dá outras providências.</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/20686</t>
-[...1154 lines deleted...]
-    <t>Altera destinação de recursos orçamentários, indicando a Liga Desportiva de Jataí - LDJ, no valor de R$ 120.000,00 (cento e vinte mil reais).</t>
+    <t>https://www.jatai.go.leg.br/materia/19002</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Sindicato Rural de Jataí, e dá outras providências.</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Deuzair Parente_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
 Marcos Patrick_x000D_
 Professora Marina Silveira_x000D_
 Vicente Mantelli</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19819</t>
-[...6 lines deleted...]
-Vicente Mantelli_x000D_
+    <t>https://www.jatai.go.leg.br/materia/19001</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Mãos do bem, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19000</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, Associação Adote Animais Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18999</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Marcha para Jesus, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18998</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Rotary Clube Paraíso do Brasil, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
-Genilson Santos_x000D_
-[...665 lines deleted...]
-Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
-Vicente Mantelli_x000D_
-[...13 lines deleted...]
-Marcos Patrick_x000D_
 Genilson Santos_x000D_
-Adilson de Carvalho_x000D_
-[...389 lines deleted...]
-Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
 Deuzair Parente_x000D_
-Vicente Mantelli_x000D_
-[...1 lines deleted...]
-Marcos Patrick_x000D_
 Durval Júnior da Sucesso</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19016</t>
-[...56 lines deleted...]
-    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Gabriele, e dá outras providências.</t>
+    <t>https://www.jatai.go.leg.br/materia/18997</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Casa de Apoio Nosso Lar, e dá outras providências.</t>
   </si>
   <si>
     <t>Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19004</t>
-[...11 lines deleted...]
-    <t>Professora Marina Silveira_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18996</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Projeto de Campeira – Sindicato Rural de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
 Vicente Mantelli_x000D_
-Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18995</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Pestalozzi, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18994</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Favos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19002</t>
-[...8 lines deleted...]
-    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Mãos do bem, e dá outras providências.</t>
+    <t>https://www.jatai.go.leg.br/materia/18993</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à APAE – Associação de Pais e Amigos dos Excepcionais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18992</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, Centro De Recuperação Liberdade Em Cristo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18991</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Atlética Wider Santos, e dá outras providências.</t>
   </si>
   <si>
     <t>Genilson Santos_x000D_
-Deuzair Parente_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
-Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18990</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Desportiva de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
-Durval Júnior da Sucesso</t>
-[...13 lines deleted...]
-Genilson Santos_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18989</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à Associação dos Aposentados e Pensionistas de Jataí e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
-Abimael Silva da TV</t>
-[...9 lines deleted...]
-Deuzair Parente_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
 Genilson Santos_x000D_
 Marcos Patrick_x000D_
-Professora Marina Silveira_x000D_
-[...26 lines deleted...]
-Deuzair Parente_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18988</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Casa Evangélica Monte das Oliveiras – CEMOL, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
+Genilson Santos_x000D_
 Durval Júnior da Sucesso</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/18995</t>
-[...14 lines deleted...]
-    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à APAE – Associação de Pais e Amigos dos Excepcionais, e dá outras providências.</t>
+    <t>https://www.jatai.go.leg.br/materia/18987</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Centro de Atendimento Educacional Especializado Érica de Melo Barbosa, e dá outras providências.</t>
   </si>
   <si>
     <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18986</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando ao Centro de Tradições Gaúchas – CTG Querência Goiana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18985</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado a Lar e Creche João XXIII, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18983</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Lar da Criança Marcondes Dias, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18982</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Liga Desportiva de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
 Deuzair Parente_x000D_
-Vicente Mantelli_x000D_
-[...18 lines deleted...]
-Deuzair Parente_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18981</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Núcleo de Combate ao Câncer de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
-Abimael Silva da TV_x000D_
-[...15 lines deleted...]
-Deuzair Parente_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
-Abimael Silva da TV_x000D_
-[...11 lines deleted...]
-Deuzair Parente_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18980</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Sociedade Beneficente Albergue São Vicente de Paulo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18979</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, Voluntárias de Cristo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
 Vicente Mantelli_x000D_
-Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
-Alessandra Oliveira_x000D_
-[...14 lines deleted...]
-Vicente Mantelli_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
-Adilson de Carvalho_x000D_
-[...10 lines deleted...]
-    <t>Vicente Mantelli_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18978</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado a Diocese de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
-Deuzair Parente_x000D_
-[...64 lines deleted...]
-Adilson de Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
 Marcos Patrick_x000D_
 Professora Marina Silveira_x000D_
 Vicente Mantelli</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/18978</t>
-[...5 lines deleted...]
-    <t>Carlinhos Canzi_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18977</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à UNAMBATAÍ, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18963</t>
+  </si>
+  <si>
+    <t>Solicita asfaltamento na Rua 5 do setor Santo Antônio.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18959</t>
+  </si>
+  <si>
+    <t>Solicita estudos  para implantação de uma Pista de Skate na praça do Setor Estrela Dalva</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18958</t>
+  </si>
+  <si>
+    <t>Solicita estudos visando a implantação da Panificadora Comunitária no município de Jataí</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18932</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo estudo e verificação para que seja encaminhado a Câmara de Vereadores um Projeto de Lei que estabeleça a doação de lotes do Poder Público aos munícipes de baixa renda para fins de moradia</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
-Vicente Mantelli_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18931</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a prorrogação da validade do concurso público para provimento de vagas efetivas e vagas para formação de cadastro reserva para os cargos da Guarda Civil Municipal, referente ao Edital nº. 001, de 12 de junho de 2018, nos termos do seu item 18.2, em decorrência da pandemia da COVID-19.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18926</t>
+  </si>
+  <si>
+    <t>Dispõe quanto a concessão de Título de Cidadão Jataiense ao Excelentíssimo Juiz de Direito da 2a Vara Cível e Fazendas Públicas da Comarca de Jataí-GO, Dr. Thiago Soares Castelliano Lucena de Castro.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18909</t>
+  </si>
+  <si>
+    <t>Solicita ao poder executivo estudo de viabilidade para implantação de uma praça do Produtor Rural no bairro Primavera II</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18900</t>
+  </si>
+  <si>
+    <t>Requer a isenção de pagamento do estacionamento no Jatahy Shopping, aos usuários dos serviços oferecidos pelo Vapt-Vupt unidade Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18884</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico da pista de caminhada que segue até o Parque de Exposição de Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18883</t>
+  </si>
+  <si>
+    <t>Solicita estudo e providências cabíveis para reforma da Unidade Básica de Saúde do assentamento Rio Paraíso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18881</t>
+  </si>
+  <si>
+    <t>Solicita o envio de moção de pesar aos familiares de IRIS REZENDE MACHADO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18877</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SILVA SOLICITA AO PODER EXECUTIVO CONTINUIDADE A GALERIA PLUVIAL NA RUA 7 DO SETOR RECANTO DA MATA</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18876</t>
+  </si>
+  <si>
+    <t>SOLICITA  AO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA AMPLIAÇÃO DA GALERIA PLUVIAL ENTRE ÀS RUA LÉO LINCE E LEOPOLDO DE BULHÕES</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18875</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE UMA  PRAÇA NA RUA DO AMARELINHO</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18843</t>
+  </si>
+  <si>
+    <t>“Requer a realização da reparação/manutenção das escadarias do Cristo Redentor, visando garantir a segurança dos usuários.”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/18977</t>
-[...20 lines deleted...]
-    <t>Solicita estudos visando a implantação da Panificadora Comunitária no município de Jataí</t>
+    <t>https://www.jatai.go.leg.br/materia/18835</t>
+  </si>
+  <si>
+    <t>O Vereador Abimael Silva da TV, juntamente com os demais que subscrevem, solicita a criação de Comissão Especial temporária de estudos de problemas e levantamentos dos investimentos da SANEAGO e da ENEL no Município de JataíGO</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18816</t>
+  </si>
+  <si>
+    <t>Requerem a realização de uma audiência pública para debater sobre o Regime Próprio da Previdência Social do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18789</t>
+  </si>
+  <si>
+    <t>Requer a realização de uma audiência pública para debater a atuação da empresa Enel no fornecimento de energia elétrica em Jataí.</t>
+  </si>
+  <si>
+    <t>EMSUB</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva a Projetos de Lei</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18770</t>
+  </si>
+  <si>
+    <t>Estabelece o tempo de contribuição e demais requisitos para concessão dos benefícios previdenciários devidos pelo Regime Próprio de Previdência do Município de Jataí, nos termos da EC 103, de 13/11/2019, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18769</t>
+  </si>
+  <si>
+    <t>“Altera a redação do Art. 78, da Lei Orgânica do Município de Jataí e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18767</t>
+  </si>
+  <si>
+    <t>Altera o artigo 27 do Projeto de Lei do Executivo nº 075/2021 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18750</t>
+  </si>
+  <si>
+    <t>Institui a frente parlamentar de Proteção a Vida e a Família do Município de Jataí e da outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18747</t>
+  </si>
+  <si>
+    <t>REQUER AUDIÊNCIA PÚBLICA COM A ENEL GOIÁS PARA DISCUTIR INSATISFAÇÕES E PROBLEMAS QUE A POPULAÇÃO JATAIENSE TEM SOFRIDO EM RELAÇÃO AO SERVIÇO DE ENERGIA</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18745</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de Cidadã Jataiense a Senhora deputada federal Flávia Carreiro Albuquerque Morais, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18743</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade do uso de Lâmpadas de LED (Diodo de emissor de luz)  na rede de iluminação pública em novos loteamentos e empreendimentos imobiliários no Município de Jataí/GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18722</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO PARCERIA COM O INCRA (SUPERINTENDÊNCIA REGIONAL) AFIM DE CRIAR UM POLO DO INSTITUTO EM JATAÍ</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18720</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18719</t>
+  </si>
+  <si>
+    <t>Altera o §1º do Projeto de Lei do Executivo nº 0043 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18718</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO PARCERIA COM O INCRA (SUPERINTENDÊNCIA REGIONAL) AFIM DE CRIAR UM POLO DO INSTITUTO EM JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18717</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO A ILUMINAÇÃO NA PASSARELA DA BR 364 EM FRENTE AO SETOR ESTRELA DALVA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18663</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 3º, do Projeto de Lei Ordinário do Legislativo nº 53/2021</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18646</t>
+  </si>
+  <si>
+    <t>REQUER A REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA DO ADMINISTRADOR</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18614</t>
+  </si>
+  <si>
+    <t>OS VEREADORES ABIMAEL SILVA E GENILSON SANTOS SOLICITA AO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA REFORMA E AMPLIAÇÃO DO LAR DO IDOSO RECANTO FELIZ JOÃO FRANÇA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18612</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SILVA SOLICITA AO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA PARCERIA COM A OVG PARA IMPLANTAÇÃO DO PROGRAMA GOIÁS SOCIAL NO MUNICÍPIO COM FOCO NA AÇÃO DE REFORMA DE MORADIA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18606</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE UM SEMÁFORO PARA PEDESTRE NO CRUZAMENTO DA RUA SALGADO FILHO COM A RUA MIRANDA DE CARVALHO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18603</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODE EXECUTIVO ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UM CENTRO DE REFERÊNCIA EM ASSISTÊNCIA SOCIAL (CRAS) NO SETOR CIDADE JARDIM II</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18586</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA AO PODER EXECUTIVO A DOAÇÃO DE UMA AÉREAPARA A CONSTRUÇÃO DO CENTRO DE TRADIÇÕES NORDESTINAS (CTN).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18585</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A CONSTRUÇÃO E IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE ‘UBS’ NO SETOR JARDIM PARAÍSO</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18509</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO ESTUDO E PROVIDÊNCIAS PARA REGULARIZAÇÃO DO SETOR NOVA ESPERANÇA.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
 Genilson Santos</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/18932</t>
-[...5 lines deleted...]
-    <t>Professora Marina Silveira_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18507</t>
+  </si>
+  <si>
+    <t>Solicitam  ao  Poder  Público  Municipal  envio de Projeto  de  Lei  motivando desburocratização   da   autorização   de subsídio  para  implantação  de terraplanagem  e  pavimentação  de  pátio  em empresas  do  setor  privado  a  se  instalarem ou  ampliarem  dependências  no  âmbito  do município  de  Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18501</t>
+  </si>
+  <si>
+    <t>Suprime o inciso II, do Art. 2 do PLOL 35/2021, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18500</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que realize o recapeamento de toda a extensão do Residencial Cohacol 5, Setor Sul e Rua Honorato de Carvalho (Centro). As vias das localidades mencionadas se encontram irreparáveis, no entanto, far-se-á necessário a aplicação de uma nova malha asfáltica.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18474</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO QUE REALIZE A REFORMA DA UBS VILA SOFIA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18471</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE E PLAYGROUND INFANTIL NA PRAÇA VILA PARAÍSO</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18459</t>
+  </si>
+  <si>
+    <t>SOLICITA CALÇAMENTO NA RUA “3”, NO TRECHO QUE CONCEDE ACESSO AOS BAIRROS COLMÉIA PARK, DOM ABEL E FILOSTRO MACHADO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18451</t>
+  </si>
+  <si>
+    <t>Define como atividade essencial e autoriza a abertura e funcionamento de lava jatos de veículos e motocicletas, entre outras disposições.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18445</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO ESTUDO E VERIFICAÇÃO PARA QUE SEJA ENCAMINHADO A CÂMARA DE VEREADORES UM PROJETO DE LEI QUE ESTABELEÇA A DOAÇÃO OU VENDA DIRETA CONTEMPLANDO ÁREAS/LOTES OCUPADAS, INVADIDAS OU CEDIDAS PELA PREFEITURA AO LONGO DOS ANOS, CUJOS MORADORES NÃO FORAM CONTEMPLADOS PELA LEI FEDERAL REURB 13.465/17”</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18444</t>
+  </si>
+  <si>
+    <t>“Os vereadores que abaixo subscrevem convidam a Diretora Executiva do Hospital das Clínicas Dr. Serafim de Carvalho, Sra. Viviane Tavares Ferreira, bem como os Srs. João Damasceno da Rocha Filho - Diretor Técnico, Jeovane Martins Sousa Filho - Serviços de Farmácia Hospitalar, e a Sra. Marcela Bianca Souza Arisono - Supervisão de Serviços de Apoio e Administrativos, para participação na Tribuna Popular das Sessões Ordinárias da segunda quinzena do mês de junho, que ocorrerá nos dias 22, 23 e 24, para tratar de assuntos gerais do referido hospital.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18443</t>
+  </si>
+  <si>
+    <t>“Os Vereadores subscritos solicitam ao Prefeito Municipal que seja  encaminhado para esta Casa,  PROJETO DE LEI  o qual dispõe sobre a criação do Restaurante Popular no município de Jataí/GO e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18426</t>
+  </si>
+  <si>
+    <t>SOLICITAM A RETOMADA DA CONCESSÃO DE ADICIONAL INSALUBRIDADE A ATENDENTES  DE POSTOS DE SAÚDE E AGENTE DE ENDEMIAS QUE VISITAM RESIDÊNCIAS E OUTRAS, NO MUNICÍPIO DE JATAÍ/GO</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Alessandra Oliveira_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18396</t>
+  </si>
+  <si>
+    <t>“Inclusão dos funcionários dos Correios nos grupos prioritários do plano de vacinação contra covid-19”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18384</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO ESFORÇOS NO SENTIDO DE AQUISIÇÃO DE AMBULÂNCIA MÉDICA, PARA O MUNICÍPIO DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18370</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO QUE REALIZE O RECAPEAMENTO NAS VIAS DO BAIRRO SANTO ANTÔNIO ATÉ AO BAIRRO SANTA LÚCIA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18352</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do Projeto de Lei nº 022/2021, que dispõe sobre Abertura de Crédito Adicional Especial no valor de R$ 152.460,00 (cento e cinquenta e dois mil, quatrocentos e sessenta reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18349</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Carlos Eduardo Freire da Silva.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18338</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA ESTUDO E VERIFICAÇÃO DE AQUISIÇÃO DE MAQUINÁRIOS PARA ATENDER A ZONA RURAL E ASSENTAMENTOS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18299</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares   de   José   Antônio   de   Carvalho Gedda.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
-Alessandra Oliveira_x000D_
-Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
-Adilson de Carvalho_x000D_
-[...9 lines deleted...]
-    <t>Deuzair Parente_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18291</t>
+  </si>
+  <si>
+    <t>Solicitam a reforma geral do Casarão do José Manoel Vilela.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
 Genilson Santos_x000D_
-Marcos Patrick_x000D_
-[...22 lines deleted...]
-Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
 Adilson de Carvalho_x000D_
 Professora Marina Silveira_x000D_
-Genilson Santos_x000D_
 Abimael Silva da TV_x000D_
-Durval Júnior da Sucesso_x000D_
-[...78 lines deleted...]
-    <t>Requerem a realização de uma audiência pública para debater sobre o Regime Próprio da Previdência Social do Município de Jataí.</t>
+Vicente Mantelli_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18290</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Arioldo Alves da Rocha.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18287</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do Projeto de Lei nº 16/2021, que autoriza o Poder Executivo efetuar desconto de 50% na cobrança de preço público no período de situação de emergência na saúde pública ocasionado pela COVID-19, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18269</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA ESTUDO E VERIFICAÇÃO PARA QUE JORNALISTAS, RADIALISTAS E PROFISSIONAIS DA IMPRENSA SEJAM INCLUÍDOS NO GRUPO PRIORITÁRIO DA VACINAÇÃO CONTRA A COVID-19 EM JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18263</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA  ESTUDO E VERIFICAÇÃO DE POSSIBILIDADE PARA A CONSTRUÇÃO E INSTALAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NO  ASSENTAMENTO TERRA DA LIBERDADE (3 T).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18260</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do Projeto de Lei nº 14/2021, que dispõe sobre prorrogação do prazo para construção da Indústria de Reciclagem localizada no Distrito Industrial, e dá outras providências.</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Abimael Silva da TV_x000D_
-Professora Marina Silveira_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
 Carlinhos Canzi_x000D_
 Deuzair Parente_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
 Vicente Mantelli</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/18789</t>
-[...310 lines deleted...]
-Professora Marina Silveira_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18251</t>
+  </si>
+  <si>
+    <t>REQUEREM O ESTUDO E A VIABILIDADE PARA A REALIZAÇÃO DA 15º EDIÇÃO DO CASAMENTO COMUNITÁRIO DE JATAÍ, MEDIANTE A AGENDAMENTO, EM 2021, VISANDO ATENDER OS CASAIS DE BAIXA RENDA DO MUNICÍPIO DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18238</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SILVA SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DE ZACARIAS FALEIROS</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
 Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
-Adilson de Carvalho</t>
-[...15 lines deleted...]
-Genilson Santos_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18231</t>
+  </si>
+  <si>
+    <t>Requerem a criação de um Programa de Crédito Municipal para subsidiar micro, pequenos e empreendedores comerciais do município de Jataí, em virtude da instabilidade econômica causada pelas paralisações de atividades comerciais decretadas em função da pandemia de Covid-19.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
 Durval Júnior da Sucesso_x000D_
-Marcos Patrick_x000D_
-Vicente Mantelli_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Adilson de Carvalho</t>
-[...8 lines deleted...]
-    <t>Deuzair Parente_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18221</t>
+  </si>
+  <si>
+    <t>O Vereador Genilson Santos, juntamente com os demais vereadores, requerem a contratação de Médico especialista em NEUROPEDIATRIA para atendimento na rede pública municipal de saúde em Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18212</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, JUNTAMENTE COM O VEREADOR GENILSON SANTOS SILVA, SOLICITAM UM ESTUDO E VERIFICAÇÃO DE POSSIBILIDADE PARA A CRIAÇÃO DE UM PROGRAMA DE AUXÍLIO MUNICIPAL PARA ATENDER INDIVÍDUOS E FAMÍLIAS QUE SE ENCONTRAM EM SITUAÇÃO DE VULNERABILIDADE, EM DECORRÊNCIA DA PANDEMIA DO CORONAVÍRUS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18206</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA UM ESTUDO E VERIFICAÇÃO DE POSSIBILIDADE PARA A CRIAÇÃO DE UM PROGRAMA DE AUXÍLIO MUNICIPAL PARA ATENDER AS FAMÍLIAS JATAIENSES DE BAIXA RENDA.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18188</t>
+  </si>
+  <si>
+    <t>Solicito o envio de moção de pesar aos familiares de Liomar Silveira Martins.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18187</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do Projeto de Lei nº 005, de 26 de janeiro de 2021, que autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S/A., e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18186</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a supressão do artigo 4º do Projeto de Lei Ordinária do Executivo de nº 03/2021, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18185</t>
+  </si>
+  <si>
+    <t>A presente emenda supressiva se faz necessária para excluir o art. 4° do PLOE n. 03/2021, por este conter vícios de ilegalidade e inconstitucionalidade apontados no Parecer Jurídico n.08/2021.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18184</t>
+  </si>
+  <si>
+    <t>A presente emenda supressiva se faz necessária para excluir o art. 4° do PLOE n. 04/2021, por este conter vícios de ilegalidade e inconstitucionalidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18155</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, REQUER A REALIZAÇÃO DE UMA SESSÃO SOLENE EM HOMENAGEM AOS 50 ANOS COMPLETADOS DA IGREJA EVANGÉLICA, A PALAVRA DE CRISTO NO BRASIL.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18150</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA ESTUDO E VERIFICAÇÃO DE POSSIBILIDADE PARA A CRIAÇÃO DE UM NÚCLEO DE ATENDIMENTO E PRESTAÇÃO DE SERVIÇOS AO PÚBLICO PARA ATENDER O POVOADO DA ESTÂNCIA E NAVESLÂNDIA.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Professora Marina Silveira_x000D_
-Vicente Mantelli_x000D_
-[...17 lines deleted...]
-Carlinhos Canzi_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18145</t>
+  </si>
+  <si>
+    <t>Solicita envio de moção de pesar à família do senhor Luiz Alberto Maguito Vilela.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18144</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA ESTUDO E VERIFICAÇÃO DE POSSIBILIDADE PARA REFORMA GERAL NO CENTRO DE ATENÇÃO PSICOSSOCIAL (CAPS).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18142</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE GALERIA PLUVIAL NO SETOR VILA PALMEIRAS, MAIS PRECISAMENTE EM TODA EXTENSÃO DA AVENIDA RIO DOCE.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18140</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UM MERCADO MUNICIPAL EM JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18139</t>
+  </si>
+  <si>
+    <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UMA CRECHE PÚBLICA PARA IDOSOS EM JATAÍ/GO.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
 Deuzair Parente_x000D_
-Professora Marina Silveira_x000D_
-[...206 lines deleted...]
-Adilson de Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
 Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Adilson de Carvalho_x000D_
 Professora Marina Silveira_x000D_
 Abimael Silva da TV_x000D_
-Alessandra Oliveira_x000D_
-[...1 lines deleted...]
-Deuzair Parente</t>
+Alessandra Oliveira</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18128</t>
   </si>
   <si>
     <t>Requerem a criação e a implantação do “Mercado da Roça".</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18125</t>
   </si>
   <si>
     <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UMA PARCERIA ENTRE O MUNICÍPIO E A PASTORAL DA MORADIA DE JATAÍ, VISANDO A CONSTRUÇÃO DE CASAS POPULARES PARA PESSOAS QUE VIVEM EM SITUAÇÃO DE VULNERABILIDADE EM JATAÍ, INCLUSIVE POVOADOS DA ESTÂNCIA E NAVESLÂNDIA.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18123</t>
   </si>
   <si>
     <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA AO EXECUTIVO MUNICIPAL E A SUPERINTENDÊNCIA DE HABITAÇÃO UMA PARCERIA ENTRE O MUNICÍPIO E O GOVERNO ESTADUAL, POR MEIO DA  AGEHAB, PARA A REALIZAÇÃO DE NOVAS CONSTRUÇÕES DE CASAS POPULARES.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18122</t>
   </si>
   <si>
     <t>O VEREADOR ABIMAEL SOUZA SILVA, SOLICITA AO EXECUTIVO MUNICIPAL E A SUPERINTENDÊNCIA DE HABITAÇÃO PARA QUE POSSA RENOVAR O CONVÊNIO COM A AGEHAB PARA A REGULARIZAÇÃO FUNDIÁRIA DOS BAIRROS: MUTIRÃO, MAURO BENTO, COLMEIA PARK E ESTRELA D’ALVA”</t>
   </si>
@@ -6054,81 +7041,81 @@
   <si>
     <t>https://www.jatai.go.leg.br/materia/17268</t>
   </si>
   <si>
     <t>" Concede Título de cidadania Jataiense a pessoa que menciona e dá outras providências".</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/17255</t>
   </si>
   <si>
     <t>"Concede Título de Cidadania Jataiense a pessoa que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/15209</t>
   </si>
   <si>
     <t>" SUBSTITUI DESIGNAÇÃO DE VIA PÚBLICA".</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/15206</t>
   </si>
   <si>
     <t>" ALTERA, ACRESCENTA E EXCLUI DISPOSITIVOS À LEI N° 2.711/06 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
-    <t>João Wesley Cabral de Moura_x000D_
-Abimael Silva da TV</t>
+    <t>Abimael Silva da TV_x000D_
+João Wesley Cabral de Moura</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14456</t>
   </si>
   <si>
     <t>" AUTORIZA PARCELAMENTO DE DÉBITOS DO VEREADOR EDGLAN DA SILVA MAIA, JUNTO AO TCM."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14455</t>
   </si>
   <si>
     <t>" AUTORIZA A DAÇÃO EM PAGAMENTO DO VEÍCULO SANTANA, CHASSI N° 9BWAE03X94P004758, PLACA - NFG - 9585, ANO/2004, NA AQUISIÇÃO DE UM VEÍCULO NOVO A SER ADQUIRIDO ATRAVÉS DE PROCESSO LICITATÓRIO PELA CÂMARA MUNICIPAL DE JATAÍ".</t>
   </si>
   <si>
-    <t>Maria José _x000D_
+    <t xml:space="preserve">André Pires do Nascimento_x000D_
 João Wesley Cabral de Moura_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-André Pires do Nascimento</t>
+Maria José </t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14453</t>
   </si>
   <si>
     <t>" ACRESCENTA CAPÍTULO E ARTIGO AO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAÍ"</t>
   </si>
   <si>
-    <t>Abimael Silva da TV_x000D_
-João Wesley Cabral de Moura</t>
+    <t>João Wesley Cabral de Moura_x000D_
+Abimael Silva da TV</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14452</t>
   </si>
   <si>
     <t>" FICA INSTITUÍDA  A COMISSÃO DISCIPLINAR"</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14450</t>
   </si>
   <si>
     <t>"ALTERA O  § 6° DO ART. 8° DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAÍ"</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14449</t>
   </si>
   <si>
     <t>" ALTERA ARTIGOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JATAÍ."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/14261</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADANIA JATAIENSE A  PESSOA QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
@@ -6296,148 +7283,148 @@
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5466</t>
   </si>
   <si>
     <t>REDE PLUVIAL PARA SETORES DIVINO ESPÍRITO SANTO, VILA SANTA MARIA, VILA FÁTIMA, SETOR GEDA, JOSÉ ESTEVÃO E DOM BENEDITO.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5465</t>
   </si>
   <si>
     <t>ASFALTO E PONTE NO SETOR GEDA E MAXIMIANO PERES.</t>
   </si>
   <si>
     <t>Geovaci Peres_x000D_
 André Pires do Nascimento_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5444</t>
   </si>
   <si>
     <t>SOLICITAM MELHORIAS NO ATENDIMENTO AO PÚBLICO POR PARTE DA CLASSE MÉDICA DE JATAÍ.</t>
   </si>
   <si>
-    <t>Abimael Silva da TV_x000D_
-[...1 lines deleted...]
-Geovaci Peres</t>
+    <t>André Pires do Nascimento_x000D_
+Geovaci Peres_x000D_
+Abimael Silva da TV</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5443</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES CONCERNENTES À CRIAÇÃO DE COOPERATIVA HABITACIONAL DOS SERVIDORES MUNICIPAIS DA SAÚDE, EDUCAÇÃO E DEMAIS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
-    <t>Ediglan  Maia_x000D_
-[...1 lines deleted...]
-Maria José _x000D_
+    <t>André Pires do Nascimento_x000D_
 Gênio Eurípedes_x000D_
 João Wesley Cabral de Moura_x000D_
+Maria José _x000D_
+Ediglan  Maia_x000D_
+Soraia Rodrigues _x000D_
 Adilson de Carvalho_x000D_
 Geovaci Peres_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5341</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLEITEIAM COM VEEMÊNCIA A DOAÇÃO DO PRÉDIO DENOMINADO PALÁCIO DAS ABELHAS COM A RESPECTIVA ÁREA QUE CIRCUNDA O PODER LEGISLATIVO JATAIENSE. </t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5290</t>
+  </si>
+  <si>
+    <t>RETIRADA DO CANTEIRO DA RUA 106 VILA PARAÍSO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5289</t>
+  </si>
+  <si>
+    <t>RECAPEAMENTO DAS RUAS DONA OLÍMPIA E CAIAPÔNIA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5288</t>
+  </si>
+  <si>
+    <t>ASFALTAMENTO DAS AVENIDAS "C" E "D" NA VILA SOFIA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5287</t>
+  </si>
+  <si>
+    <t>MUDANÇAS NO PROJETO DE LEI N.° 2.711 DE 17 DE MARÇO DE 2006.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5286</t>
+  </si>
+  <si>
+    <t>CONVÊNIO ENTRE A PREFEITURA MUNICIPAL E EMPRESA AUTO VIAÇÃO JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5285</t>
+  </si>
+  <si>
+    <t>ASFALTO PARA CRECHE NO CONJUNTO MAURO BENTO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5284</t>
+  </si>
+  <si>
+    <t>TRANSFORMAÇÃO DE ÁREA INSTITUCIONAL EM BEM DOMINICAL.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5283</t>
+  </si>
+  <si>
+    <t>PAVIMENTAÇÃO ASFÁLTICA PARA SETOR HERMOSA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5282</t>
+  </si>
+  <si>
+    <t>ASFALTAMENTO DAS RUAS 12 E AVENIDA CASTELO BRANCO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5281</t>
+  </si>
+  <si>
+    <t>SESSÃO ESPECIAL EM COMEMORAÇÃO AO CINQUENTENÁRIO DA IGREJA ASSEMBLEIA DE DEUS.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gênio Eurípedes_x000D_
+Geovaci Peres_x000D_
+Adilson de Carvalho_x000D_
+Ediglan  Maia_x000D_
+André Pires do Nascimento_x000D_
+Alcides Peregrino Fazolino_x000D_
 Abimael Silva da TV_x000D_
-André Pires do Nascimento</t>
-[...68 lines deleted...]
-    <t>André Pires do Nascimento_x000D_
 João Wesley Cabral de Moura_x000D_
 Maria José _x000D_
-Soraia Rodrigues _x000D_
-[...5 lines deleted...]
-Ediglan  Maia</t>
+Soraia Rodrigues </t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5280</t>
   </si>
   <si>
     <t>OS VEREADORES SOLICITAM AS PROVIDÊNCIAS CABÍVEIS PARA A CONCLUSÃO DE ASFALTAMENTO DA RUA MANOEL RAMIRO DE LIMA, NO SETOR EPAMINONDAS II.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5279</t>
   </si>
   <si>
     <t>ABERTURA DA AVENIDA ARAGUAIA NO SETOR COLINAS E VILA PALMEIRAS, E LIMPEZA NO SETOR.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5278</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA 15, LIGANDO A VILA SOFIA AO CONJUNTO ESTRELA DALVA.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5277</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL CLOBERTINO NAVES NO POVOADO DE NAVÊSLANDIA.</t>
   </si>
@@ -6472,219 +7459,219 @@
   <si>
     <t>https://www.jatai.go.leg.br/materia/5149</t>
   </si>
   <si>
     <t xml:space="preserve">RECONSTRUÇÃO DO TREVO DA GO-184 QUE LIGA A BR-364. </t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5148</t>
   </si>
   <si>
     <t>DOAÇÃO DE ÁREA PARA UEG - UNIVERSIDADE DO ESTADO DE GOIÁS UNIDADE JATAÍ.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5147</t>
   </si>
   <si>
     <t>SESSÃO SOLENE EM COMEMORAÇÃO O DIA DO ADMINISTRADOR.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/5146</t>
   </si>
   <si>
     <t>AUDIÊNCIA PÚBLICA PARA TRATAR DA QUALIDADE DA ÁGUA QUE ABASTECE O MUNICÍPIO DE JATAÍ.</t>
   </si>
   <si>
-    <t>Gênio Eurípedes_x000D_
+    <t>Maria José _x000D_
+Soraia Rodrigues _x000D_
+Ediglan  Maia_x000D_
+Alcides Peregrino Fazolino_x000D_
+Abimael Silva da TV_x000D_
+Geovaci Peres_x000D_
+Gênio Eurípedes_x000D_
+Adilson de Carvalho_x000D_
+André Pires do Nascimento_x000D_
+João Wesley Cabral de Moura</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5145</t>
+  </si>
+  <si>
+    <t>SOLICITA-SE AO EXCELENTÍSSIMO SENHOR PREFEITO FERNANDO HENRIQUE PERES O ATENDIMENTO DOS PEDIDOS FEITOS PELA POPULAÇÃO DURANTE A REALIZAÇÃO DO PROJETO CÂMARA CIDADÃ NA ESCOLA MUNICIPAL DIOGO LEMES DE LIMA COMPREENDENDO A VILA SOFIA E BAIRROS ADJACENTES.</t>
+  </si>
+  <si>
+    <t>Maria José _x000D_
+João Wesley Cabral de Moura_x000D_
+Gênio Eurípedes_x000D_
+Ediglan  Maia_x000D_
 André Pires do Nascimento_x000D_
 Abimael Silva da TV_x000D_
 Geovaci Peres_x000D_
 Adilson de Carvalho_x000D_
 Soraia Rodrigues _x000D_
-Ediglan  Maia_x000D_
-Alcides Peregrino Fazolino_x000D_
+Alcides Peregrino Fazolino</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5144</t>
+  </si>
+  <si>
+    <t>SOLICITA-SE AO EXCELENTÍSSIMO SENHOR PREFEITO FERNANDO HENRIQUE PERES O ATENDIMENTO DOS PEDIDOS FEITOS PELA POPULAÇÃO DURANTE A REALIZAÇÃO DO PROJETO CÂMARA CIDADÃ  NA ESCOLA MUNICIPAL LEOPOLDO NONATO COMPREENDENDO O BAIRRO JARDIM RIO CLARO E ADJACÊNCIAS.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João Wesley Cabral de Moura_x000D_
 Maria José _x000D_
-João Wesley Cabral de Moura</t>
-[...10 lines deleted...]
-João Wesley Cabral de Moura_x000D_
 Gênio Eurípedes_x000D_
 Ediglan  Maia_x000D_
 André Pires do Nascimento_x000D_
+Alcides Peregrino Fazolino_x000D_
+Geovaci Peres_x000D_
+Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Adilson de Carvalho_x000D_
-[...10 lines deleted...]
-    <t>Gênio Eurípedes_x000D_
+Soraia Rodrigues </t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5143</t>
+  </si>
+  <si>
+    <t>SOLICITA-SE AO EXCELENTÍSSIMO SENHOR PREFEITO FERNANDO HENRIQUE PERES O ATENDIMENTO DOS PEDIDOS FEITOS PELA POPULAÇÃO DURANTE A REALIZAÇÃO DO PROJETO CÂMARA CIDADÃ NA ESCOLA MUNICIPAL ANTÔNIO TOSTA DE CARVALHO COMPREENDENDO O SETOR OESTE E BAIRROS ADJACENTES.</t>
+  </si>
+  <si>
+    <t>Soraia Rodrigues _x000D_
+Gênio Eurípedes_x000D_
 Ediglan  Maia_x000D_
+Alcides Peregrino Fazolino_x000D_
+Abimael Silva da TV_x000D_
 André Pires do Nascimento_x000D_
 Maria José _x000D_
-Abimael Silva da TV_x000D_
-[...1 lines deleted...]
-Adilson de Carvalho_x000D_
+João Wesley Cabral de Moura_x000D_
 Geovaci Peres_x000D_
-Alcides Peregrino Fazolino_x000D_
-[...11 lines deleted...]
-Adilson de Carvalho_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5141</t>
+  </si>
+  <si>
+    <t>SOLICITA-SE AO EXCELENTÍSSIMO SENHOR PREFEITO FERNANDO HENRIQUE PERES O ATENDIMENTO DOS PEDIDOS FEITOS PELA POPULAÇÃO DURANTE A REALIZAÇÃO DO PROJETO CÂMARA CIDADÃ NA ESCOLA MUNICIPAL LUZIANO DIAS DE FREITAS COMPREENDENDO OS BAIRROS ESTRELA DALVA, FRANCISCO ANTÔNIO E ADJACÊNCIAS.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adilson de Carvalho_x000D_
 Geovaci Peres_x000D_
-Maria José _x000D_
-André Pires do Nascimento_x000D_
 Abimael Silva da TV_x000D_
 Alcides Peregrino Fazolino_x000D_
-Ediglan  Maia_x000D_
-[...9 lines deleted...]
-    <t>André Pires do Nascimento_x000D_
+André Pires do Nascimento_x000D_
 Ediglan  Maia_x000D_
 Gênio Eurípedes_x000D_
+Maria José _x000D_
 João Wesley Cabral de Moura_x000D_
-Soraia Rodrigues _x000D_
-Maria José _x000D_
+Soraia Rodrigues </t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5140</t>
+  </si>
+  <si>
+    <t>SOLICITA-SE AO EXCELENTÍSSIMO SENHOR PREFEITO FERNANDO HENRIQUE PERES O ATENDIMENTO DOS PEDIDOS FEITOS PELA POPULAÇÃO DURANTE A REALIZAÇÃO DO PROJETO CÂMARA CIDADÃ NA ESCOLA IZABEL FRANCO DE CARVALHO COMPREENDENDO OS CONJUNTOS RIO CLARO I, II E III E BAIRROS ADJACENTES.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geovaci Peres_x000D_
 Adilson de Carvalho_x000D_
-Geovaci Peres_x000D_
 Abimael Silva da TV_x000D_
-Alcides Peregrino Fazolino</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">André Pires do Nascimento_x000D_
+Alcides Peregrino Fazolino_x000D_
+André Pires do Nascimento_x000D_
 Ediglan  Maia_x000D_
 Gênio Eurípedes_x000D_
 João Wesley Cabral de Moura_x000D_
 Maria José _x000D_
+Soraia Rodrigues </t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5139</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5138</t>
+  </si>
+  <si>
+    <t>ABERTURA DE RUA ENTRE RUA MATEUS SILVA SOARES E RUA OROZIMBO LOPES DE CARVALHO NO BAIRRO DOM ABEL.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5137</t>
+  </si>
+  <si>
+    <t>ABERTURA DE SALAS DE AULA NO PERÍODO NOTURNO, DO ENSINO FUNDAMENTAL E MÉDIO PARA A ESCOLA ISABEL FRANCO DE CARVALHO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5136</t>
+  </si>
+  <si>
+    <t>ABERTURA DE RUA ENTRE O BAIRRO COLINAS E VILA PALMEIRAS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5135</t>
+  </si>
+  <si>
+    <t>REVITALIZAÇÃO DAS PRAÇAS DO NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5134</t>
+  </si>
+  <si>
+    <t>REFORMA E AQUISIÇÃO DE BRINQUEDOS PARA PARQUE INFANTIL E OUTROS BENEFÍCIOS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5133</t>
+  </si>
+  <si>
+    <t>ASFALTAMENTO E CONSTRUÇÃO DE REDE DE ESGOTO PARA SETOR FERNANDES.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5132</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE ESCOLA DE 1° GRAU NO SETOR FABRINY.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5131</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UM PARQUE INFANTIL NA CRECHE CRIANÇA FELIZ, E PAVIMENTAÇÃO ASFÁLTICA E CONSTRUÇÃO DAS CALÇADAS, LADEADAS À RUA BELA VISTA ESQUINA COM À RUA ALMEIDA, VILA PROGRESSO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/5130</t>
+  </si>
+  <si>
+    <t>DISPONIBILIZAÇÃO DE UM PROFISSIONAL MÉDICO E UMA AMBULÂNCIA PARA O POVOADO DE NAVESLÂNDIA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adilson de Carvalho_x000D_
+Gênio Eurípedes_x000D_
+Geovaci Peres_x000D_
+Abimael Silva da TV_x000D_
 Alcides Peregrino Fazolino_x000D_
-Abimael Silva da TV_x000D_
-[...62 lines deleted...]
-    <t>André Pires do Nascimento_x000D_
+André Pires do Nascimento_x000D_
 Ediglan  Maia_x000D_
 João Wesley Cabral de Moura_x000D_
 Maria José _x000D_
-Geovaci Peres_x000D_
-[...4 lines deleted...]
-Alcides Peregrino Fazolino</t>
+Soraia Rodrigues </t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/4967</t>
   </si>
   <si>
     <t>SOLICITAM QUEBRA MOLAS EM FRENTE A ESCOLA MUNICIPAL DAVI FERREIRA.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/4842</t>
   </si>
   <si>
     <t>ABERTURA DE RUA ENTRE A RUA 04 COM A RUA JOSÉ PEREIRA REZENDE.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/4841</t>
   </si>
   <si>
     <t>COBERTURA NA PRAÇA LAMBARI PARA ACOMODAÇÃO AOS PRESTADORES DO SERVIÇO DE FRETE.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/4840</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA E INSTALAÇÃO DE BANCOS NO CANTEIRO CENTRAL DA AVENIDA FRANCISCO ANTÔNIO NO CONJUNTO ESTRELA DALVA.</t>
   </si>
@@ -7162,20505 +8149,22871 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22572" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22524" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22519" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22518" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22516" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22512" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22509" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22508" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22507" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22506" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22505" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22504" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22502" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22447" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22444" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22443" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22439" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22437" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22436" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22413" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22407" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22406" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22405" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22403" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22391" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22368" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22361" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22334" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22318" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22306" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22303" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22300" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22298" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22296" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22289" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22288" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22284" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22282" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22278" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22274" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22266" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22256" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22247" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22244" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22241" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22236" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22231" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22188" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22180" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22179" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22178" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22177" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22168" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22135" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22130" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22129" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22126" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22102" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22092" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22091" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22087" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22084" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22077" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22062" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22037" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22036" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22035" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22015" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22000" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21999" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21998" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21988" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21977" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21972" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21954" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21953" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21950" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21935" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21933" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21930" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21927" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21876" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21871" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21865" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21851" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21850" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21823" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21821" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21819" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21818" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21809" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21807" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21792" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21784" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21779" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21776" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21754" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21744" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21721" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21719" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21718" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21704" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21692" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21674" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21673" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21660" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21655" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21654" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21653" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21652" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21649" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21648" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21591" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21586" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21584" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21583" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21582" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21581" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21579" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21569" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21566" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21562" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21560" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21559" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21556" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21555" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21551" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21544" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21542" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21533" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21529" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21505" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21470" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21468" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21462" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21458" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21455" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21451" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21450" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21449" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21448" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21447" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21446" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21445" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21444" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21443" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21442" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21441" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21440" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21439" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21438" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21437" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21436" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21435" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21434" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21433" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21432" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21431" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21430" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21429" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21428" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21427" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21426" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21425" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21424" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21423" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21422" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21421" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21420" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21418" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21417" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21416" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21415" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21413" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21412" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21411" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21410" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21409" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21408" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21407" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21406" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21405" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21404" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21402" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21400" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21399" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21388" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21338" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21336" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21333" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21332" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21331" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21330" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21329" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21313" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21308" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21283" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21281" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21280" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21258" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21249" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21227" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21221" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21219" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21196" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21186" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21184" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21183" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21180" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21158" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21157" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21142" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21141" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21140" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21122" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21121" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21120" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21119" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21118" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21114" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21113" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21109" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21104" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21102" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21098" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21095" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21068" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21064" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21054" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21053" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21047" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21046" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21019" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21018" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21008" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21004" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21003" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21002" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20999" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20996" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20985" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20982" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20978" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20974" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20971" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20964" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20961" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20955" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20954" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20944" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20943" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20935" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20934" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20933" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20926" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20917" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20892" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20885" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20881" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20880" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20879" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20878" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20877" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20876" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20875" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20871" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20866" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20858" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20855" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20854" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20833" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20832" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20831" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20830" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20829" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20828" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20826" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20825" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20824" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20823" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20822" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20821" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20820" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20818" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20805" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20804" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20803" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20801" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20800" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20785" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20763" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20761" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20760" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20759" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20758" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20757" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20756" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20755" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20754" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20753" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20752" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20751" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20750" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20686" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20684" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20680" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20678" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20677" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20676" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20675" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20660" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20652" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20651" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20650" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20637" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20632" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20630" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20627" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20623" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20620" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20619" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20607" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20606" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20604" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20603" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20589" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20569" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20564" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20554" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20553" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20550" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20548" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20542" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20532" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20531" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20530" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20524" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20521" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20512" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20505" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20504" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20493" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20476" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20475" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20474" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20472" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20471" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20467" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20466" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20463" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20458" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20430" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20428" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20427" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20426" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20409" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20404" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20401" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20400" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20390" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20384" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20381" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20378" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20370" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20345" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20339" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20337" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20329" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20328" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20323" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20322" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20302" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20300" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20299" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20297" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20271" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20268" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20267" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20248" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20246" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20245" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20240" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20239" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20224" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20222" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20216" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20215" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20213" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20212" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20211" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20210" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20209" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20208" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20198" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20192" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20188" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20182" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20180" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20179" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20177" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20176" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20175" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20156" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20142" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20131" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20127" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20126" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20117" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20091" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20081" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20080" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20076" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20068" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20061" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20058" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20051" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20035" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20034" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20014" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20007" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19996" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19979" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19977" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19975" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19973" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19972" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19966" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19963" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19922" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19916" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19909" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19901" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19900" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19889" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19884" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19883" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19882" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19875" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19874" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19872" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19870" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19860" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19857" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19848" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19824" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19823" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19822" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19821" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19820" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19819" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19818" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19817" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19812" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19794" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19792" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19785" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19782" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19778" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19776" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19775" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19774" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19770" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19769" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19768" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19764" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19757" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19756" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19752" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19736" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19735" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19734" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19731" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19730" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19729" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19712" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19694" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19681" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19665" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19661" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19660" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19653" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19648" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19647" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19646" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19641" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19639" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19630" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19626" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19625" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19616" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19615" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19604" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19587" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19585" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19580" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19552" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19551" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19539" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19531" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19530" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19529" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19528" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19527" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19516" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19485" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19484" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19468" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19466" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19463" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19443" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19432" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19430" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19426" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19417" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19411" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19387" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19386" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19351" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19350" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19336" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19333" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19332" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19283" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19264" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19261" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19258" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19250" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19211" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19202" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19195" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19188" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19186" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19175" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19174" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19167" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19166" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19163" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19162" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19144" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19137" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19136" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19127" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19123" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19116" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19114" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19106" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19105" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19066" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19065" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19054" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19048" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19046" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19021" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19019" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19018" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19016" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19013" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19012" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19011" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19004" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19003" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19002" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19001" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19000" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18999" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18998" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18997" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18996" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18995" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18994" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18993" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18992" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18991" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18990" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18989" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18988" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18987" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18986" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18985" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18983" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18982" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18981" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18980" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18979" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18978" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18977" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18963" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18959" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18958" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18932" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18931" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18926" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18909" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18900" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18884" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18883" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18881" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18877" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18876" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18875" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18843" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18835" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18816" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18789" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18770" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18769" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18767" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18750" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18747" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18745" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18743" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18722" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18720" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18719" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18718" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18717" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18663" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18646" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18614" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18612" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18606" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18603" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18586" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18585" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18509" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18507" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18501" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18500" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18474" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18471" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18459" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18451" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18445" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18444" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18443" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18426" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18396" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18384" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18370" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18352" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18349" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18338" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18299" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18291" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18290" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18287" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18269" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18263" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18260" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18251" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18238" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18231" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18221" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18212" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18206" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18188" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18187" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18186" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18185" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18184" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18155" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18150" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18145" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18144" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18142" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18140" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18139" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18128" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18125" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18123" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18122" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18096" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18095" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/17268" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/17255" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/15209" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/15206" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14456" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14455" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14453" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14452" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14450" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14449" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14261" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14238" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14236" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14234" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14232" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5489" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5488" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5487" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5486" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5485" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5484" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5483" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5482" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5481" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5480" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5479" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5478" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5477" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5476" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5475" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5474" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5473" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5472" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5471" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5470" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5469" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5468" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5467" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5466" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5465" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5444" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5443" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5341" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5290" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5289" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5288" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5287" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5286" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5285" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5284" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5283" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5282" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5281" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5280" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5279" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5278" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5277" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5276" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5275" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5274" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5273" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5149" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5148" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5147" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5146" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5145" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5144" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5143" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5141" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5140" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5139" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5138" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5137" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5136" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5135" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5134" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5133" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5132" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5131" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5130" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4967" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4842" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4841" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4840" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4839" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4838" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4837" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4836" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4829" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4827" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4826" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4825" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4824" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4822" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4821" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4820" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4819" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4818" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4817" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4816" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4815" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4814" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4812" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4811" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4810" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4809" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4808" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4807" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4691" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23039" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23031" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22973" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22948" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22880" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22879" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22878" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22877" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22876" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22875" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22874" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22873" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22872" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22871" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22870" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22869" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22868" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22867" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22866" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22865" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22864" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22863" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22862" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22861" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22860" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22859" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22858" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22857" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22855" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22854" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22853" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22852" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22851" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22850" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22849" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22848" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22847" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22765" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22764" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22763" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22762" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22761" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22760" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22759" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22758" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22757" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22756" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22755" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22754" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22753" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22752" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22751" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22750" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22749" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22748" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22747" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22746" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22745" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22744" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22733" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22732" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22731" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22730" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22729" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22728" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22727" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22726" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22725" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22724" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22723" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22722" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22721" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22720" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22719" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22718" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22717" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22716" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22715" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22714" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22650" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22634" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22609" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22605" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22603" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22593" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22591" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22584" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22580" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22579" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22572" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22524" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22519" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22518" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22516" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22512" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22509" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22508" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22507" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22506" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22505" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22504" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22502" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22447" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22444" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22443" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22439" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22437" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22436" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22413" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22407" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22406" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22405" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22403" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22391" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22368" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22361" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22334" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22318" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22306" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22303" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22300" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22298" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22296" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22289" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22288" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22284" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22282" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22278" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22274" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22266" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22256" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22247" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22244" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22241" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22236" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22231" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22188" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22180" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22179" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22178" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22177" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22168" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22135" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22130" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22129" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22126" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22102" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22092" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22091" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22087" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22084" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22077" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22062" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22038" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22037" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22036" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22035" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22001" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22000" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21999" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21998" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21988" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21977" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21972" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21954" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21953" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21950" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21935" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21933" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21930" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21927" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21876" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21871" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21865" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21851" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21850" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21823" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21821" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21819" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21818" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21809" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21807" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21792" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21784" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21779" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21776" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21754" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21744" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21721" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21719" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21718" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21704" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21692" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21674" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21673" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21660" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21655" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21654" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21653" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21652" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21649" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21648" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21591" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21586" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21584" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21583" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21582" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21581" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21579" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21569" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21566" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21562" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21560" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21559" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21556" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21555" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21551" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21544" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21542" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21533" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21529" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21505" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21470" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21468" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21462" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21458" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21455" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21451" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21450" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21449" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21448" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21447" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21446" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21445" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21444" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21443" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21442" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21441" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21440" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21439" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21438" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21437" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21436" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21435" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21434" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21433" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21432" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21431" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21430" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21429" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21428" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21427" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21426" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21425" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21424" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21423" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21422" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21421" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21420" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21418" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21417" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21416" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21415" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21413" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21412" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21411" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21410" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21409" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21408" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21407" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21406" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21405" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21404" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21402" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21400" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21399" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21388" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21338" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21336" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21333" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21332" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21331" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21330" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21329" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21313" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21308" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21283" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21281" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21280" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21258" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21249" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21227" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21221" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21219" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21196" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21186" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21184" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21183" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21180" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21158" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21157" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21142" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21141" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21140" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21122" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21121" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21120" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21119" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21118" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21114" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21113" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21109" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21104" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21102" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21098" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21095" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21068" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21064" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21054" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21053" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21047" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21046" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21019" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21018" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21008" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21004" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21003" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21002" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21001" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20999" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20996" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20985" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20982" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20978" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20974" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20971" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20964" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20961" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20955" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20954" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20944" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20943" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20935" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20934" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20933" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20926" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20917" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20892" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20885" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20881" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20880" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20879" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20878" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20877" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20876" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20875" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20871" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20866" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20858" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20855" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20854" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20833" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20832" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20831" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20830" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20829" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20828" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20826" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20825" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20824" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20823" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20822" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20821" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20820" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20818" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20805" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20804" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20803" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20801" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20800" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20785" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20763" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20761" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20760" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20759" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20758" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20757" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20756" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20755" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20754" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20753" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20752" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20751" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20750" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20686" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20684" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20680" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20678" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20677" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20676" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20675" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20660" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20652" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20651" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20650" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20637" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20632" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20630" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20627" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20623" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20620" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20619" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20607" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20606" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20604" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20603" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20589" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20569" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20564" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20554" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20553" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20550" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20548" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20542" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20532" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20531" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20530" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20524" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20521" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20512" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20505" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20504" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20493" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20476" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20475" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20474" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20472" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20471" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20467" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20466" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20463" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20458" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20430" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20428" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20427" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20426" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20409" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20404" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20401" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20400" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20390" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20384" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20381" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20378" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20370" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20345" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20339" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20337" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20329" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20328" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20323" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20322" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20302" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20300" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20299" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20297" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20271" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20268" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20267" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20248" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20246" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20245" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20240" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20239" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20224" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20222" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20216" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20215" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20213" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20212" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20211" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20210" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20209" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20208" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20198" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20192" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20188" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20182" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20180" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20179" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20177" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20176" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20175" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20156" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20142" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20131" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20127" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20126" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20117" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20091" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20081" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20080" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20076" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20068" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20061" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20058" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20051" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20035" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20034" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20014" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20007" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19996" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19979" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19977" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19975" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19973" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19972" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19966" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19963" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19922" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19916" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19909" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19901" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19900" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19889" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19884" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19883" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19882" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19875" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19874" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19872" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19870" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19860" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19857" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19848" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19824" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19823" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19822" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19821" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19820" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19819" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19818" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19817" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19812" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19794" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19792" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19785" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19782" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19778" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19776" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19775" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19774" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19770" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19769" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19768" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19764" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19757" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19756" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19752" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19736" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19735" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19734" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19731" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19730" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19729" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19712" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19694" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19681" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19665" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19661" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19660" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19653" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19648" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19647" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19646" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19641" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19639" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19630" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19626" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19625" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19616" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19615" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19604" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19587" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19585" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19580" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19552" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19551" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19539" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19531" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19530" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19529" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19528" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19527" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19516" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19485" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19484" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19468" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19466" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19463" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19443" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19432" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19430" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19426" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19417" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19411" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19387" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19386" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19351" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19350" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19336" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19333" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19332" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19283" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19264" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19261" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19258" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19250" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19211" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19202" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19195" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19188" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19186" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19175" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19174" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19167" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19166" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19163" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19162" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19144" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19137" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19136" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19127" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19123" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19116" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19114" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19106" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19105" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19066" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19065" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19054" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19048" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19046" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19021" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19019" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19018" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19016" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19013" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19012" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19011" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19004" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19003" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19002" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19001" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19000" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18999" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18998" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18997" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18996" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18995" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18994" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18993" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18992" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18991" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18990" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18989" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18988" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18987" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18986" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18985" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18983" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18982" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18981" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18980" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18979" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18978" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18977" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18963" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18959" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18958" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18932" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18931" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18926" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18909" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18900" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18884" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18883" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18881" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18877" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18876" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18875" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18843" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18835" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18816" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18789" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18770" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18769" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18767" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18750" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18747" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18745" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18743" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18722" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18720" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18719" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18718" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18717" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18663" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18646" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18614" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18612" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18606" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18603" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18586" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18585" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18509" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18507" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18501" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18500" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18474" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18471" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18459" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18451" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18445" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18444" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18443" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18426" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18396" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18384" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18370" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18352" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18349" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18338" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18299" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18291" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18290" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18287" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18269" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18263" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18260" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18251" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18238" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18231" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18221" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18212" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18206" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18188" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18187" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18186" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18185" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18184" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18155" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18150" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18145" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18144" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18142" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18140" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18139" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18128" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18125" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18123" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18122" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18096" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18095" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/17268" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/17255" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/15209" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/15206" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14456" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14455" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14453" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14452" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14450" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14449" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14261" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14238" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14236" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14234" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/14232" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5489" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5488" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5487" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5486" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5485" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5484" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5483" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5482" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5481" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5480" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5479" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5478" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5477" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5476" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5475" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5474" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5473" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5472" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5471" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5470" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5469" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5468" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5467" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5466" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5465" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5444" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5443" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5341" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5290" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5289" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5288" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5287" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5286" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5285" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5284" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5283" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5282" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5281" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5280" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5279" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5278" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5277" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5276" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5275" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5274" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5273" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5149" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5148" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5147" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5146" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5145" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5144" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5143" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5141" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5140" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5139" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5138" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5137" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5136" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5135" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5134" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5133" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5132" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5131" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/5130" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4967" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4842" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4841" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4840" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4839" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4838" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4837" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4836" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4829" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4827" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4826" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4825" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4824" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4822" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4821" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4820" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4819" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4818" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4817" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4816" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4815" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4814" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4812" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4811" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4810" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4809" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4808" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4807" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4691" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H786"/>
+  <dimension ref="A1:H877"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="39" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>22572</v>
+        <v>23039</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2">
-        <v>750</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>22524</v>
+        <v>23031</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
-        <v>710</v>
+        <v>79</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>22519</v>
+        <v>23025</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
-        <v>707</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>22518</v>
+        <v>22973</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
-        <v>706</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>22516</v>
+        <v>22948</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
-        <v>704</v>
+        <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>22512</v>
+        <v>22880</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
+        <v>781</v>
+      </c>
+      <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H7" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>22509</v>
+        <v>22879</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
-        <v>117</v>
+        <v>195</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>22508</v>
+        <v>22878</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
-        <v>701</v>
+        <v>194</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>22507</v>
+        <v>22877</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
-        <v>700</v>
+        <v>193</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>22506</v>
+        <v>22876</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
-        <v>699</v>
+        <v>192</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>22505</v>
+        <v>22875</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
-        <v>698</v>
+        <v>191</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>22504</v>
+        <v>22874</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
-        <v>697</v>
+        <v>190</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>22502</v>
+        <v>22873</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F14" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>44</v>
       </c>
       <c r="H14" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>22447</v>
+        <v>22872</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
-        <v>668</v>
+        <v>188</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>22444</v>
+        <v>22871</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16">
-        <v>667</v>
+        <v>187</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>22443</v>
+        <v>22870</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17">
-        <v>666</v>
+        <v>186</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>22439</v>
+        <v>22869</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18">
-        <v>662</v>
+        <v>185</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>22437</v>
+        <v>22868</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19">
-        <v>660</v>
+        <v>184</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>22436</v>
+        <v>22867</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20">
-        <v>659</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>56</v>
       </c>
       <c r="H20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>22413</v>
+        <v>22866</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21">
-        <v>104</v>
+        <v>182</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F21" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>22407</v>
+        <v>22865</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
-        <v>643</v>
+        <v>181</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H22" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>22406</v>
+        <v>22864</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
-        <v>642</v>
+        <v>180</v>
       </c>
       <c r="D23" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>22405</v>
+        <v>22863</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
-        <v>641</v>
+        <v>179</v>
       </c>
       <c r="D24" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E24" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H24" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>22403</v>
+        <v>22862</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
-        <v>639</v>
+        <v>178</v>
       </c>
       <c r="D25" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F25" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H25" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>22391</v>
+        <v>22861</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
-        <v>32</v>
+        <v>177</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E26" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="H26" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>22368</v>
+        <v>22860</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
-        <v>621</v>
+        <v>176</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E27" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>22361</v>
+        <v>22859</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
-        <v>618</v>
+        <v>175</v>
       </c>
       <c r="D28" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E28" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="H28" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>22334</v>
+        <v>22858</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
-        <v>599</v>
+        <v>174</v>
       </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E29" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H29" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>22318</v>
+        <v>22857</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="D30" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="E30" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="F30" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="H30" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>22306</v>
+        <v>22856</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
-        <v>87</v>
+        <v>172</v>
       </c>
       <c r="D31" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F31" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="H31" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>22303</v>
+        <v>22855</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
-        <v>9</v>
+        <v>171</v>
       </c>
       <c r="D32" t="s">
+        <v>30</v>
+      </c>
+      <c r="E32" t="s">
+        <v>31</v>
+      </c>
+      <c r="F32" t="s">
+        <v>27</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>22300</v>
+        <v>22854</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
-        <v>585</v>
+        <v>170</v>
       </c>
       <c r="D33" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E33" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="H33" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>22298</v>
+        <v>22853</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34">
-        <v>583</v>
+        <v>169</v>
       </c>
       <c r="D34" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E34" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="H34" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>22296</v>
+        <v>22852</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35">
-        <v>23</v>
+        <v>168</v>
       </c>
       <c r="D35" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E35" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F35" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="H35" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>22289</v>
+        <v>22851</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36">
-        <v>82</v>
+        <v>167</v>
       </c>
       <c r="D36" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E36" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="H36" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>22288</v>
+        <v>22850</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37">
-        <v>578</v>
+        <v>166</v>
       </c>
       <c r="D37" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E37" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="H37" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>22284</v>
+        <v>22849</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38">
-        <v>575</v>
+        <v>165</v>
       </c>
       <c r="D38" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="H38" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>22282</v>
+        <v>22848</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39">
-        <v>80</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E39" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F39" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H39" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>22278</v>
+        <v>22847</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40">
-        <v>571</v>
+        <v>163</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E40" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="H40" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>22274</v>
+        <v>22765</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41">
-        <v>568</v>
+        <v>70</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="H41" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>22266</v>
+        <v>22764</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="D42" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E42" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F42" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="H42" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>22256</v>
+        <v>22763</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43">
-        <v>554</v>
+        <v>68</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
       <c r="F43" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="H43" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>22247</v>
+        <v>22762</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44">
-        <v>549</v>
+        <v>67</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="H44" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>22244</v>
+        <v>22761</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D45" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="E45" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="F45" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="H45" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>22241</v>
+        <v>22760</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46">
-        <v>546</v>
+        <v>65</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="H46" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>22236</v>
+        <v>22759</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47">
-        <v>541</v>
+        <v>64</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
       <c r="F47" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="H47" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>22231</v>
+        <v>22758</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="D48" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E48" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>127</v>
+        <v>101</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="H48" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>22188</v>
+        <v>22757</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49">
-        <v>516</v>
+        <v>62</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
       <c r="F49" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="H49" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>22180</v>
+        <v>22756</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50">
-        <v>508</v>
+        <v>61</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>9</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="H50" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>22179</v>
+        <v>22755</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51">
-        <v>507</v>
+        <v>60</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
       <c r="F51" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="H51" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>22178</v>
+        <v>22754</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52">
-        <v>506</v>
+        <v>59</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>9</v>
       </c>
       <c r="F52" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="H52" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>22177</v>
+        <v>22753</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
-        <v>505</v>
+        <v>58</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="H53" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>22168</v>
+        <v>22752</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="D54" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E54" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F54" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="H54" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>22135</v>
+        <v>22751</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
-        <v>482</v>
+        <v>56</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="H55" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>22130</v>
+        <v>22750</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
-        <v>478</v>
+        <v>55</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
       <c r="F56" t="s">
-        <v>10</v>
+        <v>137</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="H56" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>22129</v>
+        <v>22749</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
-        <v>477</v>
+        <v>54</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="H57" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>22126</v>
+        <v>22748</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
-        <v>474</v>
+        <v>53</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
       <c r="F58" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H58" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>22102</v>
+        <v>22747</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
-        <v>459</v>
+        <v>52</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
       <c r="F59" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="H59" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>22092</v>
+        <v>22746</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
-        <v>451</v>
+        <v>51</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H60" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>22091</v>
+        <v>22745</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
-        <v>450</v>
+        <v>50</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="H61" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>22087</v>
+        <v>22744</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
-        <v>449</v>
+        <v>49</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
       <c r="F62" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="H62" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>22084</v>
+        <v>22733</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
-        <v>446</v>
+        <v>48</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>10</v>
+        <v>156</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H63" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>22077</v>
+        <v>22732</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
-        <v>443</v>
+        <v>47</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
       <c r="F64" t="s">
-        <v>10</v>
+        <v>159</v>
       </c>
       <c r="G64" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H64" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>22062</v>
+        <v>22731</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
-        <v>434</v>
+        <v>46</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
       <c r="F65" t="s">
-        <v>10</v>
+        <v>162</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H65" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>22038</v>
+        <v>22730</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
-        <v>419</v>
+        <v>45</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
       <c r="F66" t="s">
-        <v>10</v>
+        <v>165</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H66" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>22037</v>
+        <v>22729</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
-        <v>418</v>
+        <v>44</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
-        <v>10</v>
+        <v>168</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H67" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>22036</v>
+        <v>22728</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
-        <v>417</v>
+        <v>43</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H68" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>22035</v>
+        <v>22727</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
-        <v>416</v>
+        <v>42</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="H69" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>22015</v>
+        <v>22726</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
-        <v>399</v>
+        <v>41</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
       <c r="F70" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="H70" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>22001</v>
+        <v>22725</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="D71" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E71" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F71" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="H71" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>22000</v>
+        <v>22724</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D72" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E72" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H72" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>21999</v>
+        <v>22723</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
-        <v>392</v>
+        <v>38</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
       <c r="F73" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H73" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>21998</v>
+        <v>22722</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D74" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E74" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>10</v>
+        <v>188</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="H74" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>21988</v>
+        <v>22721</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D75" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E75" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F75" t="s">
-        <v>10</v>
+        <v>168</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="H75" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>21977</v>
+        <v>22720</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76" t="s">
         <v>9</v>
       </c>
       <c r="F76" t="s">
-        <v>10</v>
+        <v>193</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="H76" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>21972</v>
+        <v>22719</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
-        <v>377</v>
+        <v>34</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77" t="s">
         <v>9</v>
       </c>
       <c r="F77" t="s">
-        <v>10</v>
+        <v>196</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="H77" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>21954</v>
+        <v>22718</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
-        <v>367</v>
+        <v>33</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="H78" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>21953</v>
+        <v>22717</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
-        <v>366</v>
+        <v>32</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
       <c r="F79" t="s">
-        <v>10</v>
+        <v>201</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="H79" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>21950</v>
+        <v>22716</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
-        <v>364</v>
+        <v>31</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>9</v>
       </c>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>204</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="H80" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>21935</v>
+        <v>22715</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
-        <v>352</v>
+        <v>30</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>10</v>
+        <v>207</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="H81" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>21933</v>
+        <v>22714</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
-        <v>350</v>
+        <v>29</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
-        <v>10</v>
+        <v>210</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="H82" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>21930</v>
+        <v>22650</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="D83" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E83" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>213</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="H83" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>21927</v>
+        <v>22634</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
-        <v>39</v>
+        <v>780</v>
       </c>
       <c r="D84" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E84" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F84" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="H84" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>21876</v>
+        <v>22609</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
-        <v>314</v>
+        <v>33</v>
       </c>
       <c r="D85" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E85" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="H85" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>21871</v>
+        <v>22605</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
-        <v>309</v>
+        <v>767</v>
       </c>
       <c r="D86" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E86" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F86" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="H86" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>21865</v>
+        <v>22603</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
-        <v>304</v>
+        <v>765</v>
       </c>
       <c r="D87" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E87" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F87" t="s">
-        <v>211</v>
+        <v>27</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="H87" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>21851</v>
+        <v>22593</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
-        <v>30</v>
+        <v>759</v>
       </c>
       <c r="D88" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E88" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F88" t="s">
-        <v>214</v>
+        <v>27</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="H88" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>21850</v>
+        <v>22591</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
-        <v>291</v>
+        <v>128</v>
       </c>
       <c r="D89" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E89" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F89" t="s">
-        <v>10</v>
+        <v>231</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="H89" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>21823</v>
+        <v>22584</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
-        <v>277</v>
+        <v>127</v>
       </c>
       <c r="D90" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E90" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F90" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
       <c r="H90" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>21821</v>
+        <v>22580</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
-        <v>276</v>
+        <v>125</v>
       </c>
       <c r="D91" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E91" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>237</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="H91" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>21819</v>
+        <v>22579</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D92" t="s">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E92" t="s">
-        <v>30</v>
+        <v>241</v>
       </c>
       <c r="F92" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="H92" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>21818</v>
+        <v>22572</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
-        <v>24</v>
+        <v>750</v>
       </c>
       <c r="D93" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E93" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F93" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="H93" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>21809</v>
+        <v>22524</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
-        <v>267</v>
+        <v>710</v>
       </c>
       <c r="D94" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E94" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F94" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="H94" t="s">
-        <v>229</v>
+        <v>248</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>21807</v>
+        <v>22519</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
-        <v>23</v>
+        <v>707</v>
       </c>
       <c r="D95" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E95" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F95" t="s">
-        <v>10</v>
+        <v>249</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>230</v>
+        <v>250</v>
       </c>
       <c r="H95" t="s">
-        <v>231</v>
+        <v>251</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>21792</v>
+        <v>22518</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
+        <v>706</v>
+      </c>
+      <c r="D96" t="s">
+        <v>25</v>
+      </c>
+      <c r="E96" t="s">
+        <v>26</v>
+      </c>
+      <c r="F96" t="s">
         <v>252</v>
       </c>
-      <c r="D96" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G96" s="1" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="H96" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>21784</v>
+        <v>22516</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
-        <v>245</v>
+        <v>704</v>
       </c>
       <c r="D97" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E97" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F97" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>234</v>
+        <v>255</v>
       </c>
       <c r="H97" t="s">
-        <v>235</v>
+        <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>21779</v>
+        <v>22512</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
-        <v>242</v>
+        <v>29</v>
       </c>
       <c r="D98" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E98" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>236</v>
+        <v>258</v>
       </c>
       <c r="H98" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>21776</v>
+        <v>22509</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
-        <v>7</v>
+        <v>117</v>
       </c>
       <c r="D99" t="s">
-        <v>24</v>
+        <v>229</v>
       </c>
       <c r="E99" t="s">
-        <v>25</v>
+        <v>230</v>
       </c>
       <c r="F99" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>238</v>
+        <v>260</v>
       </c>
       <c r="H99" t="s">
-        <v>239</v>
+        <v>261</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>21754</v>
+        <v>22508</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
-        <v>227</v>
+        <v>701</v>
       </c>
       <c r="D100" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E100" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F100" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>240</v>
+        <v>262</v>
       </c>
       <c r="H100" t="s">
-        <v>241</v>
+        <v>263</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>21744</v>
+        <v>22507</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
-        <v>10</v>
+        <v>700</v>
       </c>
       <c r="D101" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E101" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F101" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>242</v>
+        <v>264</v>
       </c>
       <c r="H101" t="s">
-        <v>243</v>
+        <v>265</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>21721</v>
+        <v>22506</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
-        <v>9</v>
+        <v>699</v>
       </c>
       <c r="D102" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E102" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F102" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>244</v>
+        <v>266</v>
       </c>
       <c r="H102" t="s">
-        <v>245</v>
+        <v>267</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>21719</v>
+        <v>22505</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
-        <v>202</v>
+        <v>698</v>
       </c>
       <c r="D103" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E103" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F103" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>246</v>
+        <v>268</v>
       </c>
       <c r="H103" t="s">
-        <v>247</v>
+        <v>269</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>21718</v>
+        <v>22504</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
-        <v>201</v>
+        <v>697</v>
       </c>
       <c r="D104" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>248</v>
+        <v>270</v>
       </c>
       <c r="H104" t="s">
-        <v>249</v>
+        <v>271</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>21704</v>
+        <v>22502</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
-        <v>189</v>
+        <v>28</v>
       </c>
       <c r="D105" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E105" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F105" t="s">
-        <v>10</v>
+        <v>272</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="H105" t="s">
-        <v>249</v>
+        <v>274</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>21692</v>
+        <v>22447</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>182</v>
+        <v>668</v>
       </c>
       <c r="D106" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E106" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F106" t="s">
-        <v>251</v>
+        <v>27</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>252</v>
+        <v>275</v>
       </c>
       <c r="H106" t="s">
-        <v>253</v>
+        <v>276</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>21674</v>
+        <v>22444</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>171</v>
+        <v>667</v>
       </c>
       <c r="D107" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E107" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F107" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>254</v>
+        <v>277</v>
       </c>
       <c r="H107" t="s">
-        <v>255</v>
+        <v>278</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>21673</v>
+        <v>22443</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>170</v>
+        <v>666</v>
       </c>
       <c r="D108" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E108" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F108" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="H108" t="s">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>21660</v>
+        <v>22439</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>5</v>
+        <v>662</v>
       </c>
       <c r="D109" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E109" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F109" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>258</v>
+        <v>281</v>
       </c>
       <c r="H109" t="s">
-        <v>259</v>
+        <v>282</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>21655</v>
+        <v>22437</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
-        <v>154</v>
+        <v>660</v>
       </c>
       <c r="D110" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E110" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="H110" t="s">
-        <v>261</v>
+        <v>284</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>21654</v>
+        <v>22436</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
-        <v>153</v>
+        <v>659</v>
       </c>
       <c r="D111" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E111" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F111" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>262</v>
+        <v>285</v>
       </c>
       <c r="H111" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>21653</v>
+        <v>22413</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
-        <v>152</v>
+        <v>104</v>
       </c>
       <c r="D112" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E112" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F112" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>264</v>
+        <v>288</v>
       </c>
       <c r="H112" t="s">
-        <v>265</v>
+        <v>289</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>21652</v>
+        <v>22407</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
-        <v>151</v>
+        <v>643</v>
       </c>
       <c r="D113" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E113" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F113" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>266</v>
+        <v>290</v>
       </c>
       <c r="H113" t="s">
-        <v>267</v>
+        <v>291</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>21649</v>
+        <v>22406</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
-        <v>149</v>
+        <v>642</v>
       </c>
       <c r="D114" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E114" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F114" t="s">
-        <v>268</v>
+        <v>27</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>269</v>
+        <v>292</v>
       </c>
       <c r="H114" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>21648</v>
+        <v>22405</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
-        <v>148</v>
+        <v>641</v>
       </c>
       <c r="D115" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E115" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F115" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>271</v>
+        <v>294</v>
       </c>
       <c r="H115" t="s">
-        <v>272</v>
+        <v>295</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>21591</v>
+        <v>22403</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
-        <v>101</v>
+        <v>639</v>
       </c>
       <c r="D116" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E116" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F116" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>273</v>
+        <v>296</v>
       </c>
       <c r="H116" t="s">
-        <v>274</v>
+        <v>297</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>21586</v>
+        <v>22391</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="D117" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E117" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F117" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>276</v>
+        <v>298</v>
       </c>
       <c r="H117" t="s">
-        <v>277</v>
+        <v>299</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>21584</v>
+        <v>22368</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
-        <v>94</v>
+        <v>621</v>
       </c>
       <c r="D118" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E118" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F118" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>278</v>
+        <v>300</v>
       </c>
       <c r="H118" t="s">
-        <v>279</v>
+        <v>301</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>21583</v>
+        <v>22361</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>93</v>
+        <v>618</v>
       </c>
       <c r="D119" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E119" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F119" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>280</v>
+        <v>302</v>
       </c>
       <c r="H119" t="s">
-        <v>281</v>
+        <v>303</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>21582</v>
+        <v>22334</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>92</v>
+        <v>599</v>
       </c>
       <c r="D120" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E120" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F120" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>282</v>
+        <v>304</v>
       </c>
       <c r="H120" t="s">
-        <v>283</v>
+        <v>305</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>21581</v>
+        <v>22318</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>8</v>
+        <v>306</v>
       </c>
       <c r="E121" t="s">
-        <v>9</v>
+        <v>307</v>
       </c>
       <c r="F121" t="s">
-        <v>10</v>
+        <v>308</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>284</v>
+        <v>309</v>
       </c>
       <c r="H121" t="s">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>21579</v>
+        <v>22306</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D122" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E122" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F122" t="s">
-        <v>10</v>
+        <v>311</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
       <c r="H122" t="s">
-        <v>287</v>
+        <v>313</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>21569</v>
+        <v>22303</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="D123" t="s">
-        <v>8</v>
+        <v>306</v>
       </c>
       <c r="E123" t="s">
-        <v>9</v>
+        <v>307</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>314</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>288</v>
+        <v>315</v>
       </c>
       <c r="H123" t="s">
-        <v>289</v>
+        <v>316</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>21566</v>
+        <v>22300</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>77</v>
+        <v>585</v>
       </c>
       <c r="D124" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E124" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F124" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>290</v>
+        <v>317</v>
       </c>
       <c r="H124" t="s">
-        <v>291</v>
+        <v>318</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>21562</v>
+        <v>22298</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>74</v>
+        <v>583</v>
       </c>
       <c r="D125" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E125" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F125" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>292</v>
+        <v>319</v>
       </c>
       <c r="H125" t="s">
-        <v>293</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>21560</v>
+        <v>22296</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="D126" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E126" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F126" t="s">
-        <v>10</v>
+        <v>321</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>294</v>
+        <v>322</v>
       </c>
       <c r="H126" t="s">
-        <v>295</v>
+        <v>323</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>21559</v>
+        <v>22289</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D127" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E127" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F127" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>296</v>
+        <v>324</v>
       </c>
       <c r="H127" t="s">
-        <v>297</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>21556</v>
+        <v>22288</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>70</v>
+        <v>578</v>
       </c>
       <c r="D128" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E128" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F128" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>298</v>
+        <v>326</v>
       </c>
       <c r="H128" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>21555</v>
+        <v>22284</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>69</v>
+        <v>575</v>
       </c>
       <c r="D129" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E129" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F129" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="H129" t="s">
-        <v>301</v>
+        <v>329</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>21551</v>
+        <v>22282</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="D130" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E130" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F130" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>302</v>
+        <v>330</v>
       </c>
       <c r="H130" t="s">
-        <v>303</v>
+        <v>331</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>21544</v>
+        <v>22278</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>66</v>
+        <v>571</v>
       </c>
       <c r="D131" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E131" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F131" t="s">
-        <v>304</v>
+        <v>27</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>305</v>
+        <v>332</v>
       </c>
       <c r="H131" t="s">
-        <v>306</v>
+        <v>333</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>21542</v>
+        <v>22274</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>65</v>
+        <v>568</v>
       </c>
       <c r="D132" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E132" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F132" t="s">
-        <v>307</v>
+        <v>27</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>308</v>
+        <v>334</v>
       </c>
       <c r="H132" t="s">
-        <v>309</v>
+        <v>335</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>21533</v>
+        <v>22266</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>310</v>
+        <v>337</v>
       </c>
       <c r="H133" t="s">
-        <v>311</v>
+        <v>338</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>21529</v>
+        <v>22256</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>56</v>
+        <v>554</v>
       </c>
       <c r="D134" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E134" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F134" t="s">
-        <v>312</v>
+        <v>27</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>313</v>
+        <v>339</v>
       </c>
       <c r="H134" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>21505</v>
+        <v>22247</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>32</v>
+        <v>549</v>
       </c>
       <c r="D135" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E135" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F135" t="s">
-        <v>315</v>
+        <v>27</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="H135" t="s">
-        <v>317</v>
+        <v>342</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>21470</v>
+        <v>22244</v>
       </c>
       <c r="B136">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C136">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="D136" t="s">
-        <v>318</v>
+        <v>240</v>
       </c>
       <c r="E136" t="s">
-        <v>319</v>
+        <v>241</v>
       </c>
       <c r="F136" t="s">
-        <v>320</v>
+        <v>343</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="H136" t="s">
-        <v>322</v>
+        <v>345</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>21468</v>
+        <v>22241</v>
       </c>
       <c r="B137">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C137">
-        <v>20</v>
+        <v>546</v>
       </c>
       <c r="D137" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E137" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F137" t="s">
-        <v>320</v>
+        <v>27</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>323</v>
+        <v>346</v>
       </c>
       <c r="H137" t="s">
-        <v>324</v>
+        <v>347</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>21462</v>
+        <v>22236</v>
       </c>
       <c r="B138">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C138">
-        <v>19</v>
+        <v>541</v>
       </c>
       <c r="D138" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E138" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F138" t="s">
-        <v>325</v>
+        <v>27</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>326</v>
+        <v>348</v>
       </c>
       <c r="H138" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>21458</v>
+        <v>22231</v>
       </c>
       <c r="B139">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C139">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="D139" t="s">
-        <v>111</v>
+        <v>218</v>
       </c>
       <c r="E139" t="s">
-        <v>112</v>
+        <v>219</v>
       </c>
       <c r="F139" t="s">
-        <v>328</v>
+        <v>350</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="H139" t="s">
-        <v>330</v>
+        <v>352</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>21455</v>
+        <v>22188</v>
       </c>
       <c r="B140">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C140">
-        <v>37</v>
+        <v>516</v>
       </c>
       <c r="D140" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E140" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F140" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="H140" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>21451</v>
+        <v>22180</v>
       </c>
       <c r="B141">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C141">
-        <v>36</v>
+        <v>508</v>
       </c>
       <c r="D141" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E141" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F141" t="s">
-        <v>334</v>
+        <v>27</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>335</v>
+        <v>356</v>
       </c>
       <c r="H141" t="s">
-        <v>336</v>
+        <v>357</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>21450</v>
+        <v>22179</v>
       </c>
       <c r="B142">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C142">
-        <v>35</v>
+        <v>507</v>
       </c>
       <c r="D142" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E142" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F142" t="s">
-        <v>337</v>
+        <v>27</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>338</v>
+        <v>358</v>
       </c>
       <c r="H142" t="s">
-        <v>339</v>
+        <v>359</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>21449</v>
+        <v>22178</v>
       </c>
       <c r="B143">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C143">
-        <v>34</v>
+        <v>506</v>
       </c>
       <c r="D143" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E143" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F143" t="s">
-        <v>340</v>
+        <v>27</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="H143" t="s">
-        <v>342</v>
+        <v>361</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>21448</v>
+        <v>22177</v>
       </c>
       <c r="B144">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C144">
-        <v>33</v>
+        <v>505</v>
       </c>
       <c r="D144" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E144" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F144" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="H144" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>21447</v>
+        <v>22168</v>
       </c>
       <c r="B145">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C145">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="D145" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E145" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F145" t="s">
-        <v>343</v>
+        <v>364</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>346</v>
+        <v>365</v>
       </c>
       <c r="H145" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>21446</v>
+        <v>22135</v>
       </c>
       <c r="B146">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C146">
-        <v>31</v>
+        <v>482</v>
       </c>
       <c r="D146" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E146" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F146" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="H146" t="s">
-        <v>349</v>
+        <v>368</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>21445</v>
+        <v>22130</v>
       </c>
       <c r="B147">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C147">
-        <v>30</v>
+        <v>478</v>
       </c>
       <c r="D147" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E147" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F147" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="H147" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>21444</v>
+        <v>22129</v>
       </c>
       <c r="B148">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C148">
-        <v>29</v>
+        <v>477</v>
       </c>
       <c r="D148" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E148" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F148" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="H148" t="s">
-        <v>353</v>
+        <v>372</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>21443</v>
+        <v>22126</v>
       </c>
       <c r="B149">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C149">
-        <v>28</v>
+        <v>474</v>
       </c>
       <c r="D149" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E149" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F149" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="H149" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>21442</v>
+        <v>22102</v>
       </c>
       <c r="B150">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C150">
-        <v>27</v>
+        <v>459</v>
       </c>
       <c r="D150" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E150" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F150" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="H150" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>21441</v>
+        <v>22092</v>
       </c>
       <c r="B151">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C151">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="D151" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E151" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F151" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="H151" t="s">
-        <v>360</v>
+        <v>377</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>21440</v>
+        <v>22091</v>
       </c>
       <c r="B152">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C152">
-        <v>25</v>
+        <v>450</v>
       </c>
       <c r="D152" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E152" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F152" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="H152" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>21439</v>
+        <v>22087</v>
       </c>
       <c r="B153">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C153">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="D153" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E153" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F153" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
       <c r="H153" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>21438</v>
+        <v>22084</v>
       </c>
       <c r="B154">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C154">
-        <v>23</v>
+        <v>446</v>
       </c>
       <c r="D154" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E154" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F154" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="H154" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>21437</v>
+        <v>22077</v>
       </c>
       <c r="B155">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C155">
-        <v>22</v>
+        <v>443</v>
       </c>
       <c r="D155" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E155" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F155" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>367</v>
+        <v>384</v>
       </c>
       <c r="H155" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>21436</v>
+        <v>22062</v>
       </c>
       <c r="B156">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C156">
-        <v>21</v>
+        <v>434</v>
       </c>
       <c r="D156" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E156" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F156" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="H156" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>21435</v>
+        <v>22038</v>
       </c>
       <c r="B157">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C157">
-        <v>20</v>
+        <v>419</v>
       </c>
       <c r="D157" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E157" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F157" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="H157" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>21434</v>
+        <v>22037</v>
       </c>
       <c r="B158">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C158">
-        <v>19</v>
+        <v>418</v>
       </c>
       <c r="D158" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E158" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F158" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="H158" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>21433</v>
+        <v>22036</v>
       </c>
       <c r="B159">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C159">
-        <v>18</v>
+        <v>417</v>
       </c>
       <c r="D159" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E159" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F159" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
       <c r="H159" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>21432</v>
+        <v>22035</v>
       </c>
       <c r="B160">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C160">
-        <v>17</v>
+        <v>416</v>
       </c>
       <c r="D160" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E160" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F160" t="s">
-        <v>354</v>
+        <v>27</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>377</v>
+        <v>394</v>
       </c>
       <c r="H160" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>21431</v>
+        <v>22015</v>
       </c>
       <c r="B161">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C161">
-        <v>16</v>
+        <v>399</v>
       </c>
       <c r="D161" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E161" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F161" t="s">
-        <v>379</v>
+        <v>396</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="H161" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>21430</v>
+        <v>22001</v>
       </c>
       <c r="B162">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C162">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D162" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E162" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F162" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>382</v>
+        <v>399</v>
       </c>
       <c r="H162" t="s">
-        <v>383</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>21429</v>
+        <v>22000</v>
       </c>
       <c r="B163">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C163">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D163" t="s">
-        <v>111</v>
+        <v>218</v>
       </c>
       <c r="E163" t="s">
-        <v>112</v>
+        <v>219</v>
       </c>
       <c r="F163" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>384</v>
+        <v>401</v>
       </c>
       <c r="H163" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>21428</v>
+        <v>21999</v>
       </c>
       <c r="B164">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C164">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="D164" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E164" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F164" t="s">
-        <v>343</v>
+        <v>193</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="H164" t="s">
-        <v>387</v>
+        <v>404</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>21427</v>
+        <v>21998</v>
       </c>
       <c r="B165">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C165">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D165" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E165" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F165" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="H165" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>21426</v>
+        <v>21988</v>
       </c>
       <c r="B166">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C166">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D166" t="s">
-        <v>111</v>
+        <v>218</v>
       </c>
       <c r="E166" t="s">
-        <v>112</v>
+        <v>219</v>
       </c>
       <c r="F166" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="H166" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>21425</v>
+        <v>21977</v>
       </c>
       <c r="B167">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C167">
-        <v>10</v>
+        <v>381</v>
       </c>
       <c r="D167" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E167" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F167" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>392</v>
+        <v>409</v>
       </c>
       <c r="H167" t="s">
-        <v>393</v>
+        <v>410</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>21424</v>
+        <v>21972</v>
       </c>
       <c r="B168">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C168">
-        <v>9</v>
+        <v>377</v>
       </c>
       <c r="D168" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E168" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F168" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>395</v>
+        <v>411</v>
       </c>
       <c r="H168" t="s">
-        <v>396</v>
+        <v>412</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>21423</v>
+        <v>21954</v>
       </c>
       <c r="B169">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C169">
-        <v>8</v>
+        <v>367</v>
       </c>
       <c r="D169" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E169" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F169" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>397</v>
+        <v>413</v>
       </c>
       <c r="H169" t="s">
-        <v>398</v>
+        <v>414</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>21422</v>
+        <v>21953</v>
       </c>
       <c r="B170">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C170">
-        <v>7</v>
+        <v>366</v>
       </c>
       <c r="D170" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E170" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F170" t="s">
-        <v>399</v>
+        <v>27</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>400</v>
+        <v>415</v>
       </c>
       <c r="H170" t="s">
-        <v>401</v>
+        <v>416</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>21421</v>
+        <v>21950</v>
       </c>
       <c r="B171">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C171">
-        <v>6</v>
+        <v>364</v>
       </c>
       <c r="D171" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E171" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F171" t="s">
-        <v>402</v>
+        <v>27</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="H171" t="s">
-        <v>404</v>
+        <v>418</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>21420</v>
+        <v>21935</v>
       </c>
       <c r="B172">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C172">
-        <v>5</v>
+        <v>352</v>
       </c>
       <c r="D172" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E172" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F172" t="s">
-        <v>405</v>
+        <v>27</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="H172" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>21418</v>
+        <v>21933</v>
       </c>
       <c r="B173">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C173">
-        <v>142</v>
+        <v>350</v>
       </c>
       <c r="D173" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E173" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F173" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
       <c r="H173" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>21417</v>
+        <v>21930</v>
       </c>
       <c r="B174">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C174">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="D174" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E174" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F174" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="H174" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>21416</v>
+        <v>21927</v>
       </c>
       <c r="B175">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C175">
-        <v>140</v>
+        <v>39</v>
       </c>
       <c r="D175" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E175" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F175" t="s">
-        <v>10</v>
+        <v>425</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="H175" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>21415</v>
+        <v>21876</v>
       </c>
       <c r="B176">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C176">
-        <v>139</v>
+        <v>314</v>
       </c>
       <c r="D176" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E176" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F176" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="H176" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>21413</v>
+        <v>21871</v>
       </c>
       <c r="B177">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C177">
-        <v>137</v>
+        <v>309</v>
       </c>
       <c r="D177" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E177" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F177" t="s">
-        <v>10</v>
+        <v>430</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="H177" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>21412</v>
+        <v>21865</v>
       </c>
       <c r="B178">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C178">
-        <v>136</v>
+        <v>304</v>
       </c>
       <c r="D178" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E178" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F178" t="s">
-        <v>10</v>
+        <v>433</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>420</v>
+        <v>434</v>
       </c>
       <c r="H178" t="s">
-        <v>421</v>
+        <v>435</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>21411</v>
+        <v>21851</v>
       </c>
       <c r="B179">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C179">
-        <v>135</v>
+        <v>30</v>
       </c>
       <c r="D179" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E179" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F179" t="s">
-        <v>10</v>
+        <v>433</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="H179" t="s">
-        <v>423</v>
+        <v>437</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>21410</v>
+        <v>21850</v>
       </c>
       <c r="B180">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C180">
-        <v>134</v>
+        <v>291</v>
       </c>
       <c r="D180" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E180" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F180" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>424</v>
+        <v>438</v>
       </c>
       <c r="H180" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>21409</v>
+        <v>21823</v>
       </c>
       <c r="B181">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C181">
-        <v>133</v>
+        <v>277</v>
       </c>
       <c r="D181" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E181" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F181" t="s">
-        <v>10</v>
+        <v>440</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>426</v>
+        <v>441</v>
       </c>
       <c r="H181" t="s">
-        <v>427</v>
+        <v>442</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>21408</v>
+        <v>21821</v>
       </c>
       <c r="B182">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C182">
-        <v>132</v>
+        <v>276</v>
       </c>
       <c r="D182" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E182" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F182" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>428</v>
+        <v>443</v>
       </c>
       <c r="H182" t="s">
-        <v>429</v>
+        <v>444</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>21407</v>
+        <v>21819</v>
       </c>
       <c r="B183">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C183">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="D183" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E183" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F183" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>430</v>
+        <v>445</v>
       </c>
       <c r="H183" t="s">
-        <v>431</v>
+        <v>446</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>21406</v>
+        <v>21818</v>
       </c>
       <c r="B184">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C184">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="D184" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E184" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F184" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>432</v>
+        <v>447</v>
       </c>
       <c r="H184" t="s">
-        <v>433</v>
+        <v>448</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>21405</v>
+        <v>21809</v>
       </c>
       <c r="B185">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C185">
-        <v>129</v>
+        <v>267</v>
       </c>
       <c r="D185" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E185" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F185" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>434</v>
+        <v>449</v>
       </c>
       <c r="H185" t="s">
-        <v>435</v>
+        <v>450</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>21404</v>
+        <v>21807</v>
       </c>
       <c r="B186">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C186">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="D186" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E186" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F186" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>436</v>
+        <v>451</v>
       </c>
       <c r="H186" t="s">
-        <v>437</v>
+        <v>452</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>21402</v>
+        <v>21792</v>
       </c>
       <c r="B187">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C187">
-        <v>126</v>
+        <v>252</v>
       </c>
       <c r="D187" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E187" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F187" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>438</v>
+        <v>453</v>
       </c>
       <c r="H187" t="s">
-        <v>439</v>
+        <v>454</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>21400</v>
+        <v>21784</v>
       </c>
       <c r="B188">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C188">
-        <v>124</v>
+        <v>245</v>
       </c>
       <c r="D188" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E188" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F188" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>440</v>
+        <v>455</v>
       </c>
       <c r="H188" t="s">
-        <v>441</v>
+        <v>456</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>21399</v>
+        <v>21779</v>
       </c>
       <c r="B189">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C189">
-        <v>123</v>
+        <v>242</v>
       </c>
       <c r="D189" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E189" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F189" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>442</v>
+        <v>457</v>
       </c>
       <c r="H189" t="s">
-        <v>443</v>
+        <v>458</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>21388</v>
+        <v>21776</v>
       </c>
       <c r="B190">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C190">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D190" t="s">
-        <v>318</v>
+        <v>218</v>
       </c>
       <c r="E190" t="s">
-        <v>319</v>
+        <v>219</v>
       </c>
       <c r="F190" t="s">
-        <v>444</v>
+        <v>27</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="H190" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>21338</v>
+        <v>21754</v>
       </c>
       <c r="B191">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C191">
-        <v>65</v>
+        <v>227</v>
       </c>
       <c r="D191" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E191" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F191" t="s">
-        <v>10</v>
+        <v>461</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>447</v>
+        <v>462</v>
       </c>
       <c r="H191" t="s">
-        <v>448</v>
+        <v>463</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>21336</v>
+        <v>21744</v>
       </c>
       <c r="B192">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C192">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D192" t="s">
-        <v>408</v>
+        <v>240</v>
       </c>
       <c r="E192" t="s">
-        <v>409</v>
+        <v>241</v>
       </c>
       <c r="F192" t="s">
-        <v>10</v>
+        <v>461</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>449</v>
+        <v>464</v>
       </c>
       <c r="H192" t="s">
-        <v>450</v>
+        <v>465</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>21333</v>
+        <v>21721</v>
       </c>
       <c r="B193">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C193">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D193" t="s">
-        <v>408</v>
+        <v>240</v>
       </c>
       <c r="E193" t="s">
-        <v>409</v>
+        <v>241</v>
       </c>
       <c r="F193" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>451</v>
+        <v>466</v>
       </c>
       <c r="H193" t="s">
-        <v>452</v>
+        <v>467</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>21332</v>
+        <v>21719</v>
       </c>
       <c r="B194">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C194">
-        <v>59</v>
+        <v>202</v>
       </c>
       <c r="D194" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E194" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F194" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>453</v>
+        <v>468</v>
       </c>
       <c r="H194" t="s">
-        <v>454</v>
+        <v>469</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>21331</v>
+        <v>21718</v>
       </c>
       <c r="B195">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C195">
-        <v>58</v>
+        <v>201</v>
       </c>
       <c r="D195" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E195" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F195" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>455</v>
+        <v>470</v>
       </c>
       <c r="H195" t="s">
-        <v>456</v>
+        <v>471</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>21330</v>
+        <v>21704</v>
       </c>
       <c r="B196">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C196">
-        <v>230</v>
+        <v>189</v>
       </c>
       <c r="D196" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E196" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F196" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>457</v>
+        <v>472</v>
       </c>
       <c r="H196" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>21329</v>
+        <v>21692</v>
       </c>
       <c r="B197">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C197">
-        <v>229</v>
+        <v>182</v>
       </c>
       <c r="D197" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E197" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F197" t="s">
-        <v>10</v>
+        <v>473</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>459</v>
+        <v>474</v>
       </c>
       <c r="H197" t="s">
-        <v>460</v>
+        <v>475</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>21313</v>
+        <v>21674</v>
       </c>
       <c r="B198">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C198">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="D198" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E198" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F198" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>461</v>
+        <v>476</v>
       </c>
       <c r="H198" t="s">
-        <v>462</v>
+        <v>477</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>21308</v>
+        <v>21673</v>
       </c>
       <c r="B199">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C199">
-        <v>37</v>
+        <v>170</v>
       </c>
       <c r="D199" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E199" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F199" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>463</v>
+        <v>478</v>
       </c>
       <c r="H199" t="s">
-        <v>464</v>
+        <v>479</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>21283</v>
+        <v>21660</v>
       </c>
       <c r="B200">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C200">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D200" t="s">
-        <v>408</v>
+        <v>240</v>
       </c>
       <c r="E200" t="s">
-        <v>409</v>
+        <v>241</v>
       </c>
       <c r="F200" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="H200" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>21281</v>
+        <v>21655</v>
       </c>
       <c r="B201">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C201">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="D201" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E201" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F201" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="H201" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>21280</v>
+        <v>21654</v>
       </c>
       <c r="B202">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C202">
-        <v>12</v>
+        <v>153</v>
       </c>
       <c r="D202" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E202" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F202" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="H202" t="s">
-        <v>470</v>
+        <v>485</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>21258</v>
+        <v>21653</v>
       </c>
       <c r="B203">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C203">
-        <v>226</v>
+        <v>152</v>
       </c>
       <c r="D203" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E203" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F203" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="H203" t="s">
-        <v>472</v>
+        <v>487</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>21249</v>
+        <v>21652</v>
       </c>
       <c r="B204">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C204">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="D204" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E204" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F204" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="H204" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>21227</v>
+        <v>21649</v>
       </c>
       <c r="B205">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C205">
-        <v>203</v>
+        <v>149</v>
       </c>
       <c r="D205" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E205" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F205" t="s">
-        <v>10</v>
+        <v>490</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
       <c r="H205" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>21221</v>
+        <v>21648</v>
       </c>
       <c r="B206">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C206">
-        <v>197</v>
+        <v>148</v>
       </c>
       <c r="D206" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E206" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F206" t="s">
-        <v>477</v>
+        <v>27</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
       <c r="H206" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>21219</v>
+        <v>21591</v>
       </c>
       <c r="B207">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C207">
-        <v>195</v>
+        <v>101</v>
       </c>
       <c r="D207" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E207" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F207" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="H207" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>21196</v>
+        <v>21586</v>
       </c>
       <c r="B208">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C208">
-        <v>185</v>
+        <v>96</v>
       </c>
       <c r="D208" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E208" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F208" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="H208" t="s">
-        <v>136</v>
+        <v>499</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>21186</v>
+        <v>21584</v>
       </c>
       <c r="B209">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C209">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="D209" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E209" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F209" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
       <c r="H209" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>21184</v>
+        <v>21583</v>
       </c>
       <c r="B210">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C210">
-        <v>176</v>
+        <v>93</v>
       </c>
       <c r="D210" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E210" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F210" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>486</v>
+        <v>502</v>
       </c>
       <c r="H210" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>21183</v>
+        <v>21582</v>
       </c>
       <c r="B211">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C211">
-        <v>175</v>
+        <v>92</v>
       </c>
       <c r="D211" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E211" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F211" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>488</v>
+        <v>504</v>
       </c>
       <c r="H211" t="s">
-        <v>299</v>
+        <v>505</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>21180</v>
+        <v>21581</v>
       </c>
       <c r="B212">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C212">
-        <v>4</v>
+        <v>91</v>
       </c>
       <c r="D212" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E212" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F212" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>490</v>
+        <v>506</v>
       </c>
       <c r="H212" t="s">
-        <v>491</v>
+        <v>507</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>21158</v>
+        <v>21579</v>
       </c>
       <c r="B213">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C213">
-        <v>162</v>
+        <v>90</v>
       </c>
       <c r="D213" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E213" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F213" t="s">
-        <v>492</v>
+        <v>27</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="H213" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>21157</v>
+        <v>21569</v>
       </c>
       <c r="B214">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C214">
-        <v>161</v>
+        <v>80</v>
       </c>
       <c r="D214" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E214" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F214" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="H214" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>21142</v>
+        <v>21566</v>
       </c>
       <c r="B215">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C215">
-        <v>2</v>
+        <v>77</v>
       </c>
       <c r="D215" t="s">
-        <v>497</v>
+        <v>25</v>
       </c>
       <c r="E215" t="s">
-        <v>498</v>
+        <v>26</v>
       </c>
       <c r="F215" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="H215" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>21141</v>
+        <v>21562</v>
       </c>
       <c r="B216">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C216">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="D216" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E216" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F216" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>502</v>
+        <v>514</v>
       </c>
       <c r="H216" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>21140</v>
+        <v>21560</v>
       </c>
       <c r="B217">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C217">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="D217" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E217" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F217" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="H217" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>21122</v>
+        <v>21559</v>
       </c>
       <c r="B218">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C218">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="D218" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E218" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F218" t="s">
-        <v>506</v>
+        <v>27</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="H218" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>21121</v>
+        <v>21556</v>
       </c>
       <c r="B219">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C219">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="D219" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E219" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F219" t="s">
-        <v>509</v>
+        <v>27</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="H219" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>21120</v>
+        <v>21555</v>
       </c>
       <c r="B220">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C220">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="D220" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E220" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F220" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="H220" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>21119</v>
+        <v>21551</v>
       </c>
       <c r="B221">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C221">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D221" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E221" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F221" t="s">
-        <v>514</v>
+        <v>27</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="H221" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>21118</v>
+        <v>21544</v>
       </c>
       <c r="B222">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C222">
-        <v>159</v>
+        <v>66</v>
       </c>
       <c r="D222" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E222" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F222" t="s">
-        <v>10</v>
+        <v>526</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="H222" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>21114</v>
+        <v>21542</v>
       </c>
       <c r="B223">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C223">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="D223" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E223" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F223" t="s">
-        <v>10</v>
+        <v>529</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>519</v>
+        <v>530</v>
       </c>
       <c r="H223" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>21113</v>
+        <v>21533</v>
       </c>
       <c r="B224">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C224">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="D224" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E224" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F224" t="s">
-        <v>521</v>
+        <v>142</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="H224" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>21109</v>
+        <v>21529</v>
       </c>
       <c r="B225">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C225">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="D225" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E225" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F225" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="H225" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>21104</v>
+        <v>21505</v>
       </c>
       <c r="B226">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C226">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D226" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E226" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F226" t="s">
-        <v>10</v>
+        <v>537</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="H226" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>21102</v>
+        <v>21470</v>
       </c>
       <c r="B227">
         <v>2024</v>
       </c>
       <c r="C227">
-        <v>153</v>
+        <v>5</v>
       </c>
       <c r="D227" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E227" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F227" t="s">
-        <v>10</v>
+        <v>542</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>528</v>
+        <v>543</v>
       </c>
       <c r="H227" t="s">
-        <v>529</v>
+        <v>544</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>21098</v>
+        <v>21468</v>
       </c>
       <c r="B228">
         <v>2024</v>
       </c>
       <c r="C228">
         <v>20</v>
       </c>
       <c r="D228" t="s">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E228" t="s">
-        <v>30</v>
+        <v>241</v>
       </c>
       <c r="F228" t="s">
-        <v>10</v>
+        <v>545</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="H228" t="s">
-        <v>531</v>
+        <v>547</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>21095</v>
+        <v>21462</v>
       </c>
       <c r="B229">
         <v>2024</v>
       </c>
       <c r="C229">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="D229" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="E229" t="s">
-        <v>25</v>
+        <v>241</v>
       </c>
       <c r="F229" t="s">
-        <v>532</v>
+        <v>545</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
       <c r="H229" t="s">
-        <v>534</v>
+        <v>549</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>21068</v>
+        <v>21458</v>
       </c>
       <c r="B230">
         <v>2024</v>
       </c>
       <c r="C230">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="D230" t="s">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="E230" t="s">
-        <v>319</v>
+        <v>9</v>
       </c>
       <c r="F230" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="H230" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>21064</v>
+        <v>21455</v>
       </c>
       <c r="B231">
         <v>2024</v>
       </c>
       <c r="C231">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="D231" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E231" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F231" t="s">
-        <v>379</v>
+        <v>553</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
       <c r="H231" t="s">
-        <v>539</v>
+        <v>555</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>21054</v>
+        <v>21451</v>
       </c>
       <c r="B232">
         <v>2024</v>
       </c>
       <c r="C232">
-        <v>130</v>
+        <v>36</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232" t="s">
         <v>9</v>
       </c>
       <c r="F232" t="s">
-        <v>540</v>
+        <v>556</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>541</v>
+        <v>557</v>
       </c>
       <c r="H232" t="s">
-        <v>542</v>
+        <v>141</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>21053</v>
+        <v>21450</v>
       </c>
       <c r="B233">
         <v>2024</v>
       </c>
       <c r="C233">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="D233" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E233" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F233" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="H233" t="s">
-        <v>545</v>
+        <v>144</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>21047</v>
+        <v>21449</v>
       </c>
       <c r="B234">
         <v>2024</v>
       </c>
       <c r="C234">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234" t="s">
         <v>9</v>
       </c>
       <c r="F234" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="H234" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>21046</v>
+        <v>21448</v>
       </c>
       <c r="B235">
         <v>2024</v>
       </c>
       <c r="C235">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D235" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E235" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F235" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
       <c r="H235" t="s">
-        <v>550</v>
+        <v>153</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>21019</v>
+        <v>21447</v>
       </c>
       <c r="B236">
         <v>2024</v>
       </c>
       <c r="C236">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D236" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E236" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F236" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="H236" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>21018</v>
+        <v>21446</v>
       </c>
       <c r="B237">
         <v>2024</v>
       </c>
       <c r="C237">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="D237" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E237" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F237" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="H237" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>21008</v>
+        <v>21445</v>
       </c>
       <c r="B238">
         <v>2024</v>
       </c>
       <c r="C238">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238" t="s">
         <v>9</v>
       </c>
       <c r="F238" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="H238" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>21004</v>
+        <v>21444</v>
       </c>
       <c r="B239">
         <v>2024</v>
       </c>
       <c r="C239">
-        <v>107</v>
+        <v>29</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239" t="s">
         <v>9</v>
       </c>
       <c r="F239" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="H239" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>21003</v>
+        <v>21443</v>
       </c>
       <c r="B240">
         <v>2024</v>
       </c>
       <c r="C240">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D240" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E240" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F240" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>559</v>
+        <v>572</v>
       </c>
       <c r="H240" t="s">
-        <v>560</v>
+        <v>573</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>21002</v>
+        <v>21442</v>
       </c>
       <c r="B241">
         <v>2024</v>
       </c>
       <c r="C241">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241" t="s">
         <v>9</v>
       </c>
       <c r="F241" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="H241" t="s">
-        <v>562</v>
+        <v>575</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>21001</v>
+        <v>21441</v>
       </c>
       <c r="B242">
         <v>2024</v>
       </c>
       <c r="C242">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="D242" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E242" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F242" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="H242" t="s">
-        <v>564</v>
+        <v>203</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>20999</v>
+        <v>21440</v>
       </c>
       <c r="B243">
         <v>2024</v>
       </c>
       <c r="C243">
+        <v>25</v>
+      </c>
+      <c r="D243" t="s">
+        <v>8</v>
+      </c>
+      <c r="E243" t="s">
         <v>9</v>
       </c>
-      <c r="D243" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F243" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="H243" t="s">
-        <v>566</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>20996</v>
+        <v>21439</v>
       </c>
       <c r="B244">
         <v>2024</v>
       </c>
       <c r="C244">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="D244" t="s">
         <v>8</v>
       </c>
       <c r="E244" t="s">
         <v>9</v>
       </c>
       <c r="F244" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="H244" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>20985</v>
+        <v>21438</v>
       </c>
       <c r="B245">
         <v>2024</v>
       </c>
       <c r="C245">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D245" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E245" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F245" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="H245" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>20982</v>
+        <v>21437</v>
       </c>
       <c r="B246">
         <v>2024</v>
       </c>
       <c r="C246">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="D246" t="s">
         <v>8</v>
       </c>
       <c r="E246" t="s">
         <v>9</v>
       </c>
       <c r="F246" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="H246" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>20978</v>
+        <v>21436</v>
       </c>
       <c r="B247">
         <v>2024</v>
       </c>
       <c r="C247">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="D247" t="s">
         <v>8</v>
       </c>
       <c r="E247" t="s">
         <v>9</v>
       </c>
       <c r="F247" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="H247" t="s">
-        <v>575</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>20974</v>
+        <v>21435</v>
       </c>
       <c r="B248">
         <v>2024</v>
       </c>
       <c r="C248">
+        <v>20</v>
+      </c>
+      <c r="D248" t="s">
         <v>8</v>
       </c>
-      <c r="D248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E248" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="F248" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="H248" t="s">
-        <v>577</v>
+        <v>187</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>20971</v>
+        <v>21434</v>
       </c>
       <c r="B249">
         <v>2024</v>
       </c>
       <c r="C249">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249" t="s">
         <v>9</v>
       </c>
       <c r="F249" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="H249" t="s">
-        <v>579</v>
+        <v>184</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>20964</v>
+        <v>21433</v>
       </c>
       <c r="B250">
         <v>2024</v>
       </c>
       <c r="C250">
+        <v>18</v>
+      </c>
+      <c r="D250" t="s">
         <v>8</v>
       </c>
-      <c r="D250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E250" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F250" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="H250" t="s">
-        <v>581</v>
+        <v>181</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>20961</v>
+        <v>21432</v>
       </c>
       <c r="B251">
         <v>2024</v>
       </c>
       <c r="C251">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251" t="s">
         <v>9</v>
       </c>
       <c r="F251" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H251" t="s">
-        <v>583</v>
+        <v>178</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>20955</v>
+        <v>21431</v>
       </c>
       <c r="B252">
         <v>2024</v>
       </c>
       <c r="C252">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D252" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E252" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F252" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="H252" t="s">
-        <v>585</v>
+        <v>175</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>20954</v>
+        <v>21430</v>
       </c>
       <c r="B253">
         <v>2024</v>
       </c>
       <c r="C253">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="D253" t="s">
         <v>8</v>
       </c>
       <c r="E253" t="s">
         <v>9</v>
       </c>
       <c r="F253" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="H253" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>20944</v>
+        <v>21429</v>
       </c>
       <c r="B254">
         <v>2024</v>
       </c>
       <c r="C254">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="D254" t="s">
         <v>8</v>
       </c>
       <c r="E254" t="s">
         <v>9</v>
       </c>
       <c r="F254" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="H254" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>20943</v>
+        <v>21428</v>
       </c>
       <c r="B255">
         <v>2024</v>
       </c>
       <c r="C255">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="D255" t="s">
         <v>8</v>
       </c>
       <c r="E255" t="s">
         <v>9</v>
       </c>
       <c r="F255" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="H255" t="s">
-        <v>591</v>
+        <v>170</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>20935</v>
+        <v>21427</v>
       </c>
       <c r="B256">
         <v>2024</v>
       </c>
       <c r="C256">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="D256" t="s">
         <v>8</v>
       </c>
       <c r="E256" t="s">
         <v>9</v>
       </c>
       <c r="F256" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="H256" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>20934</v>
+        <v>21426</v>
       </c>
       <c r="B257">
         <v>2024</v>
       </c>
       <c r="C257">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D257" t="s">
         <v>8</v>
       </c>
       <c r="E257" t="s">
         <v>9</v>
       </c>
       <c r="F257" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="H257" t="s">
-        <v>595</v>
+        <v>164</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>20933</v>
+        <v>21425</v>
       </c>
       <c r="B258">
         <v>2024</v>
       </c>
       <c r="C258">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="D258" t="s">
         <v>8</v>
       </c>
       <c r="E258" t="s">
         <v>9</v>
       </c>
       <c r="F258" t="s">
-        <v>10</v>
+        <v>558</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="H258" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>20926</v>
+        <v>21424</v>
       </c>
       <c r="B259">
         <v>2024</v>
       </c>
       <c r="C259">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="D259" t="s">
         <v>8</v>
       </c>
       <c r="E259" t="s">
         <v>9</v>
       </c>
       <c r="F259" t="s">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="H259" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>20917</v>
+        <v>21423</v>
       </c>
       <c r="B260">
         <v>2024</v>
       </c>
       <c r="C260">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D260" t="s">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="E260" t="s">
-        <v>319</v>
+        <v>9</v>
       </c>
       <c r="F260" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="H260" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>20892</v>
+        <v>21422</v>
       </c>
       <c r="B261">
         <v>2024</v>
       </c>
       <c r="C261">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="D261" t="s">
         <v>8</v>
       </c>
       <c r="E261" t="s">
         <v>9</v>
       </c>
       <c r="F261" t="s">
-        <v>10</v>
+        <v>606</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="H261" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>20885</v>
+        <v>21421</v>
       </c>
       <c r="B262">
         <v>2024</v>
       </c>
       <c r="C262">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="D262" t="s">
         <v>8</v>
       </c>
       <c r="E262" t="s">
         <v>9</v>
       </c>
       <c r="F262" t="s">
-        <v>10</v>
+        <v>609</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="H262" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>20881</v>
+        <v>21420</v>
       </c>
       <c r="B263">
         <v>2024</v>
       </c>
       <c r="C263">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="D263" t="s">
         <v>8</v>
       </c>
       <c r="E263" t="s">
         <v>9</v>
       </c>
       <c r="F263" t="s">
-        <v>10</v>
+        <v>612</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="H263" t="s">
-        <v>608</v>
+        <v>158</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>20880</v>
+        <v>21418</v>
       </c>
       <c r="B264">
         <v>2024</v>
       </c>
       <c r="C264">
+        <v>142</v>
+      </c>
+      <c r="D264" t="s">
         <v>30</v>
       </c>
-      <c r="D264" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E264" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F264" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="H264" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>20879</v>
+        <v>21417</v>
       </c>
       <c r="B265">
         <v>2024</v>
       </c>
       <c r="C265">
-        <v>29</v>
+        <v>141</v>
       </c>
       <c r="D265" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E265" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F265" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="H265" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>20878</v>
+        <v>21416</v>
       </c>
       <c r="B266">
         <v>2024</v>
       </c>
       <c r="C266">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="D266" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E266" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F266" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H266" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>20877</v>
+        <v>21415</v>
       </c>
       <c r="B267">
         <v>2024</v>
       </c>
       <c r="C267">
-        <v>27</v>
+        <v>139</v>
       </c>
       <c r="D267" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E267" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F267" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="H267" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>20876</v>
+        <v>21413</v>
       </c>
       <c r="B268">
         <v>2024</v>
       </c>
       <c r="C268">
-        <v>5</v>
+        <v>137</v>
       </c>
       <c r="D268" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E268" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F268" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="H268" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>20875</v>
+        <v>21412</v>
       </c>
       <c r="B269">
         <v>2024</v>
       </c>
       <c r="C269">
-        <v>4</v>
+        <v>136</v>
       </c>
       <c r="D269" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E269" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F269" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="H269" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>20871</v>
+        <v>21411</v>
       </c>
       <c r="B270">
         <v>2024</v>
       </c>
       <c r="C270">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="D270" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E270" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F270" t="s">
-        <v>621</v>
+        <v>27</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="H270" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>20866</v>
+        <v>21410</v>
       </c>
       <c r="B271">
         <v>2024</v>
       </c>
       <c r="C271">
-        <v>2</v>
+        <v>134</v>
       </c>
       <c r="D271" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E271" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F271" t="s">
-        <v>320</v>
+        <v>27</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H271" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>20858</v>
+        <v>21409</v>
       </c>
       <c r="B272">
         <v>2024</v>
       </c>
       <c r="C272">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="D272" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E272" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F272" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="H272" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>20855</v>
+        <v>21408</v>
       </c>
       <c r="B273">
         <v>2024</v>
       </c>
       <c r="C273">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="D273" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E273" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F273" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="H273" t="s">
-        <v>272</v>
+        <v>633</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>20854</v>
+        <v>21407</v>
       </c>
       <c r="B274">
         <v>2024</v>
       </c>
       <c r="C274">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="D274" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E274" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F274" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="H274" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>20833</v>
+        <v>21406</v>
       </c>
       <c r="B275">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C275">
-        <v>44</v>
+        <v>130</v>
       </c>
       <c r="D275" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E275" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F275" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="H275" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>20832</v>
+        <v>21405</v>
       </c>
       <c r="B276">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C276">
-        <v>43</v>
+        <v>129</v>
       </c>
       <c r="D276" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E276" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F276" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H276" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>20831</v>
+        <v>21404</v>
       </c>
       <c r="B277">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C277">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="D277" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E277" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F277" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="H277" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>20830</v>
+        <v>21402</v>
       </c>
       <c r="B278">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C278">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="D278" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E278" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F278" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="H278" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>20829</v>
+        <v>21400</v>
       </c>
       <c r="B279">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C279">
-        <v>40</v>
+        <v>124</v>
       </c>
       <c r="D279" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E279" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F279" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H279" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>20828</v>
+        <v>21399</v>
       </c>
       <c r="B280">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C280">
-        <v>39</v>
+        <v>123</v>
       </c>
       <c r="D280" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E280" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F280" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="H280" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>20826</v>
+        <v>21388</v>
       </c>
       <c r="B281">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C281">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="D281" t="s">
-        <v>111</v>
+        <v>540</v>
       </c>
       <c r="E281" t="s">
-        <v>112</v>
+        <v>541</v>
       </c>
       <c r="F281" t="s">
-        <v>10</v>
+        <v>545</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="H281" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>20825</v>
+        <v>21338</v>
       </c>
       <c r="B282">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C282">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="D282" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E282" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F282" t="s">
-        <v>645</v>
+        <v>27</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="H282" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>20824</v>
+        <v>21336</v>
       </c>
       <c r="B283">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C283">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="D283" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E283" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F283" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="H283" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>20823</v>
+        <v>21333</v>
       </c>
       <c r="B284">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C284">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="D284" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E284" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F284" t="s">
-        <v>650</v>
+        <v>27</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="H284" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>20822</v>
+        <v>21332</v>
       </c>
       <c r="B285">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C285">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="D285" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E285" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F285" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="H285" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>20821</v>
+        <v>21331</v>
       </c>
       <c r="B286">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C286">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="D286" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E286" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F286" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="H286" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>20820</v>
+        <v>21330</v>
       </c>
       <c r="B287">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C287">
-        <v>32</v>
+        <v>230</v>
       </c>
       <c r="D287" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E287" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F287" t="s">
-        <v>657</v>
+        <v>27</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H287" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>20818</v>
+        <v>21329</v>
       </c>
       <c r="B288">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C288">
-        <v>30</v>
+        <v>229</v>
       </c>
       <c r="D288" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E288" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F288" t="s">
-        <v>660</v>
+        <v>27</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H288" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>20805</v>
+        <v>21313</v>
       </c>
       <c r="B289">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C289">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D289" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E289" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F289" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H289" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>20804</v>
+        <v>21308</v>
       </c>
       <c r="B290">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C290">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="D290" t="s">
-        <v>318</v>
+        <v>30</v>
       </c>
       <c r="E290" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="F290" t="s">
-        <v>657</v>
+        <v>27</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H290" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>20803</v>
+        <v>21283</v>
       </c>
       <c r="B291">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C291">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D291" t="s">
-        <v>318</v>
+        <v>30</v>
       </c>
       <c r="E291" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="F291" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="H291" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>20801</v>
+        <v>21281</v>
       </c>
       <c r="B292">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C292">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D292" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E292" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F292" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H292" t="s">
-        <v>577</v>
+        <v>671</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>20800</v>
+        <v>21280</v>
       </c>
       <c r="B293">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C293">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D293" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E293" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F293" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="H293" t="s">
-        <v>577</v>
+        <v>673</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>20785</v>
+        <v>21258</v>
       </c>
       <c r="B294">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C294">
-        <v>49</v>
+        <v>226</v>
       </c>
       <c r="D294" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E294" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F294" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="H294" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>20763</v>
+        <v>21249</v>
       </c>
       <c r="B295">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C295">
-        <v>558</v>
+        <v>16</v>
       </c>
       <c r="D295" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E295" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F295" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="H295" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>20761</v>
+        <v>21227</v>
       </c>
       <c r="B296">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C296">
-        <v>557</v>
+        <v>203</v>
       </c>
       <c r="D296" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E296" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F296" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="H296" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>20760</v>
+        <v>21221</v>
       </c>
       <c r="B297">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C297">
-        <v>92</v>
+        <v>197</v>
       </c>
       <c r="D297" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E297" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F297" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="H297" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>20759</v>
+        <v>21219</v>
       </c>
       <c r="B298">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C298">
-        <v>91</v>
+        <v>195</v>
       </c>
       <c r="D298" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E298" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F298" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="H298" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>20758</v>
+        <v>21196</v>
       </c>
       <c r="B299">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C299">
-        <v>90</v>
+        <v>185</v>
       </c>
       <c r="D299" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E299" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F299" t="s">
-        <v>10</v>
+        <v>685</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H299" t="s">
-        <v>682</v>
+        <v>359</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>20757</v>
+        <v>21186</v>
       </c>
       <c r="B300">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C300">
-        <v>89</v>
+        <v>177</v>
       </c>
       <c r="D300" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E300" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F300" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="H300" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>20756</v>
+        <v>21184</v>
       </c>
       <c r="B301">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C301">
-        <v>88</v>
+        <v>176</v>
       </c>
       <c r="D301" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E301" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F301" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="H301" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>20755</v>
+        <v>21183</v>
       </c>
       <c r="B302">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C302">
-        <v>87</v>
+        <v>175</v>
       </c>
       <c r="D302" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E302" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F302" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="H302" t="s">
-        <v>688</v>
+        <v>521</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>20754</v>
+        <v>21180</v>
       </c>
       <c r="B303">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C303">
-        <v>86</v>
+        <v>4</v>
       </c>
       <c r="D303" t="s">
-        <v>408</v>
+        <v>8</v>
       </c>
       <c r="E303" t="s">
-        <v>409</v>
+        <v>9</v>
       </c>
       <c r="F303" t="s">
-        <v>10</v>
+        <v>542</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="H303" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>20753</v>
+        <v>21158</v>
       </c>
       <c r="B304">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C304">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="D304" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E304" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F304" t="s">
-        <v>10</v>
+        <v>694</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="H304" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>20752</v>
+        <v>21157</v>
       </c>
       <c r="B305">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C305">
-        <v>84</v>
+        <v>161</v>
       </c>
       <c r="D305" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E305" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F305" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="H305" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>20751</v>
+        <v>21142</v>
       </c>
       <c r="B306">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C306">
-        <v>83</v>
+        <v>2</v>
       </c>
       <c r="D306" t="s">
-        <v>408</v>
+        <v>699</v>
       </c>
       <c r="E306" t="s">
-        <v>409</v>
+        <v>700</v>
       </c>
       <c r="F306" t="s">
-        <v>10</v>
+        <v>701</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="H306" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>20750</v>
+        <v>21141</v>
       </c>
       <c r="B307">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C307">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="D307" t="s">
-        <v>408</v>
+        <v>218</v>
       </c>
       <c r="E307" t="s">
-        <v>409</v>
+        <v>219</v>
       </c>
       <c r="F307" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="H307" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>20686</v>
+        <v>21140</v>
       </c>
       <c r="B308">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C308">
-        <v>554</v>
+        <v>40</v>
       </c>
       <c r="D308" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E308" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F308" t="s">
-        <v>699</v>
+        <v>27</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="H308" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>20684</v>
+        <v>21122</v>
       </c>
       <c r="B309">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C309">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="D309" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="E309" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="F309" t="s">
-        <v>10</v>
+        <v>708</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="H309" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>20680</v>
+        <v>21121</v>
       </c>
       <c r="B310">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C310">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D310" t="s">
-        <v>408</v>
+        <v>218</v>
       </c>
       <c r="E310" t="s">
-        <v>409</v>
+        <v>219</v>
       </c>
       <c r="F310" t="s">
-        <v>10</v>
+        <v>711</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="H310" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>20678</v>
+        <v>21120</v>
       </c>
       <c r="B311">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C311">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D311" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E311" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F311" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="H311" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>20677</v>
+        <v>21119</v>
       </c>
       <c r="B312">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C312">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D312" t="s">
-        <v>408</v>
+        <v>240</v>
       </c>
       <c r="E312" t="s">
-        <v>409</v>
+        <v>241</v>
       </c>
       <c r="F312" t="s">
-        <v>10</v>
+        <v>716</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="H312" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>20676</v>
+        <v>21118</v>
       </c>
       <c r="B313">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C313">
-        <v>550</v>
+        <v>159</v>
       </c>
       <c r="D313" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E313" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F313" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="H313" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>20675</v>
+        <v>21114</v>
       </c>
       <c r="B314">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C314">
-        <v>23</v>
+        <v>157</v>
       </c>
       <c r="D314" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E314" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F314" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="H314" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>20660</v>
+        <v>21113</v>
       </c>
       <c r="B315">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C315">
-        <v>547</v>
+        <v>36</v>
       </c>
       <c r="D315" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E315" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F315" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="H315" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>20652</v>
+        <v>21109</v>
       </c>
       <c r="B316">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C316">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="D316" t="s">
-        <v>70</v>
+        <v>240</v>
       </c>
       <c r="E316" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="F316" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="H316" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>20651</v>
+        <v>21104</v>
       </c>
       <c r="B317">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C317">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D317" t="s">
-        <v>70</v>
+        <v>229</v>
       </c>
       <c r="E317" t="s">
-        <v>71</v>
+        <v>230</v>
       </c>
       <c r="F317" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="H317" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>20650</v>
+        <v>21102</v>
       </c>
       <c r="B318">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C318">
-        <v>545</v>
+        <v>153</v>
       </c>
       <c r="D318" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E318" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F318" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="H318" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>20637</v>
+        <v>21098</v>
       </c>
       <c r="B319">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C319">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D319" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E319" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F319" t="s">
-        <v>723</v>
+        <v>27</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="H319" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>20632</v>
+        <v>21095</v>
       </c>
       <c r="B320">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C320">
-        <v>539</v>
+        <v>35</v>
       </c>
       <c r="D320" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E320" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F320" t="s">
-        <v>10</v>
+        <v>734</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="H320" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>20630</v>
+        <v>21068</v>
       </c>
       <c r="B321">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C321">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="D321" t="s">
-        <v>70</v>
+        <v>540</v>
       </c>
       <c r="E321" t="s">
-        <v>71</v>
+        <v>541</v>
       </c>
       <c r="F321" t="s">
-        <v>10</v>
+        <v>737</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="H321" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>20627</v>
+        <v>21064</v>
       </c>
       <c r="B322">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C322">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D322" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E322" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F322" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="H322" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>20623</v>
+        <v>21054</v>
       </c>
       <c r="B323">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C323">
-        <v>13</v>
+        <v>130</v>
       </c>
       <c r="D323" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E323" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F323" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="H323" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>20620</v>
+        <v>21053</v>
       </c>
       <c r="B324">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C324">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D324" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E324" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F324" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="H324" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>20619</v>
+        <v>21047</v>
       </c>
       <c r="B325">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C325">
-        <v>534</v>
+        <v>127</v>
       </c>
       <c r="D325" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E325" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F325" t="s">
-        <v>739</v>
+        <v>27</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="H325" t="s">
-        <v>701</v>
+        <v>750</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>20607</v>
+        <v>21046</v>
       </c>
       <c r="B326">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C326">
-        <v>527</v>
+        <v>29</v>
       </c>
       <c r="D326" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E326" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F326" t="s">
-        <v>10</v>
+        <v>751</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>741</v>
+        <v>752</v>
       </c>
       <c r="H326" t="s">
-        <v>742</v>
+        <v>753</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>20606</v>
+        <v>21019</v>
       </c>
       <c r="B327">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C327">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D327" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E327" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F327" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>743</v>
+        <v>754</v>
       </c>
       <c r="H327" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>20604</v>
+        <v>21018</v>
       </c>
       <c r="B328">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C328">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D328" t="s">
-        <v>80</v>
+        <v>229</v>
       </c>
       <c r="E328" t="s">
-        <v>81</v>
+        <v>230</v>
       </c>
       <c r="F328" t="s">
-        <v>745</v>
+        <v>27</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="H328" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>20603</v>
+        <v>21008</v>
       </c>
       <c r="B329">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C329">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="D329" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E329" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F329" t="s">
-        <v>379</v>
+        <v>27</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="H329" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>20589</v>
+        <v>21004</v>
       </c>
       <c r="B330">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C330">
-        <v>517</v>
+        <v>107</v>
       </c>
       <c r="D330" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E330" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F330" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="H330" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
-        <v>20569</v>
+        <v>21003</v>
       </c>
       <c r="B331">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C331">
-        <v>503</v>
+        <v>15</v>
       </c>
       <c r="D331" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E331" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F331" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="H331" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>20564</v>
+        <v>21002</v>
       </c>
       <c r="B332">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C332">
-        <v>2</v>
+        <v>106</v>
       </c>
       <c r="D332" t="s">
-        <v>754</v>
+        <v>25</v>
       </c>
       <c r="E332" t="s">
-        <v>755</v>
+        <v>26</v>
       </c>
       <c r="F332" t="s">
-        <v>756</v>
+        <v>27</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="H332" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>20554</v>
+        <v>21001</v>
       </c>
       <c r="B333">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C333">
-        <v>495</v>
+        <v>14</v>
       </c>
       <c r="D333" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E333" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F333" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="H333" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>20553</v>
+        <v>20999</v>
       </c>
       <c r="B334">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C334">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D334" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="E334" t="s">
-        <v>25</v>
+        <v>241</v>
       </c>
       <c r="F334" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="H334" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>20550</v>
+        <v>20996</v>
       </c>
       <c r="B335">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C335">
-        <v>493</v>
+        <v>105</v>
       </c>
       <c r="D335" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E335" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F335" t="s">
-        <v>10</v>
+        <v>770</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="H335" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>20548</v>
+        <v>20985</v>
       </c>
       <c r="B336">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C336">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="D336" t="s">
-        <v>29</v>
+        <v>229</v>
       </c>
       <c r="E336" t="s">
-        <v>30</v>
+        <v>230</v>
       </c>
       <c r="F336" t="s">
-        <v>765</v>
+        <v>27</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="H336" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>20542</v>
+        <v>20982</v>
       </c>
       <c r="B337">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C337">
-        <v>492</v>
+        <v>97</v>
       </c>
       <c r="D337" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E337" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F337" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="H337" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>20532</v>
+        <v>20978</v>
       </c>
       <c r="B338">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C338">
-        <v>12</v>
+        <v>93</v>
       </c>
       <c r="D338" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E338" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F338" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="H338" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>20531</v>
+        <v>20974</v>
       </c>
       <c r="B339">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C339">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D339" t="s">
-        <v>318</v>
+        <v>240</v>
       </c>
       <c r="E339" t="s">
-        <v>319</v>
+        <v>241</v>
       </c>
       <c r="F339" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="H339" t="s">
-        <v>666</v>
+        <v>780</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>20530</v>
+        <v>20971</v>
       </c>
       <c r="B340">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C340">
-        <v>485</v>
+        <v>89</v>
       </c>
       <c r="D340" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E340" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F340" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="H340" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>20524</v>
+        <v>20964</v>
       </c>
       <c r="B341">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C341">
-        <v>481</v>
+        <v>8</v>
       </c>
       <c r="D341" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E341" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F341" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="H341" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>20521</v>
+        <v>20961</v>
       </c>
       <c r="B342">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C342">
-        <v>479</v>
+        <v>81</v>
       </c>
       <c r="D342" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E342" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F342" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="H342" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>20512</v>
+        <v>20955</v>
       </c>
       <c r="B343">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C343">
-        <v>475</v>
+        <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E343" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F343" t="s">
-        <v>779</v>
+        <v>27</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="H343" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>20505</v>
+        <v>20954</v>
       </c>
       <c r="B344">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C344">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="D344" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E344" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F344" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="H344" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>20504</v>
+        <v>20944</v>
       </c>
       <c r="B345">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C345">
-        <v>470</v>
+        <v>70</v>
       </c>
       <c r="D345" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E345" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F345" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="H345" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>20493</v>
+        <v>20943</v>
       </c>
       <c r="B346">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C346">
-        <v>462</v>
+        <v>69</v>
       </c>
       <c r="D346" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E346" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F346" t="s">
-        <v>786</v>
+        <v>27</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="H346" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>20476</v>
+        <v>20935</v>
       </c>
       <c r="B347">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C347">
-        <v>453</v>
+        <v>66</v>
       </c>
       <c r="D347" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E347" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F347" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="H347" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>20475</v>
+        <v>20934</v>
       </c>
       <c r="B348">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C348">
-        <v>452</v>
+        <v>65</v>
       </c>
       <c r="D348" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E348" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F348" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="H348" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
-        <v>20474</v>
+        <v>20933</v>
       </c>
       <c r="B349">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C349">
-        <v>451</v>
+        <v>64</v>
       </c>
       <c r="D349" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E349" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F349" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="H349" t="s">
-        <v>274</v>
+        <v>800</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
-        <v>20472</v>
+        <v>20926</v>
       </c>
       <c r="B350">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C350">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="D350" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E350" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F350" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="H350" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
-        <v>20471</v>
+        <v>20917</v>
       </c>
       <c r="B351">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C351">
-        <v>450</v>
+        <v>1</v>
       </c>
       <c r="D351" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E351" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F351" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="H351" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
-        <v>20467</v>
+        <v>20892</v>
       </c>
       <c r="B352">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C352">
-        <v>446</v>
+        <v>38</v>
       </c>
       <c r="D352" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E352" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F352" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="H352" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
-        <v>20466</v>
+        <v>20885</v>
       </c>
       <c r="B353">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C353">
-        <v>445</v>
+        <v>33</v>
       </c>
       <c r="D353" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E353" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F353" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="H353" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
-        <v>20463</v>
+        <v>20881</v>
       </c>
       <c r="B354">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C354">
-        <v>444</v>
+        <v>31</v>
       </c>
       <c r="D354" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E354" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F354" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="H354" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
-        <v>20458</v>
+        <v>20880</v>
       </c>
       <c r="B355">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C355">
-        <v>442</v>
+        <v>30</v>
       </c>
       <c r="D355" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E355" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F355" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="H355" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
-        <v>20430</v>
+        <v>20879</v>
       </c>
       <c r="B356">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C356">
-        <v>420</v>
+        <v>29</v>
       </c>
       <c r="D356" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E356" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F356" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="H356" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
-        <v>20428</v>
+        <v>20878</v>
       </c>
       <c r="B357">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C357">
-        <v>418</v>
+        <v>28</v>
       </c>
       <c r="D357" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E357" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F357" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="H357" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
-        <v>20427</v>
+        <v>20877</v>
       </c>
       <c r="B358">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C358">
-        <v>417</v>
+        <v>27</v>
       </c>
       <c r="D358" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E358" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F358" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="H358" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
-        <v>20426</v>
+        <v>20876</v>
       </c>
       <c r="B359">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C359">
-        <v>416</v>
+        <v>5</v>
       </c>
       <c r="D359" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E359" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F359" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="H359" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
-        <v>20409</v>
+        <v>20875</v>
       </c>
       <c r="B360">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C360">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="D360" t="s">
-        <v>70</v>
+        <v>240</v>
       </c>
       <c r="E360" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="F360" t="s">
-        <v>815</v>
+        <v>27</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="H360" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
-        <v>20404</v>
+        <v>20871</v>
       </c>
       <c r="B361">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C361">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D361" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E361" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F361" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="H361" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
-        <v>20401</v>
+        <v>20866</v>
       </c>
       <c r="B362">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C362">
-        <v>402</v>
+        <v>2</v>
       </c>
       <c r="D362" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E362" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F362" t="s">
-        <v>10</v>
+        <v>827</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="H362" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
-        <v>20400</v>
+        <v>20858</v>
       </c>
       <c r="B363">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C363">
-        <v>401</v>
+        <v>19</v>
       </c>
       <c r="D363" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E363" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F363" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="H363" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
-        <v>20390</v>
+        <v>20855</v>
       </c>
       <c r="B364">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C364">
-        <v>392</v>
+        <v>16</v>
       </c>
       <c r="D364" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E364" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F364" t="s">
-        <v>796</v>
+        <v>27</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="H364" t="s">
-        <v>826</v>
+        <v>494</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
-        <v>20384</v>
+        <v>20854</v>
       </c>
       <c r="B365">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C365">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="D365" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E365" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F365" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="H365" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
-        <v>20381</v>
+        <v>20833</v>
       </c>
       <c r="B366">
         <v>2023</v>
       </c>
       <c r="C366">
-        <v>383</v>
+        <v>44</v>
       </c>
       <c r="D366" t="s">
         <v>8</v>
       </c>
       <c r="E366" t="s">
         <v>9</v>
       </c>
       <c r="F366" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="H366" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
-        <v>20378</v>
+        <v>20832</v>
       </c>
       <c r="B367">
         <v>2023</v>
       </c>
       <c r="C367">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D367" t="s">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="E367" t="s">
-        <v>319</v>
+        <v>9</v>
       </c>
       <c r="F367" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="H367" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
-        <v>20370</v>
+        <v>20831</v>
       </c>
       <c r="B368">
         <v>2023</v>
       </c>
       <c r="C368">
-        <v>374</v>
+        <v>42</v>
       </c>
       <c r="D368" t="s">
         <v>8</v>
       </c>
       <c r="E368" t="s">
         <v>9</v>
       </c>
       <c r="F368" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="H368" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
-        <v>20345</v>
+        <v>20830</v>
       </c>
       <c r="B369">
         <v>2023</v>
       </c>
       <c r="C369">
-        <v>362</v>
+        <v>41</v>
       </c>
       <c r="D369" t="s">
         <v>8</v>
       </c>
       <c r="E369" t="s">
         <v>9</v>
       </c>
       <c r="F369" t="s">
-        <v>835</v>
+        <v>27</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="H369" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
-        <v>20339</v>
+        <v>20829</v>
       </c>
       <c r="B370">
         <v>2023</v>
       </c>
       <c r="C370">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D370" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="E370" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="F370" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="H370" t="s">
-        <v>625</v>
+        <v>844</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
-        <v>20337</v>
+        <v>20828</v>
       </c>
       <c r="B371">
         <v>2023</v>
       </c>
       <c r="C371">
-        <v>356</v>
+        <v>39</v>
       </c>
       <c r="D371" t="s">
         <v>8</v>
       </c>
       <c r="E371" t="s">
         <v>9</v>
       </c>
       <c r="F371" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="H371" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
-        <v>20329</v>
+        <v>20826</v>
       </c>
       <c r="B372">
         <v>2023</v>
       </c>
       <c r="C372">
-        <v>350</v>
+        <v>37</v>
       </c>
       <c r="D372" t="s">
         <v>8</v>
       </c>
       <c r="E372" t="s">
         <v>9</v>
       </c>
       <c r="F372" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="H372" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
-        <v>20328</v>
+        <v>20825</v>
       </c>
       <c r="B373">
         <v>2023</v>
       </c>
       <c r="C373">
-        <v>349</v>
+        <v>36</v>
       </c>
       <c r="D373" t="s">
         <v>8</v>
       </c>
       <c r="E373" t="s">
         <v>9</v>
       </c>
       <c r="F373" t="s">
-        <v>10</v>
+        <v>849</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="H373" t="s">
-        <v>281</v>
+        <v>851</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
-        <v>20323</v>
+        <v>20824</v>
       </c>
       <c r="B374">
         <v>2023</v>
       </c>
       <c r="C374">
-        <v>346</v>
+        <v>35</v>
       </c>
       <c r="D374" t="s">
         <v>8</v>
       </c>
       <c r="E374" t="s">
         <v>9</v>
       </c>
       <c r="F374" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="H374" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
-        <v>20322</v>
+        <v>20823</v>
       </c>
       <c r="B375">
         <v>2023</v>
       </c>
       <c r="C375">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="D375" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E375" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F375" t="s">
-        <v>10</v>
+        <v>854</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="H375" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
-        <v>20302</v>
+        <v>20822</v>
       </c>
       <c r="B376">
         <v>2023</v>
       </c>
       <c r="C376">
-        <v>332</v>
+        <v>33</v>
       </c>
       <c r="D376" t="s">
         <v>8</v>
       </c>
       <c r="E376" t="s">
         <v>9</v>
       </c>
       <c r="F376" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="H376" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
-        <v>20300</v>
+        <v>20821</v>
       </c>
       <c r="B377">
         <v>2023</v>
       </c>
       <c r="C377">
-        <v>330</v>
+        <v>36</v>
       </c>
       <c r="D377" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E377" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F377" t="s">
-        <v>10</v>
+        <v>737</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="H377" t="s">
-        <v>851</v>
+        <v>860</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
-        <v>20299</v>
+        <v>20820</v>
       </c>
       <c r="B378">
         <v>2023</v>
       </c>
       <c r="C378">
-        <v>329</v>
+        <v>32</v>
       </c>
       <c r="D378" t="s">
         <v>8</v>
       </c>
       <c r="E378" t="s">
         <v>9</v>
       </c>
       <c r="F378" t="s">
-        <v>10</v>
+        <v>861</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="H378" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
-        <v>20297</v>
+        <v>20818</v>
       </c>
       <c r="B379">
         <v>2023</v>
       </c>
       <c r="C379">
-        <v>328</v>
+        <v>30</v>
       </c>
       <c r="D379" t="s">
         <v>8</v>
       </c>
       <c r="E379" t="s">
         <v>9</v>
       </c>
       <c r="F379" t="s">
-        <v>10</v>
+        <v>864</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
       <c r="H379" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
-        <v>20271</v>
+        <v>20805</v>
       </c>
       <c r="B380">
         <v>2023</v>
       </c>
       <c r="C380">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D380" t="s">
-        <v>70</v>
+        <v>240</v>
       </c>
       <c r="E380" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="F380" t="s">
-        <v>621</v>
+        <v>27</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
       <c r="H380" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
-        <v>20268</v>
+        <v>20804</v>
       </c>
       <c r="B381">
         <v>2023</v>
       </c>
       <c r="C381">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D381" t="s">
-        <v>29</v>
+        <v>540</v>
       </c>
       <c r="E381" t="s">
-        <v>30</v>
+        <v>541</v>
       </c>
       <c r="F381" t="s">
-        <v>858</v>
+        <v>737</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="H381" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
-        <v>20267</v>
+        <v>20803</v>
       </c>
       <c r="B382">
         <v>2023</v>
       </c>
       <c r="C382">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D382" t="s">
-        <v>29</v>
+        <v>540</v>
       </c>
       <c r="E382" t="s">
-        <v>30</v>
+        <v>541</v>
       </c>
       <c r="F382" t="s">
-        <v>10</v>
+        <v>542</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="H382" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
-        <v>20248</v>
+        <v>20801</v>
       </c>
       <c r="B383">
         <v>2023</v>
       </c>
       <c r="C383">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D383" t="s">
-        <v>29</v>
+        <v>240</v>
       </c>
       <c r="E383" t="s">
-        <v>30</v>
+        <v>241</v>
       </c>
       <c r="F383" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="H383" t="s">
-        <v>864</v>
+        <v>780</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
-        <v>20246</v>
+        <v>20800</v>
       </c>
       <c r="B384">
         <v>2023</v>
       </c>
       <c r="C384">
-        <v>295</v>
+        <v>33</v>
       </c>
       <c r="D384" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E384" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F384" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="H384" t="s">
-        <v>866</v>
+        <v>780</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
-        <v>20245</v>
+        <v>20785</v>
       </c>
       <c r="B385">
         <v>2023</v>
       </c>
       <c r="C385">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="D385" t="s">
-        <v>29</v>
+        <v>229</v>
       </c>
       <c r="E385" t="s">
-        <v>30</v>
+        <v>230</v>
       </c>
       <c r="F385" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="H385" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
-        <v>20240</v>
+        <v>20763</v>
       </c>
       <c r="B386">
         <v>2023</v>
       </c>
       <c r="C386">
-        <v>290</v>
+        <v>558</v>
       </c>
       <c r="D386" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E386" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F386" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="H386" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
-        <v>20239</v>
+        <v>20761</v>
       </c>
       <c r="B387">
         <v>2023</v>
       </c>
       <c r="C387">
-        <v>289</v>
+        <v>557</v>
       </c>
       <c r="D387" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E387" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F387" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="H387" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
-        <v>20224</v>
+        <v>20760</v>
       </c>
       <c r="B388">
         <v>2023</v>
       </c>
       <c r="C388">
-        <v>276</v>
+        <v>92</v>
       </c>
       <c r="D388" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E388" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F388" t="s">
-        <v>873</v>
+        <v>27</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="H388" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
-        <v>20222</v>
+        <v>20759</v>
       </c>
       <c r="B389">
         <v>2023</v>
       </c>
       <c r="C389">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="D389" t="s">
-        <v>318</v>
+        <v>30</v>
       </c>
       <c r="E389" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="F389" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="H389" t="s">
-        <v>832</v>
+        <v>884</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
-        <v>20216</v>
+        <v>20758</v>
       </c>
       <c r="B390">
         <v>2023</v>
       </c>
       <c r="C390">
-        <v>272</v>
+        <v>90</v>
       </c>
       <c r="D390" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E390" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F390" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="H390" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
-        <v>20215</v>
+        <v>20757</v>
       </c>
       <c r="B391">
         <v>2023</v>
       </c>
       <c r="C391">
-        <v>271</v>
+        <v>89</v>
       </c>
       <c r="D391" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E391" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F391" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="H391" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
-        <v>20213</v>
+        <v>20756</v>
       </c>
       <c r="B392">
         <v>2023</v>
       </c>
       <c r="C392">
-        <v>269</v>
+        <v>88</v>
       </c>
       <c r="D392" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E392" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F392" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="H392" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
-        <v>20212</v>
+        <v>20755</v>
       </c>
       <c r="B393">
         <v>2023</v>
       </c>
       <c r="C393">
-        <v>268</v>
+        <v>87</v>
       </c>
       <c r="D393" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E393" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F393" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="H393" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
-        <v>20211</v>
+        <v>20754</v>
       </c>
       <c r="B394">
         <v>2023</v>
       </c>
       <c r="C394">
-        <v>267</v>
+        <v>86</v>
       </c>
       <c r="D394" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E394" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F394" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="H394" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
-        <v>20210</v>
+        <v>20753</v>
       </c>
       <c r="B395">
         <v>2023</v>
       </c>
       <c r="C395">
-        <v>266</v>
+        <v>85</v>
       </c>
       <c r="D395" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E395" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F395" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="H395" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
-        <v>20209</v>
+        <v>20752</v>
       </c>
       <c r="B396">
         <v>2023</v>
       </c>
       <c r="C396">
-        <v>265</v>
+        <v>84</v>
       </c>
       <c r="D396" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E396" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F396" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="H396" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
-        <v>20208</v>
+        <v>20751</v>
       </c>
       <c r="B397">
         <v>2023</v>
       </c>
       <c r="C397">
-        <v>264</v>
+        <v>83</v>
       </c>
       <c r="D397" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E397" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F397" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="H397" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
-        <v>20198</v>
+        <v>20750</v>
       </c>
       <c r="B398">
         <v>2023</v>
       </c>
       <c r="C398">
-        <v>255</v>
+        <v>82</v>
       </c>
       <c r="D398" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E398" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F398" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="H398" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
-        <v>20192</v>
+        <v>20686</v>
       </c>
       <c r="B399">
         <v>2023</v>
       </c>
       <c r="C399">
-        <v>249</v>
+        <v>554</v>
       </c>
       <c r="D399" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E399" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F399" t="s">
-        <v>10</v>
+        <v>903</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="H399" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
-        <v>20188</v>
+        <v>20684</v>
       </c>
       <c r="B400">
         <v>2023</v>
       </c>
       <c r="C400">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D400" t="s">
-        <v>29</v>
+        <v>229</v>
       </c>
       <c r="E400" t="s">
-        <v>30</v>
+        <v>230</v>
       </c>
       <c r="F400" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="H400" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
-        <v>20182</v>
+        <v>20680</v>
       </c>
       <c r="B401">
         <v>2023</v>
       </c>
       <c r="C401">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D401" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E401" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F401" t="s">
-        <v>899</v>
+        <v>27</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="H401" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
-        <v>20180</v>
+        <v>20678</v>
       </c>
       <c r="B402">
         <v>2023</v>
       </c>
       <c r="C402">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D402" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E402" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F402" t="s">
-        <v>379</v>
+        <v>27</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="H402" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
-        <v>20179</v>
+        <v>20677</v>
       </c>
       <c r="B403">
         <v>2023</v>
       </c>
       <c r="C403">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D403" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E403" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F403" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="H403" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
-        <v>20177</v>
+        <v>20676</v>
       </c>
       <c r="B404">
         <v>2023</v>
       </c>
       <c r="C404">
-        <v>242</v>
+        <v>550</v>
       </c>
       <c r="D404" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E404" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F404" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="H404" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
-        <v>20176</v>
+        <v>20675</v>
       </c>
       <c r="B405">
         <v>2023</v>
       </c>
       <c r="C405">
-        <v>241</v>
+        <v>23</v>
       </c>
       <c r="D405" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E405" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F405" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="H405" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
-        <v>20175</v>
+        <v>20660</v>
       </c>
       <c r="B406">
         <v>2023</v>
       </c>
       <c r="C406">
-        <v>8</v>
+        <v>547</v>
       </c>
       <c r="D406" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E406" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F406" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="H406" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
-        <v>20156</v>
+        <v>20652</v>
       </c>
       <c r="B407">
         <v>2023</v>
       </c>
       <c r="C407">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D407" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="E407" t="s">
-        <v>25</v>
+        <v>241</v>
       </c>
       <c r="F407" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="H407" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
-        <v>20142</v>
+        <v>20651</v>
       </c>
       <c r="B408">
         <v>2023</v>
       </c>
       <c r="C408">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="D408" t="s">
-        <v>915</v>
+        <v>240</v>
       </c>
       <c r="E408" t="s">
-        <v>916</v>
+        <v>241</v>
       </c>
       <c r="F408" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="H408" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
-        <v>20131</v>
+        <v>20650</v>
       </c>
       <c r="B409">
         <v>2023</v>
       </c>
       <c r="C409">
-        <v>7</v>
+        <v>545</v>
       </c>
       <c r="D409" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E409" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F409" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="H409" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
-        <v>20127</v>
+        <v>20637</v>
       </c>
       <c r="B410">
         <v>2023</v>
       </c>
       <c r="C410">
-        <v>208</v>
+        <v>1</v>
       </c>
       <c r="D410" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E410" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F410" t="s">
-        <v>10</v>
+        <v>927</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="H410" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
-        <v>20126</v>
+        <v>20632</v>
       </c>
       <c r="B411">
         <v>2023</v>
       </c>
       <c r="C411">
-        <v>207</v>
+        <v>539</v>
       </c>
       <c r="D411" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E411" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F411" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="H411" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
-        <v>20117</v>
+        <v>20630</v>
       </c>
       <c r="B412">
         <v>2023</v>
       </c>
       <c r="C412">
-        <v>204</v>
+        <v>29</v>
       </c>
       <c r="D412" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E412" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F412" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="H412" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
-        <v>20091</v>
+        <v>20627</v>
       </c>
       <c r="B413">
         <v>2023</v>
       </c>
       <c r="C413">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="D413" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E413" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F413" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="H413" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
-        <v>20081</v>
+        <v>20623</v>
       </c>
       <c r="B414">
         <v>2023</v>
       </c>
       <c r="C414">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="D414" t="s">
         <v>8</v>
       </c>
       <c r="E414" t="s">
         <v>9</v>
       </c>
       <c r="F414" t="s">
-        <v>10</v>
+        <v>937</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="H414" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
-        <v>20080</v>
+        <v>20620</v>
       </c>
       <c r="B415">
         <v>2023</v>
       </c>
       <c r="C415">
-        <v>184</v>
+        <v>12</v>
       </c>
       <c r="D415" t="s">
         <v>8</v>
       </c>
       <c r="E415" t="s">
         <v>9</v>
       </c>
       <c r="F415" t="s">
-        <v>10</v>
+        <v>940</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="H415" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
-        <v>20076</v>
+        <v>20619</v>
       </c>
       <c r="B416">
         <v>2023</v>
       </c>
       <c r="C416">
-        <v>6</v>
+        <v>534</v>
       </c>
       <c r="D416" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E416" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F416" t="s">
-        <v>535</v>
+        <v>943</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="H416" t="s">
-        <v>935</v>
+        <v>905</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
-        <v>20068</v>
+        <v>20607</v>
       </c>
       <c r="B417">
         <v>2023</v>
       </c>
       <c r="C417">
-        <v>178</v>
+        <v>527</v>
       </c>
       <c r="D417" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E417" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F417" t="s">
-        <v>936</v>
+        <v>27</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="H417" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
-        <v>20061</v>
+        <v>20606</v>
       </c>
       <c r="B418">
         <v>2023</v>
       </c>
       <c r="C418">
-        <v>173</v>
+        <v>11</v>
       </c>
       <c r="D418" t="s">
         <v>8</v>
       </c>
       <c r="E418" t="s">
         <v>9</v>
       </c>
       <c r="F418" t="s">
-        <v>10</v>
+        <v>827</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="H418" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
-        <v>20058</v>
+        <v>20604</v>
       </c>
       <c r="B419">
         <v>2023</v>
       </c>
       <c r="C419">
-        <v>171</v>
+        <v>4</v>
       </c>
       <c r="D419" t="s">
-        <v>8</v>
+        <v>306</v>
       </c>
       <c r="E419" t="s">
-        <v>9</v>
+        <v>307</v>
       </c>
       <c r="F419" t="s">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="H419" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
-        <v>20051</v>
+        <v>20603</v>
       </c>
       <c r="B420">
         <v>2023</v>
       </c>
       <c r="C420">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="D420" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E420" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F420" t="s">
-        <v>10</v>
+        <v>951</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="H420" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
-        <v>20035</v>
+        <v>20589</v>
       </c>
       <c r="B421">
         <v>2023</v>
       </c>
       <c r="C421">
-        <v>5</v>
+        <v>517</v>
       </c>
       <c r="D421" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E421" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F421" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="H421" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
-        <v>20034</v>
+        <v>20569</v>
       </c>
       <c r="B422">
         <v>2023</v>
       </c>
       <c r="C422">
-        <v>11</v>
+        <v>503</v>
       </c>
       <c r="D422" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E422" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F422" t="s">
-        <v>320</v>
+        <v>27</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="H422" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
-        <v>20014</v>
+        <v>20564</v>
       </c>
       <c r="B423">
         <v>2023</v>
       </c>
       <c r="C423">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D423" t="s">
-        <v>318</v>
+        <v>958</v>
       </c>
       <c r="E423" t="s">
-        <v>319</v>
+        <v>959</v>
       </c>
       <c r="F423" t="s">
-        <v>535</v>
+        <v>960</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
       <c r="H423" t="s">
-        <v>950</v>
+        <v>962</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
-        <v>20007</v>
+        <v>20554</v>
       </c>
       <c r="B424">
         <v>2023</v>
       </c>
       <c r="C424">
-        <v>136</v>
+        <v>495</v>
       </c>
       <c r="D424" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E424" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F424" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="H424" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
-        <v>19996</v>
+        <v>20553</v>
       </c>
       <c r="B425">
         <v>2023</v>
       </c>
       <c r="C425">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="D425" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="E425" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="F425" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>953</v>
+        <v>965</v>
       </c>
       <c r="H425" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
-        <v>19979</v>
+        <v>20550</v>
       </c>
       <c r="B426">
         <v>2023</v>
       </c>
       <c r="C426">
-        <v>118</v>
+        <v>493</v>
       </c>
       <c r="D426" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E426" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F426" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>955</v>
+        <v>967</v>
       </c>
       <c r="H426" t="s">
-        <v>956</v>
+        <v>968</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
-        <v>19977</v>
+        <v>20548</v>
       </c>
       <c r="B427">
         <v>2023</v>
       </c>
       <c r="C427">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="D427" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E427" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F427" t="s">
-        <v>10</v>
+        <v>969</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="H427" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
-        <v>19975</v>
+        <v>20542</v>
       </c>
       <c r="B428">
         <v>2023</v>
       </c>
       <c r="C428">
-        <v>4</v>
+        <v>492</v>
       </c>
       <c r="D428" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E428" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F428" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="H428" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
-        <v>19973</v>
+        <v>20532</v>
       </c>
       <c r="B429">
         <v>2023</v>
       </c>
       <c r="C429">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D429" t="s">
-        <v>961</v>
+        <v>540</v>
       </c>
       <c r="E429" t="s">
-        <v>962</v>
+        <v>541</v>
       </c>
       <c r="F429" t="s">
-        <v>328</v>
+        <v>545</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="H429" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
-        <v>19972</v>
+        <v>20531</v>
       </c>
       <c r="B430">
         <v>2023</v>
       </c>
       <c r="C430">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D430" t="s">
-        <v>111</v>
+        <v>540</v>
       </c>
       <c r="E430" t="s">
-        <v>112</v>
+        <v>541</v>
       </c>
       <c r="F430" t="s">
-        <v>965</v>
+        <v>861</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="H430" t="s">
-        <v>967</v>
+        <v>870</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
-        <v>19966</v>
+        <v>20530</v>
       </c>
       <c r="B431">
         <v>2023</v>
       </c>
       <c r="C431">
-        <v>110</v>
+        <v>485</v>
       </c>
       <c r="D431" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E431" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F431" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="H431" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
-        <v>19963</v>
+        <v>20524</v>
       </c>
       <c r="B432">
         <v>2023</v>
       </c>
       <c r="C432">
-        <v>108</v>
+        <v>481</v>
       </c>
       <c r="D432" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E432" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F432" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="H432" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
-        <v>19922</v>
+        <v>20521</v>
       </c>
       <c r="B433">
         <v>2023</v>
       </c>
       <c r="C433">
-        <v>76</v>
+        <v>479</v>
       </c>
       <c r="D433" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E433" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F433" t="s">
-        <v>972</v>
+        <v>27</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="H433" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
-        <v>19916</v>
+        <v>20512</v>
       </c>
       <c r="B434">
         <v>2023</v>
       </c>
       <c r="C434">
-        <v>73</v>
+        <v>475</v>
       </c>
       <c r="D434" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E434" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F434" t="s">
-        <v>10</v>
+        <v>983</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="H434" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
-        <v>19909</v>
+        <v>20505</v>
       </c>
       <c r="B435">
         <v>2023</v>
       </c>
       <c r="C435">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="D435" t="s">
-        <v>70</v>
+        <v>240</v>
       </c>
       <c r="E435" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="F435" t="s">
-        <v>320</v>
+        <v>27</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="H435" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
-        <v>19901</v>
+        <v>20504</v>
       </c>
       <c r="B436">
         <v>2023</v>
       </c>
       <c r="C436">
-        <v>59</v>
+        <v>470</v>
       </c>
       <c r="D436" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E436" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F436" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="H436" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
-        <v>19900</v>
+        <v>20493</v>
       </c>
       <c r="B437">
         <v>2023</v>
       </c>
       <c r="C437">
-        <v>3</v>
+        <v>462</v>
       </c>
       <c r="D437" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E437" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F437" t="s">
-        <v>535</v>
+        <v>990</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="H437" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
-        <v>19889</v>
+        <v>20476</v>
       </c>
       <c r="B438">
         <v>2023</v>
       </c>
       <c r="C438">
-        <v>49</v>
+        <v>453</v>
       </c>
       <c r="D438" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E438" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F438" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="H438" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
-        <v>19884</v>
+        <v>20475</v>
       </c>
       <c r="B439">
         <v>2023</v>
       </c>
       <c r="C439">
-        <v>2</v>
+        <v>452</v>
       </c>
       <c r="D439" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E439" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F439" t="s">
-        <v>325</v>
+        <v>27</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="H439" t="s">
-        <v>625</v>
+        <v>996</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
-        <v>19883</v>
+        <v>20474</v>
       </c>
       <c r="B440">
         <v>2023</v>
       </c>
       <c r="C440">
-        <v>1</v>
+        <v>451</v>
       </c>
       <c r="D440" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E440" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F440" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
       <c r="H440" t="s">
-        <v>987</v>
+        <v>496</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
-        <v>19882</v>
+        <v>20472</v>
       </c>
       <c r="B441">
         <v>2023</v>
       </c>
       <c r="C441">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D441" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E441" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F441" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
       <c r="H441" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
-        <v>19875</v>
+        <v>20471</v>
       </c>
       <c r="B442">
         <v>2023</v>
       </c>
       <c r="C442">
-        <v>2</v>
+        <v>450</v>
       </c>
       <c r="D442" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E442" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F442" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="H442" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
-        <v>19874</v>
+        <v>20467</v>
       </c>
       <c r="B443">
         <v>2023</v>
       </c>
       <c r="C443">
-        <v>1</v>
+        <v>446</v>
       </c>
       <c r="D443" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E443" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F443" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="H443" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
-        <v>19872</v>
+        <v>20466</v>
       </c>
       <c r="B444">
         <v>2023</v>
       </c>
       <c r="C444">
-        <v>2</v>
+        <v>445</v>
       </c>
       <c r="D444" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E444" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F444" t="s">
-        <v>535</v>
+        <v>27</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="H444" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
-        <v>19870</v>
+        <v>20463</v>
       </c>
       <c r="B445">
         <v>2023</v>
       </c>
       <c r="C445">
-        <v>1</v>
+        <v>444</v>
       </c>
       <c r="D445" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E445" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F445" t="s">
-        <v>325</v>
+        <v>27</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="H445" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
-        <v>19860</v>
+        <v>20458</v>
       </c>
       <c r="B446">
         <v>2023</v>
       </c>
       <c r="C446">
-        <v>29</v>
+        <v>442</v>
       </c>
       <c r="D446" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E446" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F446" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="H446" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
-        <v>19857</v>
+        <v>20430</v>
       </c>
       <c r="B447">
         <v>2023</v>
       </c>
       <c r="C447">
-        <v>1</v>
+        <v>420</v>
       </c>
       <c r="D447" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E447" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F447" t="s">
-        <v>1001</v>
+        <v>27</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="H447" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
-        <v>19848</v>
+        <v>20428</v>
       </c>
       <c r="B448">
         <v>2023</v>
       </c>
       <c r="C448">
-        <v>18</v>
+        <v>418</v>
       </c>
       <c r="D448" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E448" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F448" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="H448" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
-        <v>19824</v>
+        <v>20427</v>
       </c>
       <c r="B449">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C449">
-        <v>25</v>
+        <v>417</v>
       </c>
       <c r="D449" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E449" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F449" t="s">
-        <v>1006</v>
+        <v>27</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="H449" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
-        <v>19823</v>
+        <v>20426</v>
       </c>
       <c r="B450">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C450">
-        <v>24</v>
+        <v>416</v>
       </c>
       <c r="D450" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E450" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F450" t="s">
-        <v>1009</v>
+        <v>27</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="H450" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
-        <v>19822</v>
+        <v>20409</v>
       </c>
       <c r="B451">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C451">
         <v>23</v>
       </c>
       <c r="D451" t="s">
-        <v>111</v>
+        <v>240</v>
       </c>
       <c r="E451" t="s">
-        <v>112</v>
+        <v>241</v>
       </c>
       <c r="F451" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="H451" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
-        <v>19821</v>
+        <v>20404</v>
       </c>
       <c r="B452">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C452">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D452" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E452" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F452" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="H452" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
-        <v>19820</v>
+        <v>20401</v>
       </c>
       <c r="B453">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C453">
-        <v>21</v>
+        <v>402</v>
       </c>
       <c r="D453" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E453" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F453" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="H453" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
-        <v>19819</v>
+        <v>20400</v>
       </c>
       <c r="B454">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C454">
-        <v>20</v>
+        <v>401</v>
       </c>
       <c r="D454" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E454" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F454" t="s">
-        <v>1020</v>
+        <v>27</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="H454" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
-        <v>19818</v>
+        <v>20390</v>
       </c>
       <c r="B455">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C455">
-        <v>19</v>
+        <v>392</v>
       </c>
       <c r="D455" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E455" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F455" t="s">
-        <v>1023</v>
+        <v>1000</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="H455" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
-        <v>19817</v>
+        <v>20384</v>
       </c>
       <c r="B456">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C456">
-        <v>18</v>
+        <v>386</v>
       </c>
       <c r="D456" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E456" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F456" t="s">
-        <v>1026</v>
+        <v>27</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="H456" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
-        <v>19812</v>
+        <v>20381</v>
       </c>
       <c r="B457">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C457">
-        <v>54</v>
+        <v>383</v>
       </c>
       <c r="D457" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E457" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F457" t="s">
-        <v>1029</v>
+        <v>27</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="H457" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
-        <v>19794</v>
+        <v>20378</v>
       </c>
       <c r="B458">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C458">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D458" t="s">
-        <v>408</v>
+        <v>540</v>
       </c>
       <c r="E458" t="s">
-        <v>409</v>
+        <v>541</v>
       </c>
       <c r="F458" t="s">
-        <v>1032</v>
+        <v>861</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="H458" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
-        <v>19792</v>
+        <v>20370</v>
       </c>
       <c r="B459">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C459">
-        <v>34</v>
+        <v>374</v>
       </c>
       <c r="D459" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E459" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F459" t="s">
-        <v>1035</v>
+        <v>27</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="H459" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
-        <v>19785</v>
+        <v>20345</v>
       </c>
       <c r="B460">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C460">
-        <v>27</v>
+        <v>362</v>
       </c>
       <c r="D460" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E460" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F460" t="s">
-        <v>1038</v>
+        <v>960</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="H460" t="s">
         <v>1040</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
-        <v>19782</v>
+        <v>20339</v>
       </c>
       <c r="B461">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C461">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D461" t="s">
-        <v>408</v>
+        <v>240</v>
       </c>
       <c r="E461" t="s">
-        <v>409</v>
+        <v>241</v>
       </c>
       <c r="F461" t="s">
-        <v>10</v>
+        <v>827</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="H461" t="s">
-        <v>1042</v>
+        <v>829</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
-        <v>19778</v>
+        <v>20337</v>
       </c>
       <c r="B462">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C462">
-        <v>20</v>
+        <v>356</v>
       </c>
       <c r="D462" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E462" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F462" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G462" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H462" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
-        <v>19776</v>
+        <v>20329</v>
       </c>
       <c r="B463">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C463">
-        <v>18</v>
+        <v>350</v>
       </c>
       <c r="D463" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E463" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F463" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G463" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H463" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
-        <v>19775</v>
+        <v>20328</v>
       </c>
       <c r="B464">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C464">
-        <v>17</v>
+        <v>349</v>
       </c>
       <c r="D464" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E464" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F464" t="s">
-        <v>786</v>
+        <v>27</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="H464" t="s">
-        <v>1048</v>
+        <v>503</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
-        <v>19774</v>
+        <v>20323</v>
       </c>
       <c r="B465">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C465">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="D465" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E465" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F465" t="s">
-        <v>1049</v>
+        <v>27</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="H465" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
-        <v>19770</v>
+        <v>20322</v>
       </c>
       <c r="B466">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C466">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D466" t="s">
-        <v>408</v>
+        <v>229</v>
       </c>
       <c r="E466" t="s">
-        <v>409</v>
+        <v>230</v>
       </c>
       <c r="F466" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="H466" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
-        <v>19769</v>
+        <v>20302</v>
       </c>
       <c r="B467">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C467">
-        <v>11</v>
+        <v>332</v>
       </c>
       <c r="D467" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E467" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F467" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="H467" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
-        <v>19768</v>
+        <v>20300</v>
       </c>
       <c r="B468">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C468">
-        <v>10</v>
+        <v>330</v>
       </c>
       <c r="D468" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E468" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F468" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="H468" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
-        <v>19764</v>
+        <v>20299</v>
       </c>
       <c r="B469">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C469">
-        <v>6</v>
+        <v>329</v>
       </c>
       <c r="D469" t="s">
-        <v>408</v>
+        <v>25</v>
       </c>
       <c r="E469" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="F469" t="s">
-        <v>211</v>
+        <v>27</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="H469" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
-        <v>19757</v>
+        <v>20297</v>
       </c>
       <c r="B470">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C470">
-        <v>487</v>
+        <v>328</v>
       </c>
       <c r="D470" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E470" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F470" t="s">
-        <v>1060</v>
+        <v>27</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="H470" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
-        <v>19756</v>
+        <v>20271</v>
       </c>
       <c r="B471">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C471">
-        <v>486</v>
+        <v>16</v>
       </c>
       <c r="D471" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E471" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F471" t="s">
-        <v>10</v>
+        <v>685</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="H471" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
-        <v>19752</v>
+        <v>20268</v>
       </c>
       <c r="B472">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C472">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D472" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E472" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F472" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="H472" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
-        <v>19736</v>
+        <v>20267</v>
       </c>
       <c r="B473">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C473">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D473" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E473" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F473" t="s">
-        <v>1068</v>
+        <v>27</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="H473" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
-        <v>19735</v>
+        <v>20248</v>
       </c>
       <c r="B474">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C474">
         <v>15</v>
       </c>
       <c r="D474" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E474" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F474" t="s">
-        <v>1071</v>
+        <v>27</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1072</v>
+        <v>1066</v>
       </c>
       <c r="H474" t="s">
-        <v>1073</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
-        <v>19734</v>
+        <v>20246</v>
       </c>
       <c r="B475">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C475">
-        <v>1</v>
+        <v>295</v>
       </c>
       <c r="D475" t="s">
-        <v>1074</v>
+        <v>25</v>
       </c>
       <c r="E475" t="s">
-        <v>1075</v>
+        <v>26</v>
       </c>
       <c r="F475" t="s">
-        <v>657</v>
+        <v>27</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="H475" t="s">
-        <v>1077</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
-        <v>19731</v>
+        <v>20245</v>
       </c>
       <c r="B476">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C476">
         <v>14</v>
       </c>
       <c r="D476" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E476" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F476" t="s">
-        <v>1078</v>
+        <v>27</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1079</v>
+        <v>1070</v>
       </c>
       <c r="H476" t="s">
-        <v>1080</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
-        <v>19730</v>
+        <v>20240</v>
       </c>
       <c r="B477">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C477">
-        <v>7</v>
+        <v>290</v>
       </c>
       <c r="D477" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E477" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="F477" t="s">
-        <v>1081</v>
+        <v>27</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="H477" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
-        <v>19729</v>
+        <v>20239</v>
       </c>
       <c r="B478">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C478">
-        <v>10</v>
+        <v>289</v>
       </c>
       <c r="D478" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E478" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F478" t="s">
-        <v>1084</v>
+        <v>27</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
       <c r="H478" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
-        <v>19712</v>
+        <v>20224</v>
       </c>
       <c r="B479">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C479">
-        <v>465</v>
+        <v>276</v>
       </c>
       <c r="D479" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E479" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F479" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="H479" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
-        <v>19694</v>
+        <v>20222</v>
       </c>
       <c r="B480">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C480">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D480" t="s">
-        <v>961</v>
+        <v>540</v>
       </c>
       <c r="E480" t="s">
-        <v>962</v>
+        <v>541</v>
       </c>
       <c r="F480" t="s">
-        <v>1090</v>
+        <v>827</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
       <c r="H480" t="s">
-        <v>1092</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
-        <v>19681</v>
+        <v>20216</v>
       </c>
       <c r="B481">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C481">
-        <v>451</v>
+        <v>272</v>
       </c>
       <c r="D481" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E481" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F481" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1093</v>
+        <v>1080</v>
       </c>
       <c r="H481" t="s">
-        <v>1094</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
-        <v>19665</v>
+        <v>20215</v>
       </c>
       <c r="B482">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C482">
-        <v>442</v>
+        <v>271</v>
       </c>
       <c r="D482" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E482" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F482" t="s">
-        <v>1095</v>
+        <v>27</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1096</v>
+        <v>1082</v>
       </c>
       <c r="H482" t="s">
-        <v>1097</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
-        <v>19661</v>
+        <v>20213</v>
       </c>
       <c r="B483">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C483">
-        <v>45</v>
+        <v>269</v>
       </c>
       <c r="D483" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E483" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F483" t="s">
-        <v>1098</v>
+        <v>27</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1099</v>
+        <v>1084</v>
       </c>
       <c r="H483" t="s">
-        <v>1100</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
-        <v>19660</v>
+        <v>20212</v>
       </c>
       <c r="B484">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C484">
-        <v>438</v>
+        <v>268</v>
       </c>
       <c r="D484" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E484" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F484" t="s">
-        <v>1101</v>
+        <v>27</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1102</v>
+        <v>1086</v>
       </c>
       <c r="H484" t="s">
-        <v>1103</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
-        <v>19653</v>
+        <v>20211</v>
       </c>
       <c r="B485">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C485">
-        <v>431</v>
+        <v>267</v>
       </c>
       <c r="D485" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E485" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F485" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1104</v>
+        <v>1088</v>
       </c>
       <c r="H485" t="s">
-        <v>1105</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
-        <v>19648</v>
+        <v>20210</v>
       </c>
       <c r="B486">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C486">
-        <v>9</v>
+        <v>266</v>
       </c>
       <c r="D486" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E486" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F486" t="s">
-        <v>1106</v>
+        <v>27</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1107</v>
+        <v>1090</v>
       </c>
       <c r="H486" t="s">
-        <v>1108</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
-        <v>19647</v>
+        <v>20209</v>
       </c>
       <c r="B487">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C487">
-        <v>8</v>
+        <v>265</v>
       </c>
       <c r="D487" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E487" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F487" t="s">
-        <v>1109</v>
+        <v>27</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1110</v>
+        <v>1092</v>
       </c>
       <c r="H487" t="s">
-        <v>1111</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
-        <v>19646</v>
+        <v>20208</v>
       </c>
       <c r="B488">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C488">
-        <v>2</v>
+        <v>264</v>
       </c>
       <c r="D488" t="s">
-        <v>961</v>
+        <v>25</v>
       </c>
       <c r="E488" t="s">
-        <v>962</v>
+        <v>26</v>
       </c>
       <c r="F488" t="s">
-        <v>1112</v>
+        <v>27</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1113</v>
+        <v>1094</v>
       </c>
       <c r="H488" t="s">
-        <v>1114</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
-        <v>19641</v>
+        <v>20198</v>
       </c>
       <c r="B489">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C489">
-        <v>428</v>
+        <v>255</v>
       </c>
       <c r="D489" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E489" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F489" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1115</v>
+        <v>1096</v>
       </c>
       <c r="H489" t="s">
-        <v>1116</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
-        <v>19639</v>
+        <v>20192</v>
       </c>
       <c r="B490">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C490">
-        <v>1</v>
+        <v>249</v>
       </c>
       <c r="D490" t="s">
-        <v>961</v>
+        <v>25</v>
       </c>
       <c r="E490" t="s">
-        <v>962</v>
+        <v>26</v>
       </c>
       <c r="F490" t="s">
-        <v>1117</v>
+        <v>27</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1118</v>
+        <v>1098</v>
       </c>
       <c r="H490" t="s">
-        <v>1119</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
-        <v>19630</v>
+        <v>20188</v>
       </c>
       <c r="B491">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C491">
-        <v>420</v>
+        <v>13</v>
       </c>
       <c r="D491" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E491" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F491" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1120</v>
+        <v>1100</v>
       </c>
       <c r="H491" t="s">
-        <v>1121</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
-        <v>19626</v>
+        <v>20182</v>
       </c>
       <c r="B492">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C492">
-        <v>417</v>
+        <v>12</v>
       </c>
       <c r="D492" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E492" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F492" t="s">
-        <v>10</v>
+        <v>1102</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1122</v>
+        <v>1103</v>
       </c>
       <c r="H492" t="s">
-        <v>1123</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
-        <v>19625</v>
+        <v>20180</v>
       </c>
       <c r="B493">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C493">
-        <v>416</v>
+        <v>10</v>
       </c>
       <c r="D493" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E493" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F493" t="s">
-        <v>10</v>
+        <v>951</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1124</v>
+        <v>1105</v>
       </c>
       <c r="H493" t="s">
-        <v>1125</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
-        <v>19616</v>
+        <v>20179</v>
       </c>
       <c r="B494">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C494">
-        <v>408</v>
+        <v>9</v>
       </c>
       <c r="D494" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E494" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F494" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1126</v>
+        <v>1107</v>
       </c>
       <c r="H494" t="s">
-        <v>1127</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
-        <v>19615</v>
+        <v>20177</v>
       </c>
       <c r="B495">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C495">
-        <v>407</v>
+        <v>242</v>
       </c>
       <c r="D495" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E495" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F495" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1128</v>
+        <v>1109</v>
       </c>
       <c r="H495" t="s">
-        <v>1129</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
-        <v>19604</v>
+        <v>20176</v>
       </c>
       <c r="B496">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C496">
-        <v>397</v>
+        <v>241</v>
       </c>
       <c r="D496" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E496" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F496" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1130</v>
+        <v>1111</v>
       </c>
       <c r="H496" t="s">
-        <v>1131</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
-        <v>19587</v>
+        <v>20175</v>
       </c>
       <c r="B497">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C497">
-        <v>382</v>
+        <v>8</v>
       </c>
       <c r="D497" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E497" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F497" t="s">
-        <v>10</v>
+        <v>1102</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1132</v>
+        <v>1113</v>
       </c>
       <c r="H497" t="s">
-        <v>1133</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
-        <v>19585</v>
+        <v>20156</v>
       </c>
       <c r="B498">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C498">
-        <v>380</v>
+        <v>16</v>
       </c>
       <c r="D498" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E498" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F498" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1134</v>
+        <v>1115</v>
       </c>
       <c r="H498" t="s">
-        <v>1135</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
-        <v>19580</v>
+        <v>20142</v>
       </c>
       <c r="B499">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C499">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D499" t="s">
-        <v>111</v>
+        <v>1117</v>
       </c>
       <c r="E499" t="s">
-        <v>112</v>
+        <v>1118</v>
       </c>
       <c r="F499" t="s">
-        <v>699</v>
+        <v>27</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1136</v>
+        <v>1119</v>
       </c>
       <c r="H499" t="s">
-        <v>1137</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
-        <v>19552</v>
+        <v>20131</v>
       </c>
       <c r="B500">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C500">
-        <v>361</v>
+        <v>7</v>
       </c>
       <c r="D500" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E500" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F500" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1138</v>
+        <v>1121</v>
       </c>
       <c r="H500" t="s">
-        <v>1139</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
-        <v>19551</v>
+        <v>20127</v>
       </c>
       <c r="B501">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C501">
-        <v>360</v>
+        <v>208</v>
       </c>
       <c r="D501" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E501" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F501" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1140</v>
+        <v>1123</v>
       </c>
       <c r="H501" t="s">
-        <v>1141</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
-        <v>19539</v>
+        <v>20126</v>
       </c>
       <c r="B502">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C502">
-        <v>353</v>
+        <v>207</v>
       </c>
       <c r="D502" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E502" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F502" t="s">
-        <v>1142</v>
+        <v>27</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1143</v>
+        <v>1125</v>
       </c>
       <c r="H502" t="s">
-        <v>1144</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
-        <v>19531</v>
+        <v>20117</v>
       </c>
       <c r="B503">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C503">
-        <v>348</v>
+        <v>204</v>
       </c>
       <c r="D503" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E503" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F503" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1145</v>
+        <v>1127</v>
       </c>
       <c r="H503" t="s">
-        <v>1146</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
-        <v>19530</v>
+        <v>20091</v>
       </c>
       <c r="B504">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C504">
-        <v>347</v>
+        <v>6</v>
       </c>
       <c r="D504" t="s">
         <v>8</v>
       </c>
       <c r="E504" t="s">
         <v>9</v>
       </c>
       <c r="F504" t="s">
-        <v>10</v>
+        <v>1129</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1147</v>
+        <v>1130</v>
       </c>
       <c r="H504" t="s">
-        <v>1148</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
-        <v>19529</v>
+        <v>20081</v>
       </c>
       <c r="B505">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C505">
-        <v>346</v>
+        <v>185</v>
       </c>
       <c r="D505" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E505" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F505" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1149</v>
+        <v>1132</v>
       </c>
       <c r="H505" t="s">
-        <v>1150</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
-        <v>19528</v>
+        <v>20080</v>
       </c>
       <c r="B506">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C506">
-        <v>345</v>
+        <v>184</v>
       </c>
       <c r="D506" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E506" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F506" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1151</v>
+        <v>1134</v>
       </c>
       <c r="H506" t="s">
-        <v>1152</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
-        <v>19527</v>
+        <v>20076</v>
       </c>
       <c r="B507">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C507">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="D507" t="s">
-        <v>70</v>
+        <v>540</v>
       </c>
       <c r="E507" t="s">
-        <v>71</v>
+        <v>541</v>
       </c>
       <c r="F507" t="s">
-        <v>10</v>
+        <v>1136</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1153</v>
+        <v>1137</v>
       </c>
       <c r="H507" t="s">
-        <v>1154</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
-        <v>19516</v>
+        <v>20068</v>
       </c>
       <c r="B508">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C508">
-        <v>339</v>
+        <v>178</v>
       </c>
       <c r="D508" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E508" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F508" t="s">
-        <v>10</v>
+        <v>1139</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1155</v>
+        <v>1140</v>
       </c>
       <c r="H508" t="s">
-        <v>1156</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
-        <v>19485</v>
+        <v>20061</v>
       </c>
       <c r="B509">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C509">
-        <v>316</v>
+        <v>173</v>
       </c>
       <c r="D509" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E509" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F509" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1157</v>
+        <v>1142</v>
       </c>
       <c r="H509" t="s">
-        <v>1158</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
-        <v>19484</v>
+        <v>20058</v>
       </c>
       <c r="B510">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C510">
-        <v>315</v>
+        <v>171</v>
       </c>
       <c r="D510" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E510" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F510" t="s">
-        <v>1159</v>
+        <v>27</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1160</v>
+        <v>1144</v>
       </c>
       <c r="H510" t="s">
-        <v>1161</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
-        <v>19468</v>
+        <v>20051</v>
       </c>
       <c r="B511">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C511">
-        <v>302</v>
+        <v>164</v>
       </c>
       <c r="D511" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E511" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F511" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1162</v>
+        <v>1146</v>
       </c>
       <c r="H511" t="s">
-        <v>1163</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
-        <v>19466</v>
+        <v>20035</v>
       </c>
       <c r="B512">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C512">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="D512" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E512" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F512" t="s">
-        <v>10</v>
+        <v>545</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1164</v>
+        <v>1148</v>
       </c>
       <c r="H512" t="s">
-        <v>1165</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
-        <v>19463</v>
+        <v>20034</v>
       </c>
       <c r="B513">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C513">
-        <v>297</v>
+        <v>11</v>
       </c>
       <c r="D513" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E513" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F513" t="s">
-        <v>10</v>
+        <v>545</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1166</v>
+        <v>1150</v>
       </c>
       <c r="H513" t="s">
-        <v>1167</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
-        <v>19443</v>
+        <v>20014</v>
       </c>
       <c r="B514">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C514">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D514" t="s">
-        <v>111</v>
+        <v>540</v>
       </c>
       <c r="E514" t="s">
-        <v>112</v>
+        <v>541</v>
       </c>
       <c r="F514" t="s">
-        <v>1168</v>
+        <v>545</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1169</v>
+        <v>1152</v>
       </c>
       <c r="H514" t="s">
-        <v>1170</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
-        <v>19432</v>
+        <v>20007</v>
       </c>
       <c r="B515">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C515">
-        <v>276</v>
+        <v>136</v>
       </c>
       <c r="D515" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E515" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F515" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1171</v>
+        <v>1154</v>
       </c>
       <c r="H515" t="s">
-        <v>1172</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
-        <v>19430</v>
+        <v>19996</v>
       </c>
       <c r="B516">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C516">
-        <v>274</v>
+        <v>5</v>
       </c>
       <c r="D516" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E516" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F516" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1173</v>
+        <v>1156</v>
       </c>
       <c r="H516" t="s">
-        <v>1174</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
-        <v>19426</v>
+        <v>19979</v>
       </c>
       <c r="B517">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C517">
-        <v>272</v>
+        <v>118</v>
       </c>
       <c r="D517" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E517" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F517" t="s">
-        <v>1175</v>
+        <v>27</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1176</v>
+        <v>1158</v>
       </c>
       <c r="H517" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
-        <v>19417</v>
+        <v>19977</v>
       </c>
       <c r="B518">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C518">
-        <v>266</v>
+        <v>116</v>
       </c>
       <c r="D518" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E518" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F518" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1178</v>
+        <v>1160</v>
       </c>
       <c r="H518" t="s">
-        <v>1179</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
-        <v>19411</v>
+        <v>19975</v>
       </c>
       <c r="B519">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C519">
-        <v>261</v>
+        <v>4</v>
       </c>
       <c r="D519" t="s">
         <v>8</v>
       </c>
       <c r="E519" t="s">
         <v>9</v>
       </c>
       <c r="F519" t="s">
-        <v>10</v>
+        <v>542</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1180</v>
+        <v>1162</v>
       </c>
       <c r="H519" t="s">
-        <v>1181</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
-        <v>19387</v>
+        <v>19973</v>
       </c>
       <c r="B520">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C520">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D520" t="s">
-        <v>29</v>
+        <v>1164</v>
       </c>
       <c r="E520" t="s">
-        <v>30</v>
+        <v>1165</v>
       </c>
       <c r="F520" t="s">
-        <v>10</v>
+        <v>1166</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1182</v>
+        <v>1167</v>
       </c>
       <c r="H520" t="s">
-        <v>1183</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
-        <v>19386</v>
+        <v>19972</v>
       </c>
       <c r="B521">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C521">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D521" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E521" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F521" t="s">
-        <v>1184</v>
+        <v>1169</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1185</v>
+        <v>1170</v>
       </c>
       <c r="H521" t="s">
-        <v>1186</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
-        <v>19351</v>
+        <v>19966</v>
       </c>
       <c r="B522">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C522">
-        <v>241</v>
+        <v>110</v>
       </c>
       <c r="D522" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E522" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F522" t="s">
-        <v>1187</v>
+        <v>27</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1188</v>
+        <v>1172</v>
       </c>
       <c r="H522" t="s">
-        <v>1189</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
-        <v>19350</v>
+        <v>19963</v>
       </c>
       <c r="B523">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C523">
-        <v>5</v>
+        <v>108</v>
       </c>
       <c r="D523" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E523" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F523" t="s">
-        <v>1190</v>
+        <v>27</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1191</v>
+        <v>1174</v>
       </c>
       <c r="H523" t="s">
-        <v>1192</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
-        <v>19336</v>
+        <v>19922</v>
       </c>
       <c r="B524">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C524">
-        <v>232</v>
+        <v>76</v>
       </c>
       <c r="D524" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E524" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F524" t="s">
-        <v>10</v>
+        <v>1176</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1193</v>
+        <v>1177</v>
       </c>
       <c r="H524" t="s">
-        <v>1194</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
-        <v>19333</v>
+        <v>19916</v>
       </c>
       <c r="B525">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C525">
-        <v>229</v>
+        <v>73</v>
       </c>
       <c r="D525" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E525" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F525" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1195</v>
+        <v>1179</v>
       </c>
       <c r="H525" t="s">
-        <v>1196</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
-        <v>19332</v>
+        <v>19909</v>
       </c>
       <c r="B526">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C526">
-        <v>228</v>
+        <v>4</v>
       </c>
       <c r="D526" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E526" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F526" t="s">
-        <v>1197</v>
+        <v>545</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1198</v>
+        <v>1181</v>
       </c>
       <c r="H526" t="s">
-        <v>1199</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
-        <v>19283</v>
+        <v>19901</v>
       </c>
       <c r="B527">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C527">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="D527" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E527" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F527" t="s">
-        <v>1095</v>
+        <v>27</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="H527" t="s">
-        <v>1201</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
-        <v>19264</v>
+        <v>19900</v>
       </c>
       <c r="B528">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C528">
-        <v>177</v>
+        <v>3</v>
       </c>
       <c r="D528" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E528" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F528" t="s">
-        <v>10</v>
+        <v>737</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1202</v>
+        <v>1185</v>
       </c>
       <c r="H528" t="s">
-        <v>1203</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
-        <v>19261</v>
+        <v>19889</v>
       </c>
       <c r="B529">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C529">
-        <v>175</v>
+        <v>49</v>
       </c>
       <c r="D529" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E529" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F529" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1204</v>
+        <v>1187</v>
       </c>
       <c r="H529" t="s">
-        <v>1205</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
-        <v>19258</v>
+        <v>19884</v>
       </c>
       <c r="B530">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C530">
-        <v>173</v>
+        <v>2</v>
       </c>
       <c r="D530" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E530" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F530" t="s">
-        <v>1206</v>
+        <v>542</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1207</v>
+        <v>1189</v>
       </c>
       <c r="H530" t="s">
-        <v>1208</v>
+        <v>829</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
-        <v>19250</v>
+        <v>19883</v>
       </c>
       <c r="B531">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C531">
-        <v>166</v>
+        <v>1</v>
       </c>
       <c r="D531" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E531" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F531" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1210</v>
+        <v>1190</v>
       </c>
       <c r="H531" t="s">
-        <v>1211</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
-        <v>19211</v>
+        <v>19882</v>
       </c>
       <c r="B532">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C532">
-        <v>138</v>
+        <v>46</v>
       </c>
       <c r="D532" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E532" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F532" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1212</v>
+        <v>1192</v>
       </c>
       <c r="H532" t="s">
-        <v>1213</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
-        <v>19202</v>
+        <v>19875</v>
       </c>
       <c r="B533">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C533">
-        <v>132</v>
+        <v>2</v>
       </c>
       <c r="D533" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E533" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F533" t="s">
-        <v>10</v>
+        <v>1194</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1214</v>
+        <v>1195</v>
       </c>
       <c r="H533" t="s">
-        <v>1215</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
-        <v>19195</v>
+        <v>19874</v>
       </c>
       <c r="B534">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C534">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D534" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="E534" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="F534" t="s">
-        <v>1216</v>
+        <v>27</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1217</v>
+        <v>1197</v>
       </c>
       <c r="H534" t="s">
-        <v>1218</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
-        <v>19188</v>
+        <v>19872</v>
       </c>
       <c r="B535">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C535">
-        <v>124</v>
+        <v>2</v>
       </c>
       <c r="D535" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E535" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F535" t="s">
-        <v>1219</v>
+        <v>737</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1220</v>
+        <v>1199</v>
       </c>
       <c r="H535" t="s">
-        <v>1221</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
-        <v>19186</v>
+        <v>19870</v>
       </c>
       <c r="B536">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C536">
-        <v>122</v>
+        <v>1</v>
       </c>
       <c r="D536" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E536" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F536" t="s">
-        <v>10</v>
+        <v>1136</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1222</v>
+        <v>1201</v>
       </c>
       <c r="H536" t="s">
-        <v>1223</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
-        <v>19175</v>
+        <v>19860</v>
       </c>
       <c r="B537">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C537">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="D537" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E537" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F537" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1224</v>
+        <v>1203</v>
       </c>
       <c r="H537" t="s">
-        <v>1225</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
-        <v>19174</v>
+        <v>19857</v>
       </c>
       <c r="B538">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C538">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="D538" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E538" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F538" t="s">
-        <v>10</v>
+        <v>1205</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1226</v>
+        <v>1206</v>
       </c>
       <c r="H538" t="s">
-        <v>1227</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
-        <v>19167</v>
+        <v>19848</v>
       </c>
       <c r="B539">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C539">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D539" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E539" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F539" t="s">
-        <v>1228</v>
+        <v>27</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1229</v>
+        <v>1208</v>
       </c>
       <c r="H539" t="s">
-        <v>1230</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
-        <v>19166</v>
+        <v>19824</v>
       </c>
       <c r="B540">
         <v>2022</v>
       </c>
       <c r="C540">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="D540" t="s">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="E540" t="s">
-        <v>319</v>
+        <v>9</v>
       </c>
       <c r="F540" t="s">
-        <v>1231</v>
+        <v>1210</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1232</v>
+        <v>1211</v>
       </c>
       <c r="H540" t="s">
-        <v>1111</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
-        <v>19163</v>
+        <v>19823</v>
       </c>
       <c r="B541">
         <v>2022</v>
       </c>
       <c r="C541">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="D541" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E541" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F541" t="s">
-        <v>1233</v>
+        <v>1213</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1234</v>
+        <v>1214</v>
       </c>
       <c r="H541" t="s">
-        <v>1235</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
-        <v>19162</v>
+        <v>19822</v>
       </c>
       <c r="B542">
         <v>2022</v>
       </c>
       <c r="C542">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="D542" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E542" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F542" t="s">
-        <v>1236</v>
+        <v>1216</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1237</v>
+        <v>1217</v>
       </c>
       <c r="H542" t="s">
-        <v>1238</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
-        <v>19144</v>
+        <v>19821</v>
       </c>
       <c r="B543">
         <v>2022</v>
       </c>
       <c r="C543">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="D543" t="s">
         <v>8</v>
       </c>
       <c r="E543" t="s">
         <v>9</v>
       </c>
       <c r="F543" t="s">
-        <v>796</v>
+        <v>1219</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1239</v>
+        <v>1220</v>
       </c>
       <c r="H543" t="s">
-        <v>1240</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
-        <v>19137</v>
+        <v>19820</v>
       </c>
       <c r="B544">
         <v>2022</v>
       </c>
       <c r="C544">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="D544" t="s">
         <v>8</v>
       </c>
       <c r="E544" t="s">
         <v>9</v>
       </c>
       <c r="F544" t="s">
-        <v>1241</v>
+        <v>1222</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1242</v>
+        <v>1223</v>
       </c>
       <c r="H544" t="s">
-        <v>1243</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
-        <v>19136</v>
+        <v>19819</v>
       </c>
       <c r="B545">
         <v>2022</v>
       </c>
       <c r="C545">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="D545" t="s">
         <v>8</v>
       </c>
       <c r="E545" t="s">
         <v>9</v>
       </c>
       <c r="F545" t="s">
-        <v>10</v>
+        <v>1225</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1244</v>
+        <v>1226</v>
       </c>
       <c r="H545" t="s">
-        <v>1245</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
-        <v>19127</v>
+        <v>19818</v>
       </c>
       <c r="B546">
         <v>2022</v>
       </c>
       <c r="C546">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="D546" t="s">
         <v>8</v>
       </c>
       <c r="E546" t="s">
         <v>9</v>
       </c>
       <c r="F546" t="s">
-        <v>10</v>
+        <v>1228</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1246</v>
+        <v>1229</v>
       </c>
       <c r="H546" t="s">
-        <v>1247</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
-        <v>19123</v>
+        <v>19817</v>
       </c>
       <c r="B547">
         <v>2022</v>
       </c>
       <c r="C547">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D547" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E547" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F547" t="s">
-        <v>1248</v>
+        <v>1231</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1249</v>
+        <v>1232</v>
       </c>
       <c r="H547" t="s">
-        <v>1250</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
-        <v>19116</v>
+        <v>19812</v>
       </c>
       <c r="B548">
         <v>2022</v>
       </c>
       <c r="C548">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="D548" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E548" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F548" t="s">
-        <v>1251</v>
+        <v>1234</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1252</v>
+        <v>1235</v>
       </c>
       <c r="H548" t="s">
-        <v>1253</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
-        <v>19114</v>
+        <v>19794</v>
       </c>
       <c r="B549">
         <v>2022</v>
       </c>
       <c r="C549">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="D549" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E549" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F549" t="s">
-        <v>1068</v>
+        <v>1237</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1254</v>
+        <v>1238</v>
       </c>
       <c r="H549" t="s">
-        <v>1255</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
-        <v>19106</v>
+        <v>19792</v>
       </c>
       <c r="B550">
         <v>2022</v>
       </c>
       <c r="C550">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D550" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E550" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F550" t="s">
-        <v>10</v>
+        <v>1240</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1256</v>
+        <v>1241</v>
       </c>
       <c r="H550" t="s">
-        <v>1257</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
-        <v>19105</v>
+        <v>19785</v>
       </c>
       <c r="B551">
         <v>2022</v>
       </c>
       <c r="C551">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="D551" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E551" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F551" t="s">
-        <v>10</v>
+        <v>1243</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1258</v>
+        <v>1244</v>
       </c>
       <c r="H551" t="s">
-        <v>1259</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
-        <v>19066</v>
+        <v>19782</v>
       </c>
       <c r="B552">
         <v>2022</v>
       </c>
       <c r="C552">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D552" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E552" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F552" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1260</v>
+        <v>1246</v>
       </c>
       <c r="H552" t="s">
-        <v>1261</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
-        <v>19065</v>
+        <v>19778</v>
       </c>
       <c r="B553">
         <v>2022</v>
       </c>
       <c r="C553">
+        <v>20</v>
+      </c>
+      <c r="D553" t="s">
+        <v>30</v>
+      </c>
+      <c r="E553" t="s">
         <v>31</v>
       </c>
-      <c r="D553" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F553" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1262</v>
+        <v>1248</v>
       </c>
       <c r="H553" t="s">
-        <v>1263</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
-        <v>19054</v>
+        <v>19776</v>
       </c>
       <c r="B554">
         <v>2022</v>
       </c>
       <c r="C554">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D554" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E554" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F554" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1264</v>
+        <v>1250</v>
       </c>
       <c r="H554" t="s">
-        <v>1265</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
-        <v>19048</v>
+        <v>19775</v>
       </c>
       <c r="B555">
         <v>2022</v>
       </c>
       <c r="C555">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="D555" t="s">
-        <v>318</v>
+        <v>30</v>
       </c>
       <c r="E555" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="F555" t="s">
-        <v>1266</v>
+        <v>990</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1267</v>
+        <v>1252</v>
       </c>
       <c r="H555" t="s">
-        <v>1268</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
-        <v>19046</v>
+        <v>19774</v>
       </c>
       <c r="B556">
         <v>2022</v>
       </c>
       <c r="C556">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D556" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E556" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F556" t="s">
-        <v>214</v>
+        <v>1254</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1269</v>
+        <v>1255</v>
       </c>
       <c r="H556" t="s">
-        <v>1270</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
-        <v>19021</v>
+        <v>19770</v>
       </c>
       <c r="B557">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C557">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D557" t="s">
-        <v>1271</v>
+        <v>30</v>
       </c>
       <c r="E557" t="s">
-        <v>1272</v>
+        <v>31</v>
       </c>
       <c r="F557" t="s">
-        <v>1273</v>
+        <v>27</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1274</v>
+        <v>1257</v>
       </c>
       <c r="H557" t="s">
-        <v>1275</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
-        <v>19019</v>
+        <v>19769</v>
       </c>
       <c r="B558">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C558">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="D558" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E558" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F558" t="s">
-        <v>1095</v>
+        <v>27</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1276</v>
+        <v>1259</v>
       </c>
       <c r="H558" t="s">
-        <v>1277</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
-        <v>19018</v>
+        <v>19768</v>
       </c>
       <c r="B559">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C559">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="D559" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="E559" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="F559" t="s">
-        <v>1278</v>
+        <v>27</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1279</v>
+        <v>1261</v>
       </c>
       <c r="H559" t="s">
-        <v>1277</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
-        <v>19016</v>
+        <v>19764</v>
       </c>
       <c r="B560">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C560">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D560" t="s">
-        <v>754</v>
+        <v>30</v>
       </c>
       <c r="E560" t="s">
-        <v>755</v>
+        <v>31</v>
       </c>
       <c r="F560" t="s">
-        <v>1280</v>
+        <v>433</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1281</v>
+        <v>1263</v>
       </c>
       <c r="H560" t="s">
-        <v>1282</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
-        <v>19013</v>
+        <v>19757</v>
       </c>
       <c r="B561">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C561">
-        <v>64</v>
+        <v>487</v>
       </c>
       <c r="D561" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E561" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F561" t="s">
-        <v>1283</v>
+        <v>1265</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1284</v>
+        <v>1266</v>
       </c>
       <c r="H561" t="s">
-        <v>1285</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
-        <v>19012</v>
+        <v>19756</v>
       </c>
       <c r="B562">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C562">
-        <v>63</v>
+        <v>486</v>
       </c>
       <c r="D562" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E562" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F562" t="s">
-        <v>1286</v>
+        <v>27</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1287</v>
+        <v>1268</v>
       </c>
       <c r="H562" t="s">
-        <v>1288</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
-        <v>19011</v>
+        <v>19752</v>
       </c>
       <c r="B563">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C563">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D563" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E563" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F563" t="s">
-        <v>1289</v>
+        <v>1270</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1290</v>
+        <v>1271</v>
       </c>
       <c r="H563" t="s">
-        <v>1291</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
-        <v>19004</v>
+        <v>19736</v>
       </c>
       <c r="B564">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C564">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="D564" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E564" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F564" t="s">
-        <v>1292</v>
+        <v>1273</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1293</v>
+        <v>1274</v>
       </c>
       <c r="H564" t="s">
-        <v>1294</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
-        <v>19003</v>
+        <v>19735</v>
       </c>
       <c r="B565">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C565">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="D565" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E565" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F565" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1295</v>
+        <v>1277</v>
       </c>
       <c r="H565" t="s">
-        <v>1296</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
-        <v>19002</v>
+        <v>19734</v>
       </c>
       <c r="B566">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C566">
-        <v>56</v>
+        <v>1</v>
       </c>
       <c r="D566" t="s">
-        <v>111</v>
+        <v>1279</v>
       </c>
       <c r="E566" t="s">
-        <v>112</v>
+        <v>1280</v>
       </c>
       <c r="F566" t="s">
-        <v>1297</v>
+        <v>827</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1298</v>
+        <v>1281</v>
       </c>
       <c r="H566" t="s">
-        <v>1299</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
-        <v>19001</v>
+        <v>19731</v>
       </c>
       <c r="B567">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C567">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="D567" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E567" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F567" t="s">
-        <v>1292</v>
+        <v>1283</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1300</v>
+        <v>1284</v>
       </c>
       <c r="H567" t="s">
-        <v>1301</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
-        <v>19000</v>
+        <v>19730</v>
       </c>
       <c r="B568">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C568">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="D568" t="s">
-        <v>111</v>
+        <v>306</v>
       </c>
       <c r="E568" t="s">
-        <v>112</v>
+        <v>307</v>
       </c>
       <c r="F568" t="s">
-        <v>1302</v>
+        <v>1286</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1303</v>
+        <v>1287</v>
       </c>
       <c r="H568" t="s">
-        <v>1304</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
-        <v>18999</v>
+        <v>19729</v>
       </c>
       <c r="B569">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C569">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D569" t="s">
-        <v>111</v>
+        <v>540</v>
       </c>
       <c r="E569" t="s">
-        <v>112</v>
+        <v>541</v>
       </c>
       <c r="F569" t="s">
-        <v>1305</v>
+        <v>1289</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1306</v>
+        <v>1290</v>
       </c>
       <c r="H569" t="s">
-        <v>1307</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
-        <v>18998</v>
+        <v>19712</v>
       </c>
       <c r="B570">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C570">
-        <v>52</v>
+        <v>465</v>
       </c>
       <c r="D570" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E570" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F570" t="s">
-        <v>1308</v>
+        <v>1292</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="H570" t="s">
-        <v>1310</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
-        <v>18997</v>
+        <v>19694</v>
       </c>
       <c r="B571">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C571">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="D571" t="s">
-        <v>111</v>
+        <v>1164</v>
       </c>
       <c r="E571" t="s">
-        <v>112</v>
+        <v>1165</v>
       </c>
       <c r="F571" t="s">
-        <v>1023</v>
+        <v>1295</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1311</v>
+        <v>1296</v>
       </c>
       <c r="H571" t="s">
-        <v>1312</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
-        <v>18996</v>
+        <v>19681</v>
       </c>
       <c r="B572">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C572">
-        <v>50</v>
+        <v>451</v>
       </c>
       <c r="D572" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E572" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F572" t="s">
-        <v>1292</v>
+        <v>27</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1313</v>
+        <v>1298</v>
       </c>
       <c r="H572" t="s">
-        <v>1314</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573">
-        <v>18995</v>
+        <v>19665</v>
       </c>
       <c r="B573">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C573">
-        <v>49</v>
+        <v>442</v>
       </c>
       <c r="D573" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E573" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F573" t="s">
-        <v>1315</v>
+        <v>1300</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1316</v>
+        <v>1301</v>
       </c>
       <c r="H573" t="s">
-        <v>1317</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574">
-        <v>18994</v>
+        <v>19661</v>
       </c>
       <c r="B574">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C574">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D574" t="s">
-        <v>111</v>
+        <v>240</v>
       </c>
       <c r="E574" t="s">
-        <v>112</v>
+        <v>241</v>
       </c>
       <c r="F574" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1318</v>
+        <v>1304</v>
       </c>
       <c r="H574" t="s">
-        <v>1319</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575">
-        <v>18993</v>
+        <v>19660</v>
       </c>
       <c r="B575">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C575">
-        <v>47</v>
+        <v>438</v>
       </c>
       <c r="D575" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E575" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F575" t="s">
-        <v>1023</v>
+        <v>1306</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1320</v>
+        <v>1307</v>
       </c>
       <c r="H575" t="s">
-        <v>1321</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576">
-        <v>18992</v>
+        <v>19653</v>
       </c>
       <c r="B576">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C576">
-        <v>46</v>
+        <v>431</v>
       </c>
       <c r="D576" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E576" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F576" t="s">
-        <v>1322</v>
+        <v>27</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1323</v>
+        <v>1309</v>
       </c>
       <c r="H576" t="s">
-        <v>1324</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577">
-        <v>18991</v>
+        <v>19648</v>
       </c>
       <c r="B577">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C577">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="D577" t="s">
-        <v>111</v>
+        <v>540</v>
       </c>
       <c r="E577" t="s">
-        <v>112</v>
+        <v>541</v>
       </c>
       <c r="F577" t="s">
-        <v>1289</v>
+        <v>1311</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="H577" t="s">
-        <v>1326</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578">
-        <v>18990</v>
+        <v>19647</v>
       </c>
       <c r="B578">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C578">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="D578" t="s">
-        <v>111</v>
+        <v>540</v>
       </c>
       <c r="E578" t="s">
-        <v>112</v>
+        <v>541</v>
       </c>
       <c r="F578" t="s">
-        <v>1327</v>
+        <v>1314</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1328</v>
+        <v>1315</v>
       </c>
       <c r="H578" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579">
-        <v>18989</v>
+        <v>19646</v>
       </c>
       <c r="B579">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C579">
-        <v>43</v>
+        <v>2</v>
       </c>
       <c r="D579" t="s">
-        <v>111</v>
+        <v>1164</v>
       </c>
       <c r="E579" t="s">
-        <v>112</v>
+        <v>1165</v>
       </c>
       <c r="F579" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1331</v>
+        <v>1318</v>
       </c>
       <c r="H579" t="s">
-        <v>1332</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580">
-        <v>18988</v>
+        <v>19641</v>
       </c>
       <c r="B580">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C580">
-        <v>42</v>
+        <v>428</v>
       </c>
       <c r="D580" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E580" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F580" t="s">
-        <v>1333</v>
+        <v>27</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1334</v>
+        <v>1320</v>
       </c>
       <c r="H580" t="s">
-        <v>1335</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581">
-        <v>18987</v>
+        <v>19639</v>
       </c>
       <c r="B581">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C581">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="D581" t="s">
-        <v>111</v>
+        <v>1164</v>
       </c>
       <c r="E581" t="s">
-        <v>112</v>
+        <v>1165</v>
       </c>
       <c r="F581" t="s">
-        <v>1336</v>
+        <v>1322</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1337</v>
+        <v>1323</v>
       </c>
       <c r="H581" t="s">
-        <v>1338</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582">
-        <v>18986</v>
+        <v>19630</v>
       </c>
       <c r="B582">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C582">
-        <v>40</v>
+        <v>420</v>
       </c>
       <c r="D582" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E582" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F582" t="s">
-        <v>1339</v>
+        <v>27</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1340</v>
+        <v>1325</v>
       </c>
       <c r="H582" t="s">
-        <v>1341</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583">
-        <v>18985</v>
+        <v>19626</v>
       </c>
       <c r="B583">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C583">
-        <v>39</v>
+        <v>417</v>
       </c>
       <c r="D583" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E583" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F583" t="s">
-        <v>1023</v>
+        <v>27</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>1342</v>
+        <v>1327</v>
       </c>
       <c r="H583" t="s">
-        <v>1343</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584">
-        <v>18983</v>
+        <v>19625</v>
       </c>
       <c r="B584">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C584">
-        <v>38</v>
+        <v>416</v>
       </c>
       <c r="D584" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E584" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F584" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>1344</v>
+        <v>1329</v>
       </c>
       <c r="H584" t="s">
-        <v>1345</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585">
-        <v>18982</v>
+        <v>19616</v>
       </c>
       <c r="B585">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C585">
-        <v>37</v>
+        <v>408</v>
       </c>
       <c r="D585" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E585" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F585" t="s">
-        <v>1023</v>
+        <v>27</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1346</v>
+        <v>1331</v>
       </c>
       <c r="H585" t="s">
-        <v>1347</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586">
-        <v>18981</v>
+        <v>19615</v>
       </c>
       <c r="B586">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C586">
-        <v>36</v>
+        <v>407</v>
       </c>
       <c r="D586" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E586" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F586" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>1348</v>
+        <v>1333</v>
       </c>
       <c r="H586" t="s">
-        <v>1349</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587">
-        <v>18980</v>
+        <v>19604</v>
       </c>
       <c r="B587">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C587">
-        <v>35</v>
+        <v>397</v>
       </c>
       <c r="D587" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E587" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F587" t="s">
-        <v>1289</v>
+        <v>27</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1350</v>
+        <v>1335</v>
       </c>
       <c r="H587" t="s">
-        <v>1351</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588">
-        <v>18979</v>
+        <v>19587</v>
       </c>
       <c r="B588">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C588">
-        <v>34</v>
+        <v>382</v>
       </c>
       <c r="D588" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E588" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F588" t="s">
-        <v>1352</v>
+        <v>27</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1353</v>
+        <v>1337</v>
       </c>
       <c r="H588" t="s">
-        <v>1354</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589">
-        <v>18978</v>
+        <v>19585</v>
       </c>
       <c r="B589">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C589">
-        <v>33</v>
+        <v>380</v>
       </c>
       <c r="D589" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E589" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F589" t="s">
-        <v>1355</v>
+        <v>27</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>1356</v>
+        <v>1339</v>
       </c>
       <c r="H589" t="s">
-        <v>1357</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590">
-        <v>18977</v>
+        <v>19580</v>
       </c>
       <c r="B590">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C590">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D590" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E590" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F590" t="s">
-        <v>1358</v>
+        <v>1341</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1359</v>
+        <v>1342</v>
       </c>
       <c r="H590" t="s">
-        <v>1360</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591">
-        <v>18963</v>
+        <v>19552</v>
       </c>
       <c r="B591">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C591">
-        <v>604</v>
+        <v>361</v>
       </c>
       <c r="D591" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E591" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F591" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>1361</v>
+        <v>1344</v>
       </c>
       <c r="H591" t="s">
-        <v>1362</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592">
-        <v>18959</v>
+        <v>19551</v>
       </c>
       <c r="B592">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C592">
-        <v>602</v>
+        <v>360</v>
       </c>
       <c r="D592" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E592" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F592" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1363</v>
+        <v>1346</v>
       </c>
       <c r="H592" t="s">
-        <v>1364</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593">
-        <v>18958</v>
+        <v>19539</v>
       </c>
       <c r="B593">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C593">
-        <v>601</v>
+        <v>353</v>
       </c>
       <c r="D593" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E593" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F593" t="s">
-        <v>10</v>
+        <v>1348</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1365</v>
+        <v>1349</v>
       </c>
       <c r="H593" t="s">
-        <v>1366</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594">
-        <v>18932</v>
+        <v>19531</v>
       </c>
       <c r="B594">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C594">
-        <v>586</v>
+        <v>348</v>
       </c>
       <c r="D594" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E594" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F594" t="s">
-        <v>1367</v>
+        <v>27</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1368</v>
+        <v>1351</v>
       </c>
       <c r="H594" t="s">
-        <v>1369</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595">
-        <v>18931</v>
+        <v>19530</v>
       </c>
       <c r="B595">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C595">
-        <v>585</v>
+        <v>347</v>
       </c>
       <c r="D595" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E595" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F595" t="s">
-        <v>1370</v>
+        <v>27</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1371</v>
+        <v>1353</v>
       </c>
       <c r="H595" t="s">
-        <v>1372</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596">
-        <v>18926</v>
+        <v>19529</v>
       </c>
       <c r="B596">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C596">
-        <v>11</v>
+        <v>346</v>
       </c>
       <c r="D596" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E596" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F596" t="s">
-        <v>1373</v>
+        <v>27</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1374</v>
+        <v>1355</v>
       </c>
       <c r="H596" t="s">
-        <v>1375</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597">
-        <v>18909</v>
+        <v>19528</v>
       </c>
       <c r="B597">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C597">
-        <v>568</v>
+        <v>345</v>
       </c>
       <c r="D597" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E597" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F597" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1376</v>
+        <v>1357</v>
       </c>
       <c r="H597" t="s">
-        <v>1377</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598">
-        <v>18900</v>
+        <v>19527</v>
       </c>
       <c r="B598">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C598">
-        <v>562</v>
+        <v>40</v>
       </c>
       <c r="D598" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E598" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F598" t="s">
-        <v>1378</v>
+        <v>27</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1379</v>
+        <v>1359</v>
       </c>
       <c r="H598" t="s">
-        <v>1380</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599">
-        <v>18884</v>
+        <v>19516</v>
       </c>
       <c r="B599">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C599">
-        <v>553</v>
+        <v>339</v>
       </c>
       <c r="D599" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E599" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F599" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1381</v>
+        <v>1361</v>
       </c>
       <c r="H599" t="s">
-        <v>1382</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600">
-        <v>18883</v>
+        <v>19485</v>
       </c>
       <c r="B600">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C600">
-        <v>552</v>
+        <v>316</v>
       </c>
       <c r="D600" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E600" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F600" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1383</v>
+        <v>1363</v>
       </c>
       <c r="H600" t="s">
-        <v>1384</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601">
-        <v>18881</v>
+        <v>19484</v>
       </c>
       <c r="B601">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C601">
-        <v>16</v>
+        <v>315</v>
       </c>
       <c r="D601" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E601" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F601" t="s">
-        <v>1095</v>
+        <v>1365</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1385</v>
+        <v>1366</v>
       </c>
       <c r="H601" t="s">
-        <v>1386</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602">
-        <v>18877</v>
+        <v>19468</v>
       </c>
       <c r="B602">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C602">
-        <v>548</v>
+        <v>302</v>
       </c>
       <c r="D602" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E602" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F602" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1387</v>
+        <v>1368</v>
       </c>
       <c r="H602" t="s">
-        <v>1388</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603">
-        <v>18876</v>
+        <v>19466</v>
       </c>
       <c r="B603">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C603">
-        <v>547</v>
+        <v>300</v>
       </c>
       <c r="D603" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E603" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F603" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1389</v>
+        <v>1370</v>
       </c>
       <c r="H603" t="s">
-        <v>1390</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604">
-        <v>18875</v>
+        <v>19463</v>
       </c>
       <c r="B604">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C604">
-        <v>546</v>
+        <v>297</v>
       </c>
       <c r="D604" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E604" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F604" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1391</v>
+        <v>1372</v>
       </c>
       <c r="H604" t="s">
-        <v>1392</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605">
-        <v>18843</v>
+        <v>19443</v>
       </c>
       <c r="B605">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C605">
-        <v>531</v>
+        <v>9</v>
       </c>
       <c r="D605" t="s">
         <v>8</v>
       </c>
       <c r="E605" t="s">
         <v>9</v>
       </c>
       <c r="F605" t="s">
-        <v>214</v>
+        <v>1374</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1393</v>
+        <v>1375</v>
       </c>
       <c r="H605" t="s">
-        <v>1394</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606">
-        <v>18835</v>
+        <v>19432</v>
       </c>
       <c r="B606">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C606">
-        <v>525</v>
+        <v>276</v>
       </c>
       <c r="D606" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E606" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F606" t="s">
-        <v>1395</v>
+        <v>27</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1396</v>
+        <v>1377</v>
       </c>
       <c r="H606" t="s">
-        <v>1397</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607">
-        <v>18816</v>
+        <v>19430</v>
       </c>
       <c r="B607">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C607">
-        <v>514</v>
+        <v>274</v>
       </c>
       <c r="D607" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E607" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F607" t="s">
-        <v>1398</v>
+        <v>27</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1399</v>
+        <v>1379</v>
       </c>
       <c r="H607" t="s">
-        <v>1400</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608">
-        <v>18789</v>
+        <v>19426</v>
       </c>
       <c r="B608">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C608">
-        <v>496</v>
+        <v>272</v>
       </c>
       <c r="D608" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E608" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F608" t="s">
-        <v>1401</v>
+        <v>1381</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1402</v>
+        <v>1382</v>
       </c>
       <c r="H608" t="s">
-        <v>1403</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609">
-        <v>18770</v>
+        <v>19417</v>
       </c>
       <c r="B609">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C609">
-        <v>2</v>
+        <v>266</v>
       </c>
       <c r="D609" t="s">
-        <v>1404</v>
+        <v>25</v>
       </c>
       <c r="E609" t="s">
-        <v>1405</v>
+        <v>26</v>
       </c>
       <c r="F609" t="s">
-        <v>1406</v>
+        <v>27</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1407</v>
+        <v>1384</v>
       </c>
       <c r="H609" t="s">
-        <v>1408</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610">
-        <v>18769</v>
+        <v>19411</v>
       </c>
       <c r="B610">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C610">
-        <v>1</v>
+        <v>261</v>
       </c>
       <c r="D610" t="s">
-        <v>1404</v>
+        <v>25</v>
       </c>
       <c r="E610" t="s">
-        <v>1405</v>
+        <v>26</v>
       </c>
       <c r="F610" t="s">
-        <v>1409</v>
+        <v>27</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1410</v>
+        <v>1386</v>
       </c>
       <c r="H610" t="s">
-        <v>1411</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611">
-        <v>18767</v>
+        <v>19387</v>
       </c>
       <c r="B611">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C611">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D611" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="E611" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="F611" t="s">
-        <v>1406</v>
+        <v>27</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1412</v>
+        <v>1388</v>
       </c>
       <c r="H611" t="s">
-        <v>1413</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612">
-        <v>18750</v>
+        <v>19386</v>
       </c>
       <c r="B612">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C612">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D612" t="s">
-        <v>318</v>
+        <v>218</v>
       </c>
       <c r="E612" t="s">
-        <v>319</v>
+        <v>219</v>
       </c>
       <c r="F612" t="s">
-        <v>10</v>
+        <v>1390</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1414</v>
+        <v>1391</v>
       </c>
       <c r="H612" t="s">
-        <v>1415</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613">
-        <v>18747</v>
+        <v>19351</v>
       </c>
       <c r="B613">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C613">
-        <v>473</v>
+        <v>241</v>
       </c>
       <c r="D613" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E613" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F613" t="s">
-        <v>10</v>
+        <v>1393</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1416</v>
+        <v>1394</v>
       </c>
       <c r="H613" t="s">
-        <v>1417</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
-        <v>18745</v>
+        <v>19350</v>
       </c>
       <c r="B614">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C614">
+        <v>5</v>
+      </c>
+      <c r="D614" t="s">
         <v>8</v>
       </c>
-      <c r="D614" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E614" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F614" t="s">
-        <v>10</v>
+        <v>1396</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1418</v>
+        <v>1397</v>
       </c>
       <c r="H614" t="s">
-        <v>1419</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
-        <v>18743</v>
+        <v>19336</v>
       </c>
       <c r="B615">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C615">
-        <v>62</v>
+        <v>232</v>
       </c>
       <c r="D615" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E615" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F615" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1420</v>
+        <v>1399</v>
       </c>
       <c r="H615" t="s">
-        <v>1421</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616">
-        <v>18722</v>
+        <v>19333</v>
       </c>
       <c r="B616">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C616">
-        <v>459</v>
+        <v>229</v>
       </c>
       <c r="D616" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E616" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F616" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1422</v>
+        <v>1401</v>
       </c>
       <c r="H616" t="s">
-        <v>1423</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617">
-        <v>18720</v>
+        <v>19332</v>
       </c>
       <c r="B617">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C617">
-        <v>457</v>
+        <v>228</v>
       </c>
       <c r="D617" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E617" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F617" t="s">
-        <v>10</v>
+        <v>1403</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1424</v>
+        <v>1404</v>
       </c>
       <c r="H617" t="s">
-        <v>776</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618">
-        <v>18719</v>
+        <v>19283</v>
       </c>
       <c r="B618">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C618">
-        <v>25</v>
+        <v>195</v>
       </c>
       <c r="D618" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E618" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F618" t="s">
-        <v>1425</v>
+        <v>1406</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>1426</v>
+        <v>1407</v>
       </c>
       <c r="H618" t="s">
-        <v>1427</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619">
-        <v>18718</v>
+        <v>19264</v>
       </c>
       <c r="B619">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C619">
-        <v>456</v>
+        <v>177</v>
       </c>
       <c r="D619" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E619" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F619" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>1428</v>
+        <v>1409</v>
       </c>
       <c r="H619" t="s">
-        <v>1429</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620">
-        <v>18717</v>
+        <v>19261</v>
       </c>
       <c r="B620">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C620">
-        <v>455</v>
+        <v>175</v>
       </c>
       <c r="D620" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E620" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F620" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1430</v>
+        <v>1411</v>
       </c>
       <c r="H620" t="s">
-        <v>1431</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621">
-        <v>18663</v>
+        <v>19258</v>
       </c>
       <c r="B621">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C621">
-        <v>22</v>
+        <v>173</v>
       </c>
       <c r="D621" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E621" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F621" t="s">
-        <v>10</v>
+        <v>1413</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1432</v>
+        <v>1414</v>
       </c>
       <c r="H621" t="s">
-        <v>1433</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622">
-        <v>18646</v>
+        <v>19250</v>
       </c>
       <c r="B622">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C622">
-        <v>404</v>
+        <v>166</v>
       </c>
       <c r="D622" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E622" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F622" t="s">
-        <v>10</v>
+        <v>1416</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1434</v>
+        <v>1417</v>
       </c>
       <c r="H622" t="s">
-        <v>1435</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623">
-        <v>18614</v>
+        <v>19211</v>
       </c>
       <c r="B623">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C623">
-        <v>384</v>
+        <v>138</v>
       </c>
       <c r="D623" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E623" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F623" t="s">
-        <v>1436</v>
+        <v>27</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1437</v>
+        <v>1419</v>
       </c>
       <c r="H623" t="s">
-        <v>1438</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624">
-        <v>18612</v>
+        <v>19202</v>
       </c>
       <c r="B624">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C624">
-        <v>383</v>
+        <v>132</v>
       </c>
       <c r="D624" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E624" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F624" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1439</v>
+        <v>1421</v>
       </c>
       <c r="H624" t="s">
-        <v>1440</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625">
-        <v>18606</v>
+        <v>19195</v>
       </c>
       <c r="B625">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C625">
-        <v>381</v>
+        <v>2</v>
       </c>
       <c r="D625" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E625" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F625" t="s">
-        <v>10</v>
+        <v>1423</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1441</v>
+        <v>1424</v>
       </c>
       <c r="H625" t="s">
-        <v>1442</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626">
-        <v>18603</v>
+        <v>19188</v>
       </c>
       <c r="B626">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C626">
-        <v>379</v>
+        <v>124</v>
       </c>
       <c r="D626" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E626" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F626" t="s">
-        <v>10</v>
+        <v>1426</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1443</v>
+        <v>1427</v>
       </c>
       <c r="H626" t="s">
-        <v>1444</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627">
-        <v>18586</v>
+        <v>19186</v>
       </c>
       <c r="B627">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C627">
-        <v>366</v>
+        <v>122</v>
       </c>
       <c r="D627" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E627" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F627" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1445</v>
+        <v>1429</v>
       </c>
       <c r="H627" t="s">
-        <v>1446</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628">
-        <v>18585</v>
+        <v>19175</v>
       </c>
       <c r="B628">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C628">
-        <v>365</v>
+        <v>111</v>
       </c>
       <c r="D628" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E628" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F628" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1447</v>
+        <v>1431</v>
       </c>
       <c r="H628" t="s">
-        <v>1448</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629">
-        <v>18509</v>
+        <v>19174</v>
       </c>
       <c r="B629">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C629">
-        <v>332</v>
+        <v>110</v>
       </c>
       <c r="D629" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E629" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F629" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1449</v>
+        <v>1433</v>
       </c>
       <c r="H629" t="s">
-        <v>1450</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
-        <v>18507</v>
+        <v>19167</v>
       </c>
       <c r="B630">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C630">
-        <v>331</v>
+        <v>5</v>
       </c>
       <c r="D630" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E630" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F630" t="s">
-        <v>1451</v>
+        <v>1435</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>1452</v>
+        <v>1436</v>
       </c>
       <c r="H630" t="s">
-        <v>1453</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
-        <v>18501</v>
+        <v>19166</v>
       </c>
       <c r="B631">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C631">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D631" t="s">
-        <v>497</v>
+        <v>540</v>
       </c>
       <c r="E631" t="s">
-        <v>498</v>
+        <v>541</v>
       </c>
       <c r="F631" t="s">
-        <v>10</v>
+        <v>1438</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1454</v>
+        <v>1439</v>
       </c>
       <c r="H631" t="s">
-        <v>1455</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632">
-        <v>18500</v>
+        <v>19163</v>
       </c>
       <c r="B632">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C632">
-        <v>327</v>
+        <v>4</v>
       </c>
       <c r="D632" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E632" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F632" t="s">
-        <v>1456</v>
+        <v>1440</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1457</v>
+        <v>1441</v>
       </c>
       <c r="H632" t="s">
-        <v>1458</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633">
-        <v>18474</v>
+        <v>19162</v>
       </c>
       <c r="B633">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C633">
-        <v>311</v>
+        <v>3</v>
       </c>
       <c r="D633" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E633" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F633" t="s">
-        <v>10</v>
+        <v>1317</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1459</v>
+        <v>1443</v>
       </c>
       <c r="H633" t="s">
-        <v>1460</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634">
-        <v>18471</v>
+        <v>19144</v>
       </c>
       <c r="B634">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C634">
-        <v>308</v>
+        <v>91</v>
       </c>
       <c r="D634" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E634" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F634" t="s">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1461</v>
+        <v>1445</v>
       </c>
       <c r="H634" t="s">
-        <v>1462</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635">
-        <v>18459</v>
+        <v>19137</v>
       </c>
       <c r="B635">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C635">
-        <v>299</v>
+        <v>86</v>
       </c>
       <c r="D635" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E635" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F635" t="s">
-        <v>10</v>
+        <v>1447</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1463</v>
+        <v>1448</v>
       </c>
       <c r="H635" t="s">
-        <v>1464</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636">
-        <v>18451</v>
+        <v>19136</v>
       </c>
       <c r="B636">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C636">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="D636" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E636" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F636" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1465</v>
+        <v>1450</v>
       </c>
       <c r="H636" t="s">
-        <v>1466</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637">
-        <v>18445</v>
+        <v>19127</v>
       </c>
       <c r="B637">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C637">
-        <v>289</v>
+        <v>78</v>
       </c>
       <c r="D637" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E637" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F637" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1467</v>
+        <v>1452</v>
       </c>
       <c r="H637" t="s">
-        <v>1468</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638">
-        <v>18444</v>
+        <v>19123</v>
       </c>
       <c r="B638">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C638">
-        <v>288</v>
+        <v>2</v>
       </c>
       <c r="D638" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E638" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F638" t="s">
-        <v>1469</v>
+        <v>1454</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1470</v>
+        <v>1455</v>
       </c>
       <c r="H638" t="s">
-        <v>1471</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639">
-        <v>18443</v>
+        <v>19116</v>
       </c>
       <c r="B639">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C639">
-        <v>287</v>
+        <v>2</v>
       </c>
       <c r="D639" t="s">
         <v>8</v>
       </c>
       <c r="E639" t="s">
         <v>9</v>
       </c>
       <c r="F639" t="s">
-        <v>1472</v>
+        <v>1457</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1473</v>
+        <v>1458</v>
       </c>
       <c r="H639" t="s">
-        <v>1474</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640">
-        <v>18426</v>
+        <v>19114</v>
       </c>
       <c r="B640">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C640">
-        <v>272</v>
+        <v>1</v>
       </c>
       <c r="D640" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E640" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F640" t="s">
-        <v>1475</v>
+        <v>1460</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1476</v>
+        <v>1461</v>
       </c>
       <c r="H640" t="s">
-        <v>1477</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641">
-        <v>18396</v>
+        <v>19106</v>
       </c>
       <c r="B641">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C641">
-        <v>253</v>
+        <v>63</v>
       </c>
       <c r="D641" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E641" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F641" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1479</v>
+        <v>1463</v>
       </c>
       <c r="H641" t="s">
-        <v>1480</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
-        <v>18384</v>
+        <v>19105</v>
       </c>
       <c r="B642">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C642">
-        <v>243</v>
+        <v>62</v>
       </c>
       <c r="D642" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E642" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F642" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1481</v>
+        <v>1465</v>
       </c>
       <c r="H642" t="s">
-        <v>1482</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
-        <v>18370</v>
+        <v>19066</v>
       </c>
       <c r="B643">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C643">
-        <v>233</v>
+        <v>32</v>
       </c>
       <c r="D643" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E643" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F643" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1483</v>
+        <v>1467</v>
       </c>
       <c r="H643" t="s">
-        <v>1484</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
-        <v>18352</v>
+        <v>19065</v>
       </c>
       <c r="B644">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C644">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D644" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="E644" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="F644" t="s">
-        <v>1406</v>
+        <v>27</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1485</v>
+        <v>1469</v>
       </c>
       <c r="H644" t="s">
-        <v>1486</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
-        <v>18349</v>
+        <v>19054</v>
       </c>
       <c r="B645">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C645">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D645" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E645" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F645" t="s">
-        <v>1487</v>
+        <v>27</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1488</v>
+        <v>1471</v>
       </c>
       <c r="H645" t="s">
-        <v>1489</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
-        <v>18338</v>
+        <v>19048</v>
       </c>
       <c r="B646">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C646">
-        <v>208</v>
+        <v>1</v>
       </c>
       <c r="D646" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E646" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F646" t="s">
-        <v>10</v>
+        <v>1473</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1490</v>
+        <v>1474</v>
       </c>
       <c r="H646" t="s">
-        <v>1491</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
-        <v>18299</v>
+        <v>19046</v>
       </c>
       <c r="B647">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C647">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D647" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E647" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F647" t="s">
-        <v>1492</v>
+        <v>433</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1493</v>
+        <v>1476</v>
       </c>
       <c r="H647" t="s">
-        <v>1494</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
-        <v>18291</v>
+        <v>19021</v>
       </c>
       <c r="B648">
         <v>2021</v>
       </c>
       <c r="C648">
-        <v>172</v>
+        <v>3</v>
       </c>
       <c r="D648" t="s">
-        <v>8</v>
+        <v>1478</v>
       </c>
       <c r="E648" t="s">
-        <v>9</v>
+        <v>1479</v>
       </c>
       <c r="F648" t="s">
-        <v>1495</v>
+        <v>1480</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1496</v>
+        <v>1481</v>
       </c>
       <c r="H648" t="s">
-        <v>1497</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
-        <v>18290</v>
+        <v>19019</v>
       </c>
       <c r="B649">
         <v>2021</v>
       </c>
       <c r="C649">
-        <v>6</v>
+        <v>66</v>
       </c>
       <c r="D649" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E649" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F649" t="s">
-        <v>1498</v>
+        <v>1483</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1499</v>
+        <v>1484</v>
       </c>
       <c r="H649" t="s">
-        <v>1500</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650">
-        <v>18287</v>
+        <v>19018</v>
       </c>
       <c r="B650">
         <v>2021</v>
       </c>
       <c r="C650">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="D650" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E650" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F650" t="s">
-        <v>1406</v>
+        <v>1486</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1501</v>
+        <v>1487</v>
       </c>
       <c r="H650" t="s">
-        <v>1502</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651">
-        <v>18269</v>
+        <v>19016</v>
       </c>
       <c r="B651">
         <v>2021</v>
       </c>
       <c r="C651">
-        <v>156</v>
+        <v>4</v>
       </c>
       <c r="D651" t="s">
-        <v>8</v>
+        <v>958</v>
       </c>
       <c r="E651" t="s">
-        <v>9</v>
+        <v>959</v>
       </c>
       <c r="F651" t="s">
-        <v>10</v>
+        <v>1341</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1503</v>
+        <v>1488</v>
       </c>
       <c r="H651" t="s">
-        <v>1504</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
-        <v>18263</v>
+        <v>19013</v>
       </c>
       <c r="B652">
         <v>2021</v>
       </c>
       <c r="C652">
-        <v>151</v>
+        <v>64</v>
       </c>
       <c r="D652" t="s">
         <v>8</v>
       </c>
       <c r="E652" t="s">
         <v>9</v>
       </c>
       <c r="F652" t="s">
-        <v>10</v>
+        <v>1490</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1505</v>
+        <v>1491</v>
       </c>
       <c r="H652" t="s">
-        <v>1506</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
-        <v>18260</v>
+        <v>19012</v>
       </c>
       <c r="B653">
         <v>2021</v>
       </c>
       <c r="C653">
-        <v>3</v>
+        <v>63</v>
       </c>
       <c r="D653" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E653" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F653" t="s">
-        <v>10</v>
+        <v>1493</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>1507</v>
+        <v>1494</v>
       </c>
       <c r="H653" t="s">
-        <v>1508</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
-        <v>18251</v>
+        <v>19011</v>
       </c>
       <c r="B654">
         <v>2021</v>
       </c>
       <c r="C654">
-        <v>144</v>
+        <v>62</v>
       </c>
       <c r="D654" t="s">
         <v>8</v>
       </c>
       <c r="E654" t="s">
         <v>9</v>
       </c>
       <c r="F654" t="s">
-        <v>1509</v>
+        <v>1496</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>1510</v>
+        <v>1497</v>
       </c>
       <c r="H654" t="s">
-        <v>1511</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
-        <v>18238</v>
+        <v>19004</v>
       </c>
       <c r="B655">
         <v>2021</v>
       </c>
       <c r="C655">
-        <v>5</v>
+        <v>58</v>
       </c>
       <c r="D655" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E655" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F655" t="s">
-        <v>10</v>
+        <v>1499</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>1512</v>
+        <v>1500</v>
       </c>
       <c r="H655" t="s">
-        <v>1513</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
-        <v>18231</v>
+        <v>19003</v>
       </c>
       <c r="B656">
         <v>2021</v>
       </c>
       <c r="C656">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="D656" t="s">
         <v>8</v>
       </c>
       <c r="E656" t="s">
         <v>9</v>
       </c>
       <c r="F656" t="s">
-        <v>1514</v>
+        <v>1499</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>1515</v>
+        <v>1502</v>
       </c>
       <c r="H656" t="s">
-        <v>1516</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
-        <v>18221</v>
+        <v>19002</v>
       </c>
       <c r="B657">
         <v>2021</v>
       </c>
       <c r="C657">
-        <v>124</v>
+        <v>56</v>
       </c>
       <c r="D657" t="s">
         <v>8</v>
       </c>
       <c r="E657" t="s">
         <v>9</v>
       </c>
       <c r="F657" t="s">
-        <v>1517</v>
+        <v>1504</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>1518</v>
+        <v>1505</v>
       </c>
       <c r="H657" t="s">
-        <v>1519</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
-        <v>18212</v>
+        <v>19001</v>
       </c>
       <c r="B658">
         <v>2021</v>
       </c>
       <c r="C658">
-        <v>119</v>
+        <v>55</v>
       </c>
       <c r="D658" t="s">
         <v>8</v>
       </c>
       <c r="E658" t="s">
         <v>9</v>
       </c>
       <c r="F658" t="s">
-        <v>1520</v>
+        <v>1507</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>1521</v>
+        <v>1508</v>
       </c>
       <c r="H658" t="s">
-        <v>1522</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
-        <v>18206</v>
+        <v>19000</v>
       </c>
       <c r="B659">
         <v>2021</v>
       </c>
       <c r="C659">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="D659" t="s">
         <v>8</v>
       </c>
       <c r="E659" t="s">
         <v>9</v>
       </c>
       <c r="F659" t="s">
-        <v>10</v>
+        <v>1499</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>1523</v>
+        <v>1510</v>
       </c>
       <c r="H659" t="s">
-        <v>1524</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
-        <v>18188</v>
+        <v>18999</v>
       </c>
       <c r="B660">
         <v>2021</v>
       </c>
       <c r="C660">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="D660" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E660" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F660" t="s">
-        <v>1525</v>
+        <v>1499</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>1526</v>
+        <v>1512</v>
       </c>
       <c r="H660" t="s">
-        <v>1527</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
-        <v>18187</v>
+        <v>18998</v>
       </c>
       <c r="B661">
         <v>2021</v>
       </c>
       <c r="C661">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="D661" t="s">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E661" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="F661" t="s">
-        <v>10</v>
+        <v>1504</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>1528</v>
+        <v>1514</v>
       </c>
       <c r="H661" t="s">
-        <v>1529</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
-        <v>18186</v>
+        <v>18997</v>
       </c>
       <c r="B662">
         <v>2021</v>
       </c>
       <c r="C662">
-        <v>3</v>
+        <v>51</v>
       </c>
       <c r="D662" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E662" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F662" t="s">
-        <v>1409</v>
+        <v>1516</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>1530</v>
+        <v>1517</v>
       </c>
       <c r="H662" t="s">
-        <v>1531</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
-        <v>18185</v>
+        <v>18996</v>
       </c>
       <c r="B663">
         <v>2021</v>
       </c>
       <c r="C663">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="D663" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E663" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F663" t="s">
-        <v>10</v>
+        <v>1519</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>1532</v>
+        <v>1520</v>
       </c>
       <c r="H663" t="s">
-        <v>1533</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
-        <v>18184</v>
+        <v>18995</v>
       </c>
       <c r="B664">
         <v>2021</v>
       </c>
       <c r="C664">
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="D664" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E664" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F664" t="s">
-        <v>10</v>
+        <v>1522</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>1534</v>
+        <v>1523</v>
       </c>
       <c r="H664" t="s">
-        <v>1535</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
-        <v>18155</v>
+        <v>18994</v>
       </c>
       <c r="B665">
         <v>2021</v>
       </c>
       <c r="C665">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="D665" t="s">
         <v>8</v>
       </c>
       <c r="E665" t="s">
         <v>9</v>
       </c>
       <c r="F665" t="s">
-        <v>10</v>
+        <v>1499</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>1536</v>
+        <v>1525</v>
       </c>
       <c r="H665" t="s">
-        <v>1537</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
-        <v>18150</v>
+        <v>18993</v>
       </c>
       <c r="B666">
         <v>2021</v>
       </c>
       <c r="C666">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="D666" t="s">
         <v>8</v>
       </c>
       <c r="E666" t="s">
         <v>9</v>
       </c>
       <c r="F666" t="s">
-        <v>10</v>
+        <v>1527</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>1538</v>
+        <v>1528</v>
       </c>
       <c r="H666" t="s">
-        <v>1539</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667">
-        <v>18145</v>
+        <v>18992</v>
       </c>
       <c r="B667">
         <v>2021</v>
       </c>
       <c r="C667">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="D667" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E667" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F667" t="s">
-        <v>1540</v>
+        <v>1530</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>1541</v>
+        <v>1531</v>
       </c>
       <c r="H667" t="s">
-        <v>1542</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668">
-        <v>18144</v>
+        <v>18991</v>
       </c>
       <c r="B668">
         <v>2021</v>
       </c>
       <c r="C668">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="D668" t="s">
         <v>8</v>
       </c>
       <c r="E668" t="s">
         <v>9</v>
       </c>
       <c r="F668" t="s">
-        <v>10</v>
+        <v>1225</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>1543</v>
+        <v>1533</v>
       </c>
       <c r="H668" t="s">
-        <v>1544</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669">
-        <v>18142</v>
+        <v>18990</v>
       </c>
       <c r="B669">
         <v>2021</v>
       </c>
       <c r="C669">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="D669" t="s">
         <v>8</v>
       </c>
       <c r="E669" t="s">
         <v>9</v>
       </c>
       <c r="F669" t="s">
-        <v>10</v>
+        <v>1535</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="H669" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670">
-        <v>18140</v>
+        <v>18989</v>
       </c>
       <c r="B670">
         <v>2021</v>
       </c>
       <c r="C670">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="D670" t="s">
         <v>8</v>
       </c>
       <c r="E670" t="s">
         <v>9</v>
       </c>
       <c r="F670" t="s">
-        <v>10</v>
+        <v>1538</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>1547</v>
+        <v>1539</v>
       </c>
       <c r="H670" t="s">
-        <v>1548</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671">
-        <v>18139</v>
+        <v>18988</v>
       </c>
       <c r="B671">
         <v>2021</v>
       </c>
       <c r="C671">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="D671" t="s">
         <v>8</v>
       </c>
       <c r="E671" t="s">
         <v>9</v>
       </c>
       <c r="F671" t="s">
-        <v>10</v>
+        <v>1541</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="H671" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672">
-        <v>18128</v>
+        <v>18987</v>
       </c>
       <c r="B672">
         <v>2021</v>
       </c>
       <c r="C672">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="D672" t="s">
         <v>8</v>
       </c>
       <c r="E672" t="s">
         <v>9</v>
       </c>
       <c r="F672" t="s">
-        <v>1551</v>
+        <v>1544</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="H672" t="s">
-        <v>1553</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
-        <v>18125</v>
+        <v>18986</v>
       </c>
       <c r="B673">
         <v>2021</v>
       </c>
       <c r="C673">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="D673" t="s">
         <v>8</v>
       </c>
       <c r="E673" t="s">
         <v>9</v>
       </c>
       <c r="F673" t="s">
-        <v>10</v>
+        <v>1547</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>1554</v>
+        <v>1548</v>
       </c>
       <c r="H673" t="s">
-        <v>1555</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674">
-        <v>18123</v>
+        <v>18985</v>
       </c>
       <c r="B674">
         <v>2021</v>
       </c>
       <c r="C674">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="D674" t="s">
         <v>8</v>
       </c>
       <c r="E674" t="s">
         <v>9</v>
       </c>
       <c r="F674" t="s">
-        <v>10</v>
+        <v>1550</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
       <c r="H674" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675">
-        <v>18122</v>
+        <v>18983</v>
       </c>
       <c r="B675">
         <v>2021</v>
       </c>
       <c r="C675">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="D675" t="s">
         <v>8</v>
       </c>
       <c r="E675" t="s">
         <v>9</v>
       </c>
       <c r="F675" t="s">
-        <v>10</v>
+        <v>1341</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="H675" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676">
-        <v>18096</v>
+        <v>18982</v>
       </c>
       <c r="B676">
         <v>2021</v>
       </c>
       <c r="C676">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D676" t="s">
         <v>8</v>
       </c>
       <c r="E676" t="s">
         <v>9</v>
       </c>
       <c r="F676" t="s">
-        <v>10</v>
+        <v>1555</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
       <c r="H676" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677">
-        <v>18095</v>
+        <v>18981</v>
       </c>
       <c r="B677">
         <v>2021</v>
       </c>
       <c r="C677">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D677" t="s">
         <v>8</v>
       </c>
       <c r="E677" t="s">
         <v>9</v>
       </c>
       <c r="F677" t="s">
-        <v>10</v>
+        <v>1558</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="H677" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678">
-        <v>17268</v>
+        <v>18980</v>
       </c>
       <c r="B678">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C678">
+        <v>35</v>
+      </c>
+      <c r="D678" t="s">
+        <v>8</v>
+      </c>
+      <c r="E678" t="s">
         <v>9</v>
       </c>
-      <c r="D678" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F678" t="s">
-        <v>10</v>
+        <v>1561</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="H678" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679">
-        <v>17255</v>
+        <v>18979</v>
       </c>
       <c r="B679">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C679">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D679" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E679" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F679" t="s">
-        <v>10</v>
+        <v>1225</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="H679" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680">
-        <v>15209</v>
+        <v>18978</v>
       </c>
       <c r="B680">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C680">
-        <v>450</v>
+        <v>33</v>
       </c>
       <c r="D680" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="E680" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="F680" t="s">
-        <v>10</v>
+        <v>1566</v>
       </c>
       <c r="G680" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H680" t="s">
         <v>1568</v>
-      </c>
-[...1 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681">
-        <v>15206</v>
+        <v>18977</v>
       </c>
       <c r="B681">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C681">
-        <v>362</v>
+        <v>32</v>
       </c>
       <c r="D681" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="E681" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="F681" t="s">
-        <v>10</v>
+        <v>1569</v>
       </c>
       <c r="G681" s="1" t="s">
         <v>1570</v>
       </c>
       <c r="H681" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682">
-        <v>14456</v>
+        <v>18963</v>
       </c>
       <c r="B682">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C682">
-        <v>11</v>
+        <v>604</v>
       </c>
       <c r="D682" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E682" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F682" t="s">
+        <v>27</v>
+      </c>
+      <c r="G682" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="G682" s="1" t="s">
+      <c r="H682" t="s">
         <v>1573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683">
-        <v>14455</v>
+        <v>18959</v>
       </c>
       <c r="B683">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C683">
-        <v>10</v>
+        <v>602</v>
       </c>
       <c r="D683" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E683" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F683" t="s">
-        <v>1572</v>
+        <v>27</v>
       </c>
       <c r="G683" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H683" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684">
-        <v>14453</v>
+        <v>18958</v>
       </c>
       <c r="B684">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C684">
-        <v>7</v>
+        <v>601</v>
       </c>
       <c r="D684" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E684" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F684" t="s">
+        <v>27</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H684" t="s">
         <v>1577</v>
-      </c>
-[...4 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685">
-        <v>14452</v>
+        <v>18932</v>
       </c>
       <c r="B685">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C685">
-        <v>6</v>
+        <v>586</v>
       </c>
       <c r="D685" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E685" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F685" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H685" t="s">
         <v>1580</v>
-      </c>
-[...4 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686">
-        <v>14450</v>
+        <v>18931</v>
       </c>
       <c r="B686">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C686">
-        <v>14</v>
+        <v>585</v>
       </c>
       <c r="D686" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="E686" t="s">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="F686" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="G686" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H686" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687">
-        <v>14449</v>
+        <v>18926</v>
       </c>
       <c r="B687">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C687">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D687" t="s">
-        <v>318</v>
+        <v>218</v>
       </c>
       <c r="E687" t="s">
-        <v>319</v>
+        <v>219</v>
       </c>
       <c r="F687" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="G687" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="H687" t="s">
         <v>1586</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688">
-        <v>14261</v>
+        <v>18909</v>
       </c>
       <c r="B688">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C688">
-        <v>8</v>
+        <v>568</v>
       </c>
       <c r="D688" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E688" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F688" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G688" s="1" t="s">
         <v>1587</v>
       </c>
       <c r="H688" t="s">
         <v>1588</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689">
-        <v>14238</v>
+        <v>18900</v>
       </c>
       <c r="B689">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C689">
-        <v>8</v>
+        <v>562</v>
       </c>
       <c r="D689" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E689" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F689" t="s">
-        <v>10</v>
+        <v>1589</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="H689" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690">
-        <v>14236</v>
+        <v>18884</v>
       </c>
       <c r="B690">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C690">
-        <v>6</v>
+        <v>553</v>
       </c>
       <c r="D690" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E690" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F690" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="H690" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691">
-        <v>14234</v>
+        <v>18883</v>
       </c>
       <c r="B691">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C691">
-        <v>4</v>
+        <v>552</v>
       </c>
       <c r="D691" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E691" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F691" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="H691" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692">
-        <v>14232</v>
+        <v>18881</v>
       </c>
       <c r="B692">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C692">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D692" t="s">
-        <v>24</v>
+        <v>229</v>
       </c>
       <c r="E692" t="s">
-        <v>25</v>
+        <v>230</v>
       </c>
       <c r="F692" t="s">
-        <v>10</v>
+        <v>1317</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="H692" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693">
-        <v>5489</v>
+        <v>18877</v>
       </c>
       <c r="B693">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C693">
-        <v>227</v>
+        <v>548</v>
       </c>
       <c r="D693" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E693" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F693" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="H693" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694">
-        <v>5488</v>
+        <v>18876</v>
       </c>
       <c r="B694">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C694">
-        <v>226</v>
+        <v>547</v>
       </c>
       <c r="D694" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E694" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F694" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="H694" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695">
-        <v>5487</v>
+        <v>18875</v>
       </c>
       <c r="B695">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C695">
-        <v>225</v>
+        <v>546</v>
       </c>
       <c r="D695" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E695" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F695" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="H695" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696">
-        <v>5486</v>
+        <v>18843</v>
       </c>
       <c r="B696">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C696">
-        <v>224</v>
+        <v>531</v>
       </c>
       <c r="D696" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E696" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F696" t="s">
-        <v>10</v>
+        <v>1604</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="H696" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697">
-        <v>5485</v>
+        <v>18835</v>
       </c>
       <c r="B697">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C697">
-        <v>217</v>
+        <v>525</v>
       </c>
       <c r="D697" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E697" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F697" t="s">
-        <v>10</v>
+        <v>1607</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="H697" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698">
-        <v>5484</v>
+        <v>18816</v>
       </c>
       <c r="B698">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C698">
-        <v>190</v>
+        <v>514</v>
       </c>
       <c r="D698" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E698" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F698" t="s">
-        <v>10</v>
+        <v>1610</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="H698" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699">
-        <v>5483</v>
+        <v>18789</v>
       </c>
       <c r="B699">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C699">
-        <v>189</v>
+        <v>496</v>
       </c>
       <c r="D699" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E699" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F699" t="s">
-        <v>10</v>
+        <v>1317</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="H699" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700">
-        <v>5482</v>
+        <v>18770</v>
       </c>
       <c r="B700">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C700">
-        <v>186</v>
+        <v>2</v>
       </c>
       <c r="D700" t="s">
-        <v>8</v>
+        <v>1615</v>
       </c>
       <c r="E700" t="s">
-        <v>9</v>
+        <v>1616</v>
       </c>
       <c r="F700" t="s">
-        <v>10</v>
+        <v>1457</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="H700" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701">
-        <v>5481</v>
+        <v>18769</v>
       </c>
       <c r="B701">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C701">
-        <v>183</v>
+        <v>1</v>
       </c>
       <c r="D701" t="s">
-        <v>8</v>
+        <v>1615</v>
       </c>
       <c r="E701" t="s">
-        <v>9</v>
+        <v>1616</v>
       </c>
       <c r="F701" t="s">
-        <v>10</v>
+        <v>1619</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="H701" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702">
-        <v>5480</v>
+        <v>18767</v>
       </c>
       <c r="B702">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C702">
-        <v>182</v>
+        <v>27</v>
       </c>
       <c r="D702" t="s">
         <v>8</v>
       </c>
       <c r="E702" t="s">
         <v>9</v>
       </c>
       <c r="F702" t="s">
-        <v>10</v>
+        <v>1396</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="H702" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703">
-        <v>5479</v>
+        <v>18750</v>
       </c>
       <c r="B703">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C703">
-        <v>176</v>
+        <v>10</v>
       </c>
       <c r="D703" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E703" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F703" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="H703" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704">
-        <v>5478</v>
+        <v>18747</v>
       </c>
       <c r="B704">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C704">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="D704" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E704" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F704" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="H704" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705">
-        <v>5477</v>
+        <v>18745</v>
       </c>
       <c r="B705">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C705">
-        <v>141</v>
+        <v>8</v>
       </c>
       <c r="D705" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E705" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F705" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="H705" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706">
-        <v>5476</v>
+        <v>18743</v>
       </c>
       <c r="B706">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C706">
-        <v>137</v>
+        <v>62</v>
       </c>
       <c r="D706" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E706" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F706" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="H706" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707">
-        <v>5475</v>
+        <v>18722</v>
       </c>
       <c r="B707">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C707">
-        <v>133</v>
+        <v>459</v>
       </c>
       <c r="D707" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E707" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F707" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="H707" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708">
-        <v>5474</v>
+        <v>18720</v>
       </c>
       <c r="B708">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C708">
-        <v>116</v>
+        <v>457</v>
       </c>
       <c r="D708" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E708" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F708" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="H708" t="s">
-        <v>1628</v>
+        <v>980</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709">
-        <v>5473</v>
+        <v>18719</v>
       </c>
       <c r="B709">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C709">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="D709" t="s">
         <v>8</v>
       </c>
       <c r="E709" t="s">
         <v>9</v>
       </c>
       <c r="F709" t="s">
-        <v>10</v>
+        <v>1635</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="H709" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710">
-        <v>5472</v>
+        <v>18718</v>
       </c>
       <c r="B710">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C710">
-        <v>87</v>
+        <v>456</v>
       </c>
       <c r="D710" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E710" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F710" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="H710" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711">
-        <v>5471</v>
+        <v>18717</v>
       </c>
       <c r="B711">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C711">
-        <v>75</v>
+        <v>455</v>
       </c>
       <c r="D711" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E711" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F711" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="H711" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712">
-        <v>5470</v>
+        <v>18663</v>
       </c>
       <c r="B712">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C712">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="D712" t="s">
         <v>8</v>
       </c>
       <c r="E712" t="s">
         <v>9</v>
       </c>
       <c r="F712" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="H712" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713">
-        <v>5469</v>
+        <v>18646</v>
       </c>
       <c r="B713">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C713">
-        <v>71</v>
+        <v>404</v>
       </c>
       <c r="D713" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E713" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F713" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="H713" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714">
-        <v>5468</v>
+        <v>18614</v>
       </c>
       <c r="B714">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C714">
-        <v>68</v>
+        <v>384</v>
       </c>
       <c r="D714" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E714" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F714" t="s">
-        <v>10</v>
+        <v>1646</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="H714" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715">
-        <v>5467</v>
+        <v>18612</v>
       </c>
       <c r="B715">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C715">
-        <v>67</v>
+        <v>383</v>
       </c>
       <c r="D715" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E715" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F715" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="H715" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716">
-        <v>5466</v>
+        <v>18606</v>
       </c>
       <c r="B716">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C716">
-        <v>35</v>
+        <v>381</v>
       </c>
       <c r="D716" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E716" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F716" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="H716" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717">
-        <v>5465</v>
+        <v>18603</v>
       </c>
       <c r="B717">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C717">
-        <v>34</v>
+        <v>379</v>
       </c>
       <c r="D717" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E717" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F717" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="H717" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718">
-        <v>5444</v>
+        <v>18586</v>
       </c>
       <c r="B718">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C718">
-        <v>222</v>
+        <v>366</v>
       </c>
       <c r="D718" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E718" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F718" t="s">
-        <v>1647</v>
+        <v>27</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
       <c r="H718" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719">
-        <v>5443</v>
+        <v>18585</v>
       </c>
       <c r="B719">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C719">
-        <v>221</v>
+        <v>365</v>
       </c>
       <c r="D719" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E719" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F719" t="s">
-        <v>1650</v>
+        <v>27</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="H719" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720">
-        <v>5341</v>
+        <v>18509</v>
       </c>
       <c r="B720">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C720">
-        <v>171</v>
+        <v>332</v>
       </c>
       <c r="D720" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E720" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F720" t="s">
-        <v>1653</v>
+        <v>27</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="H720" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721">
-        <v>5290</v>
+        <v>18507</v>
       </c>
       <c r="B721">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C721">
-        <v>193</v>
+        <v>331</v>
       </c>
       <c r="D721" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E721" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F721" t="s">
-        <v>10</v>
+        <v>1661</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="H721" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722">
-        <v>5289</v>
+        <v>18501</v>
       </c>
       <c r="B722">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C722">
-        <v>180</v>
+        <v>5</v>
       </c>
       <c r="D722" t="s">
-        <v>8</v>
+        <v>699</v>
       </c>
       <c r="E722" t="s">
-        <v>9</v>
+        <v>700</v>
       </c>
       <c r="F722" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="H722" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723">
-        <v>5288</v>
+        <v>18500</v>
       </c>
       <c r="B723">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C723">
-        <v>168</v>
+        <v>327</v>
       </c>
       <c r="D723" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E723" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F723" t="s">
-        <v>10</v>
+        <v>1666</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
       <c r="H723" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724">
-        <v>5287</v>
+        <v>18474</v>
       </c>
       <c r="B724">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C724">
-        <v>166</v>
+        <v>311</v>
       </c>
       <c r="D724" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E724" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F724" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
       <c r="H724" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725">
-        <v>5286</v>
+        <v>18471</v>
       </c>
       <c r="B725">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C725">
-        <v>92</v>
+        <v>308</v>
       </c>
       <c r="D725" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E725" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F725" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
       <c r="H725" t="s">
-        <v>1665</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726">
-        <v>5285</v>
+        <v>18459</v>
       </c>
       <c r="B726">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C726">
-        <v>91</v>
+        <v>299</v>
       </c>
       <c r="D726" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E726" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F726" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>1666</v>
+        <v>1673</v>
       </c>
       <c r="H726" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727">
-        <v>5284</v>
+        <v>18451</v>
       </c>
       <c r="B727">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C727">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="D727" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E727" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F727" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>1668</v>
+        <v>1675</v>
       </c>
       <c r="H727" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728">
-        <v>5283</v>
+        <v>18445</v>
       </c>
       <c r="B728">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C728">
-        <v>85</v>
+        <v>289</v>
       </c>
       <c r="D728" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E728" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F728" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="H728" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729">
-        <v>5282</v>
+        <v>18444</v>
       </c>
       <c r="B729">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C729">
-        <v>84</v>
+        <v>288</v>
       </c>
       <c r="D729" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E729" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F729" t="s">
-        <v>10</v>
+        <v>1679</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="H729" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730">
-        <v>5281</v>
+        <v>18443</v>
       </c>
       <c r="B730">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C730">
-        <v>61</v>
+        <v>287</v>
       </c>
       <c r="D730" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E730" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F730" t="s">
-        <v>10</v>
+        <v>1682</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>1674</v>
+        <v>1683</v>
       </c>
       <c r="H730" t="s">
-        <v>1675</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731">
-        <v>5280</v>
+        <v>18426</v>
       </c>
       <c r="B731">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C731">
-        <v>52</v>
+        <v>272</v>
       </c>
       <c r="D731" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E731" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F731" t="s">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
       <c r="H731" t="s">
-        <v>1678</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732">
-        <v>5279</v>
+        <v>18396</v>
       </c>
       <c r="B732">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C732">
-        <v>51</v>
+        <v>253</v>
       </c>
       <c r="D732" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E732" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F732" t="s">
-        <v>10</v>
+        <v>1688</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>1679</v>
+        <v>1689</v>
       </c>
       <c r="H732" t="s">
-        <v>1680</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733">
-        <v>5278</v>
+        <v>18384</v>
       </c>
       <c r="B733">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C733">
-        <v>39</v>
+        <v>243</v>
       </c>
       <c r="D733" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E733" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F733" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>1681</v>
+        <v>1691</v>
       </c>
       <c r="H733" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734">
-        <v>5277</v>
+        <v>18370</v>
       </c>
       <c r="B734">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C734">
-        <v>37</v>
+        <v>233</v>
       </c>
       <c r="D734" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E734" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F734" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="H734" t="s">
-        <v>1684</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735">
-        <v>5276</v>
+        <v>18352</v>
       </c>
       <c r="B735">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C735">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D735" t="s">
         <v>8</v>
       </c>
       <c r="E735" t="s">
         <v>9</v>
       </c>
       <c r="F735" t="s">
-        <v>10</v>
+        <v>1457</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1685</v>
+        <v>1695</v>
       </c>
       <c r="H735" t="s">
-        <v>1686</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736">
-        <v>5275</v>
+        <v>18349</v>
       </c>
       <c r="B736">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C736">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D736" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E736" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F736" t="s">
-        <v>10</v>
+        <v>1697</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>1687</v>
+        <v>1698</v>
       </c>
       <c r="H736" t="s">
-        <v>1688</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737">
-        <v>5274</v>
+        <v>18338</v>
       </c>
       <c r="B737">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C737">
-        <v>33</v>
+        <v>208</v>
       </c>
       <c r="D737" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E737" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F737" t="s">
-        <v>1689</v>
+        <v>27</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>1690</v>
+        <v>1700</v>
       </c>
       <c r="H737" t="s">
-        <v>1691</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738">
-        <v>5273</v>
+        <v>18299</v>
       </c>
       <c r="B738">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C738">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="D738" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E738" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F738" t="s">
-        <v>10</v>
+        <v>1460</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="H738" t="s">
-        <v>1693</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739">
-        <v>5149</v>
+        <v>18291</v>
       </c>
       <c r="B739">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C739">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="D739" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E739" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F739" t="s">
-        <v>10</v>
+        <v>1704</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="H739" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740">
-        <v>5148</v>
+        <v>18290</v>
       </c>
       <c r="B740">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C740">
-        <v>227</v>
+        <v>6</v>
       </c>
       <c r="D740" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E740" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F740" t="s">
-        <v>10</v>
+        <v>1707</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="H740" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741">
-        <v>5147</v>
+        <v>18287</v>
       </c>
       <c r="B741">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C741">
-        <v>204</v>
+        <v>6</v>
       </c>
       <c r="D741" t="s">
         <v>8</v>
       </c>
       <c r="E741" t="s">
         <v>9</v>
       </c>
       <c r="F741" t="s">
-        <v>10</v>
+        <v>1619</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>1698</v>
+        <v>1710</v>
       </c>
       <c r="H741" t="s">
-        <v>1699</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742">
-        <v>5146</v>
+        <v>18269</v>
       </c>
       <c r="B742">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C742">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="D742" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E742" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F742" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>1700</v>
+        <v>1712</v>
       </c>
       <c r="H742" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743">
-        <v>5145</v>
+        <v>18263</v>
       </c>
       <c r="B743">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C743">
-        <v>193</v>
+        <v>151</v>
       </c>
       <c r="D743" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E743" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F743" t="s">
-        <v>1702</v>
+        <v>27</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="H743" t="s">
-        <v>1704</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744">
-        <v>5144</v>
+        <v>18260</v>
       </c>
       <c r="B744">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C744">
-        <v>192</v>
+        <v>3</v>
       </c>
       <c r="D744" t="s">
         <v>8</v>
       </c>
       <c r="E744" t="s">
         <v>9</v>
       </c>
       <c r="F744" t="s">
-        <v>1705</v>
+        <v>27</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>1706</v>
+        <v>1716</v>
       </c>
       <c r="H744" t="s">
-        <v>1707</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745">
-        <v>5143</v>
+        <v>18251</v>
       </c>
       <c r="B745">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C745">
-        <v>191</v>
+        <v>144</v>
       </c>
       <c r="D745" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E745" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F745" t="s">
-        <v>1708</v>
+        <v>1718</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>1709</v>
+        <v>1719</v>
       </c>
       <c r="H745" t="s">
-        <v>1710</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746">
-        <v>5141</v>
+        <v>18238</v>
       </c>
       <c r="B746">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C746">
-        <v>189</v>
+        <v>5</v>
       </c>
       <c r="D746" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E746" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F746" t="s">
-        <v>1711</v>
+        <v>27</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="H746" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747">
-        <v>5140</v>
+        <v>18231</v>
       </c>
       <c r="B747">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C747">
-        <v>177</v>
+        <v>130</v>
       </c>
       <c r="D747" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E747" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F747" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="H747" t="s">
-        <v>1716</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748">
-        <v>5139</v>
+        <v>18221</v>
       </c>
       <c r="B748">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C748">
-        <v>176</v>
+        <v>124</v>
       </c>
       <c r="D748" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E748" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F748" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
       <c r="H748" t="s">
-        <v>1713</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749">
-        <v>5138</v>
+        <v>18212</v>
       </c>
       <c r="B749">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C749">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D749" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E749" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F749" t="s">
-        <v>10</v>
+        <v>1646</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>1719</v>
+        <v>1729</v>
       </c>
       <c r="H749" t="s">
-        <v>1720</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750">
-        <v>5137</v>
+        <v>18206</v>
       </c>
       <c r="B750">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C750">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="D750" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E750" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F750" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>1721</v>
+        <v>1731</v>
       </c>
       <c r="H750" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751">
-        <v>5136</v>
+        <v>18188</v>
       </c>
       <c r="B751">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C751">
-        <v>88</v>
+        <v>2</v>
       </c>
       <c r="D751" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E751" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F751" t="s">
-        <v>10</v>
+        <v>1733</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>1723</v>
+        <v>1734</v>
       </c>
       <c r="H751" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752">
-        <v>5135</v>
+        <v>18187</v>
       </c>
       <c r="B752">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C752">
-        <v>79</v>
+        <v>1</v>
       </c>
       <c r="D752" t="s">
         <v>8</v>
       </c>
       <c r="E752" t="s">
         <v>9</v>
       </c>
       <c r="F752" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="H752" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753">
-        <v>5134</v>
+        <v>18186</v>
       </c>
       <c r="B753">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C753">
-        <v>78</v>
+        <v>3</v>
       </c>
       <c r="D753" t="s">
-        <v>8</v>
+        <v>699</v>
       </c>
       <c r="E753" t="s">
-        <v>9</v>
+        <v>700</v>
       </c>
       <c r="F753" t="s">
-        <v>10</v>
+        <v>1396</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
       <c r="H753" t="s">
-        <v>1728</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754">
-        <v>5133</v>
+        <v>18185</v>
       </c>
       <c r="B754">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C754">
-        <v>77</v>
+        <v>2</v>
       </c>
       <c r="D754" t="s">
-        <v>8</v>
+        <v>699</v>
       </c>
       <c r="E754" t="s">
-        <v>9</v>
+        <v>700</v>
       </c>
       <c r="F754" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>1729</v>
+        <v>1740</v>
       </c>
       <c r="H754" t="s">
-        <v>1730</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755">
-        <v>5132</v>
+        <v>18184</v>
       </c>
       <c r="B755">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C755">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="D755" t="s">
-        <v>8</v>
+        <v>699</v>
       </c>
       <c r="E755" t="s">
-        <v>9</v>
+        <v>700</v>
       </c>
       <c r="F755" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>1731</v>
+        <v>1742</v>
       </c>
       <c r="H755" t="s">
-        <v>1732</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756">
-        <v>5131</v>
+        <v>18155</v>
       </c>
       <c r="B756">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C756">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="D756" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E756" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F756" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>1733</v>
+        <v>1744</v>
       </c>
       <c r="H756" t="s">
-        <v>1734</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757">
-        <v>5130</v>
+        <v>18150</v>
       </c>
       <c r="B757">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C757">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="D757" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E757" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F757" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>1735</v>
+        <v>1746</v>
       </c>
       <c r="H757" t="s">
-        <v>1736</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758">
-        <v>4967</v>
+        <v>18145</v>
       </c>
       <c r="B758">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C758">
-        <v>106</v>
+        <v>1</v>
       </c>
       <c r="D758" t="s">
-        <v>8</v>
+        <v>229</v>
       </c>
       <c r="E758" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="F758" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="H758" t="s">
-        <v>1739</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759">
-        <v>4842</v>
+        <v>18144</v>
       </c>
       <c r="B759">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C759">
-        <v>208</v>
+        <v>79</v>
       </c>
       <c r="D759" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E759" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F759" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>1740</v>
+        <v>1751</v>
       </c>
       <c r="H759" t="s">
-        <v>1741</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760">
-        <v>4841</v>
+        <v>18142</v>
       </c>
       <c r="B760">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C760">
-        <v>194</v>
+        <v>77</v>
       </c>
       <c r="D760" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E760" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F760" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="H760" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761">
-        <v>4840</v>
+        <v>18140</v>
       </c>
       <c r="B761">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C761">
-        <v>193</v>
+        <v>75</v>
       </c>
       <c r="D761" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E761" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F761" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="H761" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762">
-        <v>4839</v>
+        <v>18139</v>
       </c>
       <c r="B762">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C762">
-        <v>192</v>
+        <v>74</v>
       </c>
       <c r="D762" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E762" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F762" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>1746</v>
+        <v>1757</v>
       </c>
       <c r="H762" t="s">
-        <v>1747</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763">
-        <v>4838</v>
+        <v>18128</v>
       </c>
       <c r="B763">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C763">
-        <v>172</v>
+        <v>64</v>
       </c>
       <c r="D763" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E763" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F763" t="s">
-        <v>10</v>
+        <v>1759</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="H763" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764">
-        <v>4837</v>
+        <v>18125</v>
       </c>
       <c r="B764">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C764">
-        <v>162</v>
+        <v>61</v>
       </c>
       <c r="D764" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E764" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F764" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="H764" t="s">
-        <v>1751</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765">
-        <v>4836</v>
+        <v>18123</v>
       </c>
       <c r="B765">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C765">
-        <v>161</v>
+        <v>59</v>
       </c>
       <c r="D765" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E765" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F765" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="H765" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766">
-        <v>4829</v>
+        <v>18122</v>
       </c>
       <c r="B766">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C766">
-        <v>160</v>
+        <v>58</v>
       </c>
       <c r="D766" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E766" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F766" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="H766" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767">
-        <v>4827</v>
+        <v>18096</v>
       </c>
       <c r="B767">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C767">
-        <v>159</v>
+        <v>36</v>
       </c>
       <c r="D767" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E767" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F767" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="H767" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768">
-        <v>4826</v>
+        <v>18095</v>
       </c>
       <c r="B768">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C768">
-        <v>158</v>
+        <v>35</v>
       </c>
       <c r="D768" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E768" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F768" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="H768" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769">
-        <v>4825</v>
+        <v>17268</v>
       </c>
       <c r="B769">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="C769">
-        <v>157</v>
+        <v>9</v>
       </c>
       <c r="D769" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E769" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F769" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="H769" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770">
-        <v>4824</v>
+        <v>17255</v>
       </c>
       <c r="B770">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="C770">
-        <v>156</v>
+        <v>19</v>
       </c>
       <c r="D770" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E770" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F770" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="H770" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771">
-        <v>4822</v>
+        <v>15209</v>
       </c>
       <c r="B771">
         <v>2008</v>
       </c>
       <c r="C771">
-        <v>155</v>
+        <v>450</v>
       </c>
       <c r="D771" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E771" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F771" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>1764</v>
+        <v>1776</v>
       </c>
       <c r="H771" t="s">
-        <v>1765</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772">
-        <v>4821</v>
+        <v>15206</v>
       </c>
       <c r="B772">
         <v>2008</v>
       </c>
       <c r="C772">
-        <v>154</v>
+        <v>362</v>
       </c>
       <c r="D772" t="s">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="E772" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="F772" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="H772" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773">
-        <v>4820</v>
+        <v>14456</v>
       </c>
       <c r="B773">
         <v>2008</v>
       </c>
       <c r="C773">
-        <v>153</v>
+        <v>11</v>
       </c>
       <c r="D773" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E773" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F773" t="s">
-        <v>10</v>
+        <v>1780</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>1768</v>
+        <v>1781</v>
       </c>
       <c r="H773" t="s">
-        <v>1769</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774">
-        <v>4819</v>
+        <v>14455</v>
       </c>
       <c r="B774">
         <v>2008</v>
       </c>
       <c r="C774">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D774" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E774" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F774" t="s">
-        <v>10</v>
+        <v>1780</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>1770</v>
+        <v>1783</v>
       </c>
       <c r="H774" t="s">
-        <v>1771</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775">
-        <v>4818</v>
+        <v>14453</v>
       </c>
       <c r="B775">
         <v>2008</v>
       </c>
       <c r="C775">
-        <v>140</v>
+        <v>7</v>
       </c>
       <c r="D775" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E775" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F775" t="s">
-        <v>10</v>
+        <v>1785</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>1772</v>
+        <v>1786</v>
       </c>
       <c r="H775" t="s">
-        <v>1773</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776">
-        <v>4817</v>
+        <v>14452</v>
       </c>
       <c r="B776">
         <v>2008</v>
       </c>
       <c r="C776">
-        <v>138</v>
+        <v>6</v>
       </c>
       <c r="D776" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E776" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F776" t="s">
-        <v>10</v>
+        <v>1788</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>1774</v>
+        <v>1789</v>
       </c>
       <c r="H776" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777">
-        <v>4816</v>
+        <v>14450</v>
       </c>
       <c r="B777">
         <v>2008</v>
       </c>
       <c r="C777">
-        <v>133</v>
+        <v>14</v>
       </c>
       <c r="D777" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E777" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F777" t="s">
-        <v>10</v>
+        <v>1788</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>1776</v>
+        <v>1791</v>
       </c>
       <c r="H777" t="s">
-        <v>1777</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778">
-        <v>4815</v>
+        <v>14449</v>
       </c>
       <c r="B778">
         <v>2008</v>
       </c>
       <c r="C778">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="D778" t="s">
-        <v>8</v>
+        <v>540</v>
       </c>
       <c r="E778" t="s">
-        <v>9</v>
+        <v>541</v>
       </c>
       <c r="F778" t="s">
-        <v>10</v>
+        <v>1788</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>1778</v>
+        <v>1793</v>
       </c>
       <c r="H778" t="s">
-        <v>1779</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779">
-        <v>4814</v>
+        <v>14261</v>
       </c>
       <c r="B779">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="C779">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="D779" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E779" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F779" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>1780</v>
+        <v>1795</v>
       </c>
       <c r="H779" t="s">
-        <v>1781</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780">
-        <v>4812</v>
+        <v>14238</v>
       </c>
       <c r="B780">
         <v>2008</v>
       </c>
       <c r="C780">
-        <v>108</v>
+        <v>8</v>
       </c>
       <c r="D780" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E780" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F780" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>1782</v>
+        <v>1797</v>
       </c>
       <c r="H780" t="s">
-        <v>1783</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781">
-        <v>4811</v>
+        <v>14236</v>
       </c>
       <c r="B781">
         <v>2008</v>
       </c>
       <c r="C781">
-        <v>106</v>
+        <v>6</v>
       </c>
       <c r="D781" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E781" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F781" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>1784</v>
+        <v>1799</v>
       </c>
       <c r="H781" t="s">
-        <v>1636</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782">
-        <v>4810</v>
+        <v>14234</v>
       </c>
       <c r="B782">
         <v>2008</v>
       </c>
       <c r="C782">
-        <v>95</v>
+        <v>4</v>
       </c>
       <c r="D782" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E782" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F782" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>1785</v>
+        <v>1801</v>
       </c>
       <c r="H782" t="s">
-        <v>1786</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783">
-        <v>4809</v>
+        <v>14232</v>
       </c>
       <c r="B783">
         <v>2008</v>
       </c>
       <c r="C783">
-        <v>83</v>
+        <v>2</v>
       </c>
       <c r="D783" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E783" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F783" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>1787</v>
+        <v>1803</v>
       </c>
       <c r="H783" t="s">
-        <v>1788</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784">
-        <v>4808</v>
+        <v>5489</v>
       </c>
       <c r="B784">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="C784">
-        <v>82</v>
+        <v>227</v>
       </c>
       <c r="D784" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E784" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F784" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>1789</v>
+        <v>1805</v>
       </c>
       <c r="H784" t="s">
-        <v>1790</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785">
-        <v>4807</v>
+        <v>5488</v>
       </c>
       <c r="B785">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="C785">
-        <v>44</v>
+        <v>226</v>
       </c>
       <c r="D785" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E785" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F785" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>1791</v>
+        <v>1807</v>
       </c>
       <c r="H785" t="s">
-        <v>1616</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786">
+        <v>5487</v>
+      </c>
+      <c r="B786">
+        <v>2005</v>
+      </c>
+      <c r="C786">
+        <v>225</v>
+      </c>
+      <c r="D786" t="s">
+        <v>25</v>
+      </c>
+      <c r="E786" t="s">
+        <v>26</v>
+      </c>
+      <c r="F786" t="s">
+        <v>27</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H786" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787">
+        <v>5486</v>
+      </c>
+      <c r="B787">
+        <v>2005</v>
+      </c>
+      <c r="C787">
+        <v>224</v>
+      </c>
+      <c r="D787" t="s">
+        <v>25</v>
+      </c>
+      <c r="E787" t="s">
+        <v>26</v>
+      </c>
+      <c r="F787" t="s">
+        <v>27</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H787" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788">
+        <v>5485</v>
+      </c>
+      <c r="B788">
+        <v>2005</v>
+      </c>
+      <c r="C788">
+        <v>217</v>
+      </c>
+      <c r="D788" t="s">
+        <v>25</v>
+      </c>
+      <c r="E788" t="s">
+        <v>26</v>
+      </c>
+      <c r="F788" t="s">
+        <v>27</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H788" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789">
+        <v>5484</v>
+      </c>
+      <c r="B789">
+        <v>2005</v>
+      </c>
+      <c r="C789">
+        <v>190</v>
+      </c>
+      <c r="D789" t="s">
+        <v>25</v>
+      </c>
+      <c r="E789" t="s">
+        <v>26</v>
+      </c>
+      <c r="F789" t="s">
+        <v>27</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H789" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790">
+        <v>5483</v>
+      </c>
+      <c r="B790">
+        <v>2005</v>
+      </c>
+      <c r="C790">
+        <v>189</v>
+      </c>
+      <c r="D790" t="s">
+        <v>25</v>
+      </c>
+      <c r="E790" t="s">
+        <v>26</v>
+      </c>
+      <c r="F790" t="s">
+        <v>27</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H790" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791">
+        <v>5482</v>
+      </c>
+      <c r="B791">
+        <v>2005</v>
+      </c>
+      <c r="C791">
+        <v>186</v>
+      </c>
+      <c r="D791" t="s">
+        <v>25</v>
+      </c>
+      <c r="E791" t="s">
+        <v>26</v>
+      </c>
+      <c r="F791" t="s">
+        <v>27</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H791" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792">
+        <v>5481</v>
+      </c>
+      <c r="B792">
+        <v>2005</v>
+      </c>
+      <c r="C792">
+        <v>183</v>
+      </c>
+      <c r="D792" t="s">
+        <v>25</v>
+      </c>
+      <c r="E792" t="s">
+        <v>26</v>
+      </c>
+      <c r="F792" t="s">
+        <v>27</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H792" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793">
+        <v>5480</v>
+      </c>
+      <c r="B793">
+        <v>2005</v>
+      </c>
+      <c r="C793">
+        <v>182</v>
+      </c>
+      <c r="D793" t="s">
+        <v>25</v>
+      </c>
+      <c r="E793" t="s">
+        <v>26</v>
+      </c>
+      <c r="F793" t="s">
+        <v>27</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H793" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794">
+        <v>5479</v>
+      </c>
+      <c r="B794">
+        <v>2005</v>
+      </c>
+      <c r="C794">
+        <v>176</v>
+      </c>
+      <c r="D794" t="s">
+        <v>25</v>
+      </c>
+      <c r="E794" t="s">
+        <v>26</v>
+      </c>
+      <c r="F794" t="s">
+        <v>27</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H794" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795">
+        <v>5478</v>
+      </c>
+      <c r="B795">
+        <v>2005</v>
+      </c>
+      <c r="C795">
+        <v>142</v>
+      </c>
+      <c r="D795" t="s">
+        <v>25</v>
+      </c>
+      <c r="E795" t="s">
+        <v>26</v>
+      </c>
+      <c r="F795" t="s">
+        <v>27</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H795" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796">
+        <v>5477</v>
+      </c>
+      <c r="B796">
+        <v>2005</v>
+      </c>
+      <c r="C796">
+        <v>141</v>
+      </c>
+      <c r="D796" t="s">
+        <v>25</v>
+      </c>
+      <c r="E796" t="s">
+        <v>26</v>
+      </c>
+      <c r="F796" t="s">
+        <v>27</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H796" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797">
+        <v>5476</v>
+      </c>
+      <c r="B797">
+        <v>2005</v>
+      </c>
+      <c r="C797">
+        <v>137</v>
+      </c>
+      <c r="D797" t="s">
+        <v>25</v>
+      </c>
+      <c r="E797" t="s">
+        <v>26</v>
+      </c>
+      <c r="F797" t="s">
+        <v>27</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H797" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798">
+        <v>5475</v>
+      </c>
+      <c r="B798">
+        <v>2005</v>
+      </c>
+      <c r="C798">
+        <v>133</v>
+      </c>
+      <c r="D798" t="s">
+        <v>25</v>
+      </c>
+      <c r="E798" t="s">
+        <v>26</v>
+      </c>
+      <c r="F798" t="s">
+        <v>27</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H798" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799">
+        <v>5474</v>
+      </c>
+      <c r="B799">
+        <v>2005</v>
+      </c>
+      <c r="C799">
+        <v>116</v>
+      </c>
+      <c r="D799" t="s">
+        <v>25</v>
+      </c>
+      <c r="E799" t="s">
+        <v>26</v>
+      </c>
+      <c r="F799" t="s">
+        <v>27</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H799" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800">
+        <v>5473</v>
+      </c>
+      <c r="B800">
+        <v>2005</v>
+      </c>
+      <c r="C800">
+        <v>105</v>
+      </c>
+      <c r="D800" t="s">
+        <v>25</v>
+      </c>
+      <c r="E800" t="s">
+        <v>26</v>
+      </c>
+      <c r="F800" t="s">
+        <v>27</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H800" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801">
+        <v>5472</v>
+      </c>
+      <c r="B801">
+        <v>2005</v>
+      </c>
+      <c r="C801">
+        <v>87</v>
+      </c>
+      <c r="D801" t="s">
+        <v>25</v>
+      </c>
+      <c r="E801" t="s">
+        <v>26</v>
+      </c>
+      <c r="F801" t="s">
+        <v>27</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H801" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802">
+        <v>5471</v>
+      </c>
+      <c r="B802">
+        <v>2005</v>
+      </c>
+      <c r="C802">
+        <v>75</v>
+      </c>
+      <c r="D802" t="s">
+        <v>25</v>
+      </c>
+      <c r="E802" t="s">
+        <v>26</v>
+      </c>
+      <c r="F802" t="s">
+        <v>27</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H802" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803">
+        <v>5470</v>
+      </c>
+      <c r="B803">
+        <v>2005</v>
+      </c>
+      <c r="C803">
+        <v>74</v>
+      </c>
+      <c r="D803" t="s">
+        <v>25</v>
+      </c>
+      <c r="E803" t="s">
+        <v>26</v>
+      </c>
+      <c r="F803" t="s">
+        <v>27</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H803" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804">
+        <v>5469</v>
+      </c>
+      <c r="B804">
+        <v>2005</v>
+      </c>
+      <c r="C804">
+        <v>71</v>
+      </c>
+      <c r="D804" t="s">
+        <v>25</v>
+      </c>
+      <c r="E804" t="s">
+        <v>26</v>
+      </c>
+      <c r="F804" t="s">
+        <v>27</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H804" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805">
+        <v>5468</v>
+      </c>
+      <c r="B805">
+        <v>2005</v>
+      </c>
+      <c r="C805">
+        <v>68</v>
+      </c>
+      <c r="D805" t="s">
+        <v>25</v>
+      </c>
+      <c r="E805" t="s">
+        <v>26</v>
+      </c>
+      <c r="F805" t="s">
+        <v>27</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H805" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806">
+        <v>5467</v>
+      </c>
+      <c r="B806">
+        <v>2005</v>
+      </c>
+      <c r="C806">
+        <v>67</v>
+      </c>
+      <c r="D806" t="s">
+        <v>25</v>
+      </c>
+      <c r="E806" t="s">
+        <v>26</v>
+      </c>
+      <c r="F806" t="s">
+        <v>27</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H806" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807">
+        <v>5466</v>
+      </c>
+      <c r="B807">
+        <v>2005</v>
+      </c>
+      <c r="C807">
+        <v>35</v>
+      </c>
+      <c r="D807" t="s">
+        <v>25</v>
+      </c>
+      <c r="E807" t="s">
+        <v>26</v>
+      </c>
+      <c r="F807" t="s">
+        <v>27</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H807" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808">
+        <v>5465</v>
+      </c>
+      <c r="B808">
+        <v>2005</v>
+      </c>
+      <c r="C808">
+        <v>34</v>
+      </c>
+      <c r="D808" t="s">
+        <v>25</v>
+      </c>
+      <c r="E808" t="s">
+        <v>26</v>
+      </c>
+      <c r="F808" t="s">
+        <v>27</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H808" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809">
+        <v>5444</v>
+      </c>
+      <c r="B809">
+        <v>2005</v>
+      </c>
+      <c r="C809">
+        <v>222</v>
+      </c>
+      <c r="D809" t="s">
+        <v>25</v>
+      </c>
+      <c r="E809" t="s">
+        <v>26</v>
+      </c>
+      <c r="F809" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H809" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810">
+        <v>5443</v>
+      </c>
+      <c r="B810">
+        <v>2005</v>
+      </c>
+      <c r="C810">
+        <v>221</v>
+      </c>
+      <c r="D810" t="s">
+        <v>25</v>
+      </c>
+      <c r="E810" t="s">
+        <v>26</v>
+      </c>
+      <c r="F810" t="s">
+        <v>1858</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H810" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811">
+        <v>5341</v>
+      </c>
+      <c r="B811">
+        <v>2005</v>
+      </c>
+      <c r="C811">
+        <v>171</v>
+      </c>
+      <c r="D811" t="s">
+        <v>25</v>
+      </c>
+      <c r="E811" t="s">
+        <v>26</v>
+      </c>
+      <c r="F811" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H811" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812">
+        <v>5290</v>
+      </c>
+      <c r="B812">
+        <v>2006</v>
+      </c>
+      <c r="C812">
+        <v>193</v>
+      </c>
+      <c r="D812" t="s">
+        <v>25</v>
+      </c>
+      <c r="E812" t="s">
+        <v>26</v>
+      </c>
+      <c r="F812" t="s">
+        <v>27</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H812" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813">
+        <v>5289</v>
+      </c>
+      <c r="B813">
+        <v>2006</v>
+      </c>
+      <c r="C813">
+        <v>180</v>
+      </c>
+      <c r="D813" t="s">
+        <v>25</v>
+      </c>
+      <c r="E813" t="s">
+        <v>26</v>
+      </c>
+      <c r="F813" t="s">
+        <v>27</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H813" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814">
+        <v>5288</v>
+      </c>
+      <c r="B814">
+        <v>2006</v>
+      </c>
+      <c r="C814">
+        <v>168</v>
+      </c>
+      <c r="D814" t="s">
+        <v>25</v>
+      </c>
+      <c r="E814" t="s">
+        <v>26</v>
+      </c>
+      <c r="F814" t="s">
+        <v>27</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H814" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815">
+        <v>5287</v>
+      </c>
+      <c r="B815">
+        <v>2006</v>
+      </c>
+      <c r="C815">
+        <v>166</v>
+      </c>
+      <c r="D815" t="s">
+        <v>25</v>
+      </c>
+      <c r="E815" t="s">
+        <v>26</v>
+      </c>
+      <c r="F815" t="s">
+        <v>27</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H815" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816">
+        <v>5286</v>
+      </c>
+      <c r="B816">
+        <v>2006</v>
+      </c>
+      <c r="C816">
+        <v>92</v>
+      </c>
+      <c r="D816" t="s">
+        <v>25</v>
+      </c>
+      <c r="E816" t="s">
+        <v>26</v>
+      </c>
+      <c r="F816" t="s">
+        <v>27</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H816" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817">
+        <v>5285</v>
+      </c>
+      <c r="B817">
+        <v>2006</v>
+      </c>
+      <c r="C817">
+        <v>91</v>
+      </c>
+      <c r="D817" t="s">
+        <v>25</v>
+      </c>
+      <c r="E817" t="s">
+        <v>26</v>
+      </c>
+      <c r="F817" t="s">
+        <v>27</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H817" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818">
+        <v>5284</v>
+      </c>
+      <c r="B818">
+        <v>2006</v>
+      </c>
+      <c r="C818">
+        <v>90</v>
+      </c>
+      <c r="D818" t="s">
+        <v>25</v>
+      </c>
+      <c r="E818" t="s">
+        <v>26</v>
+      </c>
+      <c r="F818" t="s">
+        <v>27</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H818" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819">
+        <v>5283</v>
+      </c>
+      <c r="B819">
+        <v>2006</v>
+      </c>
+      <c r="C819">
+        <v>85</v>
+      </c>
+      <c r="D819" t="s">
+        <v>25</v>
+      </c>
+      <c r="E819" t="s">
+        <v>26</v>
+      </c>
+      <c r="F819" t="s">
+        <v>27</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H819" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820">
+        <v>5282</v>
+      </c>
+      <c r="B820">
+        <v>2006</v>
+      </c>
+      <c r="C820">
+        <v>84</v>
+      </c>
+      <c r="D820" t="s">
+        <v>25</v>
+      </c>
+      <c r="E820" t="s">
+        <v>26</v>
+      </c>
+      <c r="F820" t="s">
+        <v>27</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H820" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821">
+        <v>5281</v>
+      </c>
+      <c r="B821">
+        <v>2006</v>
+      </c>
+      <c r="C821">
+        <v>61</v>
+      </c>
+      <c r="D821" t="s">
+        <v>25</v>
+      </c>
+      <c r="E821" t="s">
+        <v>26</v>
+      </c>
+      <c r="F821" t="s">
+        <v>27</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H821" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822">
+        <v>5280</v>
+      </c>
+      <c r="B822">
+        <v>2006</v>
+      </c>
+      <c r="C822">
+        <v>52</v>
+      </c>
+      <c r="D822" t="s">
+        <v>25</v>
+      </c>
+      <c r="E822" t="s">
+        <v>26</v>
+      </c>
+      <c r="F822" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H822" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823">
+        <v>5279</v>
+      </c>
+      <c r="B823">
+        <v>2006</v>
+      </c>
+      <c r="C823">
+        <v>51</v>
+      </c>
+      <c r="D823" t="s">
+        <v>25</v>
+      </c>
+      <c r="E823" t="s">
+        <v>26</v>
+      </c>
+      <c r="F823" t="s">
+        <v>27</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H823" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824">
+        <v>5278</v>
+      </c>
+      <c r="B824">
+        <v>2006</v>
+      </c>
+      <c r="C824">
+        <v>39</v>
+      </c>
+      <c r="D824" t="s">
+        <v>25</v>
+      </c>
+      <c r="E824" t="s">
+        <v>26</v>
+      </c>
+      <c r="F824" t="s">
+        <v>27</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H824" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825">
+        <v>5277</v>
+      </c>
+      <c r="B825">
+        <v>2006</v>
+      </c>
+      <c r="C825">
+        <v>37</v>
+      </c>
+      <c r="D825" t="s">
+        <v>25</v>
+      </c>
+      <c r="E825" t="s">
+        <v>26</v>
+      </c>
+      <c r="F825" t="s">
+        <v>27</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H825" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826">
+        <v>5276</v>
+      </c>
+      <c r="B826">
+        <v>2006</v>
+      </c>
+      <c r="C826">
+        <v>36</v>
+      </c>
+      <c r="D826" t="s">
+        <v>25</v>
+      </c>
+      <c r="E826" t="s">
+        <v>26</v>
+      </c>
+      <c r="F826" t="s">
+        <v>27</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H826" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827">
+        <v>5275</v>
+      </c>
+      <c r="B827">
+        <v>2006</v>
+      </c>
+      <c r="C827">
+        <v>34</v>
+      </c>
+      <c r="D827" t="s">
+        <v>25</v>
+      </c>
+      <c r="E827" t="s">
+        <v>26</v>
+      </c>
+      <c r="F827" t="s">
+        <v>27</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H827" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828">
+        <v>5274</v>
+      </c>
+      <c r="B828">
+        <v>2006</v>
+      </c>
+      <c r="C828">
+        <v>33</v>
+      </c>
+      <c r="D828" t="s">
+        <v>25</v>
+      </c>
+      <c r="E828" t="s">
+        <v>26</v>
+      </c>
+      <c r="F828" t="s">
+        <v>1897</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H828" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829">
+        <v>5273</v>
+      </c>
+      <c r="B829">
+        <v>2006</v>
+      </c>
+      <c r="C829">
+        <v>21</v>
+      </c>
+      <c r="D829" t="s">
+        <v>25</v>
+      </c>
+      <c r="E829" t="s">
+        <v>26</v>
+      </c>
+      <c r="F829" t="s">
+        <v>27</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H829" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830">
+        <v>5149</v>
+      </c>
+      <c r="B830">
+        <v>2007</v>
+      </c>
+      <c r="C830">
+        <v>234</v>
+      </c>
+      <c r="D830" t="s">
+        <v>25</v>
+      </c>
+      <c r="E830" t="s">
+        <v>26</v>
+      </c>
+      <c r="F830" t="s">
+        <v>27</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H830" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831">
+        <v>5148</v>
+      </c>
+      <c r="B831">
+        <v>2007</v>
+      </c>
+      <c r="C831">
+        <v>227</v>
+      </c>
+      <c r="D831" t="s">
+        <v>25</v>
+      </c>
+      <c r="E831" t="s">
+        <v>26</v>
+      </c>
+      <c r="F831" t="s">
+        <v>27</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H831" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832">
+        <v>5147</v>
+      </c>
+      <c r="B832">
+        <v>2007</v>
+      </c>
+      <c r="C832">
+        <v>204</v>
+      </c>
+      <c r="D832" t="s">
+        <v>25</v>
+      </c>
+      <c r="E832" t="s">
+        <v>26</v>
+      </c>
+      <c r="F832" t="s">
+        <v>27</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H832" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833">
+        <v>5146</v>
+      </c>
+      <c r="B833">
+        <v>2007</v>
+      </c>
+      <c r="C833">
+        <v>202</v>
+      </c>
+      <c r="D833" t="s">
+        <v>25</v>
+      </c>
+      <c r="E833" t="s">
+        <v>26</v>
+      </c>
+      <c r="F833" t="s">
+        <v>27</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H833" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834">
+        <v>5145</v>
+      </c>
+      <c r="B834">
+        <v>2007</v>
+      </c>
+      <c r="C834">
+        <v>193</v>
+      </c>
+      <c r="D834" t="s">
+        <v>25</v>
+      </c>
+      <c r="E834" t="s">
+        <v>26</v>
+      </c>
+      <c r="F834" t="s">
+        <v>1910</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H834" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835">
+        <v>5144</v>
+      </c>
+      <c r="B835">
+        <v>2007</v>
+      </c>
+      <c r="C835">
+        <v>192</v>
+      </c>
+      <c r="D835" t="s">
+        <v>25</v>
+      </c>
+      <c r="E835" t="s">
+        <v>26</v>
+      </c>
+      <c r="F835" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H835" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836">
+        <v>5143</v>
+      </c>
+      <c r="B836">
+        <v>2007</v>
+      </c>
+      <c r="C836">
+        <v>191</v>
+      </c>
+      <c r="D836" t="s">
+        <v>25</v>
+      </c>
+      <c r="E836" t="s">
+        <v>26</v>
+      </c>
+      <c r="F836" t="s">
+        <v>1916</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H836" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837">
+        <v>5141</v>
+      </c>
+      <c r="B837">
+        <v>2007</v>
+      </c>
+      <c r="C837">
+        <v>189</v>
+      </c>
+      <c r="D837" t="s">
+        <v>25</v>
+      </c>
+      <c r="E837" t="s">
+        <v>26</v>
+      </c>
+      <c r="F837" t="s">
+        <v>1919</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H837" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838">
+        <v>5140</v>
+      </c>
+      <c r="B838">
+        <v>2007</v>
+      </c>
+      <c r="C838">
+        <v>177</v>
+      </c>
+      <c r="D838" t="s">
+        <v>25</v>
+      </c>
+      <c r="E838" t="s">
+        <v>26</v>
+      </c>
+      <c r="F838" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H838" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839">
+        <v>5139</v>
+      </c>
+      <c r="B839">
+        <v>2007</v>
+      </c>
+      <c r="C839">
+        <v>176</v>
+      </c>
+      <c r="D839" t="s">
+        <v>25</v>
+      </c>
+      <c r="E839" t="s">
+        <v>26</v>
+      </c>
+      <c r="F839" t="s">
+        <v>1925</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H839" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840">
+        <v>5138</v>
+      </c>
+      <c r="B840">
+        <v>2007</v>
+      </c>
+      <c r="C840">
+        <v>127</v>
+      </c>
+      <c r="D840" t="s">
+        <v>25</v>
+      </c>
+      <c r="E840" t="s">
+        <v>26</v>
+      </c>
+      <c r="F840" t="s">
+        <v>27</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H840" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841">
+        <v>5137</v>
+      </c>
+      <c r="B841">
+        <v>2007</v>
+      </c>
+      <c r="C841">
+        <v>90</v>
+      </c>
+      <c r="D841" t="s">
+        <v>25</v>
+      </c>
+      <c r="E841" t="s">
+        <v>26</v>
+      </c>
+      <c r="F841" t="s">
+        <v>27</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H841" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842">
+        <v>5136</v>
+      </c>
+      <c r="B842">
+        <v>2007</v>
+      </c>
+      <c r="C842">
+        <v>88</v>
+      </c>
+      <c r="D842" t="s">
+        <v>25</v>
+      </c>
+      <c r="E842" t="s">
+        <v>26</v>
+      </c>
+      <c r="F842" t="s">
+        <v>27</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H842" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843">
+        <v>5135</v>
+      </c>
+      <c r="B843">
+        <v>2007</v>
+      </c>
+      <c r="C843">
+        <v>79</v>
+      </c>
+      <c r="D843" t="s">
+        <v>25</v>
+      </c>
+      <c r="E843" t="s">
+        <v>26</v>
+      </c>
+      <c r="F843" t="s">
+        <v>27</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H843" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844">
+        <v>5134</v>
+      </c>
+      <c r="B844">
+        <v>2007</v>
+      </c>
+      <c r="C844">
+        <v>78</v>
+      </c>
+      <c r="D844" t="s">
+        <v>25</v>
+      </c>
+      <c r="E844" t="s">
+        <v>26</v>
+      </c>
+      <c r="F844" t="s">
+        <v>27</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="H844" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845">
+        <v>5133</v>
+      </c>
+      <c r="B845">
+        <v>2007</v>
+      </c>
+      <c r="C845">
+        <v>77</v>
+      </c>
+      <c r="D845" t="s">
+        <v>25</v>
+      </c>
+      <c r="E845" t="s">
+        <v>26</v>
+      </c>
+      <c r="F845" t="s">
+        <v>27</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H845" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846">
+        <v>5132</v>
+      </c>
+      <c r="B846">
+        <v>2007</v>
+      </c>
+      <c r="C846">
+        <v>52</v>
+      </c>
+      <c r="D846" t="s">
+        <v>25</v>
+      </c>
+      <c r="E846" t="s">
+        <v>26</v>
+      </c>
+      <c r="F846" t="s">
+        <v>27</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H846" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847">
+        <v>5131</v>
+      </c>
+      <c r="B847">
+        <v>2007</v>
+      </c>
+      <c r="C847">
+        <v>51</v>
+      </c>
+      <c r="D847" t="s">
+        <v>25</v>
+      </c>
+      <c r="E847" t="s">
+        <v>26</v>
+      </c>
+      <c r="F847" t="s">
+        <v>27</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H847" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848">
+        <v>5130</v>
+      </c>
+      <c r="B848">
+        <v>2007</v>
+      </c>
+      <c r="C848">
+        <v>50</v>
+      </c>
+      <c r="D848" t="s">
+        <v>25</v>
+      </c>
+      <c r="E848" t="s">
+        <v>26</v>
+      </c>
+      <c r="F848" t="s">
+        <v>27</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H848" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849">
+        <v>4967</v>
+      </c>
+      <c r="B849">
+        <v>2007</v>
+      </c>
+      <c r="C849">
+        <v>106</v>
+      </c>
+      <c r="D849" t="s">
+        <v>25</v>
+      </c>
+      <c r="E849" t="s">
+        <v>26</v>
+      </c>
+      <c r="F849" t="s">
+        <v>1945</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H849" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850">
+        <v>4842</v>
+      </c>
+      <c r="B850">
+        <v>2008</v>
+      </c>
+      <c r="C850">
+        <v>208</v>
+      </c>
+      <c r="D850" t="s">
+        <v>25</v>
+      </c>
+      <c r="E850" t="s">
+        <v>26</v>
+      </c>
+      <c r="F850" t="s">
+        <v>27</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H850" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851">
+        <v>4841</v>
+      </c>
+      <c r="B851">
+        <v>2008</v>
+      </c>
+      <c r="C851">
+        <v>194</v>
+      </c>
+      <c r="D851" t="s">
+        <v>25</v>
+      </c>
+      <c r="E851" t="s">
+        <v>26</v>
+      </c>
+      <c r="F851" t="s">
+        <v>27</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H851" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852">
+        <v>4840</v>
+      </c>
+      <c r="B852">
+        <v>2008</v>
+      </c>
+      <c r="C852">
+        <v>193</v>
+      </c>
+      <c r="D852" t="s">
+        <v>25</v>
+      </c>
+      <c r="E852" t="s">
+        <v>26</v>
+      </c>
+      <c r="F852" t="s">
+        <v>27</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H852" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853">
+        <v>4839</v>
+      </c>
+      <c r="B853">
+        <v>2008</v>
+      </c>
+      <c r="C853">
+        <v>192</v>
+      </c>
+      <c r="D853" t="s">
+        <v>25</v>
+      </c>
+      <c r="E853" t="s">
+        <v>26</v>
+      </c>
+      <c r="F853" t="s">
+        <v>27</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H853" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854">
+        <v>4838</v>
+      </c>
+      <c r="B854">
+        <v>2008</v>
+      </c>
+      <c r="C854">
+        <v>172</v>
+      </c>
+      <c r="D854" t="s">
+        <v>25</v>
+      </c>
+      <c r="E854" t="s">
+        <v>26</v>
+      </c>
+      <c r="F854" t="s">
+        <v>27</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H854" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855">
+        <v>4837</v>
+      </c>
+      <c r="B855">
+        <v>2008</v>
+      </c>
+      <c r="C855">
+        <v>162</v>
+      </c>
+      <c r="D855" t="s">
+        <v>25</v>
+      </c>
+      <c r="E855" t="s">
+        <v>26</v>
+      </c>
+      <c r="F855" t="s">
+        <v>27</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H855" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856">
+        <v>4836</v>
+      </c>
+      <c r="B856">
+        <v>2008</v>
+      </c>
+      <c r="C856">
+        <v>161</v>
+      </c>
+      <c r="D856" t="s">
+        <v>25</v>
+      </c>
+      <c r="E856" t="s">
+        <v>26</v>
+      </c>
+      <c r="F856" t="s">
+        <v>27</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H856" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857">
+        <v>4829</v>
+      </c>
+      <c r="B857">
+        <v>2008</v>
+      </c>
+      <c r="C857">
+        <v>160</v>
+      </c>
+      <c r="D857" t="s">
+        <v>25</v>
+      </c>
+      <c r="E857" t="s">
+        <v>26</v>
+      </c>
+      <c r="F857" t="s">
+        <v>27</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H857" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858">
+        <v>4827</v>
+      </c>
+      <c r="B858">
+        <v>2008</v>
+      </c>
+      <c r="C858">
+        <v>159</v>
+      </c>
+      <c r="D858" t="s">
+        <v>25</v>
+      </c>
+      <c r="E858" t="s">
+        <v>26</v>
+      </c>
+      <c r="F858" t="s">
+        <v>27</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H858" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859">
+        <v>4826</v>
+      </c>
+      <c r="B859">
+        <v>2008</v>
+      </c>
+      <c r="C859">
+        <v>158</v>
+      </c>
+      <c r="D859" t="s">
+        <v>25</v>
+      </c>
+      <c r="E859" t="s">
+        <v>26</v>
+      </c>
+      <c r="F859" t="s">
+        <v>27</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H859" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860">
+        <v>4825</v>
+      </c>
+      <c r="B860">
+        <v>2008</v>
+      </c>
+      <c r="C860">
+        <v>157</v>
+      </c>
+      <c r="D860" t="s">
+        <v>25</v>
+      </c>
+      <c r="E860" t="s">
+        <v>26</v>
+      </c>
+      <c r="F860" t="s">
+        <v>27</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H860" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861">
+        <v>4824</v>
+      </c>
+      <c r="B861">
+        <v>2008</v>
+      </c>
+      <c r="C861">
+        <v>156</v>
+      </c>
+      <c r="D861" t="s">
+        <v>25</v>
+      </c>
+      <c r="E861" t="s">
+        <v>26</v>
+      </c>
+      <c r="F861" t="s">
+        <v>27</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="H861" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862">
+        <v>4822</v>
+      </c>
+      <c r="B862">
+        <v>2008</v>
+      </c>
+      <c r="C862">
+        <v>155</v>
+      </c>
+      <c r="D862" t="s">
+        <v>25</v>
+      </c>
+      <c r="E862" t="s">
+        <v>26</v>
+      </c>
+      <c r="F862" t="s">
+        <v>27</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H862" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863">
+        <v>4821</v>
+      </c>
+      <c r="B863">
+        <v>2008</v>
+      </c>
+      <c r="C863">
+        <v>154</v>
+      </c>
+      <c r="D863" t="s">
+        <v>25</v>
+      </c>
+      <c r="E863" t="s">
+        <v>26</v>
+      </c>
+      <c r="F863" t="s">
+        <v>27</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H863" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864">
+        <v>4820</v>
+      </c>
+      <c r="B864">
+        <v>2008</v>
+      </c>
+      <c r="C864">
+        <v>153</v>
+      </c>
+      <c r="D864" t="s">
+        <v>25</v>
+      </c>
+      <c r="E864" t="s">
+        <v>26</v>
+      </c>
+      <c r="F864" t="s">
+        <v>27</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H864" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865">
+        <v>4819</v>
+      </c>
+      <c r="B865">
+        <v>2008</v>
+      </c>
+      <c r="C865">
+        <v>146</v>
+      </c>
+      <c r="D865" t="s">
+        <v>25</v>
+      </c>
+      <c r="E865" t="s">
+        <v>26</v>
+      </c>
+      <c r="F865" t="s">
+        <v>27</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H865" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866">
+        <v>4818</v>
+      </c>
+      <c r="B866">
+        <v>2008</v>
+      </c>
+      <c r="C866">
+        <v>140</v>
+      </c>
+      <c r="D866" t="s">
+        <v>25</v>
+      </c>
+      <c r="E866" t="s">
+        <v>26</v>
+      </c>
+      <c r="F866" t="s">
+        <v>27</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H866" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867">
+        <v>4817</v>
+      </c>
+      <c r="B867">
+        <v>2008</v>
+      </c>
+      <c r="C867">
+        <v>138</v>
+      </c>
+      <c r="D867" t="s">
+        <v>25</v>
+      </c>
+      <c r="E867" t="s">
+        <v>26</v>
+      </c>
+      <c r="F867" t="s">
+        <v>27</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H867" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868">
+        <v>4816</v>
+      </c>
+      <c r="B868">
+        <v>2008</v>
+      </c>
+      <c r="C868">
+        <v>133</v>
+      </c>
+      <c r="D868" t="s">
+        <v>25</v>
+      </c>
+      <c r="E868" t="s">
+        <v>26</v>
+      </c>
+      <c r="F868" t="s">
+        <v>27</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H868" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869">
+        <v>4815</v>
+      </c>
+      <c r="B869">
+        <v>2008</v>
+      </c>
+      <c r="C869">
+        <v>119</v>
+      </c>
+      <c r="D869" t="s">
+        <v>25</v>
+      </c>
+      <c r="E869" t="s">
+        <v>26</v>
+      </c>
+      <c r="F869" t="s">
+        <v>27</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H869" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870">
+        <v>4814</v>
+      </c>
+      <c r="B870">
+        <v>2008</v>
+      </c>
+      <c r="C870">
+        <v>118</v>
+      </c>
+      <c r="D870" t="s">
+        <v>25</v>
+      </c>
+      <c r="E870" t="s">
+        <v>26</v>
+      </c>
+      <c r="F870" t="s">
+        <v>27</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H870" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871">
+        <v>4812</v>
+      </c>
+      <c r="B871">
+        <v>2008</v>
+      </c>
+      <c r="C871">
+        <v>108</v>
+      </c>
+      <c r="D871" t="s">
+        <v>25</v>
+      </c>
+      <c r="E871" t="s">
+        <v>26</v>
+      </c>
+      <c r="F871" t="s">
+        <v>27</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H871" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872">
+        <v>4811</v>
+      </c>
+      <c r="B872">
+        <v>2008</v>
+      </c>
+      <c r="C872">
+        <v>106</v>
+      </c>
+      <c r="D872" t="s">
+        <v>25</v>
+      </c>
+      <c r="E872" t="s">
+        <v>26</v>
+      </c>
+      <c r="F872" t="s">
+        <v>27</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H872" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873">
+        <v>4810</v>
+      </c>
+      <c r="B873">
+        <v>2008</v>
+      </c>
+      <c r="C873">
+        <v>95</v>
+      </c>
+      <c r="D873" t="s">
+        <v>25</v>
+      </c>
+      <c r="E873" t="s">
+        <v>26</v>
+      </c>
+      <c r="F873" t="s">
+        <v>27</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H873" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874">
+        <v>4809</v>
+      </c>
+      <c r="B874">
+        <v>2008</v>
+      </c>
+      <c r="C874">
+        <v>83</v>
+      </c>
+      <c r="D874" t="s">
+        <v>25</v>
+      </c>
+      <c r="E874" t="s">
+        <v>26</v>
+      </c>
+      <c r="F874" t="s">
+        <v>27</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H874" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875">
+        <v>4808</v>
+      </c>
+      <c r="B875">
+        <v>2008</v>
+      </c>
+      <c r="C875">
+        <v>82</v>
+      </c>
+      <c r="D875" t="s">
+        <v>25</v>
+      </c>
+      <c r="E875" t="s">
+        <v>26</v>
+      </c>
+      <c r="F875" t="s">
+        <v>27</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H875" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876">
+        <v>4807</v>
+      </c>
+      <c r="B876">
+        <v>2008</v>
+      </c>
+      <c r="C876">
+        <v>44</v>
+      </c>
+      <c r="D876" t="s">
+        <v>25</v>
+      </c>
+      <c r="E876" t="s">
+        <v>26</v>
+      </c>
+      <c r="F876" t="s">
+        <v>27</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H876" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877">
         <v>4691</v>
       </c>
-      <c r="B786">
+      <c r="B877">
         <v>2008</v>
       </c>
-      <c r="C786">
+      <c r="C877">
         <v>38</v>
       </c>
-      <c r="D786" t="s">
-[...12 lines deleted...]
-        <v>1794</v>
+      <c r="D877" t="s">
+        <v>25</v>
+      </c>
+      <c r="E877" t="s">
+        <v>26</v>
+      </c>
+      <c r="F877" t="s">
+        <v>2000</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2002</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -28406,50 +31759,141 @@
     <hyperlink ref="G762" r:id="rId761"/>
     <hyperlink ref="G763" r:id="rId762"/>
     <hyperlink ref="G764" r:id="rId763"/>
     <hyperlink ref="G765" r:id="rId764"/>
     <hyperlink ref="G766" r:id="rId765"/>
     <hyperlink ref="G767" r:id="rId766"/>
     <hyperlink ref="G768" r:id="rId767"/>
     <hyperlink ref="G769" r:id="rId768"/>
     <hyperlink ref="G770" r:id="rId769"/>
     <hyperlink ref="G771" r:id="rId770"/>
     <hyperlink ref="G772" r:id="rId771"/>
     <hyperlink ref="G773" r:id="rId772"/>
     <hyperlink ref="G774" r:id="rId773"/>
     <hyperlink ref="G775" r:id="rId774"/>
     <hyperlink ref="G776" r:id="rId775"/>
     <hyperlink ref="G777" r:id="rId776"/>
     <hyperlink ref="G778" r:id="rId777"/>
     <hyperlink ref="G779" r:id="rId778"/>
     <hyperlink ref="G780" r:id="rId779"/>
     <hyperlink ref="G781" r:id="rId780"/>
     <hyperlink ref="G782" r:id="rId781"/>
     <hyperlink ref="G783" r:id="rId782"/>
     <hyperlink ref="G784" r:id="rId783"/>
     <hyperlink ref="G785" r:id="rId784"/>
     <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>