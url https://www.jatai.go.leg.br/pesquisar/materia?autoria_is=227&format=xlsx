--- v0 (2025-11-24)
+++ v1 (2026-01-20)
@@ -10,746 +10,1711 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3918" uniqueCount="1804">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4408" uniqueCount="2024">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Link para Matéria Legislativa</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>EMMOD</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23039</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Ao Projeto de Lei Ordinária do Executivo nº 122, de 17 de dezembro de 2025, que “Dispõe_x000D_
+sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores que integram o quadro Administrativo da Secretaria Municipal de Educação do Município de Jataí e, dá outras providências.”</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo</t>
+  </si>
+  <si>
+    <t>Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23034</t>
+  </si>
+  <si>
+    <t>Institui o Programa ‘Fiscalize, Denuncie e Receba’ no âmbito do Município de Jataí-GO, com o objetivo de combater o descarte irregular de resíduos sólidos, e dá outras providências.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Marcos Patrick</t>
-[...29 lines deleted...]
-    <t>Solicita estudo de viabilidade técnica para tornar a Rua Nazira Ibrahim do Prado, no Setor Cidade Jardim II, via de mão única.</t>
+    <t>https://www.jatai.go.leg.br/materia/23032</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal o envio de Projeto de Lei que institua programa municipal para criação de espaços destinados ao estacionamento de caminhões e carretas em áreas urbanas privadas, mediante compensação tributária, especialmente do IPTU.</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23031</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DA MULHER, para a recepção do valor de R$ 600.000,00 (seiscentos mil reais), que será destinado para a implantação da Casa de Apoio à Mulher.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/23025</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear as despesas de construção de sala de aula na CEMOL CASA EVANGELICA MONTE DAS OLIVEIRAS - CNPJ: 73.643.561/0001-82.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22973</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear a reforma e ampliação do Conselho Tutelar dos Direitos da Criança e do Adolescente de Jataí-GO.</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22948</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear a reforma e ampliação da CASA DE APOIO MANÁ DE DEUS - CNPJ: 31.497.625/0001-34.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22765</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a realização de TORNEIO DE FUTVOLEI.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22764</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a reforma de salas de aulas, na UFJ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22763</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000,00 (quinze mil reais), que será destinado a AQUISIÇÃO DE COMPUTADORES DE ALTO DESEMPENHO.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Abimael Silva da TV_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22762</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 1.000.000,00 (um milhão de reais), que será destinado a reforma do prédio da superintendência de higiene e alimentação/merenda escolar.</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22761</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a reforma de todas as cozinhas das escolas municipais, adequando climatização, conforto térmico e qualidade do ar.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22760</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 3.000.000,00 (três milhões de reais), que será destinado a realização de asfaltamento em todo Bairro, Sítio de Recreio Alvorada.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22759</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 600.000,00 (seiscentos mil reais), que será destinado a construção de espaço adequado para realização de atividades físicas e eventos, na Escola Municipal Boa Vista.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22758</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 1.500.000,00 (um milhão e quinhentos mil reais), que será destinado ao Conselho Municipal dos Direitos das pessoas com deficiência, para custeio do Programa Municipal de Inclusão e acessibilidade.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22757</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a ESCOLA MUNICIPAL ISAIAS SOARES - CNPJ: 01.829.367/0001-85, para custear reformas/melhorias no prédio da escola.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22756</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DO DESENVOLVIMENTO RURAL, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao custeio do CIRCUITO NACIONAL DE LAÇO, da Cabanha Alma Farrapa.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22755</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a realização da MARCHA PARA JESUS.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22754</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a realização do Festival de Carros Antigos de Jataí.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22753</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 70.000,00 (setenta mil reais), que será destinado a realização do 12º Encontro Nacional de Motociclistas de Jataí.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Lazinho do Asfalto_x000D_
+Adilson de Carvalho_x000D_
+Luciano Lima_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22752</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 700.000,00 (setecentos mil reais), que será destinado a Custeio no apoio destinado ao Sindicato Rural de Jataí – Centro de Equoterapia Primeiro Passo, visando fortalecer as atividades terapêuticas e contribuir para a melhoria da saúde e reabilitação dos usuários atendidos.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22751</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 400.000,00 (quatrocentos mil reais), que será destinado para custear eventos esportivos, inscrições, medalhas, troféus, viagens, despesas de transporte e hospedagem dos atletas jataienses em competições nacionais.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22750</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a Universidade Federal de Jataí para a construção de uma ponte que ligue o bairro Estrela D’alva a Universidade.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22749</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 40.000,00 (quarenta mil reais), que será destinado a CASA EVANGÉLICA MONTE DAS OLIVEIRAS – CEMOL, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22748</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Associação de Desporto, Educação e Cultura Raposinha, para o custeio dos atletas e da associação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22747</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao CENTRO MUNICIPAL DE EDUCACAO INFANTIL UBALDINA RIBEIRO, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Adilson de Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22746</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado ao custeio do Torneio estadual de jiu-jitsu (MAX- MANADA).</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22745</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 700.000,00 (setecentos mil reais), que será destinado ao Sindicato Rural de Jataí, para realização da EXPAJA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22744</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a Diocese de Jataí, auxiliar no subsidio das obras sociais da Diocese no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22733</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao Lar da Criança Marcondes Dias, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22732</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 436.428,00 (quatrocentos e trinta e seis mil, quatrocentos e vinte e oito reais), que será destinado a Associação Jesus Salvador para custeio das ações filantrópicas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22731</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a aquisição de ração para cães e gatos errantes, abandonados ou pertencentes a tutores financeiramente vulneráveis.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22730</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será destinado a a fim de custear: ações e eventos do Conselho de Pastores e Ministros de Jataí (COPEJA).</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Carlone Assis_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22729</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE MEIO AMBIENTE, para a recepção do valor de R$ 345.000,00 (trezentos e quarenta e cinco mil reais), que será dos quais R$ 50.000,00 (cinquenta mil reais) serão destinados ao Projeto Grão de Mostarda para aquisição de ração animal e os restantes R$ 295.000,00 para a SECRETARIA MUNICIPAL DO MEIO AMBIENTE para castração animal.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22728</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 1.350.000,00 (um milhão, trezentos e cinquenta mil reais), que será destinado a Associação de Beneficiência Albergue São Vicente de Paulo, para custear ações filantrópicas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22727</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 330.000,00 (trezentos e trinta mil reais), que será destinado ao Centro de Ensino Especial Érica de Melo Barbosa, para custear a substituição do telhado para telhas termoacústicas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22726</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 350.000,00 (trezentos e cinquenta mil reais), que será destinado a Jataí Associação de Carros Antigos (JACA), para subsidiar a realização do 9º Encontro Nacional de Carros Antigos de Jataí.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22725</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando A SECRETARIA DA CULTURA, para a recepção do valor de R$ 324.000,00 (trezentos e vinte e quatro mil reais), que será A Associação dos Amigos da Orquestra dos Violeiros de Jataí, para custeio das despesas com pessoal.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22724</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 250.000,00 (duzentos e cinquenta mil reais), que será destinado a Centro de Tradições Gaúchas - Querência Goiana, para subsidir eventos culturais, para custear projetos do CTG e da Campeira.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22723</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Sindicato dos Trabalhadores em Educação de Goiás, Unidade Jataí, para conclusão das obras do Salão de Eventos da sede social em Jataí/GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22722</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado ao Sindicato dos Servidores Públicos Municial de Jataí, para construção e aquisição de equipamentos de campo de futebol society na sede social do clube.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22721</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Associação Jataí para a Inovação Tecnológica e o Empreendedorismo – AJINTECH, para custear a realização da feira “Semana de Inovação das Ciências Agrárias – SEMICA”, a ser organizada pela AJINTECH, em parceria com o Parque Tecnológico de Jataí e o Centro Acadêmico do Curso de Agronomia Prof. Jerônimo Araújo Gomes,.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22720</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado a Universidade Federal de Jataí, para reforma das três Centrais de Aulas.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22719</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado a Fundação de Apoio Universitário/ FAU, da UFJ, para compra e aquisição de Lupa.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22718</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado para custear programações e festivais musicais.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22717</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado para custear casamento comunitário.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22716</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 4.000.000,00 (quatro milhões de reais), que será destinado a APAE - ASSOCIACAO DOS PAIS E AMIGOS DOS EXCEPCIONAIS DE JATAI, para custeio e manuntenção dos trabalhos da associação.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22715</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Centro Municipal de Educação Bezerra de Menezes, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22714</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 15.000.000,00 (quinze milhões de reais), que será destinado a aquisição de área, para o DIMPE (Distrito Municipal de Micro e Pequenas Empresas).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22709</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 24.000,00 (vinte e quatro mil reais), que será destinado a custear a semana de enfermagem da UFJ.</t>
+  </si>
+  <si>
+    <t>EMIMP</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22702</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 107.137,12 (cento e sete mil, cento e trinta e sete reais e doze centavos), que será destinado a Custeio de serviços especializados na área médica e aquisição de materiais de consumo destinados ao atendimento e suporte às pessoas assistidas pelo Programa LIBRE(Diabetes).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22692</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 38.769,25 (trinta e oito mil, setecentos e sessenta e nove reais e vinte e cinco centavos), que será destinado a Aquisição de cadeiras fixas para atendimento e acomodação dos usuários nas 13 Unidades Básicas de Saúde – UBSs.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22691</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Custeio de serviços especializados na área médica e aquisição de materiais de consumo destinados às ações de Atenção à Saúde da Criança.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22690</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 140.000,00 (cento e quarenta mil reais), que será destinado a Custeio de serviços especializados na área médica e aquisição de materiais de consumo destinados ao atendimento e suporte às pessoas com Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22689</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 5.764,83 (cinco mil, setecentos e sessenta e quatro reais e oitenta e três centavos), que será destinado a a aquisição de Aparelho De Eletrocardiograma Difital Ecg, para Rede de Atenção Especializada.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22688</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 17.098,05 (dezessete mil e noventa e oito reais e cinco centavos), que será destinado a aquisição Aparelho De Ultrassonografia Portatil, para Rede de Atenção Especializada.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22684</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 4.869,25 (quatro mil, oitocentos e sessenta e nove reais e vinte e cinco centavos), que será destinado a Casa do Empreendedor, para aquisição de equipamento permanente - aparelho eletrônico.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22681</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CMEI REINO ENCANTADO, para aquisição de equipamentos permanentes - pula pula e tenda 10x10.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22679</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 10.000,00 (dez mil reais), que será destinado a OBRAS SOCIAIS DA ASSOCIAÇÃO ESPIRITA REGENERAÇÃO - CNPJ: 19.668.783/0001-04 para construção de sua sede.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22676</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a CENTRO DE EDUCAÇÃO INFANTIL BEZERRA DE MENEZES - CEIBEM - CNPJ: 08.678.175/0001-64 para Reforma/ manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22675</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 22.000,00 (vinte e dois mil reais), que será destinado a ASSOCIAÇÃO DE BENEFICÊNCIA ALBERGUE SÃO VICENTE DE PAULO DE JATAI - CNPJ: 02.251.270/0001-09, para aquisição de um veículo de carroceria aberta e/ou custeio de ações diversas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22673</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a CENTRO DE ENSINO ESPECIAL ERICA DE MELO BARBOSA - CNPJ: 01.466.440/0001-00 para custeio da manutenção e reforma predial, aquisição de materiais pedagógicos e financiamento de ações, eventos e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22672</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a ASSOCIAÇÃO FAVOS - FAMÍLIA, AMOR, VOLUNTARIADO, OPORTUNIDADE SAÚDE - CONTRA O CÂNCER A FAVOR DA VIDA - CNPJ: 15.433.658/0001-64 para aquisição de 01 (um) ônibus de 37 lugares, para o transporte dos pacientes em tratamento de câncer, em Jales-SP e Barretos-SP.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22671</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 10.000,00 (dez mil reais), que será destinado a NOSSO LAR CASA DE APOIO DE JATAÍ - CNPJ: 09.633.896/0001-10, para custear despesas com/e manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22670</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE GESTÃO E PLANEJAMENTO, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a CONSELHO DE PASTORES E MINISTROS EVANGELICOS DE JATAI - CNPJ: 07.938.680/0001-38, aquisição de mesas e cadeiras.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22669</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a ASSOCIAÇÃO DE PAIS E MESTRES DO COLÉGIO DA POLÍCIA MILITAR DE GOIÁS - UNIDADE NESTÓRIO RIBEIRO - CNPJ: 20.161.236/0001-17, para a construção de 01 (uma) sala de laboratório tecnológico.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22668</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a Custear a contratação de empresa especializada para desenvolvimento e execução de projeto esportivo e recreativo, com foco no resgate de brincadeiras e esportes tradicionais, envolvendo oficinas esportivas, atividades lúdicas, gincanas temáticas e ações educativas destinadas ao público.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22667</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a COMPANHIA MUNICIPAL DE TURISMO E ÁGUAS TERMAIS DO MUNICÍPIO DE JATAÍ - COMTAT - CNPJ: 04.877.603/0001-27, via subvenção Econômica para aquisição de trator para o Lago Bom Sucesso.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22666</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 25.000,00 (vinte e cinco mil reais), que será destinado a MOTO GRUPO ROTA 060 - CNPJ: 14.158.544/0001-90, para realização do 12º Encontro Nacional de Motociclistas em Jataí - 2026.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22665</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE TURISMO, para a recepção do valor de R$ 60.000,00 (sessenta mil reais), que será destinado a JACA - JATAI ASSOCIAÇÃO DE CARROS ANTIGOS - CNPJ: 41.813.465/0001-49, para realização do Festival de Carros Antigos de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22664</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a ASSOCIAÇÃO DE DESPORTO, EDUCAÇÃO E CULTURA - RAPOSINHA - CNPJ: 47.596.347/0001-02, para custeio das atividades do projeto.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22663</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 20.000,00 (vinte mil reais), que será destinado a ESCOLA MUNICIPAL ISAIAS SOARES para aquisição de equipamentos permanentes, tais como: armários escolares.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22662</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE GESTÃO E PLANEJAMENTO, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao ao Conselho Tutelar, para aquisição de equipamentos permanentes/computadores.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22661</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a ASSOCIAÇÃO ATLÉTICA WIDER SANTOS - CNPJ: 17.077.705/0001-00, para custear ações, eventos e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22660</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 26.000,00 (vinte e seis mil reais), que será destinado a ASSOCIAÇÃO 100% JATAÍ/JUDÔ - CNPJ: 49.715.723/0001-66, para aquisição de equipamentos e/ou custeio de viagens.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22659</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 10.000,00 (dez mil reais), que será destinado a LOJA MACONICA OBREIROS DO CERRADO - CNPJ: 08.605.775/0001-00 para aquisição de materiais ortopédicos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22658</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 10.000,00 (dez mil reais), que será destinado a LOJA MAÇONICA 28 DE JULHO - CNPJ: 02.125.680/0001-03, para aquisição de medicamentos e fraudas geriátrica.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22657</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a Custeio para aquisição de material esportivo e cobertura das despesas de viagem dos alunos do Projeto "Construindo Campeões" (Taekwondo), sob a responsabilidade da Mestra Isabella Miranda.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22656</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a Custear inscrições, viagens, despesas de transporte e hospedagem dos atletas jataienses em competições, sob a responsabildiade da Equipe Mestre Jânio César.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22655</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCACAO, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a ESCOLA MUNICIPAL PROFESSORA MARIA ZAIDEN, para construção de um sala de aula.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22654</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 18.450,00 (dezoito mil, quatrocentos e cinquenta reais), que será destinado a Aquisição de aparelhos de ar-condicionado destinados à climatização e melhoria das condições de atendimento na Policlínica - Antiga OSEGO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22653</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 67.650,00 (sessenta e sete mil, seiscentos e cinquenta reais), que será destinado a Aquisição de aparelhos de ar-condicionado destinados à climatização e melhoria das condições de atendimento nas seguintes Unidades Básicas de Saúde – UBSs: Conjunto Rio Claro; Santo Antônio; Vila Brasília; Cidade Jardim; Goiás; Vila Olavo e Vila Fátima.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22652</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) FUNDO MUNICIPAL DE SAUDE DE JATAI, para a recepção do valor de R$ 133.000,00 (cento e trinta e três mil reais), que será destinado a Aquisição de 01 (uma) caminhonete pick-up cabine dupla destinada ao atendimento das demandas operacionais da UVZ UNIDADE DE VIGILANCIA EM ZOONOZES - CNES: 6683258.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22651</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONOMICO, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a FUNDAÇÃO DE APOIO A PESQUISA - FUNAPE - CNPJ: 00.799.205/0001-89 para o custeio do projeto de desenvolvimento a apicultura.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22650</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei Ordinária do Executivo nº 110, de 27 de novembro de 2025, que “Altera o Código de Postura Municipal, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22613</t>
+  </si>
+  <si>
+    <t>Solicita a criação do Programa “Farmácia Móvel” no Município de Jataí</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22609</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadão Jataiense ao Padre Valdinei Nascimento de Sousa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22597</t>
+  </si>
+  <si>
+    <t>Solicita estudo de viabilidade técnica para implantação de Câmara Fria na Diretoria de Higiene e Alimentação Escolar – DHAE.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22595</t>
+  </si>
+  <si>
+    <t>Solicita a realização de treinamento e capacitação dos gestores de contratos do Município de Jataí-GO</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>Marcos Patrick_x000D_
-[...22 lines deleted...]
-Lazinho do Asfalto_x000D_
+    <t>https://www.jatai.go.leg.br/materia/22594</t>
+  </si>
+  <si>
+    <t>“Moção de Aplausos aos organizadores do  Seminário “A Voz do Campo” – Jataí/GO”</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22591</t>
+  </si>
+  <si>
+    <t>Manifestam profundo pesar pelo falecimento do senhor Donaldo Alves de Almeida, ocorrido recentemente, e solidarizam-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22589</t>
+  </si>
+  <si>
+    <t>Solicita a realização de estudo de viabilidade técnica para a construção e implantação de um Hospital Materno Infantil em Jataí-GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22588</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a elaboração e implantação de Projeto de Complexo Turístico e de Lazer com lago artificial, áreas esportivas, paisagismo e equipamentos de convivência pública na região próxima ao Clube Balneário Brasnipo, no Jardim Rio Claro, como medida de requalificação ambiental, urbana, social e de valorização comunitária.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22587</t>
+  </si>
+  <si>
+    <t>Solicita a revitalização das entradas da cidade de Jataí, com implantação de paisagismo, sinalização turística e elementos culturais que valorizem a identidade de Jataí como “Cidade Mãe de Brasília</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Marcos Patrick_x000D_
 Luciano Lima</t>
   </si>
   <si>
+    <t>https://www.jatai.go.leg.br/materia/22584</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento de Suzy Mary Oliveira Montalvão, ocorrido em 24 de novembro de 2025, e solidariza-se com seus familiares e amigos</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22583</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei Ordinária do Executivo nº 070, de 24 de julho de 2025, que “Altera dispositivos da Lei Ordinária nº 3.044, de 12 de abril de 2010, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22582</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei Ordinária do Executivo nº 105, de 11 de novembro de 2025, que “Altera dispositivo da Lei Ordinária nº 4.353, de 16 de dezembro de 2021, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22580</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento do Ex-Vereador e Advogado Nivaldo Souza Moraes, ocorrido em 23 de novembro de 2025, e solidariza-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22565</t>
+  </si>
+  <si>
+    <t>Solicita estudo de viabilidade técnica para implantação de um Eco Ponto no Setor Portal do Sol, no município de Jataí – GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22564</t>
+  </si>
+  <si>
+    <t>Solicita estudo de viabilidade técnica para implantação de uma UBS – Unidade Básica de Saúde para atendimento dos moradores do Setor Portal do Sol e região adjacente.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22563</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal e ao Secretário de Obras e Planejamento Urbano estudo técnico para criação de Zona Especial de Segurança Pública ao redor de prédios ocupados por órgãos policiais e de segurança, com inclusão obrigatória no Plano Diretor do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22550</t>
+  </si>
+  <si>
+    <t>Solicita a realização de uma Sessão Solene em homenagem aos Policiais Militares e Civis Aposentados que atuaram no município de Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22541</t>
+  </si>
+  <si>
+    <t>Solicita estudo de viabilidade técnica para tornar a Rua Nazira Ibrahim do Prado, no Setor Cidade Jardim II, via de mão única.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22532</t>
+  </si>
+  <si>
+    <t>Apresenta Moção de Aplausos à atleta Daryene da Silva Wider dos Santos, pela conquista do título de Campeã Mundial de Judô – Categoria Veteranos, na cidade de Paris, França, reconhecendo seu destaque esportivo e a relevante contribuição para o fortalecimento do nome de Jataí no cenário esportivo internacional.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22528</t>
+  </si>
+  <si>
+    <t>Solicita a criação de espaços sensoriais inclusivos nas praças Universitária, Lago das Brisas, Lago Diacuí e Lago JK, destinados a promover a integração e o desenvolvimento de crianças com Transtorno do Espectro Autista (TEA), TDAH e outras condições neurodivergentes.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22523</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao atleta jataiense Ronay Rosa dos Santos, pela brilhante conquista do título de campeão na categoria BodyBuild Sênior Open até 70 kg no Campeonato Classic Contest, realizado na cidade de Rio Verde-GO.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
     <t>https://www.jatai.go.leg.br/materia/22519</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, Geneilton Filho de Assis, e à Secretária de Desenvolvimento Social e Cidadania, Alessandra Borges Ribeiro Assis, a implementação do serviço de Proteção Social Especial de Média Complexidade “Centro Multifuncional de Referência para Pessoas com Deficiência e suas Famílias”, no município de Jataí, conforme demanda apresentada no Programa Jovem Vereador pela representante da Escola Érica De Melo, Isabely Novato Diogo de Souza.</t>
   </si>
   <si>
-    <t>Lazinho do Asfalto_x000D_
+    <t>Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22518</t>
+  </si>
+  <si>
+    <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, Geneilton Filho de Assis, e à Secretária da Educação, Sra. Jeane Idalina Bonifácio, a criação de salas multissensoriais nas escolas da Rede Municipal de Ensino de Jataí, conforme demanda apresentada no Programa Jovem Vereador pelo representante da APAE, Fernando Garcia Santos.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Carlone Assis_x000D_
+Durval Júnior da Sucesso_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22512</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao Pastor Josué Rodrigues de Gouveia, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
 Marcos Patrick_x000D_
 Luciano Lima_x000D_
-Kátia Carvalho</t>
-[...14 lines deleted...]
-    <t>Guilherme Alves_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22502</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadão Jataiense ao Delegado Marlon Souza Luz e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22499</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Professor, Advogado e Escritor Gênio Eurípedes Cabral de Assis, ex-vereador e ex-presidente da Câmara Municipal de Jataí, pela relevante conquista de sua posse na Cadeira nº 59 da Academia Goianiense de Letras, elevando o nome de Jataí no cenário cultural e intelectual do Estado de Goiás.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Luciano Lima_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22474</t>
+  </si>
+  <si>
+    <t>Solicita o retorno do “Festival das Abelhas”, evento de grande relevância cultural e histórica para a nossa cidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22449</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso ao Médico jataiense Dr. João Wesley Cabral de Moura Filho, pela sua inestimável contribuição à saúde da mulher, em especial por sua participação solidária e voluntária nas ações do Outubro Rosa, promovendo a conscientização e o diagnóstico precoce do câncer de mama.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Kátia Carvalho_x000D_
+Abimael Silva da TV_x000D_
 Marcos Patrick_x000D_
 Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22413</t>
+  </si>
+  <si>
+    <t>Solicita Moção de Pesar pelo falecimento do estimado Professor e Servidor Público Municipal, Damásio Ferreira.</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22412</t>
+  </si>
+  <si>
+    <t>Autoriza a realização de sessão especial com a delegação de investidores chineses interessados em conhecer as potencialidades do Município Jataí e aqui fazer parcerias e negócios, no dia 08 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22411</t>
+  </si>
+  <si>
+    <t>Solicitação de reposição e colocação de bancos no Lago Diacuí, em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22403</t>
+  </si>
+  <si>
+    <t>Requerimento em anexo, que trata da solicitação de envio de Projeto de Lei para criação de premiação às escolas municipais com destaque em desempenho educacional.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22396</t>
+  </si>
+  <si>
+    <t>Solicita-se a realização, em caráter de urgência, de uma Audiência Pública com a finalidade de discutir o cumprimento da Lei Ordinária n.º 4.862/2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22394</t>
+  </si>
+  <si>
+    <t>Solicita providências quanto à reforma e revitalização da Escola Municipal Zilah Amorim Carvalho Vieira.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22387</t>
+  </si>
+  <si>
+    <t>Solicitação de envio de Projeto de Lei à Câmara Municipal de Jataí para criação de programa de fornecimento de dispositivos de monitoramento contínuo de glicose a alunos da rede municipal de educação diagnosticados com Diabetes Tipo 1, em nosso Município.</t>
+  </si>
+  <si>
+    <t>EM/AD</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa/Aditiva</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22375</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa/Aditiva ao Projeto de Lei Ordinária do Executivo nº 060, de 11 de julho de 2025, que “Dispõe sobre a organização, regularização, manutenção e retirada de fios, cabos e demais equipamentos em postes de energia elétrica no Município de Jataí e, dá outras providências., dá outras providências”.</t>
+  </si>
+  <si>
+    <t>ELOL</t>
+  </si>
+  <si>
+    <t>Proposta do Legislativo de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Kátia Carvalho_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22366</t>
+  </si>
+  <si>
+    <t>Altera a redação do § 3º do Art. 113, da Lei Orgânica do Município de Jataí, para repetir a regra prevista no § 9º, do Art.166, da Constituição Federal, com a redação dada pela EC nº 126/2022.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22350</t>
+  </si>
+  <si>
+    <t>Solicita à Superintendência Municipal de Trânsito de Jataí estudo de viabilidade técnica para implantação de ponto de ônibus na Rua 105, defronte ao Colégio João Roberto Moreira.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22347</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Titulo de Cidadão Jataiense ao médico Dr. Fábio Morato de Oliveira, e dá outras providências</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22333</t>
+  </si>
+  <si>
+    <t>Manifestam profundo pesar pelo falecimento do Sr. ARAMIS COSTA FRANCO, ocorrido em 31 de agosto de 2025, e solidarizam-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22329</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal estudo de viabilidade técnica para implantação de uma praça pública nas proximidades dos Bairros Cordeiro e Jardim América, em Jataí-GO.</t>
+  </si>
+  <si>
+    <t>EMADT</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Kátia Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22318</t>
+  </si>
+  <si>
+    <t>Acrescenta inciso ao artigo 3º do Projeto de Lei nº 065/2025, que “Dispõe sobre regras de uso, fixa preço público e taxas para utilização do Centro Cultural Dom Benedito Domingos Cóscia e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22306</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR MARCELO TOSTA</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Guilherme Alves_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/22512</t>
-[...2 lines deleted...]
-    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao Pastor Josué Rodrigues de Gouveia, e dá outras providências.”</t>
+    <t>https://www.jatai.go.leg.br/materia/22296</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadão Jataiense ao Dr. Paulo de Tharso Brondi de Paula Rodrigues e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22293</t>
+  </si>
+  <si>
+    <t>"Manifesta profundo pesar pelo falecimento da Senhora Maria Eliza, ocorrido em 25 de agosto de 2025, e solidariza-se com seus familiares e amigos."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22287</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal, por meio da Superintendência Municipal de Trânsito (SMT), a implantação de faixa de pedestres em frente à Clínica de Motricidade e Desenvolvimento Infantil, situada na Rua Mineiros, nº 2016, Bairro Samuel Graham.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Guilherme Alves_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlone Assis_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
+Luciano Lima</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22282</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso ao Deputado Federal e Médico Dr. Zacarias Calil, em reconhecimento aos relevantes serviços prestados ao Estado de Goiás, ao Brasil e, de forma especial, ao município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22271</t>
+  </si>
+  <si>
+    <t>Solicita estudo de viabilidade técnica para implantação de sentido único de circulação, ou, alternativamente, a proibição de estacionamento em um dos lados da via, na Rua Alino Morais de Carvalho, em frente ao Supermercado Preço Baixo, no Bairro Dom Abel.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22269</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal, por meio da Superintendência Municipal de Trânsito (SMT), a implantação de uma faixa elevada de pedestres em frente à entra Escola Caminho da Luz, localizada na Rua Miranda de Carvalho, Centro.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22263</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 93, de 20 de dezembro de 2024, que dispõe sobre os procedimentos referentes ao controle, uso, a guarda, conservação, manutenção e abastecimento dos veículos da Câmara Municipal de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22246</t>
+  </si>
+  <si>
+    <t>Altera o Decreto Legislativo nº 13, de 03 de novembro de 2015, que dispõe sobre a criação, no âmbito da Câmara Municipal de Jataí, do “Programa da Cidadania” e dá outras providências, para permitir a participação de instituições que atendam estudantes com deficiência no concurso Jovem Vereador Jataiense.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Kátia Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Carlone Assis_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22244</t>
+  </si>
+  <si>
+    <t>Altera a Lei 4.445, de 25/08/2022, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22243</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal, por meio da Superintendência Municipal de Trânsito (SMT), a implantação de um sinaleiro na Rua Miguel de Assis com a Rua Almeida, na Vila Progresso.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22237</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal, por meio da Superintendência Municipal de Trânsito (SMT), a implantação de uma faixa elevada de pedestres em frente à entrada da Escola Erica de Melo Barbosa, localizada na Rua Inácio José de Melo, nº 1.405, Centro.</t>
   </si>
   <si>
     <t>Guilherme Alves_x000D_
 Marcos Patrick_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/22502</t>
-[...11 lines deleted...]
-    <t>Marcos Patrick_x000D_
+    <t>https://www.jatai.go.leg.br/materia/22231</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de Título de Cidadão Jataiense ao Coronel da Policia Militar de Goiás, Alexandre dos Santos Silva e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22230</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS e reconhecimento ao Tenente Coronel Alexandre dos Santos Silva, Comandante Regional do 14º Comando Regional de Polícia Militar – CRPM, pelo brilhante trabalho realizado em nossa cidade.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
+Carlone Assis_x000D_
+Adilson de Carvalho_x000D_
+Lazinho do Asfalto_x000D_
+Carlinhos Canzi_x000D_
 Luciano Lima_x000D_
-Lazinho do Asfalto_x000D_
-[...115 lines deleted...]
-    <t>Carlinhos Canzi_x000D_
 Marcos Patrick_x000D_
 Durval Júnior da Sucesso</t>
-  </si>
-[...240 lines deleted...]
-Luciano Lima</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22227</t>
   </si>
   <si>
     <t>“Altera os Artigo 3º e 4º, incísos I, alíneas a,b,c, e cria no Artigo 3º a alínea d e no Artigo 4º § 1º e § 2º; do Projeto de Lei Complementar do Executivo n.º 02/2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Luciano Lima_x000D_
 Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
 Carlone Assis</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22188</t>
   </si>
   <si>
     <t>"Solicitam ao Chefe do Poder Executivo a aquisição de uma caminhonete para o Albergue São Vicente de Paula."</t>
   </si>
   <si>
-    <t>Carlinhos Canzi_x000D_
-[...4 lines deleted...]
-Lazinho do Asfalto_x000D_
+    <t>https://www.jatai.go.leg.br/materia/22168</t>
+  </si>
+  <si>
+    <t>"Manifesta profundo pesar pelo falecimento da Senhor Evandro Ramos Rodrigues, ocorrido em 21 de junho de 2025, e solidariza-se com seus familiares e amigos."</t>
+  </si>
+  <si>
+    <t>Lazinho do Asfalto_x000D_
 Marcos Patrick_x000D_
-Guilherme Alves_x000D_
-[...7 lines deleted...]
-    <t>"Manifesta profundo pesar pelo falecimento da Senhor Evandro Ramos Rodrigues, ocorrido em 21 de junho de 2025, e solidariza-se com seus familiares e amigos."</t>
+Luciano Lima</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22152</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Jataí-GO a filiar-se à Associação de Câmaras Municipais de Goiás - UVG, e contribuir mensalmente em seu favor, e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22146</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Enfrentamento à Disseminação de Informações Falsas e à Desinformação (Programa Antifake News) no Município de Jataí-GO, e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22142</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Ao Projeto de Lei Ordinária do Executivo nº 046, de 04 de junho de 2025, que “Autoriza o_x000D_
 Chefe do Executivo a realizar doação com encargos de área pública, e dá outras providências.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22141</t>
   </si>
   <si>
     <t>Institui a Declaração Municipal de Direitos de Liberdade Econômica, estabelece normas para atos de liberação de atividade econômica e análise de impacto regulatório, e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22139</t>
   </si>
   <si>
     <t>Solicita à bancada goiana no Senado Federal empenho e gestão para aprovação do Projeto de Lei nº 320/2015, que dispõe sobre a securitização da dívida rural.</t>
   </si>
   <si>
-    <t>Adilson de Carvalho_x000D_
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
-Durval Júnior da Sucesso_x000D_
-[...1 lines deleted...]
-Marcos Patrick</t>
+Durval Júnior da Sucesso</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22138</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, por meio da Superintendência Municipal de Trânsito (SMT), que passe a exigir da concessionária do transporte coletivo público a implantação de sistema de ar-condicionado nos ônibus que atendem o Município de Jataí-GO</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22137</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal o envio de Projeto de Lei que institua o “Habite-se Digital”, em nosso município.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22136</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, por meio da Superintendência Municipal de Trânsito (SMT), a implantação de uma faixa de pedestres em frente à entrada do salão da Igreja São Judas Tadeu, localizada na Rua Napoleão Laureano, nº 481, Centro.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22134</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a criação de um Centro de Especialidades Médicas no Município de Jataí - GO.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22133</t>
   </si>
   <si>
     <t>“Requer a realização de Audiência Pública, em caráter de urgência, com finalidade de discutir sobre o investimento e o Planejamento da Segurança Pública para os próximos anos.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22111</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a realização de reforma geral na Unidade Básica de Saúde James Phillip Minelli, localizada na Avenida Goiás.</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22104</t>
   </si>
   <si>
     <t>Altera o nome de rua e dá outras providências.</t>
   </si>
   <si>
     <t>Carlinhos Canzi_x000D_
-Marcos Patrick_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
-Adilson de Carvalho</t>
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22096</t>
   </si>
   <si>
     <t>Solicita ao Superintende de Gestão e Planejamento da Associação de Gestão, Inovação, e Resultados em Saúde – AGIR, que seja agendada uma reunião com a OS – Organização Social que irá Administrar o HEJ – Hospital Estadual Jataí.</t>
   </si>
   <si>
-    <t>Marcos Patrick_x000D_
-[...3 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/materia/22074</t>
   </si>
   <si>
     <t>Solicitamos moção de aplausos em homenagem ao Prefeito e Secretários municipais que prestaram serviço no 9º Encontro de Carros Antigos de Jataí.</t>
   </si>
   <si>
     <t>Lazinho do Asfalto_x000D_
-Marcos Patrick_x000D_
-Luciano Lima</t>
+Luciano Lima_x000D_
+Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22073</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22072</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal que seja realizado o recapeamento da pista de caminhada localizada às margens da BR-158, no trecho que liga a rotatória do CAIC até o Parque de Exposições, bem como a reconstrução dos trechos de meio-fio danificados ou ausentes.</t>
   </si>
   <si>
     <t>EMSUP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22056</t>
   </si>
   <si>
     <t>Emenda Supressiva - Ao Projeto de Lei Ordinária do Legislativo nº 022, de 28 de maio de 2025, que “Institui o Protocolo Municipal de Prevenção e Combate a Incêndios em Áreas Rurais dá outras providências.”</t>
   </si>
   <si>
     <t>Lazinho do Asfalto_x000D_
 Marcos Patrick</t>
@@ -773,426 +1738,427 @@
   <si>
     <t>https://www.jatai.go.leg.br/materia/22041</t>
   </si>
   <si>
     <t>"Requer estudo técnico de viabilidade para criação de um Museu de Carros Antigos."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22040</t>
   </si>
   <si>
     <t>“Solicito moção de aplausos em homenagem aos diretores da Jataí Associação de Carros Antigos – JACA, Adriano Maximirio Andrade Lima, Armando Idecio Weber, Zancope Rodrigues Ferreira, Rogério de Souza Borges, Hélio Patrick Silva Alves, Pablo Henrique Leal Silva, Luíz Henrique Pazzinato e Thiago dos Santos David Borges.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22014</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal a criação de um Distrito Municipal de Pequenas Empresas (DIMPE) na região compreendida entre o Campinho do Dadá, na Rua A, no Bairro Jardim Rio Claro, nas proximidades do Clube Balneário Brasnipo.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22011</t>
   </si>
   <si>
     <t>Institui o Protocolo Municipal de Prevenção e Combate a Incêndios em Áreas Rurais no Município de Jataí e dá outras providências.</t>
   </si>
   <si>
-    <t>Abimael Silva da TV_x000D_
+    <t>Marcos Patrick_x000D_
+Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
-Guilherme Alves_x000D_
-Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21999</t>
+  </si>
+  <si>
+    <t>“Requer à Prefeitura de Jataí, por meio da Secretaria de Saúde, estudos técnicos visando a realização de concurso público para os cargos de Agente Comunitário de Saúde e Agente de Combate a Endemias no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21983</t>
+  </si>
+  <si>
+    <t>Solicita asfaltamento da Rua 1, nas proximidades do nº 380, no Distrito Industrial, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21982</t>
+  </si>
+  <si>
+    <t>“Moção de Aplausos e Reconhecimento pelos 69 anos de fundação da Igreja Assembleia de Deus Missão em Jataí e pelos 4 anos de inauguração do novo templo.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21973</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento da Senhora Lucélia Maria de Oliveira Santos, ocorrido em 14 de maio de 2025, e solidariza-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21963</t>
+  </si>
+  <si>
+    <t>Solicita a implantação, no âmbito da rede municipal de ensino, do Protocolo “CALMA” – diretriz prática de primeiros socorros voltada ao atendimento de pessoas em situação de crise epiléptica, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21961</t>
+  </si>
+  <si>
+    <t>Solicita a construção de uma Quadra Poliesportiva, no Setor Cohacol I, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21952</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Titulo de Cidadão Jataiense ao Médico Oncologista, Dr. Bruno Machado Rezende Ferreira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21951</t>
+  </si>
+  <si>
+    <t>Solicita o envio de Projeto de Lei à Câmara Municipal de Jataí para criação de programa de fornecimento de dispositivos de monitoramento contínuo de glicose a_x000D_
+pacientes com Diabetes Tipo 1, em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21944</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça um estudo de viabilidade técnica para realizar a implantação de cobertura com estrutura para geração de energia solar fotovoltaica no estacionamento do Centro de Cultura e Eventos Dom Benedito Domingos Cóscia.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21940</t>
+  </si>
+  <si>
+    <t>Estudo de Viabilidade para Implantação de Escolas Cívico-Militares na Rede Municipal de Educação, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21934</t>
+  </si>
+  <si>
+    <t>Solicita o envio de Projeto de Lei que disponha sobre a redução de 50% do valor do ITBI – Imposto sobre Transmissão de Bens Imóveis, aplicável a imóveis urbanos e rurais, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21931</t>
+  </si>
+  <si>
+    <t>Implantação do Programa "Adote uma Praça Digital" – Inclusão Digital e Revitalização Urbana, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21929</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento da Senhor Osvaldo Gomide, ocorrido em 05 de maio de 2025, e solidariza-se com seus familiares e amigos."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21928</t>
+  </si>
+  <si>
+    <t>Solicita ajuda Humanitária, a pessoa em tratamento de saúde, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlone Assis_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21927</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Sr. Osvaldo Ataíde Faria (Osvaldo Gomide).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21915</t>
+  </si>
+  <si>
+    <t>Solicita que seja declarada a Utilidade Pública da Associação dos Agricultores Familiares da Comunidade Nossa Senhora do Guadalupe, em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21914</t>
+  </si>
+  <si>
+    <t>Solicita a construção de praça pública com equipamentos de lazer, esportes e inclusão no Setor Mauro Bento, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21909</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento do Senhor Rodrigo Chaves, ocorrido em 29 de abril de 2025, e solidariza-se com seus familiares e amigos.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Guilherme Alves</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21907</t>
+  </si>
+  <si>
+    <t>“Solicita Moção de Pesar aos familiares do Sr. Rodrigo da Silva Chaves.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21906</t>
+  </si>
+  <si>
+    <t>Autoriza a doação dos bens inservíveis que menciona para a Secretaria de Segurança Pública e Defesa Social do Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21898</t>
+  </si>
+  <si>
+    <t>“Acrescenta cláusula de vigência ao Projeto de Lei Ordinária do Legislativo nº 017/2025, que “Dispõe sobre princípios, regras e instrumentos para o Governo Digital no âmbito da Câmara Municipal de Jataí, buscando o aumento da eficiência e transparência pública e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Carlone Assis_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21897</t>
+  </si>
+  <si>
+    <t>"Moção de Aplausos à Associação Favos pelos seus 13 anos de dedicação e serviço à comunidade."</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21999</t>
-[...141 lines deleted...]
-    <t>“Acrescenta cláusula de vigência ao Projeto de Lei Ordinária do Legislativo nº 017/2025, que “Dispõe sobre princípios, regras e instrumentos para o Governo Digital no âmbito da Câmara Municipal de Jataí, buscando o aumento da eficiência e transparência pública e dá outras providências.”</t>
+    <t>https://www.jatai.go.leg.br/materia/21896</t>
+  </si>
+  <si>
+    <t>Dispõe sobre princípios, regras e instrumentos para o Governo Digital no âmbito da Câmara Municipal de Jataí, buscando o aumento da eficiência e transparência pública e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21894</t>
+  </si>
+  <si>
+    <t>Solicitação de Sessão Solene em Homenagem à Escola Municipal Isaías Soares.</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Carlone Assis</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21897</t>
-[...20 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/materia/21892</t>
   </si>
   <si>
     <t>"Manifesta profundo pesar pelo falecimento da Senhora Carmelita Zanuzzi, ocorrido em 25 de abril de 2025, e solidariza-se com seus familiares e amigos."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21888</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.191, de 15 de junho de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21881</t>
   </si>
   <si>
     <t>"Manifesta profundo pesar pelo falecimento da Senhor Alaor Francisco de Oliveira, ocorrido em 16 de abril de 2025, e solidariza-se com seus familiares e amigos."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21874</t>
   </si>
   <si>
     <t>Solicita a construção de praça pública com equipamentos de lazer, esportes e inclusão  na divisa dos setores, Colmeia Park e Filostro Machado, em nosso município.</t>
   </si>
   <si>
-    <t>Abimael Silva da TV_x000D_
+    <t>Luciano Lima_x000D_
 Marcos Patrick_x000D_
-Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
 Durval Júnior da Sucesso</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21871</t>
   </si>
   <si>
     <t>Solicita desta Casa de Leis a inclusão das instituições APAE e Érica de Melo ao concurso Jovem Vereador Jataiense, promovido pela Escola de Gestão e Eficiência Legislativa (EGEL).</t>
   </si>
   <si>
     <t>Abimael Silva da TV_x000D_
 Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21865</t>
   </si>
   <si>
     <t>Assunto: Solicitação de Sessão Solene em Homenagem aos 27 Anos de Fundação da Igreja Mundial do Poder de Deus no Brasil e aos 18 Anos de sua Fundação em Jataí.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21864</t>
   </si>
   <si>
     <t>Assunto: Solicita a Instalação de Telas ou Alambrados, limpeza e pavimentação das calçadas e reconstrução das canaletas, na área de  preservação na margem do corrego Jataí, na Rua Araguaia no Setor Colinas, em nosso município.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21863</t>
   </si>
   <si>
     <t>ASSUNTO: Solicitação de encaminhamento de Projeto de Lei para pagamento de incentivo financeiro aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE).</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21862</t>
   </si>
   <si>
     <t>Assunto: Solicita um Estudo de Viabilidade Técnica para Implantação de Ciclofaixa no Lago JK, em nosso município.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21861</t>
   </si>
   <si>
     <t>Assunto: Solicita a Implantação de uma Praça no Setor Jardim dos Ipês, em nosso município.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21860</t>
   </si>
   <si>
     <t>Assunto: Solicita a Implantação de um Centro de Referência para Imunobiológicos Especiais - CRIE, em nosso município.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Lazinho do Asfalto_x000D_
+Luciano Lima</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21853</t>
   </si>
   <si>
     <t>“Moção de Aplausos em  comemoração dos 70 anos do discurso do JK em Jataí no dia 04 de abril, que culminou com a construção de Brasília.”</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21851</t>
   </si>
   <si>
     <t>“Moção de Aplausos e Reconhecimento a Igreja Mundial do Poder de Deus pelos seus 27 anos de evangelização”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21848</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº _______/2025, de 09 de abril de 2025._x000D_
 _x000D_
 Ao Projeto de Lei Ordinária do Executivo nº 022, de 04 de abril de 2025, que “Dispõe sobre a Criação de Pátio Municipal, regulamenta os serviços de reboque, remoção, depósito, guarda, taxas e alienação de veículos automotores apreendidos e, dá outras providências.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21845</t>
   </si>
   <si>
     <t>EMENTA: “Solicita a abertura da Rua 17, no cruzamento com a Avenida C, no bairro Vila Sofia, bem como o asfaltamento completo da via, em benefício da mobilidade e qualidade de vida da população local”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21843</t>
   </si>
   <si>
     <t>Manifesta profundo pesar pelo falecimento da Professor Giovanni Cavichioli Petrucelli, da Universidade Federal de Jataí - UFJ, ocorrido em 8 de abril de 2025, e solidariza-se com seus familiares e amigos.</t>
   </si>
   <si>
-    <t>Abimael Silva da TV_x000D_
-[...1 lines deleted...]
-Lazinho do Asfalto_x000D_
+    <t>Luciano Lima_x000D_
 Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Lazinho do Asfalto</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21823</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública, em caráter de urgência, com finalidade de discutir sobre o retorno seguro da Univerdade Federal de Jataí UFJ – Via de saída pelo Bairro Estrela Dalva.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21820</t>
+  </si>
+  <si>
+    <t>“Moção de Aplausos e reconhecimento a Igreja Mundial do Poder de Deus pelos seus 18 anos em Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21802</t>
+  </si>
+  <si>
+    <t>Assunto: Solicita a Implantação de uma Praça no Setor Recanto da Mata, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21801</t>
+  </si>
+  <si>
+    <t>Assunto: Solicita o estudo de viabilidade técnica, para que a Secretaria de Segurança Pública e a Secretaria de Saúde, possam colocar seguranças nas unidades de Saúde, em nosso município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21790</t>
+  </si>
+  <si>
+    <t>EMENTA “Requer a instalação de um redutor de velocidade, tipo eletrônico “Pardal’' / ''Radar", na Avenida Norte Sul, especificamente no cruzamento com a Rua N-5, localizado no bairro Residencial Portal do Sol.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21786</t>
+  </si>
+  <si>
+    <t>“Solicita ao executivo que envie um Projeto de Lei que cria uma CEASA - Central de Abastecimento, no Município de Jataí, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21782</t>
+  </si>
+  <si>
+    <t>Solicita que seja enviado ao parlamento Projeto de Lei que institui a criação do programa 'Alerta Seguro' e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21778</t>
+  </si>
+  <si>
+    <t>Assunto: Solicita que seja realizado Sessão solene em homenagem a escola Erica de Melo Barbosa, pelos seus 42 anos de dedicação e serviços prestados à comunidade, especialmente no ensino de Jovens e Adultos Especiais.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
 Marcos Patrick</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21823</t>
-[...46 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/materia/21762</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria Especial da Mulher na Câmara Municipal de Jataí e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21753</t>
   </si>
   <si>
     <t>Assunto: Solicita ao Executivo que envie projeto de lei alterando a Lei Ordinária nº 3066 de 28 de junho de 2010, Código de Postura do Município, bem como na Lei Ordinária nº 3882 de 02 de maio de 2017, em nosso município.</t>
-  </si>
-[...3 lines deleted...]
-Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21750</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA , de 19 de março de 2025, ao Projeto de Lei Ordinária do Executivo nº 014, de 12 de março de 2025, que “Autoriza, nos termos da Lei Ordinária Municipal nº 2.918, de 31 de março de 2009, a Revisão Geral Anual dos vencimentos dos Servidores Públicos Municipais ativos, inativos e pensionistas, do Executivo e Legislativo e, dá outras providências.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21740</t>
   </si>
   <si>
     <t>“Moção de Aplausos e reconhecimento ao Delegado Thiago Saad, titular da Delegacia Especializada no Atendimento à Mulher (DEAM) de Jataí, pelo brilhante trabalho desenvolvido na defesa dos direitos das mulheres e no combate à violência doméstica”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21731</t>
   </si>
   <si>
     <t>Assunto: Solicitação de Instalação de Telas ou Alambrados na Quadra de Areia da Praça do Amarelinho, em frente ao Condomínio Itália, em nosso município.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21728</t>
   </si>
   <si>
     <t>Assunto: Solicita que seja declarada a Utilidade Pública da Associação de Carros Antigos de Jataí – JACA.</t>
   </si>
@@ -1279,283 +2245,275 @@
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica para a implantação de faixas de pedestre na rua Salgado Filho, em frente ao James Restaurante, e na Av. Joaquim Cândido em frente a Mecânica Checar, em nosso Município”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21643</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica para a implantação de calçadas e alambrados, na área, de preservação permanente , no fundo do Bairro Cohacol I, em nosso Município”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21640</t>
   </si>
   <si>
     <t>Altera a Resolução nº 02, de 04 de março de 2010, que dispõe sobre o Regimento Interno da Câmara Municipal de Jataí, e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21631</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21629</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica para realizar a implantação de um ECOPONTO nos Setores Cidade Jardim I e II, em nosso Município”.</t>
   </si>
   <si>
+    <t>Lazinho do Asfalto_x000D_
+Luciano Lima_x000D_
+Kátia Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
     <t>https://www.jatai.go.leg.br/materia/21628</t>
   </si>
   <si>
     <t>"Solicitação de Convênio de Fomento com a APAE de Jataí e Disponibilização de Transporte Escolar para os usuários da APAE, em nosso Municipio.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21619</t>
   </si>
   <si>
     <t>“Requer ao Executivo que, em parceria com o Ministério Público de Goiás e Equatorial, seja implantado em nosso Município, o programa “Cidade Segura”.</t>
   </si>
   <si>
-    <t>Carlinhos Canzi_x000D_
-Luciano Lima_x000D_
+    <t>Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
 Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21607</t>
   </si>
   <si>
     <t>Requer um estudo de viabilidade para a criação de um Programa de Hidroginástica para pessoas da terceira idade, em nossa cidade.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21603</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo a realização de estudos e providências necessárias para a ampliação do Centro Municipal de Educação Infantil (CMEI) Recanto Feliz, em nosso Município.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21602</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para colocar uma escala de Vigia, no Memorial de Velório, do Cemitério Bom Pastor, em nosso Município.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21601</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para a Revitalização da Estrada de acesso ao Assentamento Guadalupe, em nosso Município”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21598</t>
   </si>
   <si>
     <t>“Requer informações ao Poder Executivo sobre realização de casamento comunitário no município de Jataí.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21597</t>
   </si>
   <si>
     <t>Manifesta profundo pesar pelo falecimento da Senhora Cordelina Alves da Costa, ocorrido em 10 de fevereiro de 2025, e solidariza-se com seus familiares e amigos."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21592</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para a Revitalização da Estrada de acesso ao Assentamento Guardalupe, em nosso Município”.</t>
-  </si>
-[...44 lines deleted...]
-    <t>Solicita ao Poder Executivo, que envie projeto de lei, criando Estatuto próprio, para a classe administrativa/alimentação da Educação, de nosso município.</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Kátia Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21589</t>
+  </si>
+  <si>
+    <t>Os vereadores que o presente subscrevem, requerem ao Prefeito Municipal o envio à esta Câmara de um PROJETO DE LEI que dispõe sobre a criação de um Restaurante Popular em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21588</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo a realização de um estudo de viabilidade técnica para a contratação urgente de profissionais de saúde nas seguintes áreas: Neuropediatria, Fonoaudiologia, Terapia Ocupacional, Psicologia Infantil, Psicomotricidade, Fisioterapia, Neuropsicologia, Psiquiatria Infantil, Especializações em TEA e TDAH, Nutrição, Alergologia, Odontologia e Odontopediatria, visando atender à demanda em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21574</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para construção de três salas de aulas, na Escola Municipal Isaías Soares, em nosso Município”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21573</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para a Construção de um Estacionamento em forma de Recuo, na Praça do Conjunto Rio Claro, para atender os feirantes daquela região, em nosso Município”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21572</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo, que envie projeto de lei, criando Estatuto próprio, para a classe administrativa/alimentação da Educação, de nosso município.</t>
+  </si>
+  <si>
+    <t>Luciano Lima_x000D_
+Lazinho do Asfalto_x000D_
+Kátia Carvalho_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
-Carlinhos Canzi</t>
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21567</t>
   </si>
   <si>
     <t>“Requer a realização de Audiência Pública, em caráter de urgência, com representantes do Comércio, da Diocese, ACIJ, CDL, OAB, CODEJA e sindicatos que representam os empregados do comércio de Jataí.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21563</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal do Consumidor no Calendário Oficial de Eventos do Município de Jataí e dá outras providências".</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21561</t>
   </si>
   <si>
     <t>“Acrescenta o artigo 2º, no Projeto de Lei Ordinária do Legislativo nº001/2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21558</t>
   </si>
   <si>
     <t>“Moção de Aplausos ao servidor Leandro José de Moraes Neto, do Jataí Previ, em razão de sua aposentadoria após 44 anos de dedicação ao serviço público, ocorrida no dia 31 de janeiro de 2025.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21553</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21552</t>
   </si>
   <si>
     <t>Dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Jataí para o biênio 2025/2026.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21549</t>
   </si>
   <si>
     <t>"Manifesta profundo pesar pelo falecimento do menino David Henrique Fernandes Melo, ocorrido em 1º de fevereiro de 2025, e solidariza-se com seus_x000D_
 familiares e amigos."</t>
   </si>
   <si>
-    <t>Marcos Patrick_x000D_
-Luciano Lima_x000D_
+    <t>Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
+Marcos Patrick_x000D_
 Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlone Assis_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21544</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para deflagrar Processo Seletivo Simplificado e Concurso visando à contratação temporária de profissionais para a prestação de serviços junto à Secretaria Municipal de Educação, em nosso Município.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21543</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº4629/2023 e dá outras providencias".</t>
   </si>
   <si>
     <t>EM/ES</t>
   </si>
   <si>
     <t>Emenda Modificativa/Supressiva</t>
   </si>
   <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
     <t>https://www.jatai.go.leg.br/materia/21541</t>
   </si>
   <si>
     <t>“Altera o artigo 1º em seu §4º, o artigo 2º, incisos I, II, III, IV, V, VI, VII, §3º e §4º, artigo 11, Parágrafo Único, bem como suprime do artigo 2º, os incisos VIII e IX, do Projeto de Lei do Executivo nº 01/2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21534</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS pela atuação exemplar dos Agentes, THIAGO DA SILVA PAULINO (GCM Paulino) e ANTONIO GEOVANE DE ARAÚJO DA SILVA (GCM Araújo), da Guarda Civil Municipal de Jataí – Goiás, por realizarem de forma brilhante o resgate de uma criança de 1 ano de vida, em 18 de janeiro de 2025.”</t>
   </si>
   <si>
-    <t>Adilson de Carvalho_x000D_
-[...2 lines deleted...]
-Kátia Carvalho_x000D_
+    <t>https://www.jatai.go.leg.br/materia/21533</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo, que envie projeto de lei, criando Estatuto próprio, para a classe administrativa da Educação, de nosso Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21530</t>
+  </si>
+  <si>
+    <t>Solicito moção de aplausos pela atuação exemplar do cabo Ricardo de Freitas Passos Júnior, integrante do 13º Batalhão de Bombeiros Militares em Jataí – GO, em realizar com perfeição a manobra de desengasgo e massagem cardíaca em uma bebê com dois meses de vida no dia 17 de janeiro de 2025.</t>
+  </si>
+  <si>
+    <t>Kátia Carvalho_x000D_
 Guilherme Alves_x000D_
-Durval Júnior da Sucesso_x000D_
-[...18 lines deleted...]
-    <t>Guilherme Alves_x000D_
 Carlone Assis_x000D_
 Luciano Lima_x000D_
 Lazinho do Asfalto_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlinhos Canzi_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Marcos Patrick_x000D_
-Kátia Carvalho</t>
+Marcos Patrick</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21529</t>
   </si>
   <si>
     <t>“Requer que seja realizado um estudo de viabilidade técnica para a construção de uma unidade adicional do Conselho Tutelar em nosso município.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21519</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para construção de uma Escola em tempo integral, em nosso Município”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21501</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para construção de uma praça na área verde, situada em frente à Rua EP1, entre a Avenida Presidente Juscelino Kubitschek e Avenida W7, no Residencial Flamboyant”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21495</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo que faça um estudo de viabilidade técnica, para realizar a implantação de um ECOPONTO no Setor Portal do Sol”.</t>
   </si>
@@ -1586,5191 +2544,5216 @@
   <si>
     <t>https://www.jatai.go.leg.br/materia/21480</t>
   </si>
   <si>
     <t>“Solicita implantação de galeria pluvial e rede de esgoto no Setor Nova Esperança (antiga invasão), nesta cidade.”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21479</t>
   </si>
   <si>
     <t>“Solicita implantação de galeria pluvial e rede de esgoto no Residencial Recanto da Mata, Portal do Sol e Residencial Flamboyant II, nesta cidade.”</t>
   </si>
   <si>
     <t>RCH</t>
   </si>
   <si>
     <t>Registro de Chapa</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21472</t>
   </si>
   <si>
     <t>Os subscritores nos termos dos artigos 12 e 13, inciso II do regimento Interno da Câmara Municipal de Jatai-GO, no prazo legal, vêm, mui respeitosamente e com o máximo acatamento à digna presença de Vossa Excelência, solicitar, o REGISTRO da chapa abaixo nominada, com o objetivo de disputar o pleito, da mesa diretora para o biênio 2025/2026, conforme preceitua os dispositivos acima apontados,</t>
   </si>
   <si>
-    <t>Alessandra Oliveira_x000D_
-Abimael Silva da TV_x000D_
+    <t>Abimael Silva da TV_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
 Adilson de Carvalho</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21458</t>
   </si>
   <si>
     <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será destinado para custear eventos esportivos.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21455</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o SECRETARIA DE OBRAS E PLANEJAMENTO URBANO, para a recepção do valor de R$ 2.000.000,00 (dois milhões de reais), que será destinado a Universidade Federal de Jataí para a construção de uma ponte que ligue o bairro Estrela D’alva a Universidade.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21451</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21450</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21449</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCAÇÃO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao CENTRO MUNICIPAL DE EDUCACAO INFANTIL UBALDINA RIBEIRO, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21448</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21447</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+200.000,00 (duzentos mil reais), que será destinado a Diocese de Jataí, auxiliar no subsidio das obras sociais da Diocese no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21446</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 15.000.000,00 (quinze milhões de reais), que será destinado a aquisição de área, para o DIMPE (Distrito Municipal de Micro e Pequenas Empresas).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21445</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCAÇÃO, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Centro Municipal de Educação Bezerra de Menezes, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21444</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+300.000,00 (trezentos mil reais), que será destinado ao Sindicato Rural de Jataí - EQUOTERAPIA, para auxiliar no custeio e manutenção do atendimento dos pacientes que são atendidos na instituição</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21443</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a Liga Desportiva de Jataí – LDJ, para custear: programação, eventos, ações e/ou projetos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21442</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+1.000.000,00 (um milhão de reais), que será destinado a APAE - ASSOCIACAO DOS PAIS E AMIGOS DOS EXCEPCIONAIS DE JATAI, para custeio e manuntenção dos trabalhos da associação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21441</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21440</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21439</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 35.000,00 (trinta e cinco mil reais), que será destinado a Fundação de Apoio Universitário/ FAU, da UFJ, para compra e aquisição de Lupa.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21438</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$_x000D_
+300.000,00 (trezentos mil reais), que será destinado a Universidade Federal de Jataí, para reforma das três Centrais de Aulas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21437</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 100.000,00 (cem mil reais), que será destinado a Associação Jataí para a Inovação Tecnológica e o Empreendedorismo – AJINTECH, para custear a realização da feira “Semana de Inovação das Ciências Agrárias – SEMICA”, a ser organizada pela AJINTECH, em parceria com o Parque Tecnológico de Jataí e o Centro Acadêmico do Curso de Agronomia Prof. Jerônimo Araújo Gomes.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21436</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21435</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21434</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21433</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21432</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21431</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21430</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 600.000,00 (seiscentos mil reais), que será destinado a Associação Esportiva Jataiense, para custeio de ações e aquisições de equipamentos.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21429</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+1.350.000,00 (um milhão, trezentos e cinquenta mil reais), que será destinado a Associação de Beneficiência Albergue São Vicente de Paulo, para_x000D_
+custear ações filantrópicas.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21428</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21427</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 80.000,00 (oitenta mil reais), que será_x000D_
+destinado a a fim de custear: ações e eventos do Conselho de Pastores e Ministros de Jataí (COPEJA).</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21426</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21425</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA FAZENDA, para a recepção do valor de R$ 550.000,00 (quinhentos e cinquenta mil reais), que será destinado a Universidade Federal de Jataí, para compra de equipamentos para utilização nos Cursos de Saúde da Universidade.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21424</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$_x000D_
+40.000,00 (quarenta mil reais), que será destinado a Superintendência de Ciência e Tecnologia), a fim de custear: projetos e ações da Escola de Games_x000D_
+executada pela Universidade Federal de Jataí.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21423</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$_x000D_
+436.428,00 (quatrocentos e trinta e seis mil, quatrocentos e vinte e oito reais), que será destinado a Associação Jesus Salvador para custeio das ações_x000D_
+filantrópicas.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21422</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 1.200.000,00 (um milhão e duzentos mil reais), que será destinado a Fundação de apoio da UFG (FUNAPE), para construção e Ampliação da Usina Fotovoltaica.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21421</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 130.000,00 (cento e trinta mil reais), que será_x000D_
+destinado para implantação e aquisição de equipamentos do PSF Assentamento 3T (Terra e Liberdade).</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21420</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21387</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 300.000,00 (trezentos mil reais), que será destinado ao Hospital Padre Tiago Na Providência de Deus, para a realização de cirurgias eletivas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21361</t>
+  </si>
+  <si>
+    <t>“Solicita que seja realizado um estudo técnico para solucionar os devidos  problemas, a falta de proteção lateral da passarela, localizada na Av. São Pedro bairro Santa Terezinha, e o lixo acumulado no terreno."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21358</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o FUNDO MUNICIPAL DE SAÚDE DE JATAÍ, para a recepção do valor de R$ 303.126,30 (trezentos e três mil, cento e vinte e seis reais e trinta centavos), que será destinado a Secretaria Municipal de Saúde, para aquisição de equipamentos para as Unidades Básicas de Saúde - UBS's , do Município.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21356</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE EDUCAÇÃO, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a CENTRO MUNICIPAL DE EDUCACAO INFANTIL UBALDINA RIBEIRO, para reforma e manutenção.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21347</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o(a) SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado a FUNDAÇÃO DE APOIO UNIVERSITÁRIO - FAU, da UFJ - Universidade Federal de Jataí, para aquisição de equipamentos para implantação de diagnóstico molecular.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21343</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DA CULTURA, para a recepção do valor de R$ 30.000,00 (trinta mil reais), que será destinado ao GRUPO CULTURAL CHAPEU DE PALHA, para custeio de suas apresentações.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21325</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a ASSOCIAÇÃO ESPORTIVA JATAIENSE para promover competições amadoras, para custeio de ações e aquisições de equipamentos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21324</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 150.000,00 (cento e cinquenta mil reais), que será destinado a ASSOCIAÇÃO ATLÉTICA WIDER SANTOS, a fim de promover o custeio de ações realizadas pela Associação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21323</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a ASSOCIAÇÃO 100% JATAÍ/JUDÔ, para aquisição de equipamentos e/ou custeio de viagens.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21322</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 50.000,00 (cinquenta mil reais), que será destinado a ASSOCIAÇÃO DE DESPORTO, EDUCAÇÃO E CULTURA “RAPOSINHA”, para o custeio dos atletas e da associação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21302</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA DE DESENVOLVIMENTO SOCIAL E CIDADANIA, para a recepção do valor de R$ 13.126,30 (treze mil, cento e vinte e seis reais e trinta centavos), que será destinado a Obras Sociais da Associacao Espirita Regeneracao.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21269</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a SECRETARIA MUNICIPAL DE ESPORTES, para a recepção do valor de R$ 200.000,00 (duzentos mil reais), que será destinado a LIGA DESPORTIVA DE JATAÍ - LDJ, a fim de promover competições amadoras, auxiliar nas despesas de promoção de campeonatos esportivos e custeio de ações.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21256</t>
+  </si>
+  <si>
+    <t>"Requer que seja tomada providencias no sentindo de melhorar o fluxo de veículos que transitam no cruzamento da Rua: Engenheiro Bonfim com a Av. Goiás, no centro da cidade, em frente ao colégio Bom Conselho."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21254</t>
+  </si>
+  <si>
+    <t>“Solicita estudo técnico de viabilidade_x000D_
+para revitalização da praça do setor_x000D_
+Sebastião Herculano.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21252</t>
+  </si>
+  <si>
+    <t>“Solicita que se seja realizado estudo_x000D_
+objetivando a realização de Concurso_x000D_
+Público no município de jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21250</t>
+  </si>
+  <si>
+    <t>“Solicita a instalação de um corrimão ou grade de proteção na ponte sobre o córrego em Jataí, na Av. Sebastião Herculano de Souza, entre a Av. São Thomaz e  Rua Albanir Peres, setor Industrial .”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21242</t>
+  </si>
+  <si>
+    <t>Aprova as Contas de Governo do Poder Executivo Municipal – Balanço Geral – Exercício 2022, com ressalvas – Acatando o Parecer Prévio do Tribunal de Contas dos Municípios do Estado de Goiás, Parecer Prévio – PP nº 00061/2024 – Tribunal Pleno.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21241</t>
+  </si>
+  <si>
+    <t>“Solicita estudos técnicos sob a viabilidade para a implantação de redutor de velocidade na Rua Professor José Barros Cruz, N°250, QD. 08, lt.08, no setor Serra Azul, nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21233</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21232</t>
+  </si>
+  <si>
+    <t>Requer “Estudos técnicos para a implantação de semáforo na Capitão Serafim de Barros esquina com a Rua: 106, bairro Jardim Rio Claro ”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21225</t>
+  </si>
+  <si>
+    <t>“Requer que seja oficiado o Prefeito Municipal de Jataí com cópia para a Secretária de Educação solicitando a aquisição e instalação de aparelho de ar condicionado nas salas da CMEI José Carlos Souza”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21221</t>
+  </si>
+  <si>
+    <t>“Requerem a realização de Audiência Pública, em caráter de urgência, com representantes da Prefeitura Municipal de Jataí, do Departamento Nacional de Infraestrutura de Transportes (Dnit), da Universidade Federal de Jataí (UFJ), da Agência Nacional de Transportes Terrestres (ANTT), da Polícia Rodoviária Federal (PRF), da empresa Translocave e da sociedade civil, para debater a situação do retorno do Câmpus Jatobá, da Universidade Federal de Jataí, localizado na BR-364”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21216</t>
+  </si>
+  <si>
+    <t>“REQUER QUE SEJA CRIADA A BRIGADA MUNICIPAL DE COMBATE A INCÊNDIOS E DESASTRES AMBIENTAIS.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21199</t>
+  </si>
+  <si>
+    <t>"Requer a reedição do Requerimento 075/2022, que: Solicita extensão de rede elétrica, na Avenida Ribas Marques, entre as Ruas 09 e 15, no Setor Colmeia Park”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21197</t>
+  </si>
+  <si>
+    <t>“ Solicita que seja feito a rede de baixa tensão e a instalação de braços com lâmpadas nos postes da Avenida W7, entre as Ruas 03 e 19, no Setor Jardim Goiás”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21190</t>
+  </si>
+  <si>
+    <t>"Solicita o recapeamento asfáltico_x000D_
+da Rua. 07, Vila Sofia".</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21189</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE APLAUSOS ao Colégio Municipal Isaías Soares pelo primeiro lugar no Índice de Desenvolvimento de Educação Básica- IDEB."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21188</t>
+  </si>
+  <si>
+    <t>“Requer sejam realizadas obras de reforma e reforço na ponte localizada na Rua Dep. Manuel da Costa Lima, descendo o clube de dança conhecido como Rei do Gado.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21182</t>
+  </si>
+  <si>
+    <t>“Solicita o recapeamento asfaltico da Rua. 07, Vila Sofia”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21162</t>
+  </si>
+  <si>
+    <t>Solicita que seja sustado os efeitos da Decisão do Processo administrativo nº 43.075/2023, publicado no Diário Oficial do Município no dia 27 de dezembro de 2023.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21145</t>
+  </si>
+  <si>
+    <t>Susta os efeitos do decreto executivo nº 106 de 26 de dezembro de 2023, que declara de utilidade pública para fins de desapropriação o imóvel urbano objeto da matrícula nº 50.465, nesta cidade.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21142</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a supressão do art. 1º do Projeto de Lei Ordinária do Executivo sob o nº 48/2024.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21127</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do Projeto de Lei nº 027/2024, que: Dispõe sobre as diretrizes orçamentárias – LDO para elaboração da Lei Orçamentária, para o exercício de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21110</t>
+  </si>
+  <si>
+    <t>Requer a realização de audiência pública para discutir os aspectos administrativos legais, bem como acerca da conveniência social da edição, por parte do Poder Executivo Municipal, do DECRETO Nº 106 DE 26 DE DEZEMBRO DE 2023, que declara de Utilidade Pública, para fins de Desapropriação, em caráter de urgência, o imóvel onde sempre funcionou a Casa da Criança Amor &amp; Arte.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21080</t>
+  </si>
+  <si>
+    <t>“Solicitação de implementação de um trajeto específico e exclusivo  para embarque e desembarque de passageiros por motoristas de aplicativos, táxis e moto táxis durante o evento EXPAJA, que será realizado no Parque de Exposições desta cidade.”</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21064</t>
+  </si>
+  <si>
+    <t>Altera dispositivos do Projeto de Lei nº 035, de 08 de maio de 2024, que “Dispõe sobre abertura de crédito especial e autoriza o Município de Jataí a realizar assistência humanitária ao Estado do Rio Grande do Sul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21062</t>
+  </si>
+  <si>
+    <t>"REQUER QUE SEJA FEITO A REVITALIZAÇÃO DA PISTA DE CAMINHADA DA AV. CASTELO BRANCO, EM FRENTE AO 41° BATALHÃO (EXERCITO BRASILEIRO )”</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21054</t>
+  </si>
+  <si>
+    <t>Requerem aos diretórios políticos municipais instituídos, cessão do Fundo Partidário e Fundo Eleitoral do orçamento 2024, em benefício das ações em prol dos atingidos pela catástrofe climática no Rio Grande do Sul.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21053</t>
+  </si>
+  <si>
+    <t>Solicitamos a entrega de moção de aplausos a Mirthes Almeida, jataiense eleita Miss Goiás 2024</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21039</t>
+  </si>
+  <si>
+    <t>“Solicita a moção de pesar ao Subtenente Gleidson Rosalen Abib, o 1º Sargento Liziano José Ribeiro Junior, o 3º Sargento Anderson Kimberly Dourado de Queiroz e o Cabo Diego Silva de Freitas que perderam suas vidas de forma trágica na BR 364, entre Jataí e Caçu”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21030</t>
+  </si>
+  <si>
+    <t>Convoca o Sr. Antônio Francisco Martins Filho, atual Superintendente Municipal de Trânsito e Comandante da Guarda Civil Municipal, para vim até essa Casa, prestar esclarecimentos acerca do acidente de trânsito ocorrido na Cidade de Goiânia, no dia 20/04/2024, que teve seu envolvimento.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21027</t>
+  </si>
+  <si>
+    <t>“Solicita a Construção de Calçadas no Bairro Cidade Jardim I, no canteiro central entre as avenidas Ninfa das Águas e Santa Catarina."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21026</t>
+  </si>
+  <si>
+    <t>Solicita a Implantação da Crotalaria no Combate ao Mosquito da Dengue nesta cidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21025</t>
+  </si>
+  <si>
+    <t>“Solicita Compra de Rádios Comunicadores para Viaturas da Guarda Municipal de Jataí."</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/21006</t>
+  </si>
+  <si>
+    <t>“Solicita Reedição do requerimento 357/2023, onde requer abertura de parte da rua 001, no trecho compreendido entre a rua 005 e Avenida B, na Vila Sofia.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20995</t>
+  </si>
+  <si>
+    <t>Requer que seja a feito uma parceria entre a Secretaria de Saúde e o Centro de Especialidades Odontológicas (CEO) com o objetivo de fornecer atendimento odontológico aos residentes do Albergue São Vicente de Paula.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20992</t>
+  </si>
+  <si>
+    <t>“Requer ,em caráter de urgência, que seja feita a reestruturação/reforma da ponte na Rua Capitão Serafim de Barros, em frente ao Lago Diacuí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20988</t>
+  </si>
+  <si>
+    <t>“Requer que seja feito um mutirão para a troca de lâmpadas queimadas nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20979</t>
+  </si>
+  <si>
+    <t>“Requer a instalação de um redutor de velocidade, tipo eletrônico “Pardal’' / ''Radar", na Avenida Norte Sul, especificamente no cruzamento com a Rua N-5, localizado no bairro Residencial Portal do Sol.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20970</t>
+  </si>
+  <si>
+    <t>“Solicito que esta Moção de Pesar seja formalmente encaminhada à família do Senhor Atair Cruzeiro do Prado, em nome de todos os membros desta Casa de Leis, como um sinal de nosso respeito e reconhecimento pelo seu papel insubstituível na nossa comunidade e nas vidas daqueles que o amavam.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20966</t>
+  </si>
+  <si>
+    <t>“Requer a reedição do Requerimento 90/2023, no qual pede o estudo de viabilidade para construção de uma praça na área verde, situada em frente a Rua EP1, entre a Avenida Presidente Juscelino Kubitschek e Avenida W7 no Residencial Flamboyant, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20963</t>
+  </si>
+  <si>
+    <t>“Solicita realização de um estudo técnico que viabilize a instalação de um semáforo no cruzamento da Rua São Paulo com a Rua Inácio José de Melo, no Setor Santa Lúcia.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20938</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE APLAUSOS ao Cabo dos Bombeiros militar Danillo Vilela Sousa, por ato heróico no salvamento da vida de uma criança</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20927</t>
+  </si>
+  <si>
+    <t>Solicita que seja realizada uma parceria entre o Município de Jataí e a empresa RM Recicla Mais ,CNPJ: 18.468.205/0001-61, para que seja reduzida o valor praticado para o recebimento dos resíduos de construção e demolição.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20915</t>
+  </si>
+  <si>
+    <t>“Institui o Dia Municipal da Advocacia Jovem e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20914</t>
+  </si>
+  <si>
+    <t>"Requer a criação do Programa  Agente de Saúde Mirim”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20908</t>
+  </si>
+  <si>
+    <t>Aprova as Contas de Governo do Poder Executivo Municipal – Balanço Geral – Exercício 2021, com ressalvas – acatando o Parecer Prévio do Tribunal de Contas dos Municípios do Estado de Goiás, Parecer Prévio – PP nº 00383/2023 – Tribunal Pleno.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20902</t>
+  </si>
+  <si>
+    <t>“Requer que seja feito um Estudo para Instalação de Semáforo na Interseção das Ruas Sebastião R. Cintra e Salgado Filho”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20898</t>
+  </si>
+  <si>
+    <t>Solicito construção de uma calçada no lar do Idoso e condomínio Vila Vida, localizado na Rua Inácio José Melo setor Santa Terezinha</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20897</t>
+  </si>
+  <si>
+    <t>“Solicito o reparo da cabeceira da ponte localizada na rua 106, divisa com o setor Jardim América e Vila Sofia”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20884</t>
+  </si>
+  <si>
+    <t>Solicita a reforma da estrada no perímetro rural do assentamento do Rio Claro.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20883</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão do Troféu Jatobá ao senhor Valton Pereira Diniz Junior, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20882</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº4142/2019</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20870</t>
+  </si>
+  <si>
+    <t>“Solicita que a Guarda Municipal de Jataí, seja realocada na área do antigo Consórcio – CRISA, na Vila Palmeiras”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20853</t>
+  </si>
+  <si>
+    <t>“Requer a reedição do Requerimento 197/2023, que: SOLICITA A RETOMADA DO MUTIRÃO DE COMBATE A PROLIFERAÇÃO DO AEDES AEGYPTI, ‘MOSQUITO DA DENGUE’ NO MUNICÍPIO DE JATAÍ/GO, ENTRE OUTROS”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20849</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Audiência Pública, em caráter de urgência, com representantes da Secretaria Municipal de Trânsito e da sociedade civil, para tratar sobre a situação das multas aplicadas aos veículos que possuem mais de 3 eixos, ao entrarem dentro da cidade, para carga/descarga e vistorias”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20835</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o ordenamento territorial e horário de funcionamento de entidades de tiro desportivo no município de Jataí-GO e dá outras providências.”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20825</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei Ordinária do Executivo N. 135, de 30 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20823</t>
+  </si>
+  <si>
+    <t>“Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Econômico, para recepção do valor de R$ 7.000.000,00 (sete milhões de reais), a fim de adquirir: nova área para o Distrito Municipal de Micro e Pequenas Empresas - DIMPE ou aquisição de áreas para doação de empresas”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20806</t>
+  </si>
+  <si>
+    <t>Ementa: “Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social e Cidadania, para recepção do valor de R$200.000,00 (duzentos mil reais), que será destinado a Associação de Beneficência Albergue São Vicente de Paulo de Jataí, para custear ações filantrópicas.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20799</t>
+  </si>
+  <si>
+    <t>“Solicita/sugere ao poder público municipal, o  envio de projeto de lei, doando uma área, para construção da sede da Liga Desportiva de Jataí. LDJ.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20798</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20734</t>
+  </si>
+  <si>
+    <t>Altera o artigo 7º e 8º, do Projeto de Lei do Executivo nº 135/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20732</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20707</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria de Esportes, para recepção do valor  de R$25.000,00 (vinte e cinco mil reais), que serão destinados ao auxílio financeiro, no custeio de viagens de atletas jataienses para competições.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20706</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria Municipal de Esportes, para recepção do valor de R$281.016,83 (duzentos e oitenta e um mil, dezesseis reais e oitenta e três centavos), que será destinado para a LIGA DESPORTIVA DE JATAÍ - LDJ, a fim de promover competições amadoras, auxiliar nas despesas de promoção de campeonatos esportivos e custeio de ações.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20705</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria da Educação, para recepção do valor  R$25.000,00 (vinte e cinco mil reais), que será destinado para custeio de reforma e manutenção da Escola Municipal Professor Luziano Dias de Freitas”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20704</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria de Desenvolvimento Social e Cidadania, para recepção do valor de R$75.000,00 (setenta e cinco mil reais), que será destinado para o programa de EQUOTERAPIA do SINDICATO RURAL DE JATAÍ, com a finalidade de custeio”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20703</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria de Obras e Planejamento Urbano, para recepção do valor R$20.000,00  (vinte mil reais), que será destinado para O COPEJA - CONSELHO DE PASTORES E MINISTROS EVANGÉLICOS DE JATAÍ, a fim de custear ampliação e reforma”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20702</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria da Educação, para recepção do valor  R$25.000,00 (vinte e cinco mil reais), que será destinado a aquisição de aparelhos de ar condicionado, destinados ao CMEI Santa Rosa”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20701</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria Municipal de Esportes, para recepção do valor  de R$45.000,00 (quarenta e cinco mil reais), que será destinado para a ASSOCIAÇÃO ATLÉTICA WIDER SANTOS, a fim de promover o custeio de ações realizadas pela Associação.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20700</t>
+  </si>
+  <si>
+    <t>EMENTA: “Altera destinação de recursos orçamentários, indicando a Secretaria Municipal de Esportes, para recepção do valor  R$40.000,00 (quarenta mil reais), que será destinado a ASSOCIAÇÃO ESPORTIVA JATAIENSE para promover competições amadoras, para custeio de ações e aquisições de equipamentos.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20686</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal o encaminhamento de um projeto de lei que autoriza o pagamento de incentivo financeiro para os agentes comunitários de saúde (ACS) e agentes de  combate às endemias (ACE) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20660</t>
+  </si>
+  <si>
+    <t>“Solicita que os senadores do Estado de Goiás, se declarem contrários a indicação do Ministro da Justiça e Segurança Pública, FLÁVIO DINO, para ocupar uma vaga no Supremo Tribunal Federal”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20641</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor R$280.000,00 (duzentos e oitenta mil reais), que será destinado a Aquisição de Veículo refrigerado para transporte de materiais e medicamentos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20640</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor de R$93.016,83 (noventa e três mil, dezesseis reais e oitenta e três centavos), que será destinado na aquisição de equipamentos e materiais permanentes, para a UBS do Setor Colmeia Park.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20639</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor  R$23.000,00 (vinte e três mil  reais), que será destinado a Aquisição de Motocicleta Cross à Vig. Epidemiológica.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20638</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor de R$200.000,00 (duzentos mil  reais), que será destinado na aquisição de equipamentos e materiais permanentes, para a UBS do Setor Fabriny.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20637</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundo Municipal de Saúde, para recepção do valor  R$1.117.033,66 (um milhão, cento e dezessete mil, trinta e três  reais e sessenta e seis centavos), que será destinado a reforma e/ou ampliação, da UNIDADE BÁSICA DE SAÚDE – UBS Colmeia Park.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20635</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a possibilidade/necessidade de substituição da rotatória por um semáforo no cruzamento da Rua Castro Alves com a Rua Said Abdalla, Vila Paraíso I.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20631</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico da Rua Paracatu, no Setor Fabriny, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20627</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à Família do Senhor Leandro de Assis Oliveira, pelo seu falecimento, ocorrido no dia 30 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20619</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20615</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico das Ruas: A, B, C e Castro Alves, todas na Vila Paraíso I, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20604</t>
+  </si>
+  <si>
+    <t>Acrescenta o § 16, ao Art. 113, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20603</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20601</t>
+  </si>
+  <si>
+    <t>“Requer implantação de Faixa de Pedestre em frente a Clínica Espaço Viva, na Rua Salgado Filho, nº 931, Setor Aeroporto e em frente ao Frios Jataí, na Rua Miranda de Carvalho, n°1842, Setor Antena”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20594</t>
+  </si>
+  <si>
+    <t>“Solicita a instalação de braços de luz, nos postes que não o possuem, na Rua 02, entre a Rua Maria Olinda de Castro e Corredor dos Protestantes, no Setor das Mansões.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20579</t>
+  </si>
+  <si>
+    <t>Modifica a redação do art. 1º do Projeto de Lei Ordinária do Executivo sob o nº 115/2023.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20574</t>
+  </si>
+  <si>
+    <t>Dá nova redação ao art. 3º do Projeto de Lei Ordinária do Executivo sob o nº 104/2023.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20565</t>
+  </si>
+  <si>
+    <t>“Requer seja feito um estacionamento, na área pública, atrás do CAT – Centro de atendimento ao turista, que fica em frente ao Lago JK, nessa cidade.”</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20564</t>
+  </si>
+  <si>
+    <t>“Suprime o §3°-A e seus incisos e modifica o §5°, ambos do artigo 1°, da Proposta de Emenda à Lei Orgânica nº 002/2023”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20541</t>
+  </si>
+  <si>
+    <t>“Solicita implantação de faixa de pedestre em frente a entrada lateral  do Jatahy Shopping, na Rua 1A, entre a Avenida Presidente Tancredo Neves e Avenida W7, Setor Epaminondas, em nossa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20540</t>
+  </si>
+  <si>
+    <t>“Suprime parte do texto do caput do artigo 1º, do Projeto de Lei do Legislativo nº024/2023 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20535</t>
+  </si>
+  <si>
+    <t>“Sugere ao poder público municipal, o  envio de projeto de lei, alterando o artigo 2º da Lei Municipal nº 3.875/2017”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20512</t>
+  </si>
+  <si>
+    <t>“Requer a implantação do Programa Passe Livre Estudantil aos alunos da modalidade de ensino de Educação de Jovens e Adultos (EJA)”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20506</t>
+  </si>
+  <si>
+    <t>“Solicita a revitalização do Canteiro Central da Avenida Francisco Antônio (Avenida do Contorno), em toda sua extensão, no setor Estrela D’Alva,  incluindo a troca de todas as árvores.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20502</t>
+  </si>
+  <si>
+    <t>Ementa: “Solicita o cumprimento da Lei nº12.527/2021, especificamente do seu art. 1º “caput”, art. 5º, art. 8º e seu §2º, publicando de forma clara e de fácil acesso e localização das informações, referentes ao  andamento/pagamento das Emendas Impositivas, de nosso Município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20484</t>
+  </si>
+  <si>
+    <t>“Sugere ao poder público municipal, o  envio de projeto de lei que disponha sobre a redução de 50% do valor do Imposto sobre Transmissão de Bens Imóveis -  ITBI, pelo período de 30 dias, prorrogável por mais 30 dias”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20483</t>
+  </si>
+  <si>
+    <t>“Solicita extensão de rede elétrica, na Rua RC-10A, no trecho compreendido entre a Alameda Flamboyant e Rua RC-10, no Conjunto Rio Claro III, nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20468</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20452</t>
+  </si>
+  <si>
+    <t>Altera o caput do artigo 1º, revoga o §1º, insere o §6º e §7º, ambos no artigo 1º da Lei nº 3.918/2017.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20436</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de uma praça e uma academia ao livre, no Residencial Recanto da Mata, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20429</t>
+  </si>
+  <si>
+    <t>Solicita que, a Prefeitura juntamente com a Secretaria de Turismo, realize um torneio de pesca infantil, em comemoração ao dias das crianças.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20424</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadã Jataiense a Senhora Rosimar Priori e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20423</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Luiz Paulo Priori e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20417</t>
+  </si>
+  <si>
+    <t>Solicita, moção de apoio ao Supremo Tribunal Federal e ao Congresso Nacional, contra as razões da ADPF 442 e contra seu intento de descriminalizar o aborto até a décima segunda semana de gestação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20416</t>
+  </si>
+  <si>
+    <t>“Solicita implantação de rede de esgoto no Setor Portal do Sol, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20415</t>
+  </si>
+  <si>
+    <t>“Solicita implantação de rede de esgoto no Residencial recanto da Mata, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20414</t>
+  </si>
+  <si>
+    <t>“Solicita implantação de rede de esgoto na 2ª etapa do Residencial Flamboyant, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20408</t>
+  </si>
+  <si>
+    <t>“Solicita instalação de semáforo no cruzamento da Rua Joaquim Nabuco com a Rua Sebastião R Cintra, Setor Central.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20407</t>
+  </si>
+  <si>
+    <t>“Requer a construção de  banheiros e arquibancada, no campo de futebol do Residencial Mauro Bento, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20406</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à Família da Senhora Iza Cândida da Silva Lima, pelo seu falecimento, ocorrido no dia 11 de setembro de 2023”.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20404</t>
+  </si>
+  <si>
+    <t>Solicita, moção de repúdio ao Supremo Tribunal Federal e ao Congresso Nacional, contra as razões da ADPF 442 e contra seu intento de descriminalizar o aborto até a décima segunda semana de gestação.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20376</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para que seja realizado o asfaltamento da Rua 3, no trecho compreendido entre a Rua Voluntários do Papa e Avenida Salgado Filho, Bairro Santo Antônio.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20368</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para que seja realizado o asfaltamento do final da Avenida  Leomar Ferreira de Melo e da JTI 101, ligando o Bairro Cidade Jardim 2, até a Alameda das Primaveras, nessa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20367</t>
+  </si>
+  <si>
+    <t>“Solicita adequação/rebaixamento de dois canteiros centrais na Avenida 31 de Maio, Setor Epaminondas, (em frente ao CAIC e ao CMEI Abelhinha), nivelando-os com a faixa de pedestre.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20356</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a possibilidade/necessidade de substituição da rotatória por um semáforo no cruzamento da Rua Capitão Serafim de Barros com a Rua Herculano Carneiro, Setor Santa Maria.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20355</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico na Rua 02, no trecho compreendido entre a Rua das Pedras e Rua Francisco França, Setor Bela Vista II, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20354</t>
+  </si>
+  <si>
+    <t>Altera o § 1º do Art. 43, da Resolução nº 02, de 04 de março de 2010 – Regimento Interno da Câmara Municipal de Jataí - GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20351</t>
+  </si>
+  <si>
+    <t>Solicita a permanência Do Centro de Referência de Assistência Social (CRAS) no setor Mauro Bento.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20350</t>
+  </si>
+  <si>
+    <t>“Solicita a criação/inserção da modalidade esportiva Esgrima, em âmbito municipal”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20345</t>
+  </si>
+  <si>
+    <t>“Permanência da Unidade regional de saúde em Jataí, de forma regionalizada e independente de outras Regionais”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20338</t>
+  </si>
+  <si>
+    <t>“Requer abertura de parte da Rua 001, no trecho compreendido entre Rua 005 e Avenida B, na Vila Sofia”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20335</t>
+  </si>
+  <si>
+    <t>“Requer estudo para construção de um parque/área de recreação  acessível para crianças com deficiência física, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20332</t>
+  </si>
+  <si>
+    <t>“Solicita que, seja fornecido uniforme apropriado a todos os trabalhadores da Secretaria de Desenvolvimento Rural.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20318</t>
+  </si>
+  <si>
+    <t>“Requer o prolongamento da Viela dos Pecuaristas, ligando-a na Alameda Ministro Ney Braga e  abertura e asfaltamento de Rua na Quadra F, situada entre a Alameda do Pecuarista e Reverendo James Watson, ambas no Setor Granjeiro.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20315</t>
+  </si>
+  <si>
+    <t>“Solicita a instalação de um semáforo no cruzamento da Rua Inácio José de Melo com a Rua Miranda de Carvalho, Setor Central.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20288</t>
+  </si>
+  <si>
+    <t>“Requer seja construído na rodoviária municipal, acesso para embarque e desembarque de passageiros de aplicativos e Táxi.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20286</t>
+  </si>
+  <si>
+    <t>“Requer seja disponibilizado wi-fi gratuito a todos pacientes/usuários do Hospital Estadual de Jataí, Dr. Serafim de Carvalho.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20276</t>
+  </si>
+  <si>
+    <t>“Requer seja realizado o alargamento da Alameda Agroindustrial, no trecho compreendido entre a Alameda Ministro Ney Braga e Alameda dos Pecuaristas, no Setor Granjeiro.”</t>
+  </si>
+  <si>
+    <t>SP</t>
+  </si>
+  <si>
+    <t>Substitutivo a Projeto</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20272</t>
+  </si>
+  <si>
+    <t>Substitui o Projeto de Lei Ordinária do Legislativo nº 16/2023, 29 de junho de 2023, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20270</t>
+  </si>
+  <si>
+    <t>Acrescenta o Art. 2º no Projeto de Lei do Executivo nº 054/2023 e dá outras providências”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20268</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Francisco Antônio de Carvalho Gedda.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20241</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico na Rua Honorato Nogueira, no trecho compreendido entre a Rua Altino Moraes de Carvalho e Alameda Urutau, no Bairro Dom Abel, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20236</t>
+  </si>
+  <si>
+    <t>“Solicita com urgência, que seja refeita a sinalização horizontal das ruas que foram recapeadas no Setor Dom Abel”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20235</t>
+  </si>
+  <si>
+    <t>“Solicita que seja retomado a partir do segundo semestre de 2023, o Programa CNH SOCIAL, no Estado de Goiás.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20232</t>
+  </si>
+  <si>
+    <t>“Solicita a reforma geral do CMEI Abelhinha, em Jataí/GO”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20231</t>
+  </si>
+  <si>
+    <t>“Solicita a contratação de médico Neurologista, para o sistema de saúde público municipal de Jataí/GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20226</t>
+  </si>
+  <si>
+    <t>Solicita implantação de faixa de pedestre em frente ao Supermercado Reis, na Rua Salgado Filho, em frente o n°1242, Setor Planalto.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20225</t>
+  </si>
+  <si>
+    <t>Acrescenta artigos no Projeto de Lei do Executivo nº 054/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20224</t>
+  </si>
+  <si>
+    <t>Solicita a Superintendência Regional do DNIT no Estado de Goiás, em caráter de urgência, a imediata liberação do tráfego sob o Anel Viário na BR 060 / BR 364, obra concluída no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20202</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo no cruzamento da Rua Zeca Lopes com Avenida Benjamin Constant, Setor Central.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20200</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de construir/instalar rotatória, na confluência das Ruas 105, Dom Pedro II e Leopoldo de Bulhões, Vila Paraíso I.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20199</t>
+  </si>
+  <si>
+    <t>“Solicita que sejam feitas placas informativas, para serem afixadas em áreas públicas, antes da inauguração, contando um pouco da história do homenageado, que nomeia o local a ser inaugurado.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20190</t>
+  </si>
+  <si>
+    <t>“Solicita que seja feito ou compro a atualização do mapa de localização geográfica, do nosso Município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20189</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de colocar o tráfego da Rua Duque de Caxias, em sentido no único, no trecho compreendido entre a Rua Inácio José de Melo e Leopoldo de Bulhões.”</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20182</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em homenagem ao advogado e ex-vereador Nivaldo Souza Moraes, pelo excelente trabalho à comunidade jataiense e principalmente pela autoria do projeto de lei que estabeleceu o dia 31 de maio como data comemorativa ao aniversário da cidade de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20181</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à Família do Senhor Aldemiro Agnello Ragagnin, pelo seu falecimento, ocorrido no dia 17 de Maio de 2023.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20180</t>
+  </si>
+  <si>
+    <t>Solicitamos Moção de Aplausos em Homenagem a Elita Maria de Carvalho Lima, autora do Hino a Jataí.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20175</t>
+  </si>
+  <si>
+    <t>"SOLICITA MOÇÃO DE APLAUSOS EM HOMENAGEM AS ENTIDADES ORGANIZADORAS DA FESTA DO MILHO DE JATAÍ”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20174</t>
+  </si>
+  <si>
+    <t>“Solicita que seja disponibilizado e a cópia de todas infrações/multas, aplicadas pela Secretaria de|Obras, referente aos anos de 2019 até a presente data.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20173</t>
+  </si>
+  <si>
+    <t>Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de construir/instalar rotatória, na Rua Tiradentes com a Rua Voluntários da Pátria, Vila Fátima.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20169</t>
+  </si>
+  <si>
+    <t>Requer a reedição do requerimento nº 241 que solicita ao prefeito municipal que estabeleça o plano de carreira e vencimento dos servidores da Fiscalização: Fiscal de Defesa do Consumidor; Fiscal de Edificações e Loteamentos; Fiscal de Limpeza Urbana; Fiscal de Meio Ambiente; Fiscal de Posturas; Fiscal de Inspeção Sanitária Municipal; Fiscal de Trânsito e Transportes; Fiscal de Tributos Municipais; Fiscal de Vigilância Sanitária do Município de Jataí/GO, conforme modelo de Projeto de Lei (anexo).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20160</t>
+  </si>
+  <si>
+    <t>“Requer a instalação de um alambrado/tela, na quadra de futsal da  praça ao fundo do Condomínio Barcelona, que fica ao lado do CMEI José Carlos, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20155</t>
+  </si>
+  <si>
+    <t>Aprova as Contas de Governo do Poder Executivo Municipal – Balanço Geral – Exercício 2020 – Acatando o Parecer Prévio do Tribunal de Contas dos Municípios do Estado de Goiás, Parecer Prévio – PP nº 00415/2022 – Tribunal Pleno.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20141</t>
+  </si>
+  <si>
+    <t>“Requer estudo para construção de um parque/área de recreação infantil na praça do setor Serra Azul, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20100</t>
+  </si>
+  <si>
+    <t>Aprova as Contas de Governo do Poder Executivo Municipal – Balanço Geral – Exercício 2020 – Acatando o Parecer Prévio do Tribunal de Contas dos Municípios do Estado de Goiás, Parecer Prévio - PP nº 00415/2022 – Tribunal Pleno.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20097</t>
+  </si>
+  <si>
+    <t>“Requer a reedição do Requerimento 137/2022, que: SOLICITA A RETOMADA DO MUTIRÃO DE COMBATE A PROLIFERAÇÃO DO AEDES AEGYPTI, ‘MOSQUITO DA DENGUE’ NO MUNICÍPIO DE JATAÍ/GO, ENTRE OUTROS”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20096</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para que seja realizado o asfaltamento da Rua 11, Vila Sofia, nessa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20095</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico na Rua Francisco França, no trecho compreendido entre a Rua Voluntários do Papa e Belarmino Peres, na divisa do Setor Santa Lúcia e Santo Antônio, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20093</t>
+  </si>
+  <si>
+    <t>“Solicita extensão de rede elétrica, na Rua Miranda de Carvalho, no trecho compreendido entre as Ruas 04 e W7, no Setor Epaminondas,  nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20085</t>
+  </si>
+  <si>
+    <t>“Requer a reedição do Requerimento 075/2022, que: Solicita extensão de rede elétrica, na Avenida Ribas Marques, entre as Ruas 09 e 15, no Setor Colmeia Park e na Avenida W7, entre as Ruas 03 e 19, no Setor Jardim Goiás,  nesta cidade”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20068</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Audiência Pública, em caráter de urgência, sobre a segurança nas escolas e nos CMEIs".</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20067</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadã Jataiense a Senhora Rafaela Giongo Freitas e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20056</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo no cruzamento da Avenida Dorival de Carvalho com a Rua do Bosque, Jardim da Liberdade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20055</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de calçada no fundo do CMEI Árvore da Vida, Rua 21, no Setor Colmeia Park.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20049</t>
+  </si>
+  <si>
+    <t>“Os vereadores que o presente subscrevem, requerem a realização; em caráter de urgência; de uma Audiência Pública, para debater o tema: “Direitos humanos e a inclusão escolar dos alunos com transtorno do espectro autista, no município de Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20045</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico da Rua São Pedro, no Setor Santa Terezinha, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20037</t>
+  </si>
+  <si>
+    <t>“Requer a instalação de porta giratória com detector de metais, em todas as escolas municipais, dessa cidade.”</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/20022</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de Título de Cidadão Jataiense ao mestre JÂNIO CÉSAR DA SILVA e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19998</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico das Ruas B1, B2, B3, B5, P2, P3 e P4, todas no Bairro Popular, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19997</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico das Ruas: Professora Albina Bartoloti Mosconi, C5, C4, C3, C2, Professor Dante Mosconi e Avenida José Francisco Nunes, todas na Vila Luiza, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19985</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade para implantação de rede de esgoto no Setor Nova Esperança (antiga invasão), nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19984</t>
+  </si>
+  <si>
+    <t>“Requer a construção de galeria pluvial no Setor Nova Esperança (antiga invasão), nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19983</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para asfaltamento da Rua Central, da Rua 06, da continuação das Ruas: Deputado Manoel da Costa Lima, Benjamin Constant, Dorival de Carvalho e Avenida Goiás, todas no Setor Nova Esperança (antiga invasão), nessa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19981</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recapeamento asfáltico da Rua Caetano Carrijo no Setor Alto das Rosas, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19976</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a obrigatoriedade da empresa concessionária ou permissionária que fornecem energia elétrica, telefonia fixa, banda larga, televisão a cabo ou outro serviço, por meio de rede aérea e subterrânea, na área urbana ou rural do Município, seja obrigada a realizar o alinhamento e retirada de fiação excedente e sem uso que a mesma tenha instalado. em vias públicas de Jataí – Goiás e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19973</t>
+  </si>
+  <si>
+    <t>Acrescenta os parágrafos 14 e 15 ao Art. 113, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19972</t>
+  </si>
+  <si>
+    <t>Altera o §4º do artigo 1º, §1º do artigo 2º, §2º item I e II do artigo 2º, do Projeto de Lei do Executivo nº 09/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19964</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua Dr. Júlio Cunha no Bairro Santo Antônio, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19961</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE APLAUSOS ao Mestre Jânio César, pela vitória no campeonato do U.S Open Championships, ocorrido no dia 04 de março de 2023, em Las Vegas”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19955</t>
+  </si>
+  <si>
+    <t>“Requer a realização de recuperação e cascalhamento de um trecho de aproximadamente 02 KM, da JTI-203, na entrada de acesso a Fazenda Campo Belo,  região conhecida como entrada das 7 placas, nos eucaliptos, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19946</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a viabilidade de realizar a troca de toda iluminação da Praça da Fortuna, no Bairro Dom Abel.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19937</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de uma praça na área verde, situada em frente a Rua EP1, entre a Avenida Presidente Juscelino Kubitschek e  Avenida W7 no Residencial Flamboyant, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19936</t>
+  </si>
+  <si>
+    <t>Requer disponibilização de uma linha de transporte para os alunos do assentamento Água Bonita, situado na divisa de Rio Verde com Jataí, que estudam na escola do Assentamento Rio Paraíso.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19935</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para conclusão do asfaltamento do Setor Industrial, ligando a BR 060 a BR 364, nessa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19926</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de construir/instalar rotatória, bem como refazer a sinalização na Avenida Nova Jataí, esquina com Avenida Portal do Sol – Setor Portal do Sol.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19925</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico das Ruas EP1, EP1 A, EP2, EP3, EP4, EP5, EP6, EP7, EP8, EP9, EP10, EP11, EP13, EP15, EP17, EP19, EP21 e EP23 no Residencial Flamboyant, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19924</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico das Ruas dos Ipês, Antônia Vieira de Queiróz, Maria Vieira Cunha, Orminda Vieira de Freitas, José Cândido de Freitas, Cleominis Vieira Barbosa e Avenida Epaminondas Vieira Cunha, todas no Residencial Flamboyant, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19923</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico das Ruas 04, 10, 11, 12 e 13 no Residencial Flamboyant, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19913</t>
+  </si>
+  <si>
+    <t>“Solicita informações sobre a elaboração de estudo técnico atualizado, da insalubridade e periculosidade aplicáveis ao funcionalismo público desse Municipio, bem como a data de sua conclusão.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19911</t>
+  </si>
+  <si>
+    <t>“Solicita a disponibilização de guarda no período diurno e noturno, para segurança na Escola Municipal Maria Theodora de Souza, em Jataí/GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19910</t>
+  </si>
+  <si>
+    <t>“Solicita a instalação de grades de segurança na Escola Municipal Maria Theodora de Souza, em Jataí/GO”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19894</t>
+  </si>
+  <si>
+    <t>Modifica a redação do artigo 4º do Projeto de Lei Ordinária do Executivo sob o nº 24, de 10 de fevereiro de 2023.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19878</t>
+  </si>
+  <si>
+    <t>“Requer implantação de Faixa de Pedestre em frente a UBS do Bairro Santo Antônio”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19877</t>
+  </si>
+  <si>
+    <t>“Requer implantação de Faixa de Pedestre em frente a UBS do Bairro Estrela D`Alva”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19876</t>
+  </si>
+  <si>
+    <t>“Requer implantação de Faixa de Pedestre em frente a Escola Luziano Dias, no Bairro estrela D`Alva”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19875</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de título de Cidadão Jataiense ao senhor Urbano Siqueira da Silva, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19857</t>
+  </si>
+  <si>
+    <t>“Solicitam moção de pesar aos familiares do Senhor Moisés Franco Carvalho.”</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19855</t>
+  </si>
+  <si>
+    <t>“Requer a realização de sessão solene em homenagem ao dia internacional da mulher – 08 de março de 2023.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19847</t>
+  </si>
+  <si>
+    <t>“Solicita a instalação de caçamba estacionária grande na Região do Ponto Chique, Zona Rural do nosso Município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19846</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua São João, no trecho compreendido no Bairro Santo Antônio, (rua que passa em frente ao postinho), visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19845</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de refazerem a sinalização  horizontal das Ruas 01, 02, 03, 04, 05, 06, 07, 08, 09 e 10 no Cidade Jardim II”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19844</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de refazerem a sinalização  horizontal das Ruas 11, 12, 13, 14, 15, 16, 17, 18 no Cidade Jardim II”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19843</t>
+  </si>
+  <si>
+    <t>“Solicito envio do projeto de lei referente ao reajuste anual da remuneração dos agentes de saúde e agentes de combate de endemias, desse Município”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19828</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para contratação de porteiro para a Escola Deputado Manoel da Costa Lima, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19824</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Associação de beneficiência Albergue São Vicente de Paulo de Jataí, no valor de R$ 800.000,00 (oitocentos mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19823</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Conselho de pastores e ministros evangélicos de Jataí (COPEJA), no valor de R$ 80.000,00 (oitenta mil reais).</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19822</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Cabanha Alma Farrapa LTDA, no valor de R$ 100.000,00 (cem mil reais).</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19821</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Casa Evangelica Monte das Oliveiras, no valor de R$ 200.000,00 (duzentos mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19820</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Liga Desportiva de Jataí - LDJ, no valor de R$ 120.000,00 (cento e vinte mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19819</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Sindicato Rural de Jataí, no valor de R$ 500.000,00 (quinhentos mil reais).</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19818</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Fundação Educacional de Jataí, no valor de R$ 310.000,00 (trezentos e dez mil reais).</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19817</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o a Associação Favos - Família, amor, voluntariado, oportunidade saúde - contra o câncer a favor da vida, no valor de R$ 200.000,00 (duzentos mil reais).</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19785</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Centro de Atendimento Educacional Especializado Érica de Melo Barbosa, para o custeios diversos, no valor de R$ 220.656,80 (duzentos e vinte mil, seiscentos e cinquenta e seis reais e oitenta centavos).</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19781</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando o Sindicato Rural de Jataí, para custeio do programa de EQUOTERAPIA, no valor de R$196.656,00 (cento e noventa e seis mil e seiscentos e cinquenta e seis reais).</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19780</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Associação Esportiva Jataiense, para custeio de ações e aquisições de equipamentos., no valor de R$181.656,00 (cento e oitenta e um mil e seiscentos e cinquenta e seis reais).</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19777</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a LIGA DESPORTIVA DE JATAÍ - LDJ, para auxílio nas despesas de promoção de campeonatos esportivos e custeio de ações, no valor de R$160.000,00 (cento e sessenta mil reais).</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19767</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a  Associação Grupo Ilumine, para custeio das ações filantrópicas, no valor de R$ 20.000,00 (vinte mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19765</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando a Aquisição de um Veículo tipo Ambulância, no valor de R$180.000,00 (cento e oitenta mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19764</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19763</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando como beneficiária a Associação Atlética Wider Santos, para custeio de ações, no valor de R$ 40.000,00 (quarenta mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19762</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando como beneficiário o Centro Municipal de Educação Infantil Ubaldina Ribeiro, para manutenção em geral, no valor de R$30.000,00 (trinta mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19761</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando como beneficiário o Centro de Tradições Gaúchas Querência Goiana - CTG, para custeio dos programas culturais, no valor de R$30.000,00 (trinta mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19760</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando como beneficiária a Escola Diogo Lemes, para custeio na reforma do telhado, no valor de R$30.000,00 (trinta mil reais).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19759</t>
+  </si>
+  <si>
+    <t>Altera destinação de recursos orçamentários, indicando como beneficiária a UBS Conj Rio Claro, para a aquisição de equipamentos, no valor de R$101.656,68 (cento e um mil, seiscentos e cinquenta e seis reais e sessenta e oito centavos).</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19757</t>
+  </si>
+  <si>
+    <t>“Os Vereadores que abaixo assinam, solicitam ao Prefeito Municipal e a Secretaria de Saúde, a contratação de um (a) fonoaudiólogo (a)  para o Centro de Ensino Especial Erica de Melo Barbosa”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19736</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Proposta de Emenda à Lei Orgânica do Município de Jataí nº 001, de 21 de setembro de 2022.”</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19735</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos do Projeto de Lei Complementar nº 001, de 21 de setembro de 2022.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19731</t>
+  </si>
+  <si>
+    <t>"Altera dispositivos do Projeto de Lei nº 075, de 02 de setembro de 2022".</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19730</t>
+  </si>
+  <si>
+    <t>" Acrescenta parágrafos ao Art. 113, da Lei Orgânica do Município de Jataí"</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19729</t>
+  </si>
+  <si>
+    <t>"Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jatai"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19716</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a viabilidade de construir um contorno na Avenida Francisco Antônio (Avenida do Contorno), no setor Estrela D’Alva.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19715</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a viabilidade de realizar a poda das árvores da Avenida Francisco Antônio (Avenida do Contorno), em toda sua extensão, no setor Estrela D’Alva.”</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19712</t>
+  </si>
+  <si>
+    <t>“Solicita que seja declarada de Utilidade Pública, conforme a Lei nº 1.129 de 11/06/1985, a Associação Sport Club Cocha-Bamba, com nome fantasia	SPORT CLUB COCHA-BAMBA, 	CNPJ nº 05.986.762/0001-08”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19694</t>
+  </si>
+  <si>
+    <t>Acrescenta parágrafos ao Art. 113, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19693</t>
+  </si>
+  <si>
+    <t>“Modifica alínea constante no art.1° do Projeto de Lei Complementar do Executivo nº 002/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19679</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de refazerem a sinalização  horizontal na Rua Leopoldo de Bulhoẽs, com a Avenida Veriano de Oliveira, Setor Santa Maria 1”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19668</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de uma praça na área verde, situada na confluência da Rua Elionor França, com a Rua Maria Izabel no Residencial Morada do Sol, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19665</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública para a instituição do Plano Municipal de Gestão Integrada de Resíduos Sólidos, do Plano Municipal de Gerenciamento de Resíduos de Construção Civil e do Plano Municipal de Gerenciamento de Resíduos de Saúde.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19664</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de pista de skate na praça da divisa do Conjunto Rio Claro com o Bairro José Bento, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19663</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade  para a retirada de “ilha” situada na Rua José de Carvalho com a Rua Padre Anchieta, Setor Aeroporto”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19662</t>
+  </si>
+  <si>
+    <t>“Requer implantação de Faixa de Pedestre em frente a Faculdade UNA”.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19661</t>
+  </si>
+  <si>
+    <t>Dá o nome de Praça João Luiz do Prado à praça que está sendo construída no Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19660</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que a praça que está sendo construída no Bairro Nossa Senhora de Fátima, tenha o nome de Praça João Luiz do Prado.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19651</t>
+  </si>
+  <si>
+    <t>“Modifica a redação do artigo 1°, do Projeto de Lei do Executivo nº 100/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19648</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19647</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Resolução nº 02, de 04 de março de 2010 - Regimento Interno da Câmara Municipal de Jataí.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19646</t>
+  </si>
+  <si>
+    <t>Altera o Art. 13 da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19639</t>
+  </si>
+  <si>
+    <t>Altera o inciso IV, do Art. 40, da Lei Orgânica do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19638</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico das Ruas: Jacarandá, Pau Brasil e Jatobá, todas no Jardim Floresta, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19637</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico das Ruas: Peroba Rosa, Pequi e Angico, todas no Jardim Floresta, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19636</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo no cruzamento da Rua Deputado Honorato de Carvalho com a Rua Itarumã, Setor Santa Maria”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19631</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua das Minas, Vila Iracema, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19628</t>
+  </si>
+  <si>
+    <t>“Requer a conclusão da canaleta na Rua Paranaíba, no trecho em frente ao n°146, Setor Aeroporto.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19603</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade para manutenção com raspa de asfalto (fresado), do seguinte endereço: Seguindo a Av. Reverendo James  Watson, na primeira entrada a esquerda, após a Terran”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19601</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua Dom Pedro II, no trecho compreendido na Vila Iracema, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19600</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua do Passeio, no trecho compreendido no Setor Santa  Terezinha, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19599</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico em toda a extensão da Rua Santa Helena, em nosso Município,  visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19580</t>
+  </si>
+  <si>
+    <t>Altera o artigo 2º, do Projeto de Lei do Executivo nº 080/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19561</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência de Pavimentação Asfáltica, sobre a viabilidade de abertura de um acesso para veículos, na Rua 37 com Avenida 41, no Setor Mauro Bento.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19560</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo no cruzamento da Rua Deputado Honorato de Carvalho com a Avenida das Américas, Vila Fátima”.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Marcos Patrick_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19550</t>
+  </si>
+  <si>
+    <t>Aprova as Contas de Gestão do Poder Executivo Municipal – Balanço Geral – Exercício 2016 – Acatando o Parecer Prévio do Tribunal de Contas dos Municípios do Estado de Goiás, Acórdão nº 01934/2021.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19546</t>
+  </si>
+  <si>
+    <t>“Solicita estudos técnicos sob a viabilidade para a implantação de redutor de velocidade na Rua André Luiz, na Vila Sodré, nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19544</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico em toda a extensão da Rua José Jahjah, em nosso Município,  visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19539</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para abertura e asfaltamento da Rua 10, setor Vila Brasília.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19535</t>
+  </si>
+  <si>
+    <t>Altera o §4º do artigo 1º, artigo 2º, item I, II e III, §1º, artigo  2º, §2º, I e II, §4º, §5º, artigo 10, §1º, parágrafo único do artigo 11 e supressão do parágrafo único do artigo 3º, do Projeto de Lei do Executivo nº 058/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19515</t>
+  </si>
+  <si>
+    <t>“Solicita estudos técnicos sob a viabilidade para a implantação de redutor de velocidade na Rua Professor Barros Cruz, entre a Rua José Vieira e a Rua Deputado Honorato de Carvalho, no setor Serra Azul, nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19511</t>
+  </si>
+  <si>
+    <t>“Solicita que seja declarada de Utilidade Pública, conforme a Lei nº 1.129 de 11/06/1985, a Associação Skate Ativo de Jataí-GO, com nome fantasia ASSKAJ, CNPJ nº  47.346.599/0001-83”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19497</t>
+  </si>
+  <si>
+    <t>“Requer a reforma da Unidade de Saúde Básica (UBS) do Bairro Santo Antônio, em nosso município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19496</t>
+  </si>
+  <si>
+    <t>“Requer a construção de Campo de Futebol Society, na Vila Sofia, em nosso município.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19494</t>
+  </si>
+  <si>
+    <t>“Requer a construção de quadra poliesportiva e quadra de areia, anexas ao Ginásio Dudu, em nosso município”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19490</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico em toda a extensão da Avenida Brasília, na Vila São Pedro, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19489</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico em toda a extensão das Avenidas: Vicente Nogueira e Dona Filhinha e Ruas: João Nogueira Sobrinho, Vicente de Oliveira e Leopoldo Nonato, todas no Bairro Dom Abel, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19488</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico em toda a extensão das Ruas: Anibal Cintra, Ambrosina Lima, Maria Bahia, Nestor Curi e João Batista, todas no Bairro Dom Abel, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19484</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo Municipal em caráter de urgência, conclusão e envio a esta Casa de Leis, do Plano Diretor para ocupação de solo urbano”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19472</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico na Rua Leopoldo de Bulhões, no trecho situado no Setor Santa Maria e Vila Fátima.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19471</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico na Rua Dona Olímpia, no trecho  situado na Vila Fátima.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19461</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a viabilidade de realizar a troca das lâmpadas do lago Diacuy, por lâmpadas de LED.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19460</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de refazerem a sinalização  horizontal e vertical na porta das seguintes escolas Municipais, de Jataí/GO: CMEI Recanto Feliz, Escola Professor Luziano Dias de Freitas, Centro Educacional Caminho da Luz e CMEI Reino Encantado”.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19459</t>
+  </si>
+  <si>
+    <t>“Altera o §12º do art. 5º da Lei 3067 de 28 de junho de 2010, Código de edificações do Município de Jatai-GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19445</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico na Rua 09, no trecho entre a Alameda Caiapônia e Avenida Comendador Epaminondas Vieira Cunha, no Conjunto Rio Claro III.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19428</t>
+  </si>
+  <si>
+    <t>“Modifica e suprimi artigos, incisos e alíneas do Projeto de Lei do Executivo nº 016/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19427</t>
+  </si>
+  <si>
+    <t>“Acrescenta alínea “a” ao inciso II do artigo 5º e acrescenta §4º, também no artigo 5º do Projeto de Lei do Executivo nº 016/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19426</t>
+  </si>
+  <si>
+    <t>“Requer ao Poder Executivo Municipal imediato cumprimento do Piso Nacional para Profissionais de Enfermagem em acordo com o PL 2.564/2020, sob sanção presidencial.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19423</t>
+  </si>
+  <si>
+    <t>“Requer a construção de academia ao ar livre, na praça da Igreja Santana, Vila São Pedro, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19419</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico na Rua Deputado da Costa Lima, no trecho entre a Avenida Rio Verde e Rua Said Abdalla, nos Setores Santa Maria e Jardim Rio Claro.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19418</t>
+  </si>
+  <si>
+    <t>Emenda ao Projeto de Lei Ordinária do Executivo de nº 054/2022</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19416</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico na Rua Santos Dumont, no trecho entre a Avenida Joaquim Cândido e Rua Miranda de Carvalho, no Setor Aeroporto.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19414</t>
+  </si>
+  <si>
+    <t>“Requer a solicitação de estudo, na Rua Riachuelo, entre a Rua Professor Samuel Graham e Avenida Joaquim Cândido, Setor Central, nessa cidade, a fim de solucionar o problema do acúmulo de água da chuva.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19413</t>
+  </si>
+  <si>
+    <t>“Requer a reedição do Requerimento 171/2022, que: “Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo ou retirada da rotatória, no cruzamento da Rua Leopoldo de Bulhões, com a Avenida Said Abdalla, divisa dos Setores Jardim Rio Claro e Vila Fátima”.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19386</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Milton Justus, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19384</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para asfaltamento da Rua das Figueiras, entre as Ruas Honorato Nogueira e Alameda Mandarim, no bairro Dom Abel, nessa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19380</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a viabilidade de realizar a troca das lâmpadas da Praça do Coquinho, no Setor Santa Lúcia II, por lâmpadas de LED.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19375</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico em toda a extensão da Rua Italino Moura, no Bairro Dom Abel, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19374</t>
+  </si>
+  <si>
+    <t>“Requer Campanha Municipal para divulgação às mulheres com mais de 40 anos para realizarem exames preventivos ginecológicos”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19372</t>
+  </si>
+  <si>
+    <t>“Altera dispositivo do Projeto de Lei nº 025/2022, que: Institui a Lei de Diretrizes orçamentárias, que dispõe sobre as diretrizes gerais para a elaboração da Lei Orçamentária de 2023 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19363</t>
+  </si>
+  <si>
+    <t>Altera o artigo 64, § 1º, “b” e “c”, e parágrafo único do artigo 73 da Lei Ordinária nº 3.066 de 28 de junho de 2010 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19358</t>
+  </si>
+  <si>
+    <t>“Modifica o inciso IV do §6º, do artigo 22, do Projeto de Lei Ordinária do Executivo nº037/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19357</t>
+  </si>
+  <si>
+    <t>“Acrescenta artigo no Projeto de Lei Ordinária do Legislativo nº017/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19356</t>
+  </si>
+  <si>
+    <t>“Acrescenta artigo no Projeto de Lei Ordinária do Legislativo nº015/2022 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19351</t>
+  </si>
+  <si>
+    <t>Solicita ao prefeito municipal que estabeleça o plano de carreira e vencimento dos servidores da Fiscalização: Fiscal de Defesa do Consumidor; Fiscal de Edificações e Loteamentos; Fiscal de Limpeza Urbana; Fiscal de Meio Ambiente; Fiscal de Posturas; Fiscal de Inspeção Sanitária Municipal; Fiscal de Trânsito e Transportes; Fiscal de Tributos Municipais; Fiscal de Vigilância Sanitária do Município de Jataí/GO, conforme modelo de Projeto de Lei (anexo).</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19348</t>
+  </si>
+  <si>
+    <t>“Requer estudo técnicos para construção de grade de proteção nas bocas de lobo do Córrego Capoeira, no Lago JK, entrada leste da cidade, R. Miranda de Carvalho - Vila Sao Pedro, sob a pista de caminhada.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19342</t>
+  </si>
+  <si>
+    <t>“Solicita estudo do município para incentivar os profissionais de segurança pública a se capacitarem em cursos online e gratuitos, disponibilizados pelo Ministério da Justiça e Segurança Pública (MJSP) E Senado”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19341</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade técnica para a construção de um Centro de Referência Especializado para Pessoas em Situação de Rua - Centro POP, em nossa cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19324</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão do “TÍTULO DE HONRA AO MÉRITO" a CRC CONSTRUÇÕES RESIDENCIAIS E COMERCIO LTDA, pelos relevantes serviços prestados a sociedade Jataiense”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19320</t>
+  </si>
+  <si>
+    <t>“Solicita que o Executivo forneça agasalhos, para rede Municipal de Educação”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19318</t>
+  </si>
+  <si>
+    <t>Requer verbalmente à Mesa Diretora que seja convidado a estar presente em tribuna, em sessão especifica via ofício o Superintendente de Trânsito e os representantes da FIPAI.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19308</t>
+  </si>
+  <si>
+    <t>“Altera o item 2 do §21º do Art. 5º da Lei 3068 de 28 de julho de 2010, Lei de uso e ocupação de solo urbano - Zoneamento no Município de Jatai-GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19306</t>
+  </si>
+  <si>
+    <t>“Solicita extensão de rede elétrica, na Rua Mateus da Silva Soares, entre a Avenida Vicente Nogueira e Rua Orozimbo Lopez de Carvalho, no Setor Dom Abel, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19303</t>
+  </si>
+  <si>
+    <t>“Altera o item 2 do §3º do Art. 5º da Lei 3068 de 28 de julho de 2010, Lei de uso e ocupação de solo urbano - Zoneamento no Município de Jatai-GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19294</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo no cruzamento da Rua Capitão Serafim de Barros, com a Avenida Said Abdalla, divisa dos Setores Jardim Rio Claro e Vila Paraíso”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19293</t>
+  </si>
+  <si>
+    <t>“Solicita da Superintendência Municipal  de Trânsito (SMT), que seja disponibilizado o estudo, informações e/ou justificativa, que embasam as mudanças no trânsito de nossa cidade,  tais como: “instalação em massa” de semáforos”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19284</t>
+  </si>
+  <si>
+    <t>“Solicita informações sobre quais medidas efetivas, estão sendo tomadas, para implementação do piso salarial para categoria da enfermagem, em razão da aprovação do Projeto de Lei nº 2564/20, em ambas as Casas legislativas no âmbito Federal (Câmara dos Deputados e Senado), que aguarda apenas a Sanção Presidencial”.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19283</t>
+  </si>
+  <si>
+    <t>Requer verbalmente na terceira sessão ordinária da primeira quinzena do mês de maio, a realização Audiência Pública com os gestores e representantes afins do Hospital das Clinicas a ser realizada em data oportuna via ofício pela mesa diretora.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19269</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo com o dispositivo botoeira, no cruzamento das Ruas Duque de Caxias, Anhanguera, Leopoldo de Bulhões e Rua 22, no Setor Santa Maria”.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19258</t>
+  </si>
+  <si>
+    <t>Solicitam ao Poder Executivo que faça a prorrogação do prazo que concede desconto de 75% (setenta e cinco por cento) para cobrança de preço público nos contratos vigentes por ocupação de logradouros, praças e feiras cobertas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19256</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo no cruzamento da Rua Leopoldo de Bulhões, com a Avenida Said Abdalla, divisa dos Setores jardim Rio Claro e Vila Fátima ”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19255</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para reforma geral ou reconstrução da pista de skate do lago Diacuy, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19250</t>
+  </si>
+  <si>
+    <t>“Os Vereadores que abaixo assinam, solicitam ao Prefeito Municipal, a prorrogação do prazo para pagamento de IPTU – Imposto Predial Territorial Urbano do exercício de 2022, com desconto, pelo prazo de 90 (noventa) dias”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19245</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça um estudo de viabilidade para implantação de semáforo com o dispositivo botoeira, em frente ao CMEI Abelhinha, localizado na Avenida 31 de Maio, s/n, Setor Epaminondas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19244</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua Jorge Ferreira, entre as Ruas Professor Nestório e Rua Maracá, no Loteamento Carvalho, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19225</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua Pitão, entre as Ruas Said Abdalla e Professor Barros Cruz, na Vila Fátima, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19219</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recuperação da estrada rural Transbento, acima da ponte sobre o córrego Bom Jardim, na região da ENGOPA, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19218</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recuperação Asfáltica da estrada rural Transbento, acima do córrego Bom Jardim, na região da ENGOPA, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19215</t>
+  </si>
+  <si>
+    <t>“Altera o Art. 4º e acrescenta  parágrafo único, na Lei Ordinária Municipal n°4142/2019.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19212</t>
+  </si>
+  <si>
+    <t>“Requer a solicitação de estudo, em toda extensão da Rua S8, Jardim Paraíso, nessa cidade, a fim de solucionar o problema de água parada.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19210</t>
+  </si>
+  <si>
+    <t>“Requer a reedição do Requerimento 211/2021, que: SOLICITA A RETOMADA DO MUTIRÃO DE COMBATE A PROLIFERAÇÃO DO AEDES AEGYPTI, ‘MOSQUITO DA DENGUE’ NO MUNICÍPIO DE JATAÍ/GO, ENTRE OUTROS”.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19195</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre concessão de título de cidadania ao empresário, Sr. ALBER MARTINS GUEDES, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19188</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo que realize o Programa de Recuperação de Créditos Fiscais – REFIS 2022, no Município de Jataí”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19185</t>
+  </si>
+  <si>
+    <t>“Solicita o cumprimento do disposto na Lei Federal n°13.146/2015 (Lei Brasileira de Inclusão), no tocante a disponibilização de Professor de Apoio na Rede Municipal de Educação”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19184</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo na Rua José de Carvalho com a Alameda Santos Dumont, Setor Epaminondas II”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19181</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua W-5, entre as Ruas 05 e 06, no Setor Epaminondas I, visando garantir uma melhor trafegabilidade.”</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19167</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 59, de 24 de fevereiro de 2021, que dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Jataí para o biênio 2021/2022.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19166</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19164</t>
+  </si>
+  <si>
+    <t>Solicita estudo para viabilidade de realização de campeonato de futebol com os municípios do sudoeste goiano, intitulada “Copa Luiz Alberto Maguito Vilela”.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19163</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares do senhor João Luiz do Prado.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19162</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Maria Augusta Pereira.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19145</t>
+  </si>
+  <si>
+    <t>“Altera o nome de rua e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19133</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade para manutenção com raspa de asfalto (fresado), das Ruas Benjamin Constant; 06; Central e Avenida Dorival de Carvalho, todas do Setor Nova Esperança (Invasão)”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19129</t>
+  </si>
+  <si>
+    <t>“Requer a realização de audiência pública juntamente com a Diretoria da SANEAGO/BRK para discutir sobre construção de estação de captação de água, no Rio Claro acima da ponte nova do Anel Viário.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19124</t>
+  </si>
+  <si>
+    <t>“Solicita extensão de rede elétrica, na Avenida Ribas Marques, entre as Ruas 09 e 15, no Setor Colmeia Park e na Avenida W7, entre as Ruas 03 e 19, no Setor Jardim Goiás,  nesta cidade.”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19123</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE PESAR à Família do Senhor Carlos Vieira, pelo seu falecimento, ocorrido no dia 21 de fevereiro de 2022”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19122</t>
+  </si>
+  <si>
+    <t>“Solicita extensão de rede entre a Avenida Rio Bonito e Avenida Perimetral do Bosque, seguindo a Rua S5, passando em frente ao Parque Brito.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19121</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade para manutenção da continuação das vias não pavimentadas, Viela Gumercindo R. Soares e Viela Sebastião J. da Costa, do  Bairro Francisco Antônio (Invasão), com a raspa de asfalto (fresado)”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19120</t>
+  </si>
+  <si>
+    <t>“Solicita estudo de viabilidade para manutenção das vias do Setor Nova Esperança (Invasão), com a raspa de asfalto (fresado)”.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19114</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE PESAR à Família da Senhora Thassya Martins Moraes Rodrigues, pelo seu falecimento, ocorrido no dia 19 de fevereiro de 2022”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19112</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que faça um estudo de viabilidade para prorrogar pelo prazo de 5 (cinco) anos as PERMISSÕES DE USO para exploração do serviço de mototáxi.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19104</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de barreira de contenção em frente a Escola Professor Luziano Dias de Freitas, no Bairro estrela D’Alva, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19103</t>
+  </si>
+  <si>
+    <t>“Solicita extensão de rede na confluência das ruas  Faixa de segurança e rua José Vieira no Setor Aimbiré e na Rua P3 com a Rua B5, no Bairro Popular.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19092</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para construção de ciclovia e ciclofaixa, na Alameda das Palmeiras, no residencial Nossa Senhora de Fátima, Jataí-GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19082</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal  de Trânsito (SMT), sobre a viabilidade de sinalização/marcação de vaga especial para estacionamento exclusivo de veículos  de idosos e portadores de deficiências, em frente as casas lotéricas de Jataí/GO”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19076</t>
+  </si>
+  <si>
+    <t>Requer estudo de viabilidade e construção de “galeria pluvial” com  “Boca de Lobo”, no declínio da Rua CASTRO ALVES entre as Ruas Miranda de Carvalho, Rua José Bonifácio e Rua São Paulo, até o prolongamento da Rua Jerônimo Silva.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19063</t>
+  </si>
+  <si>
+    <t>“Requer estudo de viabilidade para abertura e asfaltamento da Rua A, entre as Ruas  Antônio Cândido, e Rua Dorival de Carvalho, Jardim Rio Claro (entre Balneário Brasnipo e praça A), Jataí-GO.”</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19059</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a criação do Programa Psicólogo na Escola no município de Jataí/GO e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19056</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o direito de matrícula aos alunos com deficiência, em escolas próximas de sua residência e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19046</t>
+  </si>
+  <si>
+    <t>“Solicita ao executivo estudos sobre a viabilidade de ser implantado em Jataí, uma Escola Municipal Militarizada.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19040</t>
+  </si>
+  <si>
+    <t>“Solicita ao executivo projeto de lei para desafetação de parte da Rua Waldemar Vicente Ferreira, rua esta que inicia no cruzamento com a Av C, se estendendo até as margens do Córrego Jataí, fazendo divisa com os Lotes, 19 e 18, na Vila Sofia, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19024</t>
+  </si>
+  <si>
+    <t>“Acrescenta o parágrafo terceiro do artigo 3º, do Projeto de Lei n°086/2021, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>SEMD</t>
+  </si>
+  <si>
+    <t>Sub-Emenda</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19021</t>
+  </si>
+  <si>
+    <t>“Altera a redação da Emenda Modificativa de nº 59/2021”.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19020</t>
+  </si>
+  <si>
+    <t>Solicita que a Prefeitura readquira do JATAIPREV, a Estação Rodoviária.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19019</t>
+  </si>
+  <si>
+    <t>Altera dispositivos do Projeto de Lei Complementar do Executivo n° 03, de 17 de setembro de 2021, com a redação dada pela Emenda Substitutiva nº 02/2021.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19018</t>
   </si>
   <si>
     <t>Adilson de Carvalho_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21455</t>
-[...5 lines deleted...]
-    <t>Marcos Patrick_x000D_
+    <t>https://www.jatai.go.leg.br/materia/19016</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Brasileira de Apoio a Prevenção às Drogas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
-Genilson Santos_x000D_
-[...2 lines deleted...]
-Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21451</t>
-[...268 lines deleted...]
-Carlinhos Canzi_x000D_
+    <t>https://www.jatai.go.leg.br/materia/19013</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Cooperativa de Produção Agroindustrial Familiar do Sudoeste Goiano - COOPFAS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Marcos Patrick</t>
-[...44 lines deleted...]
-Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
-Deuzair Parente_x000D_
-[...161 lines deleted...]
-Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
-Marcos Patrick_x000D_
-[...132 lines deleted...]
-Abimael Silva da TV_x000D_
 Vicente Mantelli</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/21054</t>
-[...375 lines deleted...]
-    <t>“Requer a realização de recapeamento asfáltico da Rua Paracatu, no Setor Fabriny, visando garantir uma melhor trafegabilidade.”</t>
+    <t>https://www.jatai.go.leg.br/materia/19012</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Beneficente Pastoral de Apoio, e dá outras providências.</t>
   </si>
   <si>
     <t>Alessandra Oliveira_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/20627</t>
-[...2 lines deleted...]
-    <t>MOÇÃO DE PESAR à Família do Senhor Leandro de Assis Oliveira, pelo seu falecimento, ocorrido no dia 30 de novembro de 2023.</t>
+    <t>https://www.jatai.go.leg.br/materia/19011</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Gabriele, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19009</t>
+  </si>
+  <si>
+    <t>“Altera o artigo 5º do Projeto de Lei do Executivo nº 110/2021 e dá outras providências”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19008</t>
+  </si>
+  <si>
+    <t>“Altera a redação da Emenda Modificativa de nº 37/2021”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19007</t>
+  </si>
+  <si>
+    <t>“Modifica artigos do Projeto de Lei Complementar do Executivo nº 05/2021 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19006</t>
+  </si>
+  <si>
+    <t>“Acrescenta redação ao §1º do art. 230, da Lei Complementar n°1.445/90, no Projeto de Lei Complementar do Executivo nº 05/2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
 Marcos Patrick_x000D_
 Professora Marina Silveira_x000D_
-Vicente Mantelli_x000D_
-[...26 lines deleted...]
-Genilson Santos_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19004</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à Associação dos amigos do museu, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
-Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Abimael Silva da TV</t>
-[...48 lines deleted...]
-Alessandra Oliveira_x000D_
 Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
-Deuzair Parente_x000D_
-[...27 lines deleted...]
-    <t>Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19003</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Projeto de Equoterapia – Sindicato Rural de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19002</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Sindicato Rural de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19001</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Mãos do bem, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/19000</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, Associação Adote Animais Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
 Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18999</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Marcha para Jesus, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18998</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Rotary Clube Paraíso do Brasil, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18997</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Casa de Apoio Nosso Lar, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
 Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18996</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Projeto de Campeira – Sindicato Rural de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18995</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Pestalozzi, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Abimael Silva da TV</t>
-[...65 lines deleted...]
-    <t>Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18994</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Favos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
 Marcos Patrick_x000D_
 Professora Marina Silveira_x000D_
 Vicente Mantelli_x000D_
-Adilson de Carvalho_x000D_
-[...48 lines deleted...]
-Marcos Patrick_x000D_
 Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Vicente Mantelli_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18993</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à APAE – Associação de Pais e Amigos dos Excepcionais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18992</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, Centro De Recuperação Liberdade Em Cristo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
 Carlinhos Canzi</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/20404</t>
-[...35 lines deleted...]
-    <t>Carlinhos Canzi_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18991</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Atlética Wider Santos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
 Durval Júnior da Sucesso_x000D_
-Professora Marina Silveira_x000D_
-[...85 lines deleted...]
-Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
-Vicente Mantelli</t>
-[...19 lines deleted...]
-    <t>Abimael Silva da TV_x000D_
+Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
-Durval Júnior da Sucesso_x000D_
-[...58 lines deleted...]
-Professora Marina Silveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18990</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Associação Desportiva de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
 Vicente Mantelli_x000D_
-Abimael Silva da TV_x000D_
-[...594 lines deleted...]
-Professora Marina Silveira_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
 Deuzair Parente_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
 Marcos Patrick</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19820</t>
-[...5 lines deleted...]
-    <t>Adilson de Carvalho_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18989</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando à Associação dos Aposentados e Pensionistas de Jataí e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18988</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Casa Evangélica Monte das Oliveiras – CEMOL, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18987</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Centro de Atendimento Educacional Especializado Érica de Melo Barbosa, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
+Alessandra Oliveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18986</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinando ao Centro de Tradições Gaúchas – CTG Querência Goiana, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18985</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado a Lar e Creche João XXIII, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Alessandra Oliveira_x000D_
-Abimael Silva da TV</t>
-[...8 lines deleted...]
-    <t>Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18983</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Lar da Criança Marcondes Dias, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18982</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Liga Desportiva de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Deuzair Parente_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18981</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado ao Núcleo de Combate ao Câncer de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
 Carlinhos Canzi_x000D_
 Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
 Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
 Vicente Mantelli</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19818</t>
-[...7 lines deleted...]
-Abimael Silva da TV_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18980</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à Sociedade Beneficente Albergue São Vicente de Paulo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18979</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, Voluntárias de Cristo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18978</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado a Diocese de Jataí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18977</t>
+  </si>
+  <si>
+    <t>Altera os dispositivos normativos no Projeto de Lei Ordinária do Executivo de nº 068/2021, destinado à UNAMBATAÍ, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18976</t>
+  </si>
+  <si>
+    <t>“Requer a construção de academia ao ar livre, na praça do Conjunto Dorival de Carvalho, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18974</t>
+  </si>
+  <si>
+    <t>“Sugere ao poder público municipal, envio de projeto de lei que Dispõe sobre o rateio das sobras de recursos do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – FUNDEB com os servidores em efetivo exercício no Magistério da Educação Básica, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Alessandra Oliveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18973</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE O MÊS DO LAÇO BRANCO – HOMENS PELO FIM DA VIOLÊNCIA CONTRA MULHER, NO ÂMBITO DO MUNICÍPIO DE JATAÍ-GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18970</t>
+  </si>
+  <si>
+    <t>“Solicita reforma do estacionamento do posto de saúde Vila Olavo.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18968</t>
+  </si>
+  <si>
+    <t>“Acrescenta artigo no Projeto de Lei do Executivo nº 095/2021 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18967</t>
+  </si>
+  <si>
+    <t>“Modifica e suprimi artigos do Projeto de Lei do Executivo nº 095/2021 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18934</t>
+  </si>
+  <si>
+    <t>“Requer a construção de galeria pluvial na Vila Sofia, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18933</t>
+  </si>
+  <si>
+    <t>“Requer a construção de galeria pluvial no Residencial Flamboyant, nesta cidade.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18931</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo a prorrogação da validade do concurso público para provimento de vagas efetivas e vagas para formação de cadastro reserva para os cargos da Guarda Civil Municipal, referente ao Edital nº. 001, de 12 de junho de 2018, nos termos do seu item 18.2, em decorrência da pandemia da COVID-19.”</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
 Marcos Patrick_x000D_
-Genilson Santos_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18928</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei Ordinária do Executivo nº 068, de 30 de agosto de 2021, que “Estima as receitas e fixa a despesa do Município de Jataí-GO, para o exercício financeiro de 2022.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
 Durval Júnior da Sucesso_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
 Deuzair Parente_x000D_
-Adilson de Carvalho</t>
-[...33 lines deleted...]
-    <t>Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Vicente Mantelli_x000D_
-Carlinhos Canzi_x000D_
-[...67 lines deleted...]
-Carlinhos Canzi_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18926</t>
+  </si>
+  <si>
+    <t>Dispõe quanto a concessão de Título de Cidadão Jataiense ao Excelentíssimo Juiz de Direito da 2a Vara Cível e Fazendas Públicas da Comarca de Jataí-GO, Dr. Thiago Soares Castelliano Lucena de Castro.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
 Alessandra Oliveira_x000D_
-Adilson de Carvalho_x000D_
-[...52 lines deleted...]
-    <t>"Altera dispositivos do Projeto de Lei nº 075, de 02 de setembro de 2022".</t>
+Adilson de Carvalho</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18924</t>
+  </si>
+  <si>
+    <t>“Aprova as Contas de Governo do Poder Executivo Municipal – Balanço Geral – Exercício 2019 – Acatando o Parecer Prévio do Tribunal de Contas dos Municípios do Estado de Goiás, Acórdão nº 02138/2021".</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18908</t>
+  </si>
+  <si>
+    <t>“Solicita a revisão geral anual, nos termos do Art.37, X, da CF/88, incidente sobre os subsídios dos servidores públicos municipais  de Jataí-GO.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18902</t>
+  </si>
+  <si>
+    <t>“Solicita estudo sobre a viabilidade de realizar a troca das lâmpadas das Ruas, Luzia Miranda e Maria Izabel, ambas no Setor Hermosa, por lâmpadas de LED.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18901</t>
+  </si>
+  <si>
+    <t>“Solicita a contratação de médico Cardiologista, para o sistema de saúde público Municipal de Jataí/GO.”</t>
   </si>
   <si>
     <t>Durval Júnior da Sucesso_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
 Carlinhos Canzi_x000D_
 Deuzair Parente_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18900</t>
+  </si>
+  <si>
+    <t>Requer a isenção de pagamento do estacionamento no Jatahy Shopping, aos usuários dos serviços oferecidos pelo Vapt-Vupt unidade Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18897</t>
+  </si>
+  <si>
+    <t>“Solicita ao Chefe do Executivo Municipal, implantação de Banco de Horas aos Policiais Militares e Civis lotados em Jataí.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18892</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a divulgação e afixação nas paradas de ônibus de placas com a indicação dos horários e do itinerário do transporte coletivo público.”</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
 Professora Marina Silveira_x000D_
-Genilson Santos_x000D_
-[...12 lines deleted...]
-Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18887</t>
+  </si>
+  <si>
+    <t>Altera-se o Projeto de Lei Complementar do Executivo nº 04/2021 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18885</t>
+  </si>
+  <si>
+    <t>“Solicita limpeza/roçagem do pátio do DETRAN, onde ficam os veículos apreendidos, na Avenida Professor Edvan Assis Melo, nº1260, Centro.”</t>
+  </si>
+  <si>
+    <t>Abimael Silva da TV_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
-Abimael Silva da TV_x000D_
-[...27 lines deleted...]
-    <t>Abimael Silva da TV_x000D_
 Professora Marina Silveira_x000D_
-Alessandra Oliveira_x000D_
-[...152 lines deleted...]
-Alessandra Oliveira_x000D_
 Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
-Professora Marina Silveira</t>
-[...5 lines deleted...]
-    <t>Altera o Art. 13 da Lei Orgânica do Município de Jataí.</t>
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18881</t>
+  </si>
+  <si>
+    <t>Solicita o envio de moção de pesar aos familiares de IRIS REZENDE MACHADO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18866</t>
+  </si>
+  <si>
+    <t>“Requer a realização de Recapeamento Asfáltico da Rua Maria Albina Conceição, entre a Rua Francisco Chagas e Rua Corredor dos Protestantes, no Setor das Mansões e Avenida Ribas Marques, no Setor Colmeia Park, visando garantir uma melhor trafegabilidade”</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18862</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a prioridade da mulher vítima de violência doméstica e familiar na aquisição de imóveis construídos pelos programas habitacionais no município de Jataí, conforme específica.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18845</t>
+  </si>
+  <si>
+    <t>“Solicita melhorias e revitalização no Cemitério de Naveslândia (Pombal).”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18844</t>
+  </si>
+  <si>
+    <t>“Solicita melhorias e revitalização no Cemitério de Estância.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18843</t>
+  </si>
+  <si>
+    <t>“Requer a realização da reparação/manutenção das escadarias do Cristo Redentor, visando garantir a segurança dos usuários.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18839</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER PÚBLICO MUNICIPAL ENVIO DE PROJETO DE LEI QUE DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTO ELIMINADOR DE AR NA TUBULAÇÃO DE ABASTECIMENTO DE ÁGUA EM EDIFICAÇÕES RESIDENCIAIS E COMERCIAIS NO MUNICÍPIO DE JATAÍ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18837</t>
+  </si>
+  <si>
+    <t>“Solicita estudo da Superintendência Municipal de Trânsito (SMT), sobre a viabilidade de instalação de um semáforo na Rua Inácio José de Melo com a Rua Orozimbo Lopes de Carvalho”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18827</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE PESAR à Família da Senhora Valciene Silva de Oliveira, pelo seu falecimento, ocorrido no dia 22 de outubro de 2021”.</t>
   </si>
   <si>
     <t>Genilson Santos_x000D_
+Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Durval Júnior da Sucesso_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Abimael Silva da TV_x000D_
 Professora Marina Silveira</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19639</t>
-[...717 lines deleted...]
-    <t>Solicitamos o envio de moção de pesar aos familiares do senhor João Luiz do Prado.</t>
+    <t>https://www.jatai.go.leg.br/materia/18816</t>
+  </si>
+  <si>
+    <t>Requerem a realização de uma audiência pública para debater sobre o Regime Próprio da Previdência Social do Município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18815</t>
+  </si>
+  <si>
+    <t>“Requer estudos de viabilidade para construção de uma quadra Poliesportiva na praça do Conjunto Sebastião Herculano de Souza, no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18814</t>
+  </si>
+  <si>
+    <t>Requer que o Procon tome providências para esclarecer sobre o valor do gás vendido no município de Jataí/GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18813</t>
+  </si>
+  <si>
+    <t>Requer a realização Estudos técnicos sobre a viabilidade de construção de via de interligação entre a Avenida Portal do Sol no Setor Portal do Sol e Avenida Rio Bonito no Setor Jardim Paraiso, visando uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18804</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A GARANTIA DO DIREITO DE PREFERÊNCIA DAS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA À MATRÍCULA E À TRANSFERÊNCIA DOS FILHOS, OU DE CRIANÇAS E ADOLESCENTES SOB SUA GUARDA, NAS CRECHES E ESCOLAS DA REDE MUNICIPAL DE ENSINO DE JATAÍ MAIS PRÓXIMA DE SEU DOMICÍLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18797</t>
+  </si>
+  <si>
+    <t>Requer estudos técnicos para a realização de asfaltamento em trecho de acesso ao alojamento do clube (ALSS) e Recapeamento Asfáltico do pátio do estacionamento da área de laser do clube dos Subtenentes e Sargentos (ALSS) do 41º Batalhão de Infantaria Motorizado de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18795</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos, para disponibilizar via web site da prefeitura, consulta individualizada da lista de espera cirurgia eletiva no município Jataí.</t>
   </si>
   <si>
     <t>Carlinhos Canzi_x000D_
 Professora Marina Silveira_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Alessandra Oliveira_x000D_
 Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19162</t>
-[...14 lines deleted...]
-    <t>“Solicita estudo de viabilidade para manutenção com raspa de asfalto (fresado), das Ruas Benjamin Constant; 06; Central e Avenida Dorival de Carvalho, todas do Setor Nova Esperança (Invasão)”</t>
+    <t>https://www.jatai.go.leg.br/materia/18789</t>
+  </si>
+  <si>
+    <t>Requer a realização de uma audiência pública para debater a atuação da empresa Enel no fornecimento de energia elétrica em Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18773</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico da Avenida Leomar Ferreira de Melo, começando desde o início da referida avenida, na Vila São Pedro indo até o Residencial Cidade Jardim II, e consequentemente a sinalização viária, visando garantir uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18772</t>
+  </si>
+  <si>
+    <t>Requer estudos técnicos e viabilidade para realização de asfaltamento no trecho que começa no embarcadouro de canoas, Jet Ski e lanchas localizado na orla do lago bonsucesso até a via principal de acesso.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18771</t>
+  </si>
+  <si>
+    <t>Altera o artigo 4º do Projeto de Lei do Executivo nº 047/2021 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18757</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de exigência de caução ou depósito prévio de qualquer natureza como condição de atendimento médico-hospitalar em hospitais, clínicas médicas e/ou similares, a qualquer cidadão em situação de urgência e emergência no município de Jataí e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18748</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos de viabilidade para criação de aplicativo (Android e IOS), sendo ferramenta gratuita para a população poder requerer serviços de iluminação pública, no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18730</t>
+  </si>
+  <si>
+    <t>Requer a realização Estudos técnicos sobre a viabilidade de alargamento da Rua José Pereira Rezende, no setor Campo Neutro, no trecho que começa nas divisas da Rua Jerônimo Silva até a Rua do Bosque, visando uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Abimael Silva da TV_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18719</t>
+  </si>
+  <si>
+    <t>Altera o §1º do Projeto de Lei do Executivo nº 0043 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18707</t>
+  </si>
+  <si>
+    <t>Requer a realização de asfaltamento na extensão da Rua Alagoas no trecho compreendido entre a rua dos Pioneiros e o Córrego do Açude, no Bairro Campo Neutro, bem como o recapeamento asfáltico das ruas Alagoas e Buenos Aires, ambas no mesmo bairro, e consequentemente a sinalização viária, visando garantir uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18702</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos para parceria entre a Prefeitura Municipal, Governo Federal e o Governo Estadual, no sentido de viabilização de recursos para a construção de um hospital municipal veterinário público, no município Jataí.</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Marcos Patrick_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18700</t>
+  </si>
+  <si>
+    <t>“Altera o §1º, do Art. 1º, do Projeto de Lei do Executivo nº 0043, de 22 de julho de 2021 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18697</t>
+  </si>
+  <si>
+    <t>Altera o Art. 1º do Projeto de PLOE 53, de 03 de agosto de 2021, e dá outras providências e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18690</t>
+  </si>
+  <si>
+    <t>Requer estudos de viabilidade para instalação de Ponto de Apoio para Ciclistas, nas proximidades do Parque Ecológico José Goncalves Brito, no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18689</t>
+  </si>
+  <si>
+    <t>Requer a realização de limpeza as margens do Córrego do Açude (também conhecida como Mata do Açude ou Córrego do Sapo) para retirada do mato e acumulo de terra.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18673</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de Cidadão Jataiense ao Senhor Ricardo Caleffi, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18671</t>
+  </si>
+  <si>
+    <t>Requer estudos técnicos de viabilidade para realizar manutenção da Rodovia GO-178, no trecho que inicia no “Butecão” até região do córrego da felicidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18669</t>
+  </si>
+  <si>
+    <t>Requer estudos de viabilidade para construção de uma quadra Poliesportiva com infraestrutura de iluminação, na divisa dos Bairros Cohacol 5 e Setor Sul, no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18668</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à Família do Senhor Abel Franco de Carvalho pelo seu falecimento, ocorrido no dia 30 de agosto de 2021.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18667</t>
+  </si>
+  <si>
+    <t>Requer estudos de viabilidade para revitalização do campo de futebol no Residencial Mauro Bento.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18666</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão jataiense ao Senhor Vitor Hugo de Araújo Almeida, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18659</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos para ampliação do horário de atendimento da unidade CEO (Centro Especializado em Odontologia) para atender 24 horas por dia, todos os dias da semana, inclusive nos finais de semana e feriados.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18657</t>
+  </si>
+  <si>
+    <t>Requer estudos de viabilidade para calçamento e revitalização no campo de futebol do bairro Francisco Antônio.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18656</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico no Setor Conjunto Rio Claro I e II e consequentemente a sinalização viária, visando garantir uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18652</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos para ampliação do horário de atendimento das unidades de saúde até as 19:00 hs para aplicação da vacina contra a COVID-19 no município de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18647</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico das ruas 01 a 10, bem como das ruas W-04 a W-06 no Setor Epaminondas e consequentemente a sinalização viária, visando garantir uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18640</t>
+  </si>
+  <si>
+    <t>Requer estudos de viabilidade para construção de um espaço do Estação Cidadania no Conjunto Residencial Cidade Jardim I, no município de Jatai.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18635</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico no Setor Conjunto Rio Claro e consequentemente a sinalização viária, visando garantir uma melhor trafegabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18631</t>
+  </si>
+  <si>
+    <t>Requer a realização de Recapeamento Asfáltico das ruas 01 a 10, bem como das ruas W-04 a W-07 no Setor Epaminondas e consequentemente a sinalização viária, visando garantir uma melhor trafegabilidade”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18630</t>
+  </si>
+  <si>
+    <t>Modifica o Projeto de Lei Ordinária Legislativo nº. 052/2021 e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18620</t>
+  </si>
+  <si>
+    <t>Requer estudos técnicos para a implantação de redutores de velocidade nas ruas PS 15 e PS 17 na confluência da Praça Alzira Velozo Nogueira, situada no Residencial Portal do Sol</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18619</t>
+  </si>
+  <si>
+    <t>Requer estudos técnicos para implantação de placas de sinalização a fim de restringir o trânsito de caminhões no trecho que começa no cruzamento das Avenidas Reverendo James Watson e Abel de Carvalho indo até o cruzamento da Rua Luzia Miranda com a Rua do Hipódromo.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18618</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos para aplicação de reforço da 3ª dose da vacina contra a COVID-19, utilizando a vacina da Pfizer ou AstraZeneca</t>
+  </si>
+  <si>
+    <t>PLCL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar do Legislativo</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18610</t>
+  </si>
+  <si>
+    <t>“Altera a redação do inciso II, alínea a, do artigo 125 da Lei Complementar nº 1.445/1990 e dá outras providências.”</t>
   </si>
   <si>
     <t>Marcos Patrick_x000D_
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18601</t>
+  </si>
+  <si>
+    <t>Solicita estudos técnicos de viabilidade para troca da iluminação pública da cidade de Jataí por iluminação de LED</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18590</t>
+  </si>
+  <si>
+    <t>Solicita estudos visando ao Executivo Municipal gestões para a construção de PRAÇA PÚBLICA com área de recreação e instalação de academia de ginástica a céu aberto no Bairro Primavera.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18579</t>
+  </si>
+  <si>
+    <t>Implantação de semáforos acionados por botoeiras simples e botoeiras sonoras para deficientes visuais em locais a serem definidos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18578</t>
+  </si>
+  <si>
+    <t>Requer que o Procon tome as devidas providências cabíveis a fim de esclarecer o aumento supostamente indiscriminado do metro da areia vendida no município de Jataí/GO</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18577</t>
+  </si>
+  <si>
+    <t>Altera a Lei Ordinária nº 4.242 de 09 de março de 2021 e dá outras providências e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18554</t>
+  </si>
+  <si>
+    <t>Requer o retorno da feira livre do Bairro Santo Antônio para a Praça do Coquinho, antigo local</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18533</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração por prazo determinado do inciso II e acréscimo Parágrafo Único do Art. 8º da Lei nº 4.142 de 16 de Dezembro de 2019, DISPÕE SOBRE A PRESTAÇÃO DO SERVIÇO DE TRANSPORTE PRIVADO INDIVIDUAL E REMUNERADO DE PASSAGEIROS, COM O USO DE PLATAFORMA TECNOLÓGICA DE TRANSPORTE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18512</t>
+  </si>
+  <si>
+    <t>SOLICITA A CONSTRUÇÃO DE UM PLAYGROUND INFANTIL COM GRAMA SINTÉTICA, ILUMINAÇÃO EM LED, NA ÁREA PÚBLICA DA BIFURCAÇÃO ENTRE AS AVENIDAS 41, RUA 14, RUA 16 C/ A AVENIDA PERIMETRAL, NO CONJUNTO MAURO BENTO, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18511</t>
+  </si>
+  <si>
+    <t>SOLICITA AO EXECUTIVO PROJETO DE LEI PARA DESAFETAÇÃO DE PROLONGAMENTO DA RUA ANTÔNIO CÂNDIDO, SITUADA ENTRE AS QUADRAS B E C NO BAIRRO JARDIM RIO CLARO EM JATAÍ/GO.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18500</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que realize o recapeamento de toda a extensão do Residencial Cohacol 5, Setor Sul e Rua Honorato de Carvalho (Centro). As vias das localidades mencionadas se encontram irreparáveis, no entanto, far-se-á necessário a aplicação de uma nova malha asfáltica.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18499</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DA REDAÇÃO DO ARTIGO 1º DO PROJETO DE LEI ORDINÁRIO DO LEGISLATIVO Nº 36/2021 E DA OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18498</t>
+  </si>
+  <si>
+    <t>SOLICITA A ILUMINAÇÃO DA MARGINAL, ONDE FOI FEITA A CANALIZAÇÃO DO CÓRREGO JATAÍ.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18495</t>
+  </si>
+  <si>
+    <t>“Altera a redação da Emenda Modificativa de nº 04/2021.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18490</t>
+  </si>
+  <si>
+    <t>REQUER O RECAPEAMENTO DAS RUAS DOS SETORES SUL E COACOL 5</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18486</t>
+  </si>
+  <si>
+    <t>SOLICITA A REVITALIZAÇÃO E ILUMINAÇÃO NO LEITO DO CÓRREGO JATAÍ, ONDE FOI FEITA A CANALIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18485</t>
+  </si>
+  <si>
+    <t>SOLICITA  A ILUMINAÇÃO DA MARGINAL E LIMPEZA NO LEITO DO CÓRREGO JATAÍ, ONDE FOI FEITA A CANALIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18484</t>
+  </si>
+  <si>
+    <t>SOLICITA RECUPERAÇÃO E CASCALHAMENTO DE VIAS NO SETOR FRANCISCO ANTÔNIO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18477</t>
+  </si>
+  <si>
+    <t>SOLICITA DO PODER EXECUTIVO MUNICIPAL, URGENTE REFORMA E AMPLIAÇÃO CMEI "RECANTO FELIZ"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18470</t>
+  </si>
+  <si>
+    <t>SOLICITA DO EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM MIRANTE NA ÁREA DO CRISTO REDENTOR.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18469</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PRESTAÇÃO DE SOCORRO AOS ANIMAIS ATROPELADOS POR CONDUTORES DE VEICULOS NO ÂMBITO MUNICIPAL E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18467</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O HORÁRIO PARA REALIZAÇÃO DE CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E ÁGUA NO MUNICÍPIO DE JATAÍ E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18462</t>
+  </si>
+  <si>
+    <t>REQUER A CONSTRUÇÃO DE CALÇAMENTO NA MARGEM DA ÁREA DA MATA DO AÇUDE, LOCALIZADO NA AVENIDA  PERIMETRAL DO BOSQUE, SETOR MAURO BENTO JATAÍ/GO.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18444</t>
+  </si>
+  <si>
+    <t>“Os vereadores que abaixo subscrevem convidam a Diretora Executiva do Hospital das Clínicas Dr. Serafim de Carvalho, Sra. Viviane Tavares Ferreira, bem como os Srs. João Damasceno da Rocha Filho - Diretor Técnico, Jeovane Martins Sousa Filho - Serviços de Farmácia Hospitalar, e a Sra. Marcela Bianca Souza Arisono - Supervisão de Serviços de Apoio e Administrativos, para participação na Tribuna Popular das Sessões Ordinárias da segunda quinzena do mês de junho, que ocorrerá nos dias 22, 23 e 24, para tratar de assuntos gerais do referido hospital.”</t>
+  </si>
+  <si>
+    <t>Deuzair Parente_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Abimael Silva da TV</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18443</t>
+  </si>
+  <si>
+    <t>“Os Vereadores subscritos solicitam ao Prefeito Municipal que seja  encaminhado para esta Casa,  PROJETO DE LEI  o qual dispõe sobre a criação do Restaurante Popular no município de Jataí/GO e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18436</t>
+  </si>
+  <si>
+    <t>SOLICITAM DO EXECUTIVO MUNICIPAL, OBRAS E SERVIÇOS NO ESPAÇO DO PATRIMÔNIO PÚBLICO ONDE SITUA O COLÉGIO MUNICIPAL "DIOGO LEMES" NESTA CIDADE DE JATAÍ/GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18435</t>
+  </si>
+  <si>
+    <t>REQUEREM Á INCLUSÃO NO GRUPO DE PRIORITÁRIOS PARA RECEBER A VACINA CONTRA A COVID-19, DOS FUNCIONÁRIOS DA SANEAGO QUE SERVEM EM JATAÍ/GO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18427</t>
+  </si>
+  <si>
+    <t>REQUER A INCLUSÃO DE CAIXAS E VENDEDORES OU ATENDENTES DE ESTABELECIMENTOS COMERCIAIS DO MUNICÍPIO DE JATAÍ/GO, NA PRIORIDADE DE VACINAÇÃO CONTRA O COVID/19</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18426</t>
+  </si>
+  <si>
+    <t>SOLICITAM A RETOMADA DA CONCESSÃO DE ADICIONAL INSALUBRIDADE A ATENDENTES  DE POSTOS DE SAÚDE E AGENTE DE ENDEMIAS QUE VISITAM RESIDÊNCIAS E OUTRAS, NO MUNICÍPIO DE JATAÍ/GO</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18422</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo Municipal a promoção de ampla campanha de divulgação do cronograma da imunização contra Covid-19.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18414</t>
+  </si>
+  <si>
+    <t>SOLICITA RELAÇÃO NOMINAL E NUMÉRICA COM IDENTIFICAÇÃO DAS PESSOAS VACINADAS CONTRA A COVID 19, NO MUNICÍPIO DE JATAÍ/GO</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Alessandra Oliveira_x000D_
+Abimael Silva da TV_x000D_
+Durval Júnior da Sucesso_x000D_
+Marcos Patrick_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18396</t>
+  </si>
+  <si>
+    <t>“Inclusão dos funcionários dos Correios nos grupos prioritários do plano de vacinação contra covid-19”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18391</t>
+  </si>
+  <si>
+    <t>SOLICITA AO EXECUTIVO MUNICIPAL GESTÕES PARA A CONSTRUÇÃO DE PRAÇA DE LAZER COM ÁREA DE RECREAÇÃO, E INSTALAÇÃO DE ACADEMIA A CÉU ABERTO NO SETOR  RESIDENCIAL MAURO BENTO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18387</t>
+  </si>
+  <si>
+    <t>SOLICITA AO EXECUTIVO MUNICIPAL GESTÕES PARA A CONSTRUÇÃO DE PRAÇA DE LAZER COM ÁREA DE RECREAÇÃO, E INSTALAÇÃO DE ACADEMIA A CÉU ABERTO NO SETOR RESIDENCIAL MORADA DO SOL, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18376</t>
+  </si>
+  <si>
+    <t>SOLICITA AO EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE BANHEIROS EM CAMPOS DE FUTEBOL DA CIDADE DE JATAÍ/GO</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18375</t>
+  </si>
+  <si>
+    <t>REQUER REFORMAS NECESSÁRIAS DAS PISTAS DE CAMINHADAS LOCALIZADAS NO LAGO JK ( JUSCELINO KUBISTCHEK) NA SAÍDA PARA RIO VERDE/GO E DO LAGO DIACUI (OLAVO SÉRVULO DE LIMA), ADEQUANDO-AS COM PINTURA ANTIDERRAPANTE E OBRAS NECESSÁRIAS PARA ALIMENTAR A LARGURA DAS PISTAS, EM AMBOS OS LAGOS, COM SINALIZAÇÃO DE SENTIDO "HORÁRIO"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18374</t>
+  </si>
+  <si>
+    <t>REQUERER DOAÇÕES DE ÁREAS PÚBLICAS  PARA MICRO E PEQUENAS EMPRESAS, ENTRE OUTROS INCENTIVOS, FOMENTANDO A ECONOMIA DO MUNICÍPIO INSTALAÇÃO, MODERNIZAÇÃO E AMPLIAÇÃO DE EMPREENDIMENTOS INDUSTRIAIS, COMERCIAIS OU DE PRESTAÇÃO DE SERVIÇOS, FOMENTANDO A ECONOMIA DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18362</t>
+  </si>
+  <si>
+    <t>“Requer a edição de norma que regulamente o embarque e desembarque de passageiros, de táxis ou via aplicativos - UBER nas vias urbanas de maior movimento e concentração popular”</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Genilson Santos_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18351</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração da redação do artigo 1º do Projeto de Lei Ordinária do Executivo de nº 024/2021 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18350</t>
+  </si>
+  <si>
+    <t>REQUER A CONSTRUÇÃO DE REDE DE GALERIA PLUVIAL NO TRAJETO DA RUA SALGADO FILHO, COM INÍCIO NO CONTORNO COM A RUA JOAQUIM CÂNDIDO ATÉ O CRUZAMENTO DA RUA MIRANDA DE CARVALHO, SETOR ANTENA , NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Genilson Santos_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18349</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Carlos Eduardo Freire da Silva.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18345</t>
+  </si>
+  <si>
+    <t>“SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A CONSTRUÇÃO E IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE ‘UBS’ NO SETOR FABRINY, NESTA CIDADE”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18344</t>
+  </si>
+  <si>
+    <t>“Requer a construção de galeria pluvial no Setor Recanto da Mata, principalmente na extensão da avenida x ate o final da rua 9, nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18343</t>
+  </si>
+  <si>
+    <t>“Solicita ao Executivo Municipal gestões para a construção de PRAÇA de lazer com área de recreação, e instalação de academia a céu aberto no Setor SERRA AZUL, nesta cidade”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18342</t>
+  </si>
+  <si>
+    <t>“SOLICITA A RETOMADA DO MUTIRÃO DE COMBATE A PROLIFERAÇÃO DO AEDES AEGYPTI, ‘MOSQUITO DA DENGUE’ NO MUNICÍPIO DE JATAÍ/GO, ENTRE OUTROS”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18341</t>
+  </si>
+  <si>
+    <t>“REQUER A REVITALIZAÇÃO NO PROLONGAMENTO DO CANTEIRO CENTRAL DA ALAMEDA DOS IPÊS E EMPREENDIMENTOS RECREATIVOS EM ESPAÇO PÚBLICO DAQUELA VIA NO SETOR RESIDENCIAL DAS BRISAS, NESTA CIDADE”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18340</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR Á FAMÍLIA DO DR. ROSEVELT KRISHNAMURT PELO SEU FALECIMENTO, OCORRIDO NO DIA 28 DE ABRIL DE 2021.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18337</t>
+  </si>
+  <si>
+    <t>REQUER A CONSTRUÇÃO DE GALERIA PLUVIAIS NO SETOR RECANTO DA MATA</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Carlinhos Canzi_x000D_
+Marcos Patrick_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18334</t>
+  </si>
+  <si>
+    <t>"AUTORIZA  A  UTILIZAÇÃO  DE VEÍCULOS  DE  PROPRIEDADES OU  SOB  ADMINISTRAÇÃO DIRETA  OU INDIRETA  DE TODOS  OS ÓRGÃOS  DA  MUNICIPALIDADE,  PARA  AUXILIAR  NA  VACINAÇÃO  DE  PESSOAS  IDOSAS,  PESSOAS  COM  DIFICULDADE  DE  LOCOMOÇÃO  OU DE  MOBILIDADE REDUZIDA  E  ECONÔMICA,  PESSOAS  COM  COMORBIDADE,  PESSOAS  COM  CÂNCER  AVANÇADO,  METÁSTASE  E  METÁSTASE ÓSSEA, A FIM  DE  POSSIBILITAR  O  MAIOR  RAIO  DE  ALCANCE  NA  VACINAÇÃO  CONTRA  A  COVID-19"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18332</t>
+  </si>
+  <si>
+    <t>REQUER A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NO SETOR FABRINY</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18331</t>
+  </si>
+  <si>
+    <t>REQUER A REVITALIZAÇÃO DA ALAMEDA DOS IPÊS NO SETOR BRISAS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18330</t>
+  </si>
+  <si>
+    <t>REQUER A RETOMADA DO MUTIRÃO DE COMBATE EPIDEMIOLÓGICO, (DENGUE)</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18329</t>
+  </si>
+  <si>
+    <t>REQUER O ASFALTAMENTO DE ALGUMAS RUAS NO SETOR VILA SOFIA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18328</t>
+  </si>
+  <si>
+    <t>REQUER A CONSTRUÇÃO DE UMA PRAÇA NO SETOR SERRA AZUL.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18305</t>
+  </si>
+  <si>
+    <t>SOLICITA A RETOMADA DA CONCESSÃO DE ADICIONAL DE INSALUBRIDADE A ATENDENTES DE POSTOS DE SAÚDE E AGENTES DE ENDEMIAS QUE VISITAM RESIDÊNCIAS E OUTRAS, NO MUNICÍPIO DE JATAÍ/GO.</t>
+  </si>
+  <si>
+    <t>Alessandra Oliveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente_x000D_
+Carlinhos Canzi_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18299</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares   de   José   Antônio   de   Carvalho Gedda.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18291</t>
+  </si>
+  <si>
+    <t>Solicitam a reforma geral do Casarão do José Manoel Vilela.</t>
+  </si>
+  <si>
+    <t>Genilson Santos_x000D_
+Professora Marina Silveira_x000D_
+Abimael Silva da TV_x000D_
+Adilson de Carvalho_x000D_
+Alessandra Oliveira_x000D_
+Marcos Patrick_x000D_
+Vicente Mantelli_x000D_
+Carlinhos Canzi_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18290</t>
+  </si>
+  <si>
+    <t>Solicitamos o envio de moção de pesar aos familiares de Arioldo Alves da Rocha.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18284</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração da redação do artigo 43 e do artigo 44 do Projeto de Lei Ordinária do Executivo de nº 018/2021 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18277</t>
+  </si>
+  <si>
+    <t>REQUER A CONSTRUÇÃO, MANUTENÇÃO E FUNCIONABILIDADE DE BANHEIROS, SEGUINDO NORMAS (ABNT,NBR9050) EM PRAÇAS PÚBLICAS DE JATAÍ</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Durval Júnior da Sucesso</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18274</t>
+  </si>
+  <si>
+    <t>REQUER A INCLUSÃO DOS PROFESSORES DA REDE MUNICIPAL DE ENSINO E DEMAIS, NO GRUPO DE PRIORITÁRIOS A VACINAÇÃO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18273</t>
+  </si>
+  <si>
+    <t>Reconhece as feiras livres como atividades essenciais.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18271</t>
+  </si>
+  <si>
+    <t>REQUER A INCLUSÃO DOS PROFESSORES DA REDE MUNICIPAL DE ENSINO E DEMAIS, NO GRUPO PRIORITÁRIO DE VACINAÇÃO.</t>
+  </si>
+  <si>
+    <t>Carlinhos Canzi_x000D_
+Alessandra Oliveira_x000D_
+Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Vicente Mantelli_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Durval Júnior da Sucesso_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18251</t>
+  </si>
+  <si>
+    <t>REQUEREM O ESTUDO E A VIABILIDADE PARA A REALIZAÇÃO DA 15º EDIÇÃO DO CASAMENTO COMUNITÁRIO DE JATAÍ, MEDIANTE A AGENDAMENTO, EM 2021, VISANDO ATENDER OS CASAIS DE BAIXA RENDA DO MUNICÍPIO DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18250</t>
+  </si>
+  <si>
+    <t>REQUER REVITALIZAÇÃO DO CANTEIRO CENTRAL DA AVENIDA NORTE SUL, NO SETOR JARDIM PARAISO</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18246</t>
+  </si>
+  <si>
+    <t>REQUER O RECAPEAMENTO DA RUA INÁCIO JOSÉ DE MELO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18245</t>
+  </si>
+  <si>
+    <t>REQUER O RECAPEAMENTO DA RUA DEPUTADO HONORATO DE CARVALHO.</t>
+  </si>
+  <si>
+    <t>Adilson de Carvalho_x000D_
+Abimael Silva da TV_x000D_
+Professora Marina Silveira_x000D_
+Vicente Mantelli_x000D_
+Marcos Patrick_x000D_
+Genilson Santos_x000D_
+Deuzair Parente_x000D_
+Durval Júnior da Sucesso_x000D_
+Carlinhos Canzi_x000D_
 Alessandra Oliveira</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/19129</t>
-[...8 lines deleted...]
-    <t>“Solicita extensão de rede elétrica, na Avenida Ribas Marques, entre as Ruas 09 e 15, no Setor Colmeia Park e na Avenida W7, entre as Ruas 03 e 19, no Setor Jardim Goiás,  nesta cidade.”</t>
+    <t>https://www.jatai.go.leg.br/materia/18231</t>
+  </si>
+  <si>
+    <t>Requerem a criação de um Programa de Crédito Municipal para subsidiar micro, pequenos e empreendedores comerciais do município de Jataí, em virtude da instabilidade econômica causada pelas paralisações de atividades comerciais decretadas em função da pandemia de Covid-19.</t>
   </si>
   <si>
     <t>Durval Júnior da Sucesso_x000D_
 Vicente Mantelli_x000D_
 Professora Marina Silveira_x000D_
-Genilson Santos_x000D_
+Marcos Patrick_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Marcos Patrick</t>
-[...131 lines deleted...]
-    <t>Sub-Emenda</t>
+Genilson Santos</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18221</t>
+  </si>
+  <si>
+    <t>O Vereador Genilson Santos, juntamente com os demais vereadores, requerem a contratação de Médico especialista em NEUROPEDIATRIA para atendimento na rede pública municipal de saúde em Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18216</t>
+  </si>
+  <si>
+    <t>"SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE PRAÇAS DE LAZER COM ÁREAS DE RECREAÇÃO, E INSTALAÇÃO  DE ACADEMIA A CÉU ABERTO EM ÁREAS PÚBLICAS NESTA CIDADE"</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18208</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre penalidades a serem aplicadas pelo não cumprimento da ordem de vacinação dos grupos prioritários, de acordo com a fase cronológica definida no Plano Nacional e/ou Estadual e/ou Municipal de imunização contra a Covid-19”.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18205</t>
+  </si>
+  <si>
+    <t>“SOLICITA ESTUDOS TÉCNICOS DE VIABILIDADE PARA A CONSTRUÇÃO E IMPLANTAÇÃO DE UM NOVO HOSPITAL MUNICIPAL EM JATAÍ/GO, E DÁ OUTRAS PROVIDÊNCIAS”</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18199</t>
+  </si>
+  <si>
+    <t>VISA INSTITUIR O SISTEMA E NORMAS PARA IMPLANTAÇÃO DA POLÍTICA MUNICIPAL PARA O APROVEITAMENTO E GERENCIAMENTO DE RESÍDUOS SÓLIDOS (LIXO) E ENTULHOS DA CONSTRUÇÃO CIVIL E O SISTEMA PARA A GESTÃO AMBIENTAL SUSTENTÁVEL</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18198</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre penalidades a serem aplicadas pelo não cumprimento da ordem de vacinação dos grupos prioritários, de acordo com a fase cronológica definida no Plano Nacional e/ou Estadual e/ou Municipal de imunização contra a Covid-19"</t>
   </si>
   <si>
     <t>Alessandra Oliveira_x000D_
-Genilson Santos_x000D_
-[...40 lines deleted...]
-Professora Marina Silveira_x000D_
 Abimael Silva da TV_x000D_
 Adilson de Carvalho_x000D_
 Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
-Alessandra Oliveira</t>
-[...12 lines deleted...]
-Alessandra Oliveira_x000D_
+Carlinhos Canzi</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18188</t>
+  </si>
+  <si>
+    <t>Solicito o envio de moção de pesar aos familiares de Liomar Silveira Martins.</t>
+  </si>
+  <si>
+    <t>Durval Júnior da Sucesso_x000D_
+Professora Marina Silveira_x000D_
+Marcos Patrick</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18175</t>
+  </si>
+  <si>
+    <t>SOLICITAMOS JUNTO A SECRETARIA DA SAÚDE, A CONSTRUÇÃO E A IMPLANTAÇÃO DE UMA POLICLÍNICA NA CIDADE DE JATAI/GO, COM O OBJETIVO DE GARANTIR A EFETIVAÇÃO DO DIREITO A SAÚDE.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18174</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A POSSIBILIDADE DOS LABORATÓRIOS CONVENIADOS Á REDE PÚBLICA DO MUNICÍPIO A REALIZAREM COLETAS DE MATERIAIS PARA EXAMES LABORATORIAIS DE IDOSOS, ACAMADOS, OU PORTADORES DE DEFICIÊNCIA EM SUAS RESIDÊNCIAS E/OU EM NAS UNIDADES DE SAÚDE MAIS PRÓXIMAS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18172</t>
+  </si>
+  <si>
+    <t>REQUEREM A REGULARIZAÇÃO DA REMUNERAÇÃO DA CARGA HORÁRIA EXERCIDA PELOS COORDENADORES E DIRETORES DA REDE MUNICIPAL DE EDUCAÇÃO DE JATAÍ-GOIÁS</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18154</t>
+  </si>
+  <si>
+    <t>REQUER AO EXECUTIVO MUNICIPAL, GESTÕES NO SENTIDO QUE SEJAM ALOCADOS E ENVIADOS PROVIMENTOS DE RECURSOS, VISANDO A CONSTRUÇÃO DA PONTE SOBRE O CÓRREGO DIACUI QUE FAZ A LIGAÇÃO DOS BAIRROS VILA PROGRESSO E MAXIMIANO PERES, ATRAVÉS DA RUA BELA VISTA.</t>
+  </si>
+  <si>
+    <t>Marcos Patrick_x000D_
+Professora Marina Silveira_x000D_
+Deuzair Parente</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/18148</t>
+  </si>
+  <si>
+    <t>Requer Estudo de Viabilidade Técnica visando a Implantação de uma Gerencia Regional da Enel em Jatai.</t>
+  </si>
+  <si>
+    <t>Vicente Mantelli_x000D_
 Adilson de Carvalho_x000D_
 Abimael Silva da TV_x000D_
-Carlinhos Canzi_x000D_
-[...425 lines deleted...]
-    <t>Vicente Mantelli_x000D_
 Marcos Patrick_x000D_
 Genilson Santos_x000D_
 Durval Júnior da Sucesso_x000D_
 Deuzair Parente_x000D_
 Carlinhos Canzi_x000D_
 Alessandra Oliveira_x000D_
 Professora Marina Silveira</t>
   </si>
   <si>
-    <t>https://www.jatai.go.leg.br/materia/18928</t>
-[...12 lines deleted...]
-Adilson de Carvalho_x000D_
+    <t>https://www.jatai.go.leg.br/materia/18145</t>
+  </si>
+  <si>
+    <t>Solicita envio de moção de pesar à família do senhor Luiz Alberto Maguito Vilela.</t>
+  </si>
+  <si>
+    <t>Professora Marina Silveira_x000D_
 Abimael Silva da TV_x000D_
-Durval Júnior da Sucesso</t>
-[...40 lines deleted...]
-Professora Marina Silveira_x000D_
 Alessandra Oliveira_x000D_
 Carlinhos Canzi_x000D_
 Deuzair Parente_x000D_
 Durval Júnior da Sucesso_x000D_
 Genilson Santos_x000D_
-Marcos Patrick</t>
-[...163 lines deleted...]
-    <t>Deuzair Parente_x000D_
 Marcos Patrick_x000D_
 Vicente Mantelli_x000D_
-Genilson Santos_x000D_
-[...912 lines deleted...]
-Marcos Patrick</t>
+Adilson de Carvalho</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18128</t>
   </si>
   <si>
     <t>Requerem a criação e a implantação do “Mercado da Roça".</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18124</t>
   </si>
   <si>
     <t>REQUER O RECAPEAMENTO (CBUQ), DA AVENIDA GOIÁS TRECHO ENTRE A AVENIDA VERIANO DE OLIVEIRA LIMA E O VIADUTO DA BR 158.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18119</t>
   </si>
   <si>
     <t>Requer  prorrogação do prazo para pagamento do Imposto Predial Territorial Urbano (IPTU) pelo prazo de 90 dias, com 20% de desconto do exercício de 2021.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/18118</t>
   </si>
   <si>
     <t>REQUER A PRORROGAÇÃO DO PRAZO PARA PAGAMENTO DO IMPOSTO PREDIAL TERRITORIAL URBANO (IPTU), EXERCÍCIO DE 2021.</t>
   </si>
@@ -7146,20427 +8129,22975 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22565" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22564" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22563" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22550" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22541" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22532" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22528" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22523" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22519" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22518" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22512" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22502" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22499" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22474" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22449" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22413" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22412" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22411" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22403" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22396" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22394" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22387" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22375" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22366" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22350" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22347" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22333" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22329" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22318" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22306" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22296" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22293" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22287" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22282" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22271" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22269" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22263" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22246" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22244" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22243" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22237" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22230" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22227" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22188" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22168" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22152" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22146" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22142" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22141" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22139" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22138" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22137" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22136" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22134" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22133" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22111" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22104" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22096" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22074" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22073" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22072" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22056" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22044" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22042" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22040" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22014" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22011" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21999" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21983" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21982" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21973" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21963" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21961" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21952" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21951" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21944" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21940" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21934" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21931" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21929" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21928" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21927" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21915" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21914" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21909" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21907" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21906" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21898" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21897" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21896" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21894" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21892" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21888" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21881" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21874" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21871" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21865" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21864" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21863" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21862" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21861" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21860" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21853" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21851" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21848" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21845" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21843" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21823" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21820" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21802" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21801" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21790" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21786" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21782" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21778" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21762" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21753" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21750" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21740" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21731" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21728" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21724" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21723" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21720" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21706" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21699" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21686" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21680" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21678" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21676" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21671" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21670" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21646" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21645" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21643" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21640" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21631" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21629" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21628" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21619" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21607" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21603" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21602" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21601" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21598" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21597" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21592" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21589" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21588" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21574" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21573" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21572" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21567" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21563" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21561" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21558" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21553" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21552" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21549" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21544" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21543" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21541" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21534" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21533" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21530" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21529" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21519" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21501" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21495" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21484" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21483" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21482" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21481" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21480" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21479" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21472" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21458" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21455" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21451" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21450" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21449" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21448" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21447" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21446" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21445" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21444" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21443" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21442" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21441" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21440" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21439" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21438" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21437" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21436" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21435" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21434" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21433" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21432" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21431" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21430" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21429" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21428" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21427" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21426" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21425" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21424" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21423" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21422" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21421" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21420" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21361" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21358" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21356" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21347" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21343" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21325" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21324" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21323" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21322" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21302" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21269" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21256" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21254" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21250" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21242" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21241" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21233" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21232" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21225" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21221" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21216" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21199" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21197" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21190" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21189" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21188" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21182" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21162" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21145" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21142" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21127" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21110" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21080" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21064" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21062" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21054" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21053" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21039" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21030" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21027" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21026" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21006" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20995" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20992" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20988" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20979" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20970" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20966" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20963" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20938" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20927" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20915" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20914" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20908" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20902" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20898" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20897" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20884" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20883" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20882" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20870" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20853" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20849" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20835" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20825" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20823" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20806" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20799" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20798" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20734" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20732" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20707" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20706" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20705" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20704" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20703" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20702" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20701" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20700" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20686" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20660" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20641" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20640" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20639" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20638" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20637" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20635" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20631" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20627" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20619" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20615" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20604" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20603" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20601" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20594" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20579" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20574" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20565" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20564" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20541" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20540" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20535" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20512" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20506" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20502" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20484" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20483" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20468" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20452" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20436" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20429" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20424" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20423" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20417" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20416" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20415" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20414" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20408" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20407" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20406" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20404" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20376" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20368" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20367" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20356" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20355" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20354" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20351" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20350" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20345" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20338" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20335" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20332" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20318" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20315" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20288" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20286" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20276" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20272" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20270" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20268" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20241" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20236" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20235" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20232" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20231" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20226" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20225" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20224" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20202" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20200" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20199" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20190" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20189" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20182" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20181" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20180" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20175" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20174" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20173" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20169" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20160" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20155" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20141" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20100" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20097" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20096" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20095" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20093" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20085" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20068" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20067" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20056" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20055" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20049" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20045" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20037" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20022" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19998" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19997" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19985" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19984" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19983" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19981" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19976" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19973" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19972" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19964" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19961" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19955" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19946" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19937" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19936" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19935" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19926" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19925" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19924" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19923" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19913" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19911" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19910" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19894" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19878" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19877" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19876" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19875" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19857" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19855" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19847" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19846" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19845" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19844" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19843" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19828" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19824" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19823" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19822" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19821" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19820" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19819" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19818" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19817" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19785" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19781" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19780" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19777" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19767" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19765" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19764" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19763" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19762" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19761" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19760" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19759" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19757" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19736" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19735" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19731" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19730" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19729" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19716" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19715" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19712" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19694" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19693" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19679" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19668" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19665" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19664" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19663" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19662" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19661" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19660" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19651" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19648" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19647" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19646" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19639" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19638" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19637" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19636" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19631" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19628" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19603" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19601" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19600" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19599" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19580" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19561" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19560" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19550" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19546" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19544" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19539" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19535" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19515" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19511" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19497" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19496" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19494" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19490" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19489" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19488" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19484" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19472" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19471" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19461" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19460" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19459" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19445" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19428" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19427" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19426" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19423" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19419" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19418" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19416" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19414" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19413" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19386" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19384" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19380" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19375" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19374" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19372" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19363" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19358" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19357" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19356" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19351" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19348" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19342" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19341" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19324" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19320" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19318" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19308" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19306" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19303" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19294" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19293" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19284" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19283" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19269" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19258" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19256" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19255" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19250" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19245" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19244" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19225" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19219" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19218" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19215" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19212" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19210" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19195" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19188" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19185" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19184" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19181" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19167" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19166" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19164" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19163" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19162" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19145" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19133" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19129" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19124" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19123" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19122" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19121" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19120" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19114" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19112" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19104" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19103" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19092" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19082" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19076" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19063" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19059" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19056" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19046" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19040" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19024" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19021" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19020" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19019" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19018" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19016" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19013" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19012" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19011" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19009" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19008" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19007" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19006" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19004" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19003" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19002" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19001" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19000" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18999" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18998" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18997" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18996" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18995" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18994" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18993" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18992" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18991" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18990" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18989" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18988" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18987" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18986" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18985" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18983" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18982" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18981" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18980" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18979" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18978" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18977" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18976" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18974" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18973" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18970" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18968" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18967" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18934" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18933" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18931" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18928" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18926" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18924" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18908" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18902" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18901" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18900" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18897" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18892" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18887" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18885" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18881" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18866" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18862" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18845" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18844" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18843" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18839" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18837" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18827" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18816" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18815" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18814" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18813" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18804" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18797" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18795" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18789" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18773" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18772" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18771" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18757" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18748" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18730" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18719" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18707" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18702" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18700" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18697" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18690" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18689" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18673" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18671" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18669" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18668" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18667" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18666" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18659" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18657" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18656" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18652" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18647" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18640" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18635" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18631" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18630" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18620" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18619" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18618" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18610" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18601" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18590" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18579" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18578" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18577" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18554" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18533" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18512" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18511" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18500" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18499" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18498" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18495" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18490" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18486" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18485" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18484" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18477" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18470" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18469" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18467" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18462" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18444" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18443" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18436" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18435" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18427" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18426" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18422" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18414" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18396" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18391" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18387" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18376" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18375" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18374" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18362" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18351" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18350" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18349" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18345" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18344" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18343" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18342" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18341" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18340" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18337" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18334" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18332" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18331" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18330" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18329" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18328" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18305" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18299" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18291" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18290" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18284" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18277" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18274" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18273" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18271" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18251" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18250" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18246" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18245" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18231" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18221" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18216" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18208" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18205" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18199" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18198" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18188" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18175" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18174" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18172" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18154" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18148" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18145" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18128" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18124" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18119" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18118" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18111" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18106" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18104" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18103" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18102" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18101" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18098" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18065" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23039" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23034" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23032" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23031" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/23025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22973" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22948" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22765" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22764" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22763" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22762" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22761" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22760" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22759" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22758" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22757" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22756" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22755" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22754" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22753" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22752" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22751" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22750" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22749" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22748" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22747" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22746" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22745" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22744" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22733" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22732" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22731" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22730" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22729" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22728" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22727" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22726" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22725" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22724" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22723" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22722" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22721" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22720" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22719" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22718" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22717" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22716" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22715" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22714" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22709" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22702" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22692" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22691" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22690" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22689" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22688" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22684" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22681" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22679" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22676" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22675" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22673" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22672" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22671" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22670" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22669" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22668" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22667" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22666" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22665" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22664" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22663" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22662" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22661" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22660" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22659" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22658" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22657" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22656" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22655" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22654" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22653" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22652" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22651" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22650" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22613" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22609" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22597" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22595" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22594" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22591" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22589" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22588" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22587" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22584" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22583" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22582" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22580" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22565" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22564" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22563" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22550" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22541" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22532" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22528" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22523" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22519" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22518" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22512" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22502" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22499" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22474" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22449" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22413" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22412" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22411" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22403" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22396" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22394" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22387" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22375" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22366" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22350" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22347" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22333" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22329" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22318" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22306" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22296" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22293" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22287" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22282" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22271" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22269" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22263" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22246" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22244" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22243" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22237" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22231" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22230" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22227" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22188" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22168" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22152" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22146" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22142" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22141" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22139" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22138" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22137" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22136" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22134" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22133" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22111" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22104" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22096" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22074" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22073" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22072" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22056" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22044" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22042" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22041" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22040" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22014" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22011" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21999" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21983" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21982" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21973" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21963" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21961" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21952" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21951" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21944" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21940" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21934" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21931" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21929" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21928" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21927" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21915" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21914" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21909" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21907" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21906" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21898" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21897" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21896" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21894" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21892" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21888" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21881" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21874" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21871" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21865" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21864" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21863" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21862" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21861" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21860" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21853" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21851" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21848" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21845" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21843" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21823" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21820" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21802" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21801" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21790" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21786" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21782" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21778" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21762" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21753" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21750" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21740" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21731" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21728" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21724" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21723" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21720" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21706" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21699" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21686" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21680" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21678" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21676" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21671" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21670" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21646" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21645" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21643" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21640" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21631" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21629" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21628" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21619" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21607" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21603" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21602" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21601" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21598" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21597" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21592" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21589" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21588" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21574" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21573" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21572" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21567" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21563" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21561" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21558" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21553" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21552" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21549" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21544" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21543" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21541" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21534" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21533" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21530" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21529" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21519" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21501" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21495" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21484" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21483" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21482" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21481" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21480" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21479" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21472" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21458" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21455" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21451" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21450" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21449" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21448" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21447" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21446" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21445" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21444" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21443" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21442" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21441" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21440" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21439" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21438" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21437" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21436" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21435" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21434" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21433" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21432" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21431" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21430" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21429" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21428" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21427" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21426" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21425" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21424" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21423" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21422" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21421" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21420" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21387" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21361" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21358" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21356" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21347" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21343" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21325" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21324" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21323" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21322" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21302" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21269" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21256" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21254" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21252" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21250" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21242" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21241" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21233" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21232" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21225" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21221" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21216" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21199" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21197" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21190" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21189" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21188" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21182" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21162" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21145" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21142" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21127" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21110" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21080" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21064" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21062" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21054" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21053" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21039" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21030" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21027" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21026" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21006" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20995" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20992" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20988" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20979" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20970" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20966" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20963" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20938" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20927" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20915" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20914" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20908" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20902" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20898" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20897" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20884" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20883" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20882" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20870" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20853" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20849" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20835" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20825" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20823" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20806" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20799" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20798" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20734" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20732" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20707" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20706" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20705" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20704" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20703" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20702" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20701" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20700" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20686" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20660" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20641" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20640" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20639" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20638" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20637" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20635" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20631" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20627" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20619" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20615" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20604" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20603" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20601" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20594" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20579" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20574" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20565" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20564" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20541" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20540" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20535" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20512" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20506" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20502" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20484" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20483" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20468" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20452" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20436" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20429" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20424" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20423" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20417" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20416" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20415" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20414" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20408" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20407" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20406" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20404" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20376" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20368" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20367" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20356" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20355" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20354" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20351" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20350" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20345" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20338" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20335" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20332" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20318" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20315" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20288" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20286" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20276" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20272" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20270" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20268" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20241" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20236" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20235" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20232" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20231" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20226" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20225" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20224" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20202" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20200" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20199" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20190" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20189" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20182" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20181" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20180" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20175" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20174" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20173" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20169" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20160" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20155" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20141" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20100" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20097" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20096" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20095" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20093" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20085" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20068" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20067" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20056" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20055" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20049" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20045" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20037" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20022" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19998" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19997" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19985" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19984" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19983" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19981" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19976" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19973" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19972" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19964" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19961" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19955" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19946" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19937" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19936" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19935" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19926" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19925" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19924" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19923" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19913" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19911" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19910" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19894" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19878" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19877" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19876" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19875" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19857" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19855" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19847" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19846" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19845" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19844" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19843" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19828" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19824" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19823" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19822" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19821" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19820" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19819" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19818" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19817" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19785" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19781" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19780" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19777" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19767" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19765" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19764" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19763" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19762" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19761" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19760" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19759" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19757" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19736" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19735" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19731" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19730" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19729" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19716" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19715" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19712" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19694" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19693" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19679" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19668" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19665" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19664" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19663" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19662" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19661" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19660" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19651" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19648" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19647" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19646" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19639" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19638" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19637" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19636" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19631" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19628" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19603" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19601" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19600" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19599" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19580" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19561" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19560" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19550" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19546" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19544" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19539" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19535" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19515" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19511" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19497" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19496" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19494" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19490" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19489" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19488" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19484" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19472" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19471" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19461" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19460" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19459" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19445" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19428" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19427" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19426" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19423" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19419" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19418" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19416" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19414" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19413" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19386" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19384" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19380" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19375" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19374" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19372" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19363" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19358" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19357" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19356" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19351" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19348" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19342" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19341" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19324" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19320" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19318" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19308" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19306" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19303" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19294" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19293" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19284" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19283" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19269" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19258" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19256" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19255" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19250" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19245" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19244" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19225" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19219" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19218" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19215" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19212" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19210" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19195" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19188" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19185" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19184" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19181" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19167" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19166" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19164" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19163" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19162" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19145" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19133" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19129" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19124" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19123" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19122" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19121" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19120" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19114" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19112" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19104" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19103" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19092" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19082" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19076" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19063" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19059" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19056" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19046" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19040" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19024" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19021" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19020" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19019" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19018" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19016" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19013" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19012" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19011" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19009" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19008" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19007" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19006" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19004" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19003" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19002" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19001" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19000" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18999" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18998" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18997" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18996" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18995" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18994" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18993" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18992" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18991" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18990" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18989" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18988" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18987" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18986" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18985" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18983" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18982" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18981" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18980" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18979" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18978" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18977" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18976" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18974" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18973" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18970" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18968" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18967" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18934" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18933" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18931" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18928" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18926" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18924" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18908" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18902" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18901" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18900" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18897" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18892" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18887" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18885" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18881" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18866" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18862" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18845" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18844" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18843" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18839" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18837" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18827" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18816" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18815" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18814" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18813" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18804" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18797" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18795" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18789" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18773" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18772" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18771" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18757" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18748" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18730" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18719" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18707" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18702" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18700" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18697" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18690" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18689" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18673" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18671" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18669" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18668" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18667" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18666" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18659" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18657" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18656" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18652" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18647" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18640" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18635" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18631" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18630" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18620" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18619" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18618" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18610" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18601" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18590" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18579" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18578" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18577" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18554" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18533" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18512" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18511" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18500" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18499" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18498" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18495" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18490" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18486" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18485" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18484" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18477" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18470" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18469" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18467" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18462" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18444" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18443" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18436" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18435" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18427" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18426" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18422" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18414" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18396" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18391" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18387" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18376" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18375" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18374" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18362" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18351" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18350" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18349" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18345" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18344" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18343" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18342" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18341" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18340" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18337" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18334" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18332" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18331" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18330" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18329" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18328" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18305" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18299" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18291" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18290" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18284" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18277" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18274" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18273" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18271" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18251" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18250" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18246" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18245" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18231" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18221" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18216" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18208" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18205" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18199" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18198" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18188" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18175" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18174" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18172" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18154" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18148" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18145" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18128" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18124" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18119" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18118" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18111" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18106" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18104" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18103" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18102" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18101" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18098" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18065" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H783"/>
+  <dimension ref="A1:H881"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="39" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>22565</v>
+        <v>23039</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2">
-        <v>744</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>22564</v>
+        <v>23034</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
-        <v>743</v>
+        <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>22563</v>
+        <v>23032</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
-        <v>742</v>
+        <v>787</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>22550</v>
+        <v>23031</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
-        <v>730</v>
+        <v>79</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>22541</v>
+        <v>23025</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
-        <v>721</v>
+        <v>78</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="H6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>22532</v>
+        <v>22973</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
-        <v>121</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>22528</v>
+        <v>22948</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
-        <v>713</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>22523</v>
+        <v>22765</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="H9" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>22519</v>
+        <v>22764</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
-        <v>707</v>
+        <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="H10" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>22518</v>
+        <v>22763</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
-        <v>706</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H11" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>22512</v>
+        <v>22762</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F12" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H12" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>22502</v>
+        <v>22761</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="H13" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>22499</v>
+        <v>22760</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
-        <v>116</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="H14" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>22474</v>
+        <v>22759</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
-        <v>683</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="H15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>22449</v>
+        <v>22758</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16">
-        <v>112</v>
+        <v>63</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="H16" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>22413</v>
+        <v>22757</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F17" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="H17" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>22412</v>
+        <v>22756</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F18" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H18" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>22411</v>
+        <v>22755</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19">
-        <v>645</v>
+        <v>60</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H19" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>22403</v>
+        <v>22754</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20">
-        <v>639</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H20" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>22396</v>
+        <v>22753</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21">
-        <v>637</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H21" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>22394</v>
+        <v>22752</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
-        <v>635</v>
+        <v>57</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>22387</v>
+        <v>22751</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
-        <v>631</v>
+        <v>56</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H23" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>22375</v>
+        <v>22750</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="D24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>22366</v>
+        <v>22749</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="D25" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" t="s">
         <v>77</v>
       </c>
-      <c r="E25" t="s">
+      <c r="G25" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="F25" t="s">
+      <c r="H25" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>22350</v>
+        <v>22748</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
-        <v>608</v>
+        <v>53</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="H26" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>22347</v>
+        <v>22747</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E27" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="H27" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>22333</v>
+        <v>22746</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="D28" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F28" t="s">
+        <v>84</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H28" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>22329</v>
+        <v>22745</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
-        <v>598</v>
+        <v>50</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="G29" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H29" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>22318</v>
+        <v>22744</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D30" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H30" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>22306</v>
+        <v>22733</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E31" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F31" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H31" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>22296</v>
+        <v>22732</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="D32" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E32" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" t="s">
         <v>37</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H32" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>22293</v>
+        <v>22731</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E33" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H33" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>22287</v>
+        <v>22730</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34">
-        <v>577</v>
+        <v>45</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="H34" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>22282</v>
+        <v>22729</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E35" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F35" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="H35" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>22271</v>
+        <v>22728</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36">
-        <v>566</v>
+        <v>43</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="H36" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>22269</v>
+        <v>22727</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37">
-        <v>564</v>
+        <v>42</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="H37" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>22263</v>
+        <v>22726</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D38" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F38" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="H38" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>22246</v>
+        <v>22725</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D39" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E39" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="H39" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>22244</v>
+        <v>22724</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E40" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F40" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="H40" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>22243</v>
+        <v>22723</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41">
-        <v>548</v>
+        <v>38</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="H41" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>22237</v>
+        <v>22722</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42">
-        <v>542</v>
+        <v>37</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
       <c r="F42" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="H42" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>22231</v>
+        <v>22721</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="D43" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E43" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F43" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="H43" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>22230</v>
+        <v>22720</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44">
-        <v>74</v>
+        <v>35</v>
       </c>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E44" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="H44" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>22227</v>
+        <v>22719</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E45" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F45" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="H45" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>22188</v>
+        <v>22718</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46">
-        <v>516</v>
+        <v>33</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
       <c r="F46" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="H46" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>22168</v>
+        <v>22717</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E47" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F47" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="H47" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>22152</v>
+        <v>22716</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D48" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E48" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="H48" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>22146</v>
+        <v>22715</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D49" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E49" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F49" t="s">
-        <v>10</v>
+        <v>135</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="H49" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>22142</v>
+        <v>22714</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50">
+        <v>29</v>
+      </c>
+      <c r="D50" t="s">
         <v>8</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="H50" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>22141</v>
+        <v>22709</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D51" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E51" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F51" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="H51" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>22139</v>
+        <v>22702</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52">
-        <v>486</v>
+        <v>61</v>
       </c>
       <c r="D52" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E52" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F52" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="H52" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>22138</v>
+        <v>22692</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
-        <v>485</v>
+        <v>51</v>
       </c>
       <c r="D53" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E53" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F53" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="H53" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>22137</v>
+        <v>22691</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
-        <v>484</v>
+        <v>50</v>
       </c>
       <c r="D54" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E54" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="H54" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>22136</v>
+        <v>22690</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
-        <v>483</v>
+        <v>49</v>
       </c>
       <c r="D55" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E55" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F55" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="H55" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>22134</v>
+        <v>22689</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
-        <v>481</v>
+        <v>48</v>
       </c>
       <c r="D56" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E56" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F56" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="H56" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>22133</v>
+        <v>22688</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
-        <v>480</v>
+        <v>47</v>
       </c>
       <c r="D57" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E57" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="H57" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>22111</v>
+        <v>22684</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
-        <v>465</v>
+        <v>43</v>
       </c>
       <c r="D58" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E58" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F58" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="H58" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>22104</v>
+        <v>22681</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="E59" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="F59" t="s">
-        <v>166</v>
+        <v>15</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="H59" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>22096</v>
+        <v>22679</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
-        <v>455</v>
+        <v>38</v>
       </c>
       <c r="D60" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E60" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F60" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="H60" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>22074</v>
+        <v>22676</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="D61" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="E61" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="F61" t="s">
-        <v>172</v>
+        <v>15</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="H61" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>22073</v>
+        <v>22675</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
-        <v>440</v>
+        <v>34</v>
       </c>
       <c r="D62" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E62" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F62" t="s">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="H62" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>22072</v>
+        <v>22673</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
-        <v>439</v>
+        <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E63" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F63" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="H63" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>22056</v>
+        <v>22672</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D64" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="E64" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="F64" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="H64" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>22044</v>
+        <v>22671</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
-        <v>423</v>
+        <v>30</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E65" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F65" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
       <c r="H65" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>22042</v>
+        <v>22670</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
-        <v>421</v>
+        <v>29</v>
       </c>
       <c r="D66" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E66" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F66" t="s">
-        <v>186</v>
+        <v>15</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="H66" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>22041</v>
+        <v>22669</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
-        <v>420</v>
+        <v>28</v>
       </c>
       <c r="D67" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E67" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F67" t="s">
-        <v>186</v>
+        <v>15</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="H67" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>22040</v>
+        <v>22668</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="D68" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="E68" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="F68" t="s">
-        <v>186</v>
+        <v>15</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="H68" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>22014</v>
+        <v>22667</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
-        <v>398</v>
+        <v>26</v>
       </c>
       <c r="D69" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E69" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="H69" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>22011</v>
+        <v>22666</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D70" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="E70" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="F70" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="H70" t="s">
-        <v>196</v>
+        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>21999</v>
+        <v>22665</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
-        <v>392</v>
+        <v>24</v>
       </c>
       <c r="D71" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E71" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F71" t="s">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="H71" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>21983</v>
+        <v>22664</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
-        <v>385</v>
+        <v>23</v>
       </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E72" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="H72" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>21982</v>
+        <v>22663</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D73" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="E73" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="H73" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>21973</v>
+        <v>22662</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="D74" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="E74" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="F74" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="H74" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>21963</v>
+        <v>22661</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
-        <v>374</v>
+        <v>20</v>
       </c>
       <c r="D75" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E75" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F75" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="H75" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>21961</v>
+        <v>22660</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
-        <v>372</v>
+        <v>19</v>
       </c>
       <c r="D76" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E76" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F76" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="H76" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>21952</v>
+        <v>22659</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="E77" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
       <c r="F77" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="H77" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>21951</v>
+        <v>22658</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
-        <v>365</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E78" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="H78" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>21944</v>
+        <v>22657</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
-        <v>359</v>
+        <v>16</v>
       </c>
       <c r="D79" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E79" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F79" t="s">
-        <v>214</v>
+        <v>15</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="H79" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>21940</v>
+        <v>22656</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
-        <v>356</v>
+        <v>15</v>
       </c>
       <c r="D80" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E80" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="H80" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>21934</v>
+        <v>22655</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
-        <v>351</v>
+        <v>14</v>
       </c>
       <c r="D81" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E81" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F81" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="H81" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>21931</v>
+        <v>22654</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
-        <v>349</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E82" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F82" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="H82" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>21929</v>
+        <v>22653</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="D83" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="E83" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="H83" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>21928</v>
+        <v>22652</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E84" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F84" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="H84" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>21927</v>
+        <v>22651</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="D85" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E85" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F85" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="H85" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>21915</v>
+        <v>22650</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
-        <v>337</v>
+        <v>26</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>213</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H86" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>21914</v>
+        <v>22613</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
-        <v>336</v>
+        <v>773</v>
       </c>
       <c r="D87" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E87" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F87" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="H87" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>21909</v>
+        <v>22609</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D88" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E88" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F88" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="H88" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>21907</v>
+        <v>22597</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
-        <v>37</v>
+        <v>762</v>
       </c>
       <c r="D89" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E89" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F89" t="s">
-        <v>236</v>
+        <v>15</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="H89" t="s">
-        <v>238</v>
+        <v>224</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>21906</v>
+        <v>22595</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
-        <v>5</v>
+        <v>760</v>
       </c>
       <c r="D90" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="E90" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="F90" t="s">
-        <v>239</v>
+        <v>15</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>240</v>
+        <v>225</v>
       </c>
       <c r="H90" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>21898</v>
+        <v>22594</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="D91" t="s">
-        <v>91</v>
+        <v>227</v>
       </c>
       <c r="E91" t="s">
-        <v>92</v>
+        <v>228</v>
       </c>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="H91" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>21897</v>
+        <v>22591</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="D92" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E92" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="F92" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="H92" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>21896</v>
+        <v>22589</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
-        <v>17</v>
+        <v>756</v>
       </c>
       <c r="D93" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E93" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F93" t="s">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="H93" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>21894</v>
+        <v>22588</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
-        <v>324</v>
+        <v>755</v>
       </c>
       <c r="D94" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E94" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F94" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
       <c r="H94" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>21892</v>
+        <v>22587</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
-        <v>35</v>
+        <v>754</v>
       </c>
       <c r="D95" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E95" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F95" t="s">
-        <v>251</v>
+        <v>15</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="H95" t="s">
-        <v>253</v>
+        <v>239</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>21888</v>
+        <v>22584</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
-        <v>15</v>
+        <v>127</v>
       </c>
       <c r="D96" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E96" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F96" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="H96" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>21881</v>
+        <v>22583</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D97" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E97" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F97" t="s">
-        <v>10</v>
+        <v>243</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="H97" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>21874</v>
+        <v>22582</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
-        <v>312</v>
+        <v>22</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>243</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="H98" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>21871</v>
+        <v>22580</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
-        <v>309</v>
+        <v>125</v>
       </c>
       <c r="D99" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E99" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F99" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="H99" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>21865</v>
+        <v>22565</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
-        <v>304</v>
+        <v>744</v>
       </c>
       <c r="D100" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E100" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F100" t="s">
-        <v>263</v>
+        <v>15</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="H100" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>21864</v>
+        <v>22564</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
-        <v>303</v>
+        <v>743</v>
       </c>
       <c r="D101" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E101" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F101" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H101" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>21863</v>
+        <v>22563</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
-        <v>302</v>
+        <v>742</v>
       </c>
       <c r="D102" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E102" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F102" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="H102" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>21862</v>
+        <v>22550</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
-        <v>301</v>
+        <v>730</v>
       </c>
       <c r="D103" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E103" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F103" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="H103" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>21861</v>
+        <v>22541</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
-        <v>300</v>
+        <v>721</v>
       </c>
       <c r="D104" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="H104" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>21860</v>
+        <v>22532</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
-        <v>299</v>
+        <v>121</v>
       </c>
       <c r="D105" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E105" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F105" t="s">
-        <v>10</v>
+        <v>261</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="H105" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>21853</v>
+        <v>22528</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>31</v>
+        <v>713</v>
       </c>
       <c r="D106" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E106" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F106" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="H106" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>21851</v>
+        <v>22523</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="D107" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E107" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="F107" t="s">
-        <v>278</v>
+        <v>15</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="H107" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>21848</v>
+        <v>22519</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>3</v>
+        <v>707</v>
       </c>
       <c r="D108" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E108" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F108" t="s">
-        <v>10</v>
+        <v>268</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="H108" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>21845</v>
+        <v>22518</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>288</v>
+        <v>706</v>
       </c>
       <c r="D109" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E109" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F109" t="s">
-        <v>10</v>
+        <v>271</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="H109" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>21843</v>
+        <v>22512</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
         <v>29</v>
       </c>
       <c r="D110" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E110" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="H110" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>21823</v>
+        <v>22502</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
+        <v>28</v>
+      </c>
+      <c r="D111" t="s">
+        <v>218</v>
+      </c>
+      <c r="E111" t="s">
+        <v>219</v>
+      </c>
+      <c r="F111" t="s">
         <v>277</v>
       </c>
-      <c r="D111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G111" s="1" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="H111" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>21820</v>
+        <v>22499</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="D112" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E112" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="F112" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="H112" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>21802</v>
+        <v>22474</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
-        <v>261</v>
+        <v>683</v>
       </c>
       <c r="D113" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E113" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F113" t="s">
-        <v>10</v>
+        <v>282</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="H113" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>21801</v>
+        <v>22449</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
-        <v>260</v>
+        <v>112</v>
       </c>
       <c r="D114" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E114" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F114" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="H114" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>21790</v>
+        <v>22413</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
-        <v>250</v>
+        <v>104</v>
       </c>
       <c r="D115" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E115" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F115" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="H115" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>21786</v>
+        <v>22412</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
-        <v>246</v>
+        <v>7</v>
       </c>
       <c r="D116" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E116" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F116" t="s">
-        <v>10</v>
+        <v>292</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="H116" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>21782</v>
+        <v>22411</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>243</v>
+        <v>645</v>
       </c>
       <c r="D117" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E117" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F117" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="H117" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>21778</v>
+        <v>22403</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
-        <v>241</v>
+        <v>639</v>
       </c>
       <c r="D118" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E118" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F118" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="H118" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>21762</v>
+        <v>22396</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>12</v>
+        <v>637</v>
       </c>
       <c r="D119" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E119" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F119" t="s">
-        <v>113</v>
+        <v>299</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="H119" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>21753</v>
+        <v>22394</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>226</v>
+        <v>635</v>
       </c>
       <c r="D120" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E120" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F120" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="H120" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>21750</v>
+        <v>22387</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>2</v>
+        <v>631</v>
       </c>
       <c r="D121" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E121" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F121" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="H121" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>21740</v>
+        <v>22375</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D122" t="s">
-        <v>21</v>
+        <v>307</v>
       </c>
       <c r="E122" t="s">
-        <v>22</v>
+        <v>308</v>
       </c>
       <c r="F122" t="s">
-        <v>10</v>
+        <v>309</v>
       </c>
       <c r="G122" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H122" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>21731</v>
+        <v>22366</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>213</v>
+        <v>1</v>
       </c>
       <c r="D123" t="s">
-        <v>8</v>
+        <v>312</v>
       </c>
       <c r="E123" t="s">
-        <v>9</v>
+        <v>313</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>314</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H123" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>21728</v>
+        <v>22350</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>210</v>
+        <v>608</v>
       </c>
       <c r="D124" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E124" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F124" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H124" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>21724</v>
+        <v>22347</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>206</v>
+        <v>25</v>
       </c>
       <c r="D125" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E125" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F125" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H125" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>21723</v>
+        <v>22333</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>205</v>
+        <v>92</v>
       </c>
       <c r="D126" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E126" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F126" t="s">
-        <v>10</v>
+        <v>321</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H126" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>21720</v>
+        <v>22329</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>203</v>
+        <v>598</v>
       </c>
       <c r="D127" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E127" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F127" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="H127" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>21706</v>
+        <v>22318</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>54</v>
+        <v>326</v>
       </c>
       <c r="E128" t="s">
-        <v>55</v>
+        <v>327</v>
       </c>
       <c r="F128" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="H128" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>21699</v>
+        <v>22306</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>5</v>
+        <v>87</v>
       </c>
       <c r="D129" t="s">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="E129" t="s">
-        <v>37</v>
+        <v>228</v>
       </c>
       <c r="F129" t="s">
-        <v>10</v>
+        <v>331</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="H129" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>21686</v>
+        <v>22296</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D130" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E130" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F130" t="s">
-        <v>10</v>
+        <v>334</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="H130" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>21680</v>
+        <v>22293</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>176</v>
+        <v>84</v>
       </c>
       <c r="D131" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E131" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F131" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="H131" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>21678</v>
+        <v>22287</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>175</v>
+        <v>577</v>
       </c>
       <c r="D132" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E132" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F132" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="H132" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>21676</v>
+        <v>22282</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>173</v>
+        <v>80</v>
       </c>
       <c r="D133" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E133" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F133" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="H133" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>21671</v>
+        <v>22271</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>168</v>
+        <v>566</v>
       </c>
       <c r="D134" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E134" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F134" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="H134" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>21670</v>
+        <v>22269</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>167</v>
+        <v>564</v>
       </c>
       <c r="D135" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E135" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F135" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="H135" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>21646</v>
+        <v>22263</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D136" t="s">
-        <v>21</v>
+        <v>290</v>
       </c>
       <c r="E136" t="s">
-        <v>22</v>
+        <v>291</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>348</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="H136" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>21645</v>
+        <v>22246</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
-        <v>146</v>
+        <v>21</v>
       </c>
       <c r="D137" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E137" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F137" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="H137" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>21643</v>
+        <v>22244</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="D138" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F138" t="s">
-        <v>10</v>
+        <v>353</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="H138" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>21640</v>
+        <v>22243</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
-        <v>3</v>
+        <v>548</v>
       </c>
       <c r="D139" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="E139" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="F139" t="s">
-        <v>172</v>
+        <v>15</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="H139" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>21631</v>
+        <v>22237</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
-        <v>136</v>
+        <v>542</v>
       </c>
       <c r="D140" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E140" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F140" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="H140" t="s">
-        <v>332</v>
+        <v>359</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>21629</v>
+        <v>22231</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
-        <v>134</v>
+        <v>20</v>
       </c>
       <c r="D141" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E141" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F141" t="s">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="H141" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>21628</v>
+        <v>22230</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="D142" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E142" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F142" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="H142" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>21619</v>
+        <v>22227</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143" t="s">
         <v>9</v>
       </c>
       <c r="F143" t="s">
-        <v>10</v>
+        <v>365</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="H143" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>21607</v>
+        <v>22188</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
-        <v>115</v>
+        <v>516</v>
       </c>
       <c r="D144" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E144" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F144" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="H144" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>21603</v>
+        <v>22168</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
-        <v>111</v>
+        <v>68</v>
       </c>
       <c r="D145" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E145" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F145" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="H145" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>21602</v>
+        <v>22152</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
-        <v>110</v>
+        <v>27</v>
       </c>
       <c r="D146" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E146" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>373</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="H146" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>21601</v>
+        <v>22146</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D147" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F147" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="H147" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>21598</v>
+        <v>22142</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
-        <v>106</v>
+        <v>8</v>
       </c>
       <c r="D148" t="s">
         <v>8</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
       <c r="H148" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>21597</v>
+        <v>22141</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="D149" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F149" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="H149" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>21592</v>
+        <v>22139</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
-        <v>102</v>
+        <v>486</v>
       </c>
       <c r="D150" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E150" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F150" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="H150" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>21589</v>
+        <v>22138</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
-        <v>99</v>
+        <v>485</v>
       </c>
       <c r="D151" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E151" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F151" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="H151" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>21588</v>
+        <v>22137</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
-        <v>98</v>
+        <v>484</v>
       </c>
       <c r="D152" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E152" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F152" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="H152" t="s">
-        <v>374</v>
+        <v>388</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>21574</v>
+        <v>22136</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
-        <v>85</v>
+        <v>483</v>
       </c>
       <c r="D153" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E153" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F153" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="H153" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>21573</v>
+        <v>22134</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
-        <v>84</v>
+        <v>481</v>
       </c>
       <c r="D154" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E154" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>243</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="H154" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>21572</v>
+        <v>22133</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
-        <v>83</v>
+        <v>480</v>
       </c>
       <c r="D155" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E155" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F155" t="s">
-        <v>379</v>
+        <v>15</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="H155" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>21567</v>
+        <v>22111</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
-        <v>78</v>
+        <v>465</v>
       </c>
       <c r="D156" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E156" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F156" t="s">
-        <v>382</v>
+        <v>15</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="H156" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>21563</v>
+        <v>22104</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="D157" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F157" t="s">
-        <v>10</v>
+        <v>397</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="H157" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>21561</v>
+        <v>22096</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
-        <v>1</v>
+        <v>455</v>
       </c>
       <c r="D158" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E158" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F158" t="s">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="H158" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>21558</v>
+        <v>22074</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159">
-        <v>5</v>
+        <v>62</v>
       </c>
       <c r="D159" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E159" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="F159" t="s">
-        <v>10</v>
+        <v>348</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="H159" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>21553</v>
+        <v>22073</v>
       </c>
       <c r="B160">
         <v>2025</v>
       </c>
       <c r="C160">
-        <v>2</v>
+        <v>440</v>
       </c>
       <c r="D160" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="E160" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="F160" t="s">
-        <v>308</v>
+        <v>405</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
       <c r="H160" t="s">
-        <v>115</v>
+        <v>404</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>21552</v>
+        <v>22072</v>
       </c>
       <c r="B161">
         <v>2025</v>
       </c>
       <c r="C161">
-        <v>1</v>
+        <v>439</v>
       </c>
       <c r="D161" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="E161" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="F161" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="H161" t="s">
-        <v>393</v>
+        <v>408</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>21549</v>
+        <v>22056</v>
       </c>
       <c r="B162">
         <v>2025</v>
       </c>
       <c r="C162">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D162" t="s">
-        <v>21</v>
+        <v>409</v>
       </c>
       <c r="E162" t="s">
-        <v>22</v>
+        <v>410</v>
       </c>
       <c r="F162" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>394</v>
+        <v>411</v>
       </c>
       <c r="H162" t="s">
-        <v>395</v>
+        <v>412</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>21544</v>
+        <v>22044</v>
       </c>
       <c r="B163">
         <v>2025</v>
       </c>
       <c r="C163">
-        <v>66</v>
+        <v>423</v>
       </c>
       <c r="D163" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E163" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F163" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>397</v>
+        <v>414</v>
       </c>
       <c r="H163" t="s">
-        <v>398</v>
+        <v>415</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>21543</v>
+        <v>22042</v>
       </c>
       <c r="B164">
         <v>2025</v>
       </c>
       <c r="C164">
-        <v>1</v>
+        <v>421</v>
       </c>
       <c r="D164" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E164" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F164" t="s">
-        <v>10</v>
+        <v>416</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>399</v>
+        <v>417</v>
       </c>
       <c r="H164" t="s">
-        <v>400</v>
+        <v>418</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>21541</v>
+        <v>22041</v>
       </c>
       <c r="B165">
         <v>2025</v>
       </c>
       <c r="C165">
-        <v>1</v>
+        <v>420</v>
       </c>
       <c r="D165" t="s">
-        <v>401</v>
+        <v>18</v>
       </c>
       <c r="E165" t="s">
-        <v>402</v>
+        <v>19</v>
       </c>
       <c r="F165" t="s">
-        <v>166</v>
+        <v>416</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
       <c r="H165" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>21534</v>
+        <v>22040</v>
       </c>
       <c r="B166">
         <v>2025</v>
       </c>
       <c r="C166">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="D166" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E166" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="F166" t="s">
-        <v>10</v>
+        <v>413</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>405</v>
+        <v>421</v>
       </c>
       <c r="H166" t="s">
-        <v>406</v>
+        <v>422</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>21533</v>
+        <v>22014</v>
       </c>
       <c r="B167">
         <v>2025</v>
       </c>
       <c r="C167">
-        <v>59</v>
+        <v>398</v>
       </c>
       <c r="D167" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E167" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F167" t="s">
-        <v>407</v>
+        <v>15</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>408</v>
+        <v>423</v>
       </c>
       <c r="H167" t="s">
-        <v>409</v>
+        <v>424</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>21530</v>
+        <v>22011</v>
       </c>
       <c r="B168">
         <v>2025</v>
       </c>
       <c r="C168">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="D168" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F168" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
       <c r="H168" t="s">
-        <v>411</v>
+        <v>426</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>21529</v>
+        <v>21999</v>
       </c>
       <c r="B169">
         <v>2025</v>
       </c>
       <c r="C169">
-        <v>56</v>
+        <v>392</v>
       </c>
       <c r="D169" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E169" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F169" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>413</v>
+        <v>428</v>
       </c>
       <c r="H169" t="s">
-        <v>414</v>
+        <v>429</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>21519</v>
+        <v>21983</v>
       </c>
       <c r="B170">
         <v>2025</v>
       </c>
       <c r="C170">
-        <v>46</v>
+        <v>385</v>
       </c>
       <c r="D170" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E170" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F170" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="H170" t="s">
-        <v>416</v>
+        <v>431</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>21501</v>
+        <v>21982</v>
       </c>
       <c r="B171">
         <v>2025</v>
       </c>
       <c r="C171">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D171" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E171" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F171" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>417</v>
+        <v>432</v>
       </c>
       <c r="H171" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>21495</v>
+        <v>21973</v>
       </c>
       <c r="B172">
         <v>2025</v>
       </c>
       <c r="C172">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="D172" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E172" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F172" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>419</v>
+        <v>434</v>
       </c>
       <c r="H172" t="s">
-        <v>420</v>
+        <v>435</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>21484</v>
+        <v>21963</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
       <c r="C173">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="D173" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E173" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F173" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>421</v>
+        <v>436</v>
       </c>
       <c r="H173" t="s">
-        <v>422</v>
+        <v>437</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>21483</v>
+        <v>21961</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="D174" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E174" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F174" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>423</v>
+        <v>438</v>
       </c>
       <c r="H174" t="s">
-        <v>424</v>
+        <v>439</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>21482</v>
+        <v>21952</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
       <c r="C175">
         <v>10</v>
       </c>
       <c r="D175" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E175" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F175" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>425</v>
+        <v>440</v>
       </c>
       <c r="H175" t="s">
-        <v>426</v>
+        <v>441</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>21481</v>
+        <v>21951</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176">
-        <v>9</v>
+        <v>365</v>
       </c>
       <c r="D176" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E176" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F176" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>427</v>
+        <v>442</v>
       </c>
       <c r="H176" t="s">
-        <v>428</v>
+        <v>443</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>21480</v>
+        <v>21944</v>
       </c>
       <c r="B177">
         <v>2025</v>
       </c>
       <c r="C177">
-        <v>8</v>
+        <v>359</v>
       </c>
       <c r="D177" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E177" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F177" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>429</v>
+        <v>444</v>
       </c>
       <c r="H177" t="s">
-        <v>430</v>
+        <v>445</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>21479</v>
+        <v>21940</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
       <c r="C178">
-        <v>7</v>
+        <v>356</v>
       </c>
       <c r="D178" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E178" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F178" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>431</v>
+        <v>446</v>
       </c>
       <c r="H178" t="s">
-        <v>432</v>
+        <v>447</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>21472</v>
+        <v>21934</v>
       </c>
       <c r="B179">
         <v>2025</v>
       </c>
       <c r="C179">
-        <v>1</v>
+        <v>351</v>
       </c>
       <c r="D179" t="s">
-        <v>433</v>
+        <v>18</v>
       </c>
       <c r="E179" t="s">
-        <v>434</v>
+        <v>19</v>
       </c>
       <c r="F179" t="s">
-        <v>308</v>
+        <v>15</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="H179" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>21458</v>
+        <v>21931</v>
       </c>
       <c r="B180">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C180">
-        <v>38</v>
+        <v>349</v>
       </c>
       <c r="D180" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E180" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F180" t="s">
-        <v>437</v>
+        <v>15</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="H180" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>21455</v>
+        <v>21929</v>
       </c>
       <c r="B181">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C181">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D181" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E181" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F181" t="s">
-        <v>440</v>
+        <v>15</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="H181" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>21451</v>
+        <v>21928</v>
       </c>
       <c r="B182">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C182">
-        <v>36</v>
+        <v>348</v>
       </c>
       <c r="D182" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E182" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F182" t="s">
-        <v>443</v>
+        <v>15</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="H182" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>21450</v>
+        <v>21927</v>
       </c>
       <c r="B183">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C183">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D183" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E183" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F183" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="H183" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>21449</v>
+        <v>21915</v>
       </c>
       <c r="B184">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C184">
-        <v>34</v>
+        <v>337</v>
       </c>
       <c r="D184" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E184" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F184" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="H184" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>21448</v>
+        <v>21914</v>
       </c>
       <c r="B185">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C185">
-        <v>33</v>
+        <v>336</v>
       </c>
       <c r="D185" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E185" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F185" t="s">
-        <v>451</v>
+        <v>15</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="H185" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>21447</v>
+        <v>21909</v>
       </c>
       <c r="B186">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C186">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D186" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E186" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F186" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="H186" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>21446</v>
+        <v>21907</v>
       </c>
       <c r="B187">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C187">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D187" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E187" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F187" t="s">
-        <v>443</v>
+        <v>465</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="H187" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>21445</v>
+        <v>21906</v>
       </c>
       <c r="B188">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C188">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="D188" t="s">
-        <v>132</v>
+        <v>290</v>
       </c>
       <c r="E188" t="s">
-        <v>133</v>
+        <v>291</v>
       </c>
       <c r="F188" t="s">
-        <v>446</v>
+        <v>373</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="H188" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>21444</v>
+        <v>21898</v>
       </c>
       <c r="B189">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C189">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="D189" t="s">
-        <v>132</v>
+        <v>326</v>
       </c>
       <c r="E189" t="s">
-        <v>133</v>
+        <v>327</v>
       </c>
       <c r="F189" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="H189" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>21443</v>
+        <v>21897</v>
       </c>
       <c r="B190">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C190">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D190" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E190" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F190" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="H190" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>21442</v>
+        <v>21896</v>
       </c>
       <c r="B191">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C191">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D191" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="E191" t="s">
-        <v>133</v>
+        <v>14</v>
       </c>
       <c r="F191" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="H191" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>21441</v>
+        <v>21894</v>
       </c>
       <c r="B192">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C192">
-        <v>26</v>
+        <v>324</v>
       </c>
       <c r="D192" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E192" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F192" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="H192" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>21440</v>
+        <v>21892</v>
       </c>
       <c r="B193">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C193">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D193" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E193" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F193" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="H193" t="s">
-        <v>471</v>
+        <v>482</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>21439</v>
+        <v>21888</v>
       </c>
       <c r="B194">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C194">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D194" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="E194" t="s">
-        <v>133</v>
+        <v>14</v>
       </c>
       <c r="F194" t="s">
-        <v>469</v>
+        <v>405</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="H194" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>21438</v>
+        <v>21881</v>
       </c>
       <c r="B195">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C195">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D195" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E195" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F195" t="s">
-        <v>443</v>
+        <v>15</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="H195" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>21437</v>
+        <v>21874</v>
       </c>
       <c r="B196">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C196">
-        <v>22</v>
+        <v>312</v>
       </c>
       <c r="D196" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E196" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F196" t="s">
-        <v>462</v>
+        <v>15</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>476</v>
+        <v>487</v>
       </c>
       <c r="H196" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>21436</v>
+        <v>21871</v>
       </c>
       <c r="B197">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C197">
-        <v>21</v>
+        <v>309</v>
       </c>
       <c r="D197" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E197" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F197" t="s">
-        <v>446</v>
+        <v>489</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="H197" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>21435</v>
+        <v>21865</v>
       </c>
       <c r="B198">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C198">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="D198" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E198" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F198" t="s">
-        <v>446</v>
+        <v>492</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="H198" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>21434</v>
+        <v>21864</v>
       </c>
       <c r="B199">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C199">
-        <v>19</v>
+        <v>303</v>
       </c>
       <c r="D199" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E199" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F199" t="s">
-        <v>482</v>
+        <v>15</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="H199" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>21433</v>
+        <v>21863</v>
       </c>
       <c r="B200">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C200">
-        <v>18</v>
+        <v>302</v>
       </c>
       <c r="D200" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E200" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F200" t="s">
-        <v>485</v>
+        <v>15</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="H200" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>21432</v>
+        <v>21862</v>
       </c>
       <c r="B201">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C201">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="D201" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E201" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F201" t="s">
-        <v>488</v>
+        <v>15</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="H201" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>21431</v>
+        <v>21861</v>
       </c>
       <c r="B202">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C202">
-        <v>16</v>
+        <v>300</v>
       </c>
       <c r="D202" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E202" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F202" t="s">
-        <v>491</v>
+        <v>15</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="H202" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>21430</v>
+        <v>21860</v>
       </c>
       <c r="B203">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C203">
-        <v>15</v>
+        <v>299</v>
       </c>
       <c r="D203" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E203" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F203" t="s">
-        <v>494</v>
+        <v>15</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="H203" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>21429</v>
+        <v>21853</v>
       </c>
       <c r="B204">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C204">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D204" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E204" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F204" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="H204" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>21428</v>
+        <v>21851</v>
       </c>
       <c r="B205">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C205">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D205" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E205" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F205" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="H205" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>21427</v>
+        <v>21848</v>
       </c>
       <c r="B206">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C206">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D206" t="s">
-        <v>132</v>
+        <v>326</v>
       </c>
       <c r="E206" t="s">
-        <v>133</v>
+        <v>327</v>
       </c>
       <c r="F206" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="H206" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>21426</v>
+        <v>21845</v>
       </c>
       <c r="B207">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C207">
-        <v>11</v>
+        <v>288</v>
       </c>
       <c r="D207" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E207" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F207" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="H207" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>21425</v>
+        <v>21843</v>
       </c>
       <c r="B208">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C208">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D208" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E208" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F208" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="H208" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>21424</v>
+        <v>21823</v>
       </c>
       <c r="B209">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C209">
-        <v>9</v>
+        <v>277</v>
       </c>
       <c r="D209" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E209" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F209" t="s">
-        <v>500</v>
+        <v>517</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="H209" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>21423</v>
+        <v>21820</v>
       </c>
       <c r="B210">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C210">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D210" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E210" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F210" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="H210" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>21422</v>
+        <v>21802</v>
       </c>
       <c r="B211">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C211">
-        <v>7</v>
+        <v>261</v>
       </c>
       <c r="D211" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E211" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F211" t="s">
-        <v>513</v>
+        <v>15</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="H211" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>21421</v>
+        <v>21801</v>
       </c>
       <c r="B212">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C212">
-        <v>6</v>
+        <v>260</v>
       </c>
       <c r="D212" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E212" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F212" t="s">
-        <v>513</v>
+        <v>15</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="H212" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>21420</v>
+        <v>21790</v>
       </c>
       <c r="B213">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C213">
-        <v>5</v>
+        <v>250</v>
       </c>
       <c r="D213" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E213" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F213" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="H213" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>21387</v>
+        <v>21786</v>
       </c>
       <c r="B214">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C214">
-        <v>112</v>
+        <v>246</v>
       </c>
       <c r="D214" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E214" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F214" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="H214" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>21361</v>
+        <v>21782</v>
       </c>
       <c r="B215">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C215">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="D215" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E215" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F215" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="H215" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>21358</v>
+        <v>21778</v>
       </c>
       <c r="B216">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C216">
-        <v>85</v>
+        <v>241</v>
       </c>
       <c r="D216" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E216" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F216" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="H216" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>21356</v>
+        <v>21762</v>
       </c>
       <c r="B217">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C217">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="D217" t="s">
-        <v>520</v>
+        <v>13</v>
       </c>
       <c r="E217" t="s">
-        <v>521</v>
+        <v>14</v>
       </c>
       <c r="F217" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="H217" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>21347</v>
+        <v>21753</v>
       </c>
       <c r="B218">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C218">
-        <v>74</v>
+        <v>226</v>
       </c>
       <c r="D218" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E218" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F218" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="H218" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>21343</v>
+        <v>21750</v>
       </c>
       <c r="B219">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C219">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="D219" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E219" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F219" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="H219" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>21325</v>
+        <v>21740</v>
       </c>
       <c r="B220">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C220">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="D220" t="s">
-        <v>520</v>
+        <v>227</v>
       </c>
       <c r="E220" t="s">
-        <v>521</v>
+        <v>228</v>
       </c>
       <c r="F220" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="H220" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>21324</v>
+        <v>21731</v>
       </c>
       <c r="B221">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C221">
-        <v>53</v>
+        <v>213</v>
       </c>
       <c r="D221" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E221" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F221" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="H221" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>21323</v>
+        <v>21728</v>
       </c>
       <c r="B222">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C222">
-        <v>52</v>
+        <v>210</v>
       </c>
       <c r="D222" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E222" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F222" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="H222" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>21322</v>
+        <v>21724</v>
       </c>
       <c r="B223">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C223">
-        <v>51</v>
+        <v>206</v>
       </c>
       <c r="D223" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E223" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F223" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="H223" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>21302</v>
+        <v>21723</v>
       </c>
       <c r="B224">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C224">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="D224" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E224" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F224" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="H224" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>21269</v>
+        <v>21720</v>
       </c>
       <c r="B225">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C225">
-        <v>1</v>
+        <v>203</v>
       </c>
       <c r="D225" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E225" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F225" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="H225" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>21256</v>
+        <v>21706</v>
       </c>
       <c r="B226">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C226">
-        <v>224</v>
+        <v>4</v>
       </c>
       <c r="D226" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E226" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F226" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="H226" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>21254</v>
+        <v>21699</v>
       </c>
       <c r="B227">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C227">
-        <v>222</v>
+        <v>5</v>
       </c>
       <c r="D227" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E227" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F227" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="H227" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>21252</v>
+        <v>21686</v>
       </c>
       <c r="B228">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C228">
-        <v>221</v>
+        <v>12</v>
       </c>
       <c r="D228" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E228" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F228" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="H228" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>21250</v>
+        <v>21680</v>
       </c>
       <c r="B229">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C229">
-        <v>219</v>
+        <v>176</v>
       </c>
       <c r="D229" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E229" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F229" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="H229" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>21242</v>
+        <v>21678</v>
       </c>
       <c r="B230">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C230">
-        <v>51</v>
+        <v>175</v>
       </c>
       <c r="D230" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E230" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F230" t="s">
-        <v>214</v>
+        <v>15</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="H230" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>21241</v>
+        <v>21676</v>
       </c>
       <c r="B231">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C231">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="D231" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E231" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F231" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="H231" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>21233</v>
+        <v>21671</v>
       </c>
       <c r="B232">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C232">
-        <v>209</v>
+        <v>168</v>
       </c>
       <c r="D232" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E232" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F232" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="H232" t="s">
-        <v>422</v>
+        <v>567</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>21232</v>
+        <v>21670</v>
       </c>
       <c r="B233">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C233">
-        <v>208</v>
+        <v>167</v>
       </c>
       <c r="D233" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E233" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F233" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="H233" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>21225</v>
+        <v>21646</v>
       </c>
       <c r="B234">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C234">
-        <v>201</v>
+        <v>9</v>
       </c>
       <c r="D234" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E234" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F234" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="H234" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>21221</v>
+        <v>21645</v>
       </c>
       <c r="B235">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C235">
-        <v>197</v>
+        <v>146</v>
       </c>
       <c r="D235" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E235" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F235" t="s">
-        <v>563</v>
+        <v>15</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="H235" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>21216</v>
+        <v>21643</v>
       </c>
       <c r="B236">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C236">
-        <v>192</v>
+        <v>144</v>
       </c>
       <c r="D236" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E236" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F236" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="H236" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>21199</v>
+        <v>21640</v>
       </c>
       <c r="B237">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C237">
-        <v>188</v>
+        <v>3</v>
       </c>
       <c r="D237" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E237" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F237" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="H237" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>21197</v>
+        <v>21631</v>
       </c>
       <c r="B238">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C238">
-        <v>186</v>
+        <v>136</v>
       </c>
       <c r="D238" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E238" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F238" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="H238" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>21190</v>
+        <v>21629</v>
       </c>
       <c r="B239">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C239">
-        <v>179</v>
+        <v>134</v>
       </c>
       <c r="D239" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E239" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F239" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="H239" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>21189</v>
+        <v>21628</v>
       </c>
       <c r="B240">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C240">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="D240" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E240" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F240" t="s">
-        <v>10</v>
+        <v>581</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="H240" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>21188</v>
+        <v>21619</v>
       </c>
       <c r="B241">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C241">
-        <v>178</v>
+        <v>125</v>
       </c>
       <c r="D241" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E241" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F241" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="H241" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>21182</v>
+        <v>21607</v>
       </c>
       <c r="B242">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C242">
-        <v>174</v>
+        <v>115</v>
       </c>
       <c r="D242" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E242" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F242" t="s">
-        <v>10</v>
+        <v>586</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="H242" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>21162</v>
+        <v>21603</v>
       </c>
       <c r="B243">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C243">
-        <v>164</v>
+        <v>111</v>
       </c>
       <c r="D243" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E243" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F243" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="H243" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>21145</v>
+        <v>21602</v>
       </c>
       <c r="B244">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C244">
-        <v>42</v>
+        <v>110</v>
       </c>
       <c r="D244" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E244" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F244" t="s">
-        <v>582</v>
+        <v>15</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="H244" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>21142</v>
+        <v>21601</v>
       </c>
       <c r="B245">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C245">
-        <v>2</v>
+        <v>109</v>
       </c>
       <c r="D245" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
       <c r="E245" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
       <c r="F245" t="s">
-        <v>585</v>
+        <v>15</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="H245" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>21127</v>
+        <v>21598</v>
       </c>
       <c r="B246">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C246">
-        <v>3</v>
+        <v>106</v>
       </c>
       <c r="D246" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E246" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F246" t="s">
-        <v>588</v>
+        <v>15</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="H246" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>21110</v>
+        <v>21597</v>
       </c>
       <c r="B247">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C247">
-        <v>155</v>
+        <v>6</v>
       </c>
       <c r="D247" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E247" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F247" t="s">
-        <v>588</v>
+        <v>15</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="H247" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>21080</v>
+        <v>21592</v>
       </c>
       <c r="B248">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C248">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="D248" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E248" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F248" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="H248" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>21064</v>
+        <v>21589</v>
       </c>
       <c r="B249">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C249">
-        <v>2</v>
+        <v>99</v>
       </c>
       <c r="D249" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E249" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F249" t="s">
-        <v>469</v>
+        <v>601</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="H249" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>21062</v>
+        <v>21588</v>
       </c>
       <c r="B250">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C250">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="D250" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E250" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F250" t="s">
-        <v>10</v>
+        <v>586</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="H250" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>21054</v>
+        <v>21574</v>
       </c>
       <c r="B251">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C251">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="D251" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E251" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F251" t="s">
-        <v>599</v>
+        <v>15</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="H251" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>21053</v>
+        <v>21573</v>
       </c>
       <c r="B252">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C252">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="D252" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E252" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F252" t="s">
-        <v>602</v>
+        <v>15</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="H252" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>21039</v>
+        <v>21572</v>
       </c>
       <c r="B253">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C253">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="D253" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E253" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F253" t="s">
-        <v>10</v>
+        <v>586</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="H253" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>21030</v>
+        <v>21567</v>
       </c>
       <c r="B254">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C254">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D254" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E254" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F254" t="s">
-        <v>588</v>
+        <v>612</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="H254" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>21027</v>
+        <v>21563</v>
       </c>
       <c r="B255">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C255">
-        <v>118</v>
+        <v>4</v>
       </c>
       <c r="D255" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E255" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F255" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="H255" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>21026</v>
+        <v>21561</v>
       </c>
       <c r="B256">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C256">
-        <v>117</v>
+        <v>1</v>
       </c>
       <c r="D256" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E256" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F256" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="H256" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>21025</v>
+        <v>21558</v>
       </c>
       <c r="B257">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C257">
-        <v>116</v>
+        <v>5</v>
       </c>
       <c r="D257" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E257" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F257" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="H257" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>21006</v>
+        <v>21553</v>
       </c>
       <c r="B258">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C258">
-        <v>108</v>
+        <v>2</v>
       </c>
       <c r="D258" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E258" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F258" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="H258" t="s">
-        <v>616</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>20995</v>
+        <v>21552</v>
       </c>
       <c r="B259">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C259">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="D259" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E259" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F259" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="H259" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>20992</v>
+        <v>21549</v>
       </c>
       <c r="B260">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C260">
-        <v>103</v>
+        <v>4</v>
       </c>
       <c r="D260" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E260" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F260" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="H260" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>20988</v>
+        <v>21544</v>
       </c>
       <c r="B261">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C261">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="D261" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E261" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F261" t="s">
-        <v>10</v>
+        <v>626</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="H261" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>20979</v>
+        <v>21543</v>
       </c>
       <c r="B262">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C262">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="D262" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E262" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F262" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="H262" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>20970</v>
+        <v>21541</v>
       </c>
       <c r="B263">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C263">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D263" t="s">
-        <v>21</v>
+        <v>631</v>
       </c>
       <c r="E263" t="s">
-        <v>22</v>
+        <v>632</v>
       </c>
       <c r="F263" t="s">
-        <v>10</v>
+        <v>633</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="H263" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>20966</v>
+        <v>21534</v>
       </c>
       <c r="B264">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C264">
-        <v>85</v>
+        <v>3</v>
       </c>
       <c r="D264" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E264" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F264" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="H264" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>20963</v>
+        <v>21533</v>
       </c>
       <c r="B265">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C265">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="D265" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E265" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F265" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="H265" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>20938</v>
+        <v>21530</v>
       </c>
       <c r="B266">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C266">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D266" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E266" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="F266" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="H266" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>20927</v>
+        <v>21529</v>
       </c>
       <c r="B267">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C267">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="D267" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E267" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F267" t="s">
-        <v>10</v>
+        <v>642</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="H267" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>20915</v>
+        <v>21519</v>
       </c>
       <c r="B268">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C268">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="D268" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E268" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F268" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="H268" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>20914</v>
+        <v>21501</v>
       </c>
       <c r="B269">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C269">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="D269" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E269" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F269" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="H269" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>20908</v>
+        <v>21495</v>
       </c>
       <c r="B270">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C270">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="D270" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E270" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F270" t="s">
-        <v>588</v>
+        <v>15</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="H270" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>20902</v>
+        <v>21484</v>
       </c>
       <c r="B271">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C271">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="D271" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E271" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F271" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="H271" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>20898</v>
+        <v>21483</v>
       </c>
       <c r="B272">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C272">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="D272" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E272" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F272" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="H272" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>20897</v>
+        <v>21482</v>
       </c>
       <c r="B273">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C273">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D273" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E273" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F273" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="H273" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>20884</v>
+        <v>21481</v>
       </c>
       <c r="B274">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C274">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="D274" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E274" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F274" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="H274" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>20883</v>
+        <v>21480</v>
       </c>
       <c r="B275">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C275">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D275" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E275" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F275" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="H275" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>20882</v>
+        <v>21479</v>
       </c>
       <c r="B276">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C276">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D276" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E276" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F276" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="H276" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>20870</v>
+        <v>21472</v>
       </c>
       <c r="B277">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C277">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="D277" t="s">
-        <v>8</v>
+        <v>663</v>
       </c>
       <c r="E277" t="s">
-        <v>9</v>
+        <v>664</v>
       </c>
       <c r="F277" t="s">
-        <v>10</v>
+        <v>534</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
       <c r="H277" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>20853</v>
+        <v>21458</v>
       </c>
       <c r="B278">
         <v>2024</v>
       </c>
       <c r="C278">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="D278" t="s">
         <v>8</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" t="s">
-        <v>214</v>
+        <v>667</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>655</v>
+        <v>668</v>
       </c>
       <c r="H278" t="s">
-        <v>656</v>
+        <v>669</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>20849</v>
+        <v>21455</v>
       </c>
       <c r="B279">
         <v>2024</v>
       </c>
       <c r="C279">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D279" t="s">
         <v>8</v>
       </c>
       <c r="E279" t="s">
         <v>9</v>
       </c>
       <c r="F279" t="s">
-        <v>10</v>
+        <v>670</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="H279" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>20835</v>
+        <v>21451</v>
       </c>
       <c r="B280">
         <v>2024</v>
       </c>
       <c r="C280">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="D280" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E280" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F280" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="H280" t="s">
-        <v>660</v>
+        <v>79</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>20825</v>
+        <v>21450</v>
       </c>
       <c r="B281">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C281">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D281" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E281" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F281" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="H281" t="s">
-        <v>663</v>
+        <v>81</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>20823</v>
+        <v>21449</v>
       </c>
       <c r="B282">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C282">
         <v>34</v>
       </c>
       <c r="D282" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E282" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F282" t="s">
-        <v>482</v>
+        <v>673</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="H282" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>20806</v>
+        <v>21448</v>
       </c>
       <c r="B283">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C283">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D283" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E283" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F283" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="H283" t="s">
-        <v>667</v>
+        <v>89</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>20799</v>
+        <v>21447</v>
       </c>
       <c r="B284">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C284">
-        <v>559</v>
+        <v>32</v>
       </c>
       <c r="D284" t="s">
         <v>8</v>
       </c>
       <c r="E284" t="s">
         <v>9</v>
       </c>
       <c r="F284" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="H284" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>20798</v>
+        <v>21446</v>
       </c>
       <c r="B285">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C285">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D285" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E285" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F285" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="H285" t="s">
-        <v>168</v>
+        <v>682</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>20734</v>
+        <v>21445</v>
       </c>
       <c r="B286">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C286">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D286" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E286" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F286" t="s">
-        <v>582</v>
+        <v>673</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="H286" t="s">
-        <v>673</v>
+        <v>684</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>20732</v>
+        <v>21444</v>
       </c>
       <c r="B287">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C287">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="D287" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E287" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F287" t="s">
-        <v>64</v>
+        <v>673</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
       <c r="H287" t="s">
-        <v>673</v>
+        <v>686</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>20707</v>
+        <v>21443</v>
       </c>
       <c r="B288">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C288">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D288" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E288" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F288" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>675</v>
+        <v>688</v>
       </c>
       <c r="H288" t="s">
-        <v>676</v>
+        <v>689</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>20706</v>
+        <v>21442</v>
       </c>
       <c r="B289">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C289">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="D289" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E289" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F289" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>677</v>
+        <v>690</v>
       </c>
       <c r="H289" t="s">
-        <v>678</v>
+        <v>691</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>20705</v>
+        <v>21441</v>
       </c>
       <c r="B290">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C290">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D290" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E290" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F290" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>679</v>
+        <v>692</v>
       </c>
       <c r="H290" t="s">
-        <v>680</v>
+        <v>131</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>20704</v>
+        <v>21440</v>
       </c>
       <c r="B291">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C291">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D291" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E291" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F291" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="H291" t="s">
-        <v>682</v>
+        <v>129</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>20703</v>
+        <v>21439</v>
       </c>
       <c r="B292">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C292">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D292" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E292" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F292" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="H292" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>20702</v>
+        <v>21438</v>
       </c>
       <c r="B293">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C293">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D293" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E293" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F293" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="H293" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>20701</v>
+        <v>21437</v>
       </c>
       <c r="B294">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C294">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="D294" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E294" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F294" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="H294" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>20700</v>
+        <v>21436</v>
       </c>
       <c r="B295">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C295">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D295" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E295" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F295" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="H295" t="s">
-        <v>690</v>
+        <v>119</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>20686</v>
+        <v>21435</v>
       </c>
       <c r="B296">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C296">
-        <v>554</v>
+        <v>20</v>
       </c>
       <c r="D296" t="s">
         <v>8</v>
       </c>
       <c r="E296" t="s">
         <v>9</v>
       </c>
       <c r="F296" t="s">
-        <v>691</v>
+        <v>673</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="H296" t="s">
-        <v>693</v>
+        <v>117</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>20660</v>
+        <v>21434</v>
       </c>
       <c r="B297">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C297">
-        <v>547</v>
+        <v>19</v>
       </c>
       <c r="D297" t="s">
         <v>8</v>
       </c>
       <c r="E297" t="s">
         <v>9</v>
       </c>
       <c r="F297" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="H297" t="s">
-        <v>696</v>
+        <v>114</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>20641</v>
+        <v>21433</v>
       </c>
       <c r="B298">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C298">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D298" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E298" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F298" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="H298" t="s">
-        <v>699</v>
+        <v>111</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>20640</v>
+        <v>21432</v>
       </c>
       <c r="B299">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C299">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D299" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E299" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F299" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="H299" t="s">
-        <v>701</v>
+        <v>108</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>20639</v>
+        <v>21431</v>
       </c>
       <c r="B300">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C300">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D300" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E300" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F300" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="H300" t="s">
-        <v>703</v>
+        <v>106</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>20638</v>
+        <v>21430</v>
       </c>
       <c r="B301">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C301">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D301" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E301" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F301" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="H301" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>20637</v>
+        <v>21429</v>
       </c>
       <c r="B302">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C302">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D302" t="s">
-        <v>520</v>
+        <v>8</v>
       </c>
       <c r="E302" t="s">
-        <v>521</v>
+        <v>9</v>
       </c>
       <c r="F302" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="H302" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>20635</v>
+        <v>21428</v>
       </c>
       <c r="B303">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C303">
-        <v>541</v>
+        <v>13</v>
       </c>
       <c r="D303" t="s">
         <v>8</v>
       </c>
       <c r="E303" t="s">
         <v>9</v>
       </c>
       <c r="F303" t="s">
-        <v>10</v>
+        <v>711</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="H303" t="s">
-        <v>710</v>
+        <v>102</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>20631</v>
+        <v>21427</v>
       </c>
       <c r="B304">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C304">
-        <v>538</v>
+        <v>12</v>
       </c>
       <c r="D304" t="s">
         <v>8</v>
       </c>
       <c r="E304" t="s">
         <v>9</v>
       </c>
       <c r="F304" t="s">
-        <v>10</v>
+        <v>713</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="H304" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>20627</v>
+        <v>21426</v>
       </c>
       <c r="B305">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C305">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="D305" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E305" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F305" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="H305" t="s">
-        <v>715</v>
+        <v>97</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>20619</v>
+        <v>21425</v>
       </c>
       <c r="B306">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C306">
-        <v>534</v>
+        <v>10</v>
       </c>
       <c r="D306" t="s">
         <v>8</v>
       </c>
       <c r="E306" t="s">
         <v>9</v>
       </c>
       <c r="F306" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H306" t="s">
-        <v>693</v>
+        <v>720</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>20615</v>
+        <v>21424</v>
       </c>
       <c r="B307">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C307">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="D307" t="s">
         <v>8</v>
       </c>
       <c r="E307" t="s">
         <v>9</v>
       </c>
       <c r="F307" t="s">
-        <v>10</v>
+        <v>721</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="H307" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>20604</v>
+        <v>21423</v>
       </c>
       <c r="B308">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C308">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D308" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="E308" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="F308" t="s">
-        <v>491</v>
+        <v>724</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H308" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>20603</v>
+        <v>21422</v>
       </c>
       <c r="B309">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C309">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D309" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="E309" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F309" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="H309" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>20601</v>
+        <v>21421</v>
       </c>
       <c r="B310">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C310">
-        <v>524</v>
+        <v>6</v>
       </c>
       <c r="D310" t="s">
         <v>8</v>
       </c>
       <c r="E310" t="s">
         <v>9</v>
       </c>
       <c r="F310" t="s">
-        <v>10</v>
+        <v>730</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="H310" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>20594</v>
+        <v>21420</v>
       </c>
       <c r="B311">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C311">
-        <v>521</v>
+        <v>5</v>
       </c>
       <c r="D311" t="s">
         <v>8</v>
       </c>
       <c r="E311" t="s">
         <v>9</v>
       </c>
       <c r="F311" t="s">
-        <v>10</v>
+        <v>733</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="H311" t="s">
-        <v>728</v>
+        <v>93</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>20579</v>
+        <v>21387</v>
       </c>
       <c r="B312">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C312">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="D312" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="E312" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="F312" t="s">
-        <v>729</v>
+        <v>15</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="H312" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>20574</v>
+        <v>21361</v>
       </c>
       <c r="B313">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C313">
-        <v>9</v>
+        <v>231</v>
       </c>
       <c r="D313" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E313" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F313" t="s">
-        <v>588</v>
+        <v>15</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="H313" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>20565</v>
+        <v>21358</v>
       </c>
       <c r="B314">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C314">
-        <v>499</v>
+        <v>85</v>
       </c>
       <c r="D314" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E314" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F314" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="H314" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>20564</v>
+        <v>21356</v>
       </c>
       <c r="B315">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C315">
-        <v>2</v>
+        <v>83</v>
       </c>
       <c r="D315" t="s">
-        <v>401</v>
+        <v>143</v>
       </c>
       <c r="E315" t="s">
-        <v>402</v>
+        <v>144</v>
       </c>
       <c r="F315" t="s">
-        <v>736</v>
+        <v>15</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="H315" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>20541</v>
+        <v>21347</v>
       </c>
       <c r="B316">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C316">
-        <v>491</v>
+        <v>74</v>
       </c>
       <c r="D316" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E316" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F316" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="H316" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>20540</v>
+        <v>21343</v>
       </c>
       <c r="B317">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C317">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="D317" t="s">
-        <v>401</v>
+        <v>143</v>
       </c>
       <c r="E317" t="s">
-        <v>402</v>
+        <v>144</v>
       </c>
       <c r="F317" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="H317" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>20535</v>
+        <v>21325</v>
       </c>
       <c r="B318">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C318">
-        <v>487</v>
+        <v>54</v>
       </c>
       <c r="D318" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E318" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F318" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="H318" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>20512</v>
+        <v>21324</v>
       </c>
       <c r="B319">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C319">
-        <v>475</v>
+        <v>53</v>
       </c>
       <c r="D319" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E319" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F319" t="s">
-        <v>745</v>
+        <v>15</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="H319" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>20506</v>
+        <v>21323</v>
       </c>
       <c r="B320">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C320">
-        <v>471</v>
+        <v>52</v>
       </c>
       <c r="D320" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E320" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F320" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="H320" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>20502</v>
+        <v>21322</v>
       </c>
       <c r="B321">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C321">
-        <v>468</v>
+        <v>51</v>
       </c>
       <c r="D321" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E321" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F321" t="s">
-        <v>729</v>
+        <v>15</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="H321" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>20484</v>
+        <v>21302</v>
       </c>
       <c r="B322">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C322">
-        <v>460</v>
+        <v>33</v>
       </c>
       <c r="D322" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E322" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F322" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="H322" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>20483</v>
+        <v>21269</v>
       </c>
       <c r="B323">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C323">
-        <v>459</v>
+        <v>1</v>
       </c>
       <c r="D323" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E323" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F323" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="H323" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>20468</v>
+        <v>21256</v>
       </c>
       <c r="B324">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C324">
-        <v>447</v>
+        <v>224</v>
       </c>
       <c r="D324" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E324" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F324" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H324" t="s">
-        <v>354</v>
+        <v>760</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>20452</v>
+        <v>21254</v>
       </c>
       <c r="B325">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C325">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="D325" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E325" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F325" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="H325" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>20436</v>
+        <v>21252</v>
       </c>
       <c r="B326">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C326">
-        <v>425</v>
+        <v>221</v>
       </c>
       <c r="D326" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E326" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F326" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="H326" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>20429</v>
+        <v>21250</v>
       </c>
       <c r="B327">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C327">
-        <v>419</v>
+        <v>219</v>
       </c>
       <c r="D327" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E327" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F327" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="H327" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>20424</v>
+        <v>21242</v>
       </c>
       <c r="B328">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C328">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="D328" t="s">
-        <v>36</v>
+        <v>218</v>
       </c>
       <c r="E328" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F328" t="s">
-        <v>10</v>
+        <v>243</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="H328" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>20423</v>
+        <v>21241</v>
       </c>
       <c r="B329">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C329">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="D329" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E329" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F329" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="H329" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>20417</v>
+        <v>21233</v>
       </c>
       <c r="B330">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C330">
-        <v>30</v>
+        <v>209</v>
       </c>
       <c r="D330" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E330" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F330" t="s">
-        <v>767</v>
+        <v>15</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="H330" t="s">
-        <v>769</v>
+        <v>652</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
-        <v>20416</v>
+        <v>21232</v>
       </c>
       <c r="B331">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C331">
-        <v>411</v>
+        <v>208</v>
       </c>
       <c r="D331" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E331" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F331" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H331" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>20415</v>
+        <v>21225</v>
       </c>
       <c r="B332">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C332">
-        <v>410</v>
+        <v>201</v>
       </c>
       <c r="D332" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E332" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F332" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H332" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>20414</v>
+        <v>21221</v>
       </c>
       <c r="B333">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C333">
-        <v>409</v>
+        <v>197</v>
       </c>
       <c r="D333" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E333" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F333" t="s">
-        <v>10</v>
+        <v>776</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="H333" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>20408</v>
+        <v>21216</v>
       </c>
       <c r="B334">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C334">
-        <v>407</v>
+        <v>192</v>
       </c>
       <c r="D334" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E334" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F334" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="H334" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>20407</v>
+        <v>21199</v>
       </c>
       <c r="B335">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C335">
-        <v>406</v>
+        <v>188</v>
       </c>
       <c r="D335" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E335" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F335" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="H335" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>20406</v>
+        <v>21197</v>
       </c>
       <c r="B336">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C336">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="D336" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E336" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F336" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="H336" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>20404</v>
+        <v>21190</v>
       </c>
       <c r="B337">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C337">
-        <v>28</v>
+        <v>179</v>
       </c>
       <c r="D337" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E337" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F337" t="s">
-        <v>782</v>
+        <v>15</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="H337" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>20376</v>
+        <v>21189</v>
       </c>
       <c r="B338">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C338">
-        <v>380</v>
+        <v>29</v>
       </c>
       <c r="D338" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E338" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F338" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="H338" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>20368</v>
+        <v>21188</v>
       </c>
       <c r="B339">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C339">
-        <v>373</v>
+        <v>178</v>
       </c>
       <c r="D339" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E339" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F339" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="H339" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>20367</v>
+        <v>21182</v>
       </c>
       <c r="B340">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C340">
-        <v>372</v>
+        <v>174</v>
       </c>
       <c r="D340" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E340" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F340" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="H340" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>20356</v>
+        <v>21162</v>
       </c>
       <c r="B341">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C341">
-        <v>368</v>
+        <v>164</v>
       </c>
       <c r="D341" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E341" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F341" t="s">
-        <v>10</v>
+        <v>793</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="H341" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>20355</v>
+        <v>21145</v>
       </c>
       <c r="B342">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C342">
-        <v>367</v>
+        <v>42</v>
       </c>
       <c r="D342" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E342" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F342" t="s">
-        <v>10</v>
+        <v>309</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="H342" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>20354</v>
+        <v>21142</v>
       </c>
       <c r="B343">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C343">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D343" t="s">
-        <v>54</v>
+        <v>409</v>
       </c>
       <c r="E343" t="s">
-        <v>55</v>
+        <v>410</v>
       </c>
       <c r="F343" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="H343" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>20351</v>
+        <v>21127</v>
       </c>
       <c r="B344">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C344">
-        <v>366</v>
+        <v>3</v>
       </c>
       <c r="D344" t="s">
         <v>8</v>
       </c>
       <c r="E344" t="s">
         <v>9</v>
       </c>
       <c r="F344" t="s">
-        <v>729</v>
+        <v>801</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="H344" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>20350</v>
+        <v>21110</v>
       </c>
       <c r="B345">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C345">
-        <v>365</v>
+        <v>155</v>
       </c>
       <c r="D345" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E345" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F345" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="H345" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>20345</v>
+        <v>21080</v>
       </c>
       <c r="B346">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C346">
-        <v>362</v>
+        <v>142</v>
       </c>
       <c r="D346" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E346" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F346" t="s">
-        <v>443</v>
+        <v>15</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="H346" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>20338</v>
+        <v>21064</v>
       </c>
       <c r="B347">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C347">
-        <v>357</v>
+        <v>2</v>
       </c>
       <c r="D347" t="s">
         <v>8</v>
       </c>
       <c r="E347" t="s">
         <v>9</v>
       </c>
       <c r="F347" t="s">
-        <v>10</v>
+        <v>809</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="H347" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>20335</v>
+        <v>21062</v>
       </c>
       <c r="B348">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C348">
-        <v>354</v>
+        <v>137</v>
       </c>
       <c r="D348" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E348" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F348" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="H348" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
-        <v>20332</v>
+        <v>21054</v>
       </c>
       <c r="B349">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C349">
-        <v>352</v>
+        <v>130</v>
       </c>
       <c r="D349" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E349" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F349" t="s">
-        <v>10</v>
+        <v>814</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="H349" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
-        <v>20318</v>
+        <v>21053</v>
       </c>
       <c r="B350">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C350">
-        <v>345</v>
+        <v>18</v>
       </c>
       <c r="D350" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E350" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F350" t="s">
-        <v>10</v>
+        <v>817</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="H350" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
-        <v>20315</v>
+        <v>21039</v>
       </c>
       <c r="B351">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C351">
-        <v>343</v>
+        <v>17</v>
       </c>
       <c r="D351" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E351" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F351" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="H351" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
-        <v>20288</v>
+        <v>21030</v>
       </c>
       <c r="B352">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C352">
-        <v>322</v>
+        <v>121</v>
       </c>
       <c r="D352" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E352" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F352" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="H352" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
-        <v>20286</v>
+        <v>21027</v>
       </c>
       <c r="B353">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C353">
-        <v>321</v>
+        <v>118</v>
       </c>
       <c r="D353" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E353" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F353" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="H353" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
-        <v>20276</v>
+        <v>21026</v>
       </c>
       <c r="B354">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C354">
-        <v>315</v>
+        <v>117</v>
       </c>
       <c r="D354" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E354" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F354" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="H354" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
-        <v>20272</v>
+        <v>21025</v>
       </c>
       <c r="B355">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C355">
-        <v>1</v>
+        <v>116</v>
       </c>
       <c r="D355" t="s">
-        <v>820</v>
+        <v>18</v>
       </c>
       <c r="E355" t="s">
-        <v>821</v>
+        <v>19</v>
       </c>
       <c r="F355" t="s">
-        <v>822</v>
+        <v>15</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="H355" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
-        <v>20270</v>
+        <v>21006</v>
       </c>
       <c r="B356">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C356">
-        <v>3</v>
+        <v>108</v>
       </c>
       <c r="D356" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E356" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F356" t="s">
-        <v>825</v>
+        <v>15</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="H356" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
-        <v>20268</v>
+        <v>20995</v>
       </c>
       <c r="B357">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C357">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="D357" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E357" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F357" t="s">
-        <v>828</v>
+        <v>15</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="H357" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
-        <v>20241</v>
+        <v>20992</v>
       </c>
       <c r="B358">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C358">
-        <v>291</v>
+        <v>103</v>
       </c>
       <c r="D358" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E358" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F358" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="H358" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
-        <v>20236</v>
+        <v>20988</v>
       </c>
       <c r="B359">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C359">
-        <v>286</v>
+        <v>101</v>
       </c>
       <c r="D359" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E359" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F359" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="H359" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
-        <v>20235</v>
+        <v>20979</v>
       </c>
       <c r="B360">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C360">
-        <v>285</v>
+        <v>94</v>
       </c>
       <c r="D360" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E360" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F360" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="H360" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
-        <v>20232</v>
+        <v>20970</v>
       </c>
       <c r="B361">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C361">
-        <v>283</v>
+        <v>9</v>
       </c>
       <c r="D361" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E361" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F361" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="H361" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
-        <v>20231</v>
+        <v>20966</v>
       </c>
       <c r="B362">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C362">
-        <v>282</v>
+        <v>85</v>
       </c>
       <c r="D362" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E362" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F362" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="H362" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
-        <v>20226</v>
+        <v>20963</v>
       </c>
       <c r="B363">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C363">
-        <v>277</v>
+        <v>83</v>
       </c>
       <c r="D363" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E363" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F363" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="H363" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
-        <v>20225</v>
+        <v>20938</v>
       </c>
       <c r="B364">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C364">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D364" t="s">
-        <v>91</v>
+        <v>227</v>
       </c>
       <c r="E364" t="s">
-        <v>92</v>
+        <v>228</v>
       </c>
       <c r="F364" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="H364" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
-        <v>20224</v>
+        <v>20927</v>
       </c>
       <c r="B365">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C365">
-        <v>276</v>
+        <v>62</v>
       </c>
       <c r="D365" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E365" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F365" t="s">
-        <v>845</v>
+        <v>15</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H365" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
-        <v>20202</v>
+        <v>20915</v>
       </c>
       <c r="B366">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C366">
-        <v>258</v>
+        <v>7</v>
       </c>
       <c r="D366" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E366" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F366" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="H366" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
-        <v>20200</v>
+        <v>20914</v>
       </c>
       <c r="B367">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C367">
-        <v>257</v>
+        <v>53</v>
       </c>
       <c r="D367" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E367" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F367" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="H367" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
-        <v>20199</v>
+        <v>20908</v>
       </c>
       <c r="B368">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C368">
-        <v>256</v>
+        <v>4</v>
       </c>
       <c r="D368" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E368" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F368" t="s">
-        <v>10</v>
+        <v>299</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="H368" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
-        <v>20190</v>
+        <v>20902</v>
       </c>
       <c r="B369">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C369">
-        <v>247</v>
+        <v>45</v>
       </c>
       <c r="D369" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E369" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F369" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="H369" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
-        <v>20189</v>
+        <v>20898</v>
       </c>
       <c r="B370">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C370">
-        <v>246</v>
+        <v>43</v>
       </c>
       <c r="D370" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E370" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F370" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="H370" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
-        <v>20182</v>
+        <v>20897</v>
       </c>
       <c r="B371">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C371">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D371" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E371" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F371" t="s">
-        <v>745</v>
+        <v>15</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="H371" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
-        <v>20181</v>
+        <v>20884</v>
       </c>
       <c r="B372">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C372">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D372" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E372" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F372" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="H372" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
-        <v>20180</v>
+        <v>20883</v>
       </c>
       <c r="B373">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C373">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D373" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E373" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F373" t="s">
-        <v>862</v>
+        <v>15</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H373" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
-        <v>20175</v>
+        <v>20882</v>
       </c>
       <c r="B374">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C374">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D374" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E374" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F374" t="s">
-        <v>865</v>
+        <v>15</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H374" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
-        <v>20174</v>
+        <v>20870</v>
       </c>
       <c r="B375">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C375">
-        <v>240</v>
+        <v>23</v>
       </c>
       <c r="D375" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E375" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F375" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>868</v>
       </c>
       <c r="H375" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
-        <v>20173</v>
+        <v>20853</v>
       </c>
       <c r="B376">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C376">
-        <v>239</v>
+        <v>14</v>
       </c>
       <c r="D376" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E376" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F376" t="s">
-        <v>10</v>
+        <v>243</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>870</v>
       </c>
       <c r="H376" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
-        <v>20169</v>
+        <v>20849</v>
       </c>
       <c r="B377">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C377">
-        <v>236</v>
+        <v>10</v>
       </c>
       <c r="D377" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E377" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F377" t="s">
+        <v>15</v>
+      </c>
+      <c r="G377" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="G377" s="1" t="s">
+      <c r="H377" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
-        <v>20160</v>
+        <v>20835</v>
       </c>
       <c r="B378">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C378">
-        <v>228</v>
+        <v>1</v>
       </c>
       <c r="D378" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E378" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F378" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G378" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H378" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
-        <v>20155</v>
+        <v>20825</v>
       </c>
       <c r="B379">
         <v>2023</v>
       </c>
       <c r="C379">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D379" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E379" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F379" t="s">
+        <v>876</v>
+      </c>
+      <c r="G379" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="G379" s="1" t="s">
+      <c r="H379" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
-        <v>20141</v>
+        <v>20823</v>
       </c>
       <c r="B380">
         <v>2023</v>
       </c>
       <c r="C380">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="D380" t="s">
         <v>8</v>
       </c>
       <c r="E380" t="s">
         <v>9</v>
       </c>
       <c r="F380" t="s">
-        <v>10</v>
+        <v>687</v>
       </c>
       <c r="G380" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H380" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
-        <v>20100</v>
+        <v>20806</v>
       </c>
       <c r="B381">
         <v>2023</v>
       </c>
       <c r="C381">
+        <v>18</v>
+      </c>
+      <c r="D381" t="s">
         <v>8</v>
       </c>
-      <c r="D381" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E381" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F381" t="s">
-        <v>582</v>
+        <v>15</v>
       </c>
       <c r="G381" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="H381" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
-        <v>20097</v>
+        <v>20799</v>
       </c>
       <c r="B382">
         <v>2023</v>
       </c>
       <c r="C382">
-        <v>197</v>
+        <v>559</v>
       </c>
       <c r="D382" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E382" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F382" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G382" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H382" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
-        <v>20096</v>
+        <v>20798</v>
       </c>
       <c r="B383">
         <v>2023</v>
       </c>
       <c r="C383">
-        <v>196</v>
+        <v>32</v>
       </c>
       <c r="D383" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E383" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F383" t="s">
-        <v>10</v>
+        <v>885</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>886</v>
       </c>
       <c r="H383" t="s">
-        <v>887</v>
+        <v>399</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
-        <v>20095</v>
+        <v>20734</v>
       </c>
       <c r="B384">
         <v>2023</v>
       </c>
       <c r="C384">
-        <v>195</v>
+        <v>17</v>
       </c>
       <c r="D384" t="s">
         <v>8</v>
       </c>
       <c r="E384" t="s">
         <v>9</v>
       </c>
       <c r="F384" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G384" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H384" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
-        <v>20093</v>
+        <v>20732</v>
       </c>
       <c r="B385">
         <v>2023</v>
       </c>
       <c r="C385">
-        <v>194</v>
+        <v>16</v>
       </c>
       <c r="D385" t="s">
         <v>8</v>
       </c>
       <c r="E385" t="s">
         <v>9</v>
       </c>
       <c r="F385" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="H385" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
-        <v>20085</v>
+        <v>20707</v>
       </c>
       <c r="B386">
         <v>2023</v>
       </c>
       <c r="C386">
-        <v>189</v>
+        <v>44</v>
       </c>
       <c r="D386" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E386" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F386" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="H386" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
-        <v>20068</v>
+        <v>20706</v>
       </c>
       <c r="B387">
         <v>2023</v>
       </c>
       <c r="C387">
-        <v>178</v>
+        <v>43</v>
       </c>
       <c r="D387" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E387" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F387" t="s">
-        <v>894</v>
+        <v>15</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="H387" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
-        <v>20067</v>
+        <v>20705</v>
       </c>
       <c r="B388">
         <v>2023</v>
       </c>
       <c r="C388">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="D388" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="E388" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
       <c r="F388" t="s">
-        <v>897</v>
+        <v>15</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="H388" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
-        <v>20056</v>
+        <v>20704</v>
       </c>
       <c r="B389">
         <v>2023</v>
       </c>
       <c r="C389">
-        <v>169</v>
+        <v>41</v>
       </c>
       <c r="D389" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E389" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F389" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="H389" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
-        <v>20055</v>
+        <v>20703</v>
       </c>
       <c r="B390">
         <v>2023</v>
       </c>
       <c r="C390">
-        <v>168</v>
+        <v>40</v>
       </c>
       <c r="D390" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E390" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F390" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="H390" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
-        <v>20049</v>
+        <v>20702</v>
       </c>
       <c r="B391">
         <v>2023</v>
       </c>
       <c r="C391">
-        <v>162</v>
+        <v>37</v>
       </c>
       <c r="D391" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E391" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F391" t="s">
-        <v>904</v>
+        <v>15</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="H391" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
-        <v>20045</v>
+        <v>20701</v>
       </c>
       <c r="B392">
         <v>2023</v>
       </c>
       <c r="C392">
-        <v>161</v>
+        <v>36</v>
       </c>
       <c r="D392" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E392" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F392" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="H392" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
-        <v>20037</v>
+        <v>20700</v>
       </c>
       <c r="B393">
         <v>2023</v>
       </c>
       <c r="C393">
-        <v>153</v>
+        <v>34</v>
       </c>
       <c r="D393" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E393" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F393" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="H393" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
-        <v>20022</v>
+        <v>20686</v>
       </c>
       <c r="B394">
         <v>2023</v>
       </c>
       <c r="C394">
-        <v>6</v>
+        <v>554</v>
       </c>
       <c r="D394" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E394" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F394" t="s">
-        <v>911</v>
+        <v>670</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="H394" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
-        <v>19998</v>
+        <v>20660</v>
       </c>
       <c r="B395">
         <v>2023</v>
       </c>
       <c r="C395">
-        <v>133</v>
+        <v>547</v>
       </c>
       <c r="D395" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E395" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F395" t="s">
-        <v>10</v>
+        <v>908</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="H395" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
-        <v>19997</v>
+        <v>20641</v>
       </c>
       <c r="B396">
         <v>2023</v>
       </c>
       <c r="C396">
-        <v>132</v>
+        <v>5</v>
       </c>
       <c r="D396" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E396" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F396" t="s">
-        <v>10</v>
+        <v>911</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="H396" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
-        <v>19985</v>
+        <v>20640</v>
       </c>
       <c r="B397">
         <v>2023</v>
       </c>
       <c r="C397">
-        <v>124</v>
+        <v>4</v>
       </c>
       <c r="D397" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E397" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F397" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="H397" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
-        <v>19984</v>
+        <v>20639</v>
       </c>
       <c r="B398">
         <v>2023</v>
       </c>
       <c r="C398">
-        <v>123</v>
+        <v>3</v>
       </c>
       <c r="D398" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E398" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F398" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="H398" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
-        <v>19983</v>
+        <v>20638</v>
       </c>
       <c r="B399">
         <v>2023</v>
       </c>
       <c r="C399">
-        <v>122</v>
+        <v>2</v>
       </c>
       <c r="D399" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E399" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F399" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="H399" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
-        <v>19981</v>
+        <v>20637</v>
       </c>
       <c r="B400">
         <v>2023</v>
       </c>
       <c r="C400">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="D400" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E400" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F400" t="s">
-        <v>10</v>
+        <v>920</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="H400" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
-        <v>19976</v>
+        <v>20635</v>
       </c>
       <c r="B401">
         <v>2023</v>
       </c>
       <c r="C401">
-        <v>8</v>
+        <v>541</v>
       </c>
       <c r="D401" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E401" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F401" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="H401" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
-        <v>19973</v>
+        <v>20631</v>
       </c>
       <c r="B402">
         <v>2023</v>
       </c>
       <c r="C402">
-        <v>1</v>
+        <v>538</v>
       </c>
       <c r="D402" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="E402" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="F402" t="s">
-        <v>928</v>
+        <v>15</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="H402" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
-        <v>19972</v>
+        <v>20627</v>
       </c>
       <c r="B403">
         <v>2023</v>
       </c>
       <c r="C403">
-        <v>3</v>
+        <v>44</v>
       </c>
       <c r="D403" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E403" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F403" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="H403" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
-        <v>19964</v>
+        <v>20619</v>
       </c>
       <c r="B404">
         <v>2023</v>
       </c>
       <c r="C404">
-        <v>109</v>
+        <v>534</v>
       </c>
       <c r="D404" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E404" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F404" t="s">
-        <v>10</v>
+        <v>930</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="H404" t="s">
-        <v>935</v>
+        <v>907</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
-        <v>19961</v>
+        <v>20615</v>
       </c>
       <c r="B405">
         <v>2023</v>
       </c>
       <c r="C405">
-        <v>3</v>
+        <v>530</v>
       </c>
       <c r="D405" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E405" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F405" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="H405" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
-        <v>19955</v>
+        <v>20604</v>
       </c>
       <c r="B406">
         <v>2023</v>
       </c>
       <c r="C406">
-        <v>104</v>
+        <v>4</v>
       </c>
       <c r="D406" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E406" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F406" t="s">
-        <v>10</v>
+        <v>934</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="H406" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
-        <v>19946</v>
+        <v>20603</v>
       </c>
       <c r="B407">
         <v>2023</v>
       </c>
       <c r="C407">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="D407" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E407" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F407" t="s">
-        <v>10</v>
+        <v>667</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H407" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
-        <v>19937</v>
+        <v>20601</v>
       </c>
       <c r="B408">
         <v>2023</v>
       </c>
       <c r="C408">
-        <v>90</v>
+        <v>524</v>
       </c>
       <c r="D408" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E408" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F408" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="H408" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
-        <v>19936</v>
+        <v>20594</v>
       </c>
       <c r="B409">
         <v>2023</v>
       </c>
       <c r="C409">
-        <v>89</v>
+        <v>521</v>
       </c>
       <c r="D409" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E409" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F409" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="H409" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
-        <v>19935</v>
+        <v>20579</v>
       </c>
       <c r="B410">
         <v>2023</v>
       </c>
       <c r="C410">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D410" t="s">
         <v>8</v>
       </c>
       <c r="E410" t="s">
         <v>9</v>
       </c>
       <c r="F410" t="s">
-        <v>10</v>
+        <v>793</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="H410" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
-        <v>19926</v>
+        <v>20574</v>
       </c>
       <c r="B411">
         <v>2023</v>
       </c>
       <c r="C411">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="D411" t="s">
         <v>8</v>
       </c>
       <c r="E411" t="s">
         <v>9</v>
       </c>
       <c r="F411" t="s">
-        <v>10</v>
+        <v>801</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="H411" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
-        <v>19925</v>
+        <v>20565</v>
       </c>
       <c r="B412">
         <v>2023</v>
       </c>
       <c r="C412">
-        <v>79</v>
+        <v>499</v>
       </c>
       <c r="D412" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E412" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F412" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="H412" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
-        <v>19924</v>
+        <v>20564</v>
       </c>
       <c r="B413">
         <v>2023</v>
       </c>
       <c r="C413">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D413" t="s">
-        <v>8</v>
+        <v>631</v>
       </c>
       <c r="E413" t="s">
-        <v>9</v>
+        <v>632</v>
       </c>
       <c r="F413" t="s">
-        <v>10</v>
+        <v>949</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="H413" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
-        <v>19923</v>
+        <v>20541</v>
       </c>
       <c r="B414">
         <v>2023</v>
       </c>
       <c r="C414">
-        <v>77</v>
+        <v>491</v>
       </c>
       <c r="D414" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E414" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F414" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="H414" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
-        <v>19913</v>
+        <v>20540</v>
       </c>
       <c r="B415">
         <v>2023</v>
       </c>
       <c r="C415">
-        <v>70</v>
+        <v>1</v>
       </c>
       <c r="D415" t="s">
-        <v>8</v>
+        <v>631</v>
       </c>
       <c r="E415" t="s">
-        <v>9</v>
+        <v>632</v>
       </c>
       <c r="F415" t="s">
-        <v>10</v>
+        <v>299</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="H415" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
-        <v>19911</v>
+        <v>20535</v>
       </c>
       <c r="B416">
         <v>2023</v>
       </c>
       <c r="C416">
-        <v>68</v>
+        <v>487</v>
       </c>
       <c r="D416" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E416" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F416" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="H416" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
-        <v>19910</v>
+        <v>20512</v>
       </c>
       <c r="B417">
         <v>2023</v>
       </c>
       <c r="C417">
-        <v>67</v>
+        <v>475</v>
       </c>
       <c r="D417" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E417" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F417" t="s">
-        <v>10</v>
+        <v>958</v>
       </c>
       <c r="G417" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="H417" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
-        <v>19894</v>
+        <v>20506</v>
       </c>
       <c r="B418">
         <v>2023</v>
       </c>
       <c r="C418">
-        <v>1</v>
+        <v>471</v>
       </c>
       <c r="D418" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E418" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F418" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="G418" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H418" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
-        <v>19878</v>
+        <v>20502</v>
       </c>
       <c r="B419">
         <v>2023</v>
       </c>
       <c r="C419">
-        <v>43</v>
+        <v>468</v>
       </c>
       <c r="D419" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E419" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F419" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G419" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="H419" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
-        <v>19877</v>
+        <v>20484</v>
       </c>
       <c r="B420">
         <v>2023</v>
       </c>
       <c r="C420">
-        <v>42</v>
+        <v>460</v>
       </c>
       <c r="D420" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E420" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F420" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G420" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H420" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
-        <v>19876</v>
+        <v>20483</v>
       </c>
       <c r="B421">
         <v>2023</v>
       </c>
       <c r="C421">
-        <v>41</v>
+        <v>459</v>
       </c>
       <c r="D421" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E421" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F421" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G421" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="H421" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
-        <v>19875</v>
+        <v>20468</v>
       </c>
       <c r="B422">
         <v>2023</v>
       </c>
       <c r="C422">
-        <v>2</v>
+        <v>447</v>
       </c>
       <c r="D422" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E422" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F422" t="s">
-        <v>970</v>
+        <v>15</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="H422" t="s">
-        <v>972</v>
+        <v>585</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
-        <v>19857</v>
+        <v>20452</v>
       </c>
       <c r="B423">
         <v>2023</v>
       </c>
       <c r="C423">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="D423" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E423" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F423" t="s">
-        <v>973</v>
+        <v>801</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="H423" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
-        <v>19855</v>
+        <v>20436</v>
       </c>
       <c r="B424">
         <v>2023</v>
       </c>
       <c r="C424">
-        <v>25</v>
+        <v>425</v>
       </c>
       <c r="D424" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E424" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F424" t="s">
-        <v>976</v>
+        <v>15</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="H424" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
-        <v>19847</v>
+        <v>20429</v>
       </c>
       <c r="B425">
         <v>2023</v>
       </c>
       <c r="C425">
-        <v>17</v>
+        <v>419</v>
       </c>
       <c r="D425" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E425" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F425" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="H425" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
-        <v>19846</v>
+        <v>20424</v>
       </c>
       <c r="B426">
         <v>2023</v>
       </c>
       <c r="C426">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D426" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E426" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F426" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="H426" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
-        <v>19845</v>
+        <v>20423</v>
       </c>
       <c r="B427">
         <v>2023</v>
       </c>
       <c r="C427">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D427" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E427" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F427" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="H427" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
-        <v>19844</v>
+        <v>20417</v>
       </c>
       <c r="B428">
         <v>2023</v>
       </c>
       <c r="C428">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="D428" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E428" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F428" t="s">
-        <v>10</v>
+        <v>980</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="H428" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
-        <v>19843</v>
+        <v>20416</v>
       </c>
       <c r="B429">
         <v>2023</v>
       </c>
       <c r="C429">
-        <v>13</v>
+        <v>411</v>
       </c>
       <c r="D429" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E429" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F429" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="H429" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
-        <v>19828</v>
+        <v>20415</v>
       </c>
       <c r="B430">
         <v>2023</v>
       </c>
       <c r="C430">
-        <v>2</v>
+        <v>410</v>
       </c>
       <c r="D430" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E430" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F430" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="H430" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
-        <v>19824</v>
+        <v>20414</v>
       </c>
       <c r="B431">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C431">
-        <v>25</v>
+        <v>409</v>
       </c>
       <c r="D431" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E431" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F431" t="s">
-        <v>991</v>
+        <v>15</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="H431" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
-        <v>19823</v>
+        <v>20408</v>
       </c>
       <c r="B432">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C432">
-        <v>24</v>
+        <v>407</v>
       </c>
       <c r="D432" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E432" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F432" t="s">
-        <v>994</v>
+        <v>15</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="H432" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
-        <v>19822</v>
+        <v>20407</v>
       </c>
       <c r="B433">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C433">
-        <v>23</v>
+        <v>406</v>
       </c>
       <c r="D433" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E433" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F433" t="s">
-        <v>997</v>
+        <v>15</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c r="H433" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
-        <v>19821</v>
+        <v>20406</v>
       </c>
       <c r="B434">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C434">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D434" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E434" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F434" t="s">
-        <v>1000</v>
+        <v>15</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1001</v>
+        <v>993</v>
       </c>
       <c r="H434" t="s">
-        <v>1002</v>
+        <v>994</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
-        <v>19820</v>
+        <v>20404</v>
       </c>
       <c r="B435">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C435">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D435" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E435" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F435" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="H435" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
-        <v>19819</v>
+        <v>20376</v>
       </c>
       <c r="B436">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C436">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="D436" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E436" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F436" t="s">
-        <v>1006</v>
+        <v>15</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="H436" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
-        <v>19818</v>
+        <v>20368</v>
       </c>
       <c r="B437">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C437">
-        <v>19</v>
+        <v>373</v>
       </c>
       <c r="D437" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E437" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F437" t="s">
-        <v>1009</v>
+        <v>15</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1010</v>
+        <v>1000</v>
       </c>
       <c r="H437" t="s">
-        <v>1011</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
-        <v>19817</v>
+        <v>20367</v>
       </c>
       <c r="B438">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C438">
-        <v>18</v>
+        <v>372</v>
       </c>
       <c r="D438" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E438" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F438" t="s">
-        <v>1012</v>
+        <v>15</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="H438" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
-        <v>19785</v>
+        <v>20356</v>
       </c>
       <c r="B439">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C439">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D439" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E439" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F439" t="s">
-        <v>1015</v>
+        <v>15</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
       <c r="H439" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
-        <v>19781</v>
+        <v>20355</v>
       </c>
       <c r="B440">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C440">
-        <v>23</v>
+        <v>367</v>
       </c>
       <c r="D440" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E440" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F440" t="s">
-        <v>1018</v>
+        <v>15</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1019</v>
+        <v>1006</v>
       </c>
       <c r="H440" t="s">
-        <v>1020</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
-        <v>19780</v>
+        <v>20354</v>
       </c>
       <c r="B441">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C441">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D441" t="s">
-        <v>520</v>
+        <v>290</v>
       </c>
       <c r="E441" t="s">
-        <v>521</v>
+        <v>291</v>
       </c>
       <c r="F441" t="s">
-        <v>1021</v>
+        <v>1008</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1022</v>
+        <v>1009</v>
       </c>
       <c r="H441" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
-        <v>19777</v>
+        <v>20351</v>
       </c>
       <c r="B442">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C442">
-        <v>19</v>
+        <v>366</v>
       </c>
       <c r="D442" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E442" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F442" t="s">
-        <v>1024</v>
+        <v>801</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1025</v>
+        <v>1011</v>
       </c>
       <c r="H442" t="s">
-        <v>1026</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
-        <v>19767</v>
+        <v>20350</v>
       </c>
       <c r="B443">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C443">
-        <v>9</v>
+        <v>365</v>
       </c>
       <c r="D443" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E443" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F443" t="s">
-        <v>697</v>
+        <v>15</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1027</v>
+        <v>1013</v>
       </c>
       <c r="H443" t="s">
-        <v>1028</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
-        <v>19765</v>
+        <v>20345</v>
       </c>
       <c r="B444">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C444">
-        <v>7</v>
+        <v>362</v>
       </c>
       <c r="D444" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E444" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F444" t="s">
-        <v>69</v>
+        <v>730</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1029</v>
+        <v>1015</v>
       </c>
       <c r="H444" t="s">
-        <v>1030</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
-        <v>19764</v>
+        <v>20338</v>
       </c>
       <c r="B445">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C445">
-        <v>6</v>
+        <v>357</v>
       </c>
       <c r="D445" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E445" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F445" t="s">
-        <v>278</v>
+        <v>15</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1031</v>
+        <v>1017</v>
       </c>
       <c r="H445" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
-        <v>19763</v>
+        <v>20335</v>
       </c>
       <c r="B446">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C446">
-        <v>5</v>
+        <v>354</v>
       </c>
       <c r="D446" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E446" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F446" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1032</v>
+        <v>1019</v>
       </c>
       <c r="H446" t="s">
-        <v>1033</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
-        <v>19762</v>
+        <v>20332</v>
       </c>
       <c r="B447">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C447">
-        <v>4</v>
+        <v>352</v>
       </c>
       <c r="D447" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E447" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F447" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="H447" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
-        <v>19761</v>
+        <v>20318</v>
       </c>
       <c r="B448">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C448">
-        <v>3</v>
+        <v>345</v>
       </c>
       <c r="D448" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E448" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F448" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="H448" t="s">
-        <v>1037</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
-        <v>19760</v>
+        <v>20315</v>
       </c>
       <c r="B449">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C449">
-        <v>2</v>
+        <v>343</v>
       </c>
       <c r="D449" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E449" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F449" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1038</v>
+        <v>1025</v>
       </c>
       <c r="H449" t="s">
-        <v>1039</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
-        <v>19759</v>
+        <v>20288</v>
       </c>
       <c r="B450">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C450">
-        <v>1</v>
+        <v>322</v>
       </c>
       <c r="D450" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="E450" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="F450" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1040</v>
+        <v>1027</v>
       </c>
       <c r="H450" t="s">
-        <v>1041</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
-        <v>19757</v>
+        <v>20286</v>
       </c>
       <c r="B451">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C451">
-        <v>487</v>
+        <v>321</v>
       </c>
       <c r="D451" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E451" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F451" t="s">
-        <v>1042</v>
+        <v>15</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1043</v>
+        <v>1029</v>
       </c>
       <c r="H451" t="s">
-        <v>1044</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
-        <v>19736</v>
+        <v>20276</v>
       </c>
       <c r="B452">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C452">
-        <v>16</v>
+        <v>315</v>
       </c>
       <c r="D452" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E452" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F452" t="s">
-        <v>1045</v>
+        <v>15</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1046</v>
+        <v>1031</v>
       </c>
       <c r="H452" t="s">
-        <v>1047</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
-        <v>19735</v>
+        <v>20272</v>
       </c>
       <c r="B453">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C453">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D453" t="s">
-        <v>132</v>
+        <v>1033</v>
       </c>
       <c r="E453" t="s">
-        <v>133</v>
+        <v>1034</v>
       </c>
       <c r="F453" t="s">
-        <v>722</v>
+        <v>1035</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1048</v>
+        <v>1036</v>
       </c>
       <c r="H453" t="s">
-        <v>1049</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
-        <v>19731</v>
+        <v>20270</v>
       </c>
       <c r="B454">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C454">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D454" t="s">
-        <v>132</v>
+        <v>326</v>
       </c>
       <c r="E454" t="s">
-        <v>133</v>
+        <v>327</v>
       </c>
       <c r="F454" t="s">
-        <v>1050</v>
+        <v>1038</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1051</v>
+        <v>1039</v>
       </c>
       <c r="H454" t="s">
-        <v>1052</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
-        <v>19730</v>
+        <v>20268</v>
       </c>
       <c r="B455">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C455">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D455" t="s">
-        <v>91</v>
+        <v>227</v>
       </c>
       <c r="E455" t="s">
-        <v>92</v>
+        <v>228</v>
       </c>
       <c r="F455" t="s">
-        <v>1053</v>
+        <v>1041</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1054</v>
+        <v>1042</v>
       </c>
       <c r="H455" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
-        <v>19729</v>
+        <v>20241</v>
       </c>
       <c r="B456">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C456">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="D456" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="E456" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="F456" t="s">
-        <v>1056</v>
+        <v>15</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1057</v>
+        <v>1044</v>
       </c>
       <c r="H456" t="s">
-        <v>1058</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
-        <v>19716</v>
+        <v>20236</v>
       </c>
       <c r="B457">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C457">
-        <v>467</v>
+        <v>286</v>
       </c>
       <c r="D457" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E457" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F457" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1059</v>
+        <v>1046</v>
       </c>
       <c r="H457" t="s">
-        <v>1060</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
-        <v>19715</v>
+        <v>20235</v>
       </c>
       <c r="B458">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C458">
-        <v>466</v>
+        <v>285</v>
       </c>
       <c r="D458" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E458" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F458" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="H458" t="s">
-        <v>1062</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
-        <v>19712</v>
+        <v>20232</v>
       </c>
       <c r="B459">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C459">
-        <v>465</v>
+        <v>283</v>
       </c>
       <c r="D459" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E459" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F459" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="H459" t="s">
-        <v>1064</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
-        <v>19694</v>
+        <v>20231</v>
       </c>
       <c r="B460">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C460">
-        <v>3</v>
+        <v>282</v>
       </c>
       <c r="D460" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="E460" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="F460" t="s">
-        <v>1065</v>
+        <v>15</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1066</v>
+        <v>1052</v>
       </c>
       <c r="H460" t="s">
-        <v>1067</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
-        <v>19693</v>
+        <v>20226</v>
       </c>
       <c r="B461">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C461">
-        <v>13</v>
+        <v>277</v>
       </c>
       <c r="D461" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E461" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F461" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1068</v>
+        <v>1054</v>
       </c>
       <c r="H461" t="s">
-        <v>1069</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
-        <v>19679</v>
+        <v>20225</v>
       </c>
       <c r="B462">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C462">
-        <v>450</v>
+        <v>2</v>
       </c>
       <c r="D462" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E462" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F462" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1070</v>
+        <v>1056</v>
       </c>
       <c r="H462" t="s">
-        <v>1071</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
-        <v>19668</v>
+        <v>20224</v>
       </c>
       <c r="B463">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C463">
-        <v>443</v>
+        <v>276</v>
       </c>
       <c r="D463" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E463" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F463" t="s">
-        <v>10</v>
+        <v>1058</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1072</v>
+        <v>1059</v>
       </c>
       <c r="H463" t="s">
-        <v>1073</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
-        <v>19665</v>
+        <v>20202</v>
       </c>
       <c r="B464">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C464">
-        <v>442</v>
+        <v>258</v>
       </c>
       <c r="D464" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E464" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F464" t="s">
-        <v>1074</v>
+        <v>15</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1075</v>
+        <v>1061</v>
       </c>
       <c r="H464" t="s">
-        <v>1076</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
-        <v>19664</v>
+        <v>20200</v>
       </c>
       <c r="B465">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C465">
-        <v>441</v>
+        <v>257</v>
       </c>
       <c r="D465" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E465" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F465" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1077</v>
+        <v>1063</v>
       </c>
       <c r="H465" t="s">
-        <v>1078</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
-        <v>19663</v>
+        <v>20199</v>
       </c>
       <c r="B466">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C466">
-        <v>440</v>
+        <v>256</v>
       </c>
       <c r="D466" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E466" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F466" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1079</v>
+        <v>1065</v>
       </c>
       <c r="H466" t="s">
-        <v>1080</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
-        <v>19662</v>
+        <v>20190</v>
       </c>
       <c r="B467">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C467">
-        <v>439</v>
+        <v>247</v>
       </c>
       <c r="D467" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E467" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F467" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1081</v>
+        <v>1067</v>
       </c>
       <c r="H467" t="s">
-        <v>1082</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
-        <v>19661</v>
+        <v>20189</v>
       </c>
       <c r="B468">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C468">
-        <v>45</v>
+        <v>246</v>
       </c>
       <c r="D468" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E468" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F468" t="s">
-        <v>1083</v>
+        <v>15</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1084</v>
+        <v>1069</v>
       </c>
       <c r="H468" t="s">
-        <v>1085</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
-        <v>19660</v>
+        <v>20182</v>
       </c>
       <c r="B469">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C469">
-        <v>438</v>
+        <v>12</v>
       </c>
       <c r="D469" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E469" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F469" t="s">
-        <v>1086</v>
+        <v>1071</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1087</v>
+        <v>1072</v>
       </c>
       <c r="H469" t="s">
-        <v>1088</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
-        <v>19651</v>
+        <v>20181</v>
       </c>
       <c r="B470">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C470">
         <v>11</v>
       </c>
       <c r="D470" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E470" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F470" t="s">
-        <v>1089</v>
+        <v>15</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1090</v>
+        <v>1074</v>
       </c>
       <c r="H470" t="s">
-        <v>1091</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
-        <v>19648</v>
+        <v>20180</v>
       </c>
       <c r="B471">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C471">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D471" t="s">
-        <v>54</v>
+        <v>227</v>
       </c>
       <c r="E471" t="s">
-        <v>55</v>
+        <v>228</v>
       </c>
       <c r="F471" t="s">
-        <v>1092</v>
+        <v>1076</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1093</v>
+        <v>1077</v>
       </c>
       <c r="H471" t="s">
-        <v>1094</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
-        <v>19647</v>
+        <v>20175</v>
       </c>
       <c r="B472">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C472">
         <v>8</v>
       </c>
       <c r="D472" t="s">
-        <v>54</v>
+        <v>227</v>
       </c>
       <c r="E472" t="s">
-        <v>55</v>
+        <v>228</v>
       </c>
       <c r="F472" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1096</v>
+        <v>1080</v>
       </c>
       <c r="H472" t="s">
-        <v>1097</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
-        <v>19646</v>
+        <v>20174</v>
       </c>
       <c r="B473">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C473">
-        <v>2</v>
+        <v>240</v>
       </c>
       <c r="D473" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="E473" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="F473" t="s">
-        <v>1098</v>
+        <v>15</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1099</v>
+        <v>1082</v>
       </c>
       <c r="H473" t="s">
-        <v>1100</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
-        <v>19639</v>
+        <v>20173</v>
       </c>
       <c r="B474">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C474">
-        <v>1</v>
+        <v>239</v>
       </c>
       <c r="D474" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="E474" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="F474" t="s">
-        <v>1101</v>
+        <v>15</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1102</v>
+        <v>1084</v>
       </c>
       <c r="H474" t="s">
-        <v>1103</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
-        <v>19638</v>
+        <v>20169</v>
       </c>
       <c r="B475">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C475">
-        <v>427</v>
+        <v>236</v>
       </c>
       <c r="D475" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E475" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F475" t="s">
-        <v>10</v>
+        <v>1086</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1104</v>
+        <v>1087</v>
       </c>
       <c r="H475" t="s">
-        <v>1105</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
-        <v>19637</v>
+        <v>20160</v>
       </c>
       <c r="B476">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C476">
-        <v>426</v>
+        <v>228</v>
       </c>
       <c r="D476" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E476" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F476" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1106</v>
+        <v>1089</v>
       </c>
       <c r="H476" t="s">
-        <v>1107</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
-        <v>19636</v>
+        <v>20155</v>
       </c>
       <c r="B477">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C477">
-        <v>425</v>
+        <v>15</v>
       </c>
       <c r="D477" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E477" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F477" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1108</v>
+        <v>1091</v>
       </c>
       <c r="H477" t="s">
-        <v>1109</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
-        <v>19631</v>
+        <v>20141</v>
       </c>
       <c r="B478">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C478">
-        <v>421</v>
+        <v>219</v>
       </c>
       <c r="D478" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E478" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F478" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1110</v>
+        <v>1093</v>
       </c>
       <c r="H478" t="s">
-        <v>1111</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
-        <v>19628</v>
+        <v>20100</v>
       </c>
       <c r="B479">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C479">
-        <v>419</v>
+        <v>8</v>
       </c>
       <c r="D479" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E479" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F479" t="s">
-        <v>10</v>
+        <v>804</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1112</v>
+        <v>1095</v>
       </c>
       <c r="H479" t="s">
-        <v>1113</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
-        <v>19603</v>
+        <v>20097</v>
       </c>
       <c r="B480">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C480">
-        <v>396</v>
+        <v>197</v>
       </c>
       <c r="D480" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E480" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F480" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1114</v>
+        <v>1097</v>
       </c>
       <c r="H480" t="s">
-        <v>1115</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
-        <v>19601</v>
+        <v>20096</v>
       </c>
       <c r="B481">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C481">
-        <v>395</v>
+        <v>196</v>
       </c>
       <c r="D481" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E481" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F481" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1116</v>
+        <v>1099</v>
       </c>
       <c r="H481" t="s">
-        <v>1117</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
-        <v>19600</v>
+        <v>20095</v>
       </c>
       <c r="B482">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C482">
-        <v>394</v>
+        <v>195</v>
       </c>
       <c r="D482" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E482" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F482" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1118</v>
+        <v>1101</v>
       </c>
       <c r="H482" t="s">
-        <v>1119</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
-        <v>19599</v>
+        <v>20093</v>
       </c>
       <c r="B483">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C483">
-        <v>393</v>
+        <v>194</v>
       </c>
       <c r="D483" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E483" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F483" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1120</v>
+        <v>1103</v>
       </c>
       <c r="H483" t="s">
-        <v>1121</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
-        <v>19580</v>
+        <v>20085</v>
       </c>
       <c r="B484">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C484">
-        <v>10</v>
+        <v>189</v>
       </c>
       <c r="D484" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E484" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F484" t="s">
-        <v>1122</v>
+        <v>15</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1123</v>
+        <v>1105</v>
       </c>
       <c r="H484" t="s">
-        <v>1124</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
-        <v>19561</v>
+        <v>20068</v>
       </c>
       <c r="B485">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C485">
-        <v>366</v>
+        <v>178</v>
       </c>
       <c r="D485" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E485" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F485" t="s">
-        <v>10</v>
+        <v>1107</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1125</v>
+        <v>1108</v>
       </c>
       <c r="H485" t="s">
-        <v>1126</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
-        <v>19560</v>
+        <v>20067</v>
       </c>
       <c r="B486">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C486">
-        <v>365</v>
+        <v>7</v>
       </c>
       <c r="D486" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E486" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F486" t="s">
-        <v>10</v>
+        <v>1110</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1127</v>
+        <v>1111</v>
       </c>
       <c r="H486" t="s">
-        <v>1128</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
-        <v>19550</v>
+        <v>20056</v>
       </c>
       <c r="B487">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C487">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="D487" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E487" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F487" t="s">
-        <v>1089</v>
+        <v>15</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1129</v>
+        <v>1113</v>
       </c>
       <c r="H487" t="s">
-        <v>1130</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
-        <v>19546</v>
+        <v>20055</v>
       </c>
       <c r="B488">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C488">
-        <v>359</v>
+        <v>168</v>
       </c>
       <c r="D488" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E488" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F488" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1131</v>
+        <v>1115</v>
       </c>
       <c r="H488" t="s">
-        <v>1132</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
-        <v>19544</v>
+        <v>20049</v>
       </c>
       <c r="B489">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C489">
-        <v>357</v>
+        <v>162</v>
       </c>
       <c r="D489" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E489" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F489" t="s">
-        <v>10</v>
+        <v>1117</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1133</v>
+        <v>1118</v>
       </c>
       <c r="H489" t="s">
-        <v>1134</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
-        <v>19539</v>
+        <v>20045</v>
       </c>
       <c r="B490">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C490">
-        <v>353</v>
+        <v>161</v>
       </c>
       <c r="D490" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E490" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F490" t="s">
-        <v>1135</v>
+        <v>15</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1136</v>
+        <v>1120</v>
       </c>
       <c r="H490" t="s">
-        <v>1137</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
-        <v>19535</v>
+        <v>20037</v>
       </c>
       <c r="B491">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C491">
-        <v>2</v>
+        <v>153</v>
       </c>
       <c r="D491" t="s">
-        <v>401</v>
+        <v>18</v>
       </c>
       <c r="E491" t="s">
-        <v>402</v>
+        <v>19</v>
       </c>
       <c r="F491" t="s">
-        <v>1138</v>
+        <v>15</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1139</v>
+        <v>1122</v>
       </c>
       <c r="H491" t="s">
-        <v>1140</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
-        <v>19515</v>
+        <v>20022</v>
       </c>
       <c r="B492">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C492">
-        <v>338</v>
+        <v>6</v>
       </c>
       <c r="D492" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E492" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F492" t="s">
-        <v>10</v>
+        <v>1124</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1141</v>
+        <v>1125</v>
       </c>
       <c r="H492" t="s">
-        <v>1142</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
-        <v>19511</v>
+        <v>19998</v>
       </c>
       <c r="B493">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C493">
-        <v>334</v>
+        <v>133</v>
       </c>
       <c r="D493" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E493" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F493" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1143</v>
+        <v>1127</v>
       </c>
       <c r="H493" t="s">
-        <v>1144</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
-        <v>19497</v>
+        <v>19997</v>
       </c>
       <c r="B494">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C494">
-        <v>325</v>
+        <v>132</v>
       </c>
       <c r="D494" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E494" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F494" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1145</v>
+        <v>1129</v>
       </c>
       <c r="H494" t="s">
-        <v>1146</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
-        <v>19496</v>
+        <v>19985</v>
       </c>
       <c r="B495">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C495">
-        <v>324</v>
+        <v>124</v>
       </c>
       <c r="D495" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E495" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F495" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1147</v>
+        <v>1131</v>
       </c>
       <c r="H495" t="s">
-        <v>1148</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
-        <v>19494</v>
+        <v>19984</v>
       </c>
       <c r="B496">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C496">
-        <v>322</v>
+        <v>123</v>
       </c>
       <c r="D496" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E496" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F496" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1149</v>
+        <v>1133</v>
       </c>
       <c r="H496" t="s">
-        <v>1150</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
-        <v>19490</v>
+        <v>19983</v>
       </c>
       <c r="B497">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C497">
-        <v>320</v>
+        <v>122</v>
       </c>
       <c r="D497" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E497" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F497" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1151</v>
+        <v>1135</v>
       </c>
       <c r="H497" t="s">
-        <v>1152</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
-        <v>19489</v>
+        <v>19981</v>
       </c>
       <c r="B498">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C498">
-        <v>319</v>
+        <v>120</v>
       </c>
       <c r="D498" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E498" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F498" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1153</v>
+        <v>1137</v>
       </c>
       <c r="H498" t="s">
-        <v>1154</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
-        <v>19488</v>
+        <v>19976</v>
       </c>
       <c r="B499">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C499">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="D499" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E499" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F499" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1155</v>
+        <v>1139</v>
       </c>
       <c r="H499" t="s">
-        <v>1156</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
-        <v>19484</v>
+        <v>19973</v>
       </c>
       <c r="B500">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C500">
-        <v>315</v>
+        <v>1</v>
       </c>
       <c r="D500" t="s">
-        <v>8</v>
+        <v>312</v>
       </c>
       <c r="E500" t="s">
-        <v>9</v>
+        <v>313</v>
       </c>
       <c r="F500" t="s">
-        <v>1157</v>
+        <v>1041</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1158</v>
+        <v>1141</v>
       </c>
       <c r="H500" t="s">
-        <v>1159</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
-        <v>19472</v>
+        <v>19972</v>
       </c>
       <c r="B501">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C501">
-        <v>304</v>
+        <v>3</v>
       </c>
       <c r="D501" t="s">
         <v>8</v>
       </c>
       <c r="E501" t="s">
         <v>9</v>
       </c>
       <c r="F501" t="s">
-        <v>10</v>
+        <v>1143</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1160</v>
+        <v>1144</v>
       </c>
       <c r="H501" t="s">
-        <v>1161</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
-        <v>19471</v>
+        <v>19964</v>
       </c>
       <c r="B502">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C502">
-        <v>303</v>
+        <v>109</v>
       </c>
       <c r="D502" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E502" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F502" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1162</v>
+        <v>1146</v>
       </c>
       <c r="H502" t="s">
-        <v>1163</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
-        <v>19461</v>
+        <v>19961</v>
       </c>
       <c r="B503">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C503">
-        <v>295</v>
+        <v>3</v>
       </c>
       <c r="D503" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E503" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F503" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1164</v>
+        <v>1148</v>
       </c>
       <c r="H503" t="s">
-        <v>1165</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
-        <v>19460</v>
+        <v>19955</v>
       </c>
       <c r="B504">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C504">
-        <v>294</v>
+        <v>104</v>
       </c>
       <c r="D504" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E504" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F504" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1166</v>
+        <v>1150</v>
       </c>
       <c r="H504" t="s">
-        <v>1167</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
-        <v>19459</v>
+        <v>19946</v>
       </c>
       <c r="B505">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C505">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="D505" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E505" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F505" t="s">
-        <v>582</v>
+        <v>15</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
       <c r="H505" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
-        <v>19445</v>
+        <v>19937</v>
       </c>
       <c r="B506">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C506">
-        <v>286</v>
+        <v>90</v>
       </c>
       <c r="D506" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E506" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F506" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1170</v>
+        <v>1154</v>
       </c>
       <c r="H506" t="s">
-        <v>1171</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
-        <v>19428</v>
+        <v>19936</v>
       </c>
       <c r="B507">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C507">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="D507" t="s">
-        <v>401</v>
+        <v>18</v>
       </c>
       <c r="E507" t="s">
-        <v>402</v>
+        <v>19</v>
       </c>
       <c r="F507" t="s">
-        <v>1172</v>
+        <v>15</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1173</v>
+        <v>1156</v>
       </c>
       <c r="H507" t="s">
-        <v>1174</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
-        <v>19427</v>
+        <v>19935</v>
       </c>
       <c r="B508">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C508">
-        <v>6</v>
+        <v>88</v>
       </c>
       <c r="D508" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E508" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F508" t="s">
-        <v>1175</v>
+        <v>15</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1176</v>
+        <v>1158</v>
       </c>
       <c r="H508" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
-        <v>19426</v>
+        <v>19926</v>
       </c>
       <c r="B509">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C509">
-        <v>272</v>
+        <v>80</v>
       </c>
       <c r="D509" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E509" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F509" t="s">
-        <v>1178</v>
+        <v>15</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1179</v>
+        <v>1160</v>
       </c>
       <c r="H509" t="s">
-        <v>1180</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
-        <v>19423</v>
+        <v>19925</v>
       </c>
       <c r="B510">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C510">
-        <v>271</v>
+        <v>79</v>
       </c>
       <c r="D510" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E510" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F510" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1181</v>
+        <v>1162</v>
       </c>
       <c r="H510" t="s">
-        <v>1182</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
-        <v>19419</v>
+        <v>19924</v>
       </c>
       <c r="B511">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C511">
-        <v>267</v>
+        <v>78</v>
       </c>
       <c r="D511" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E511" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F511" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1183</v>
+        <v>1164</v>
       </c>
       <c r="H511" t="s">
-        <v>1184</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
-        <v>19418</v>
+        <v>19923</v>
       </c>
       <c r="B512">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C512">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="D512" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E512" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F512" t="s">
-        <v>1185</v>
+        <v>15</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1186</v>
+        <v>1166</v>
       </c>
       <c r="H512" t="s">
-        <v>1187</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
-        <v>19416</v>
+        <v>19913</v>
       </c>
       <c r="B513">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C513">
-        <v>265</v>
+        <v>70</v>
       </c>
       <c r="D513" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E513" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F513" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1188</v>
+        <v>1168</v>
       </c>
       <c r="H513" t="s">
-        <v>1189</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
-        <v>19414</v>
+        <v>19911</v>
       </c>
       <c r="B514">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C514">
-        <v>263</v>
+        <v>68</v>
       </c>
       <c r="D514" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E514" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F514" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1190</v>
+        <v>1170</v>
       </c>
       <c r="H514" t="s">
-        <v>1191</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
-        <v>19413</v>
+        <v>19910</v>
       </c>
       <c r="B515">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C515">
-        <v>262</v>
+        <v>67</v>
       </c>
       <c r="D515" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E515" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F515" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1192</v>
+        <v>1172</v>
       </c>
       <c r="H515" t="s">
-        <v>1193</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
-        <v>19386</v>
+        <v>19894</v>
       </c>
       <c r="B516">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C516">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D516" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E516" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F516" t="s">
-        <v>1194</v>
+        <v>243</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1195</v>
+        <v>1174</v>
       </c>
       <c r="H516" t="s">
-        <v>1196</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
-        <v>19384</v>
+        <v>19878</v>
       </c>
       <c r="B517">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C517">
-        <v>252</v>
+        <v>43</v>
       </c>
       <c r="D517" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E517" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F517" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1197</v>
+        <v>1176</v>
       </c>
       <c r="H517" t="s">
-        <v>1198</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
-        <v>19380</v>
+        <v>19877</v>
       </c>
       <c r="B518">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C518">
-        <v>251</v>
+        <v>42</v>
       </c>
       <c r="D518" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E518" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F518" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1199</v>
+        <v>1178</v>
       </c>
       <c r="H518" t="s">
-        <v>1200</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
-        <v>19375</v>
+        <v>19876</v>
       </c>
       <c r="B519">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C519">
-        <v>249</v>
+        <v>41</v>
       </c>
       <c r="D519" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E519" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F519" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1201</v>
+        <v>1180</v>
       </c>
       <c r="H519" t="s">
-        <v>1202</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
-        <v>19374</v>
+        <v>19875</v>
       </c>
       <c r="B520">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C520">
-        <v>248</v>
+        <v>2</v>
       </c>
       <c r="D520" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E520" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F520" t="s">
-        <v>10</v>
+        <v>1182</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1203</v>
+        <v>1183</v>
       </c>
       <c r="H520" t="s">
-        <v>1204</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
-        <v>19372</v>
+        <v>19857</v>
       </c>
       <c r="B521">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C521">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D521" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E521" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F521" t="s">
-        <v>1089</v>
+        <v>1185</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1205</v>
+        <v>1186</v>
       </c>
       <c r="H521" t="s">
-        <v>1206</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
-        <v>19363</v>
+        <v>19855</v>
       </c>
       <c r="B522">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C522">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D522" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E522" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F522" t="s">
-        <v>1207</v>
+        <v>1188</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1208</v>
+        <v>1189</v>
       </c>
       <c r="H522" t="s">
-        <v>1209</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
-        <v>19358</v>
+        <v>19847</v>
       </c>
       <c r="B523">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C523">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="D523" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E523" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F523" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1210</v>
+        <v>1191</v>
       </c>
       <c r="H523" t="s">
-        <v>1211</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
-        <v>19357</v>
+        <v>19846</v>
       </c>
       <c r="B524">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C524">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D524" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E524" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F524" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1212</v>
+        <v>1193</v>
       </c>
       <c r="H524" t="s">
-        <v>1213</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
-        <v>19356</v>
+        <v>19845</v>
       </c>
       <c r="B525">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C525">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D525" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E525" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F525" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1214</v>
+        <v>1195</v>
       </c>
       <c r="H525" t="s">
-        <v>1215</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
-        <v>19351</v>
+        <v>19844</v>
       </c>
       <c r="B526">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C526">
-        <v>241</v>
+        <v>14</v>
       </c>
       <c r="D526" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E526" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F526" t="s">
-        <v>1216</v>
+        <v>15</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1217</v>
+        <v>1197</v>
       </c>
       <c r="H526" t="s">
-        <v>1218</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
-        <v>19348</v>
+        <v>19843</v>
       </c>
       <c r="B527">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C527">
-        <v>240</v>
+        <v>13</v>
       </c>
       <c r="D527" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E527" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F527" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1219</v>
+        <v>1199</v>
       </c>
       <c r="H527" t="s">
-        <v>1220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
-        <v>19342</v>
+        <v>19828</v>
       </c>
       <c r="B528">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C528">
-        <v>234</v>
+        <v>2</v>
       </c>
       <c r="D528" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E528" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F528" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1221</v>
+        <v>1201</v>
       </c>
       <c r="H528" t="s">
-        <v>1222</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
-        <v>19341</v>
+        <v>19824</v>
       </c>
       <c r="B529">
         <v>2022</v>
       </c>
       <c r="C529">
-        <v>233</v>
+        <v>25</v>
       </c>
       <c r="D529" t="s">
         <v>8</v>
       </c>
       <c r="E529" t="s">
         <v>9</v>
       </c>
       <c r="F529" t="s">
-        <v>1138</v>
+        <v>1203</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1223</v>
+        <v>1204</v>
       </c>
       <c r="H529" t="s">
-        <v>1224</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
-        <v>19324</v>
+        <v>19823</v>
       </c>
       <c r="B530">
         <v>2022</v>
       </c>
       <c r="C530">
+        <v>24</v>
+      </c>
+      <c r="D530" t="s">
         <v>8</v>
       </c>
-      <c r="D530" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E530" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F530" t="s">
-        <v>10</v>
+        <v>930</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1225</v>
+        <v>1206</v>
       </c>
       <c r="H530" t="s">
-        <v>1226</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
-        <v>19320</v>
+        <v>19822</v>
       </c>
       <c r="B531">
         <v>2022</v>
       </c>
       <c r="C531">
-        <v>220</v>
+        <v>23</v>
       </c>
       <c r="D531" t="s">
         <v>8</v>
       </c>
       <c r="E531" t="s">
         <v>9</v>
       </c>
       <c r="F531" t="s">
-        <v>10</v>
+        <v>1208</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1227</v>
+        <v>1209</v>
       </c>
       <c r="H531" t="s">
-        <v>1228</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
-        <v>19318</v>
+        <v>19821</v>
       </c>
       <c r="B532">
         <v>2022</v>
       </c>
       <c r="C532">
-        <v>219</v>
+        <v>22</v>
       </c>
       <c r="D532" t="s">
         <v>8</v>
       </c>
       <c r="E532" t="s">
         <v>9</v>
       </c>
       <c r="F532" t="s">
-        <v>166</v>
+        <v>1211</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1229</v>
+        <v>1212</v>
       </c>
       <c r="H532" t="s">
-        <v>1230</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
-        <v>19308</v>
+        <v>19820</v>
       </c>
       <c r="B533">
         <v>2022</v>
       </c>
       <c r="C533">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D533" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E533" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F533" t="s">
-        <v>10</v>
+        <v>670</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1231</v>
+        <v>1214</v>
       </c>
       <c r="H533" t="s">
-        <v>1232</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
-        <v>19306</v>
+        <v>19819</v>
       </c>
       <c r="B534">
         <v>2022</v>
       </c>
       <c r="C534">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="D534" t="s">
         <v>8</v>
       </c>
       <c r="E534" t="s">
         <v>9</v>
       </c>
       <c r="F534" t="s">
-        <v>10</v>
+        <v>670</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1233</v>
+        <v>1216</v>
       </c>
       <c r="H534" t="s">
-        <v>1234</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
-        <v>19303</v>
+        <v>19818</v>
       </c>
       <c r="B535">
         <v>2022</v>
       </c>
       <c r="C535">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D535" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E535" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F535" t="s">
-        <v>10</v>
+        <v>1218</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1235</v>
+        <v>1219</v>
       </c>
       <c r="H535" t="s">
-        <v>1236</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
-        <v>19294</v>
+        <v>19817</v>
       </c>
       <c r="B536">
         <v>2022</v>
       </c>
       <c r="C536">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="D536" t="s">
         <v>8</v>
       </c>
       <c r="E536" t="s">
         <v>9</v>
       </c>
       <c r="F536" t="s">
-        <v>10</v>
+        <v>1221</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1237</v>
+        <v>1222</v>
       </c>
       <c r="H536" t="s">
-        <v>1238</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
-        <v>19293</v>
+        <v>19785</v>
       </c>
       <c r="B537">
         <v>2022</v>
       </c>
       <c r="C537">
-        <v>205</v>
+        <v>27</v>
       </c>
       <c r="D537" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E537" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F537" t="s">
-        <v>10</v>
+        <v>1224</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1239</v>
+        <v>1225</v>
       </c>
       <c r="H537" t="s">
-        <v>1240</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
-        <v>19284</v>
+        <v>19781</v>
       </c>
       <c r="B538">
         <v>2022</v>
       </c>
       <c r="C538">
-        <v>196</v>
+        <v>23</v>
       </c>
       <c r="D538" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E538" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F538" t="s">
-        <v>10</v>
+        <v>1227</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1241</v>
+        <v>1228</v>
       </c>
       <c r="H538" t="s">
-        <v>1242</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
-        <v>19283</v>
+        <v>19780</v>
       </c>
       <c r="B539">
         <v>2022</v>
       </c>
       <c r="C539">
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="D539" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E539" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F539" t="s">
-        <v>1243</v>
+        <v>1230</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1244</v>
+        <v>1231</v>
       </c>
       <c r="H539" t="s">
-        <v>1245</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
-        <v>19269</v>
+        <v>19777</v>
       </c>
       <c r="B540">
         <v>2022</v>
       </c>
       <c r="C540">
-        <v>181</v>
+        <v>19</v>
       </c>
       <c r="D540" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E540" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F540" t="s">
-        <v>10</v>
+        <v>1233</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1246</v>
+        <v>1234</v>
       </c>
       <c r="H540" t="s">
-        <v>1247</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
-        <v>19258</v>
+        <v>19767</v>
       </c>
       <c r="B541">
         <v>2022</v>
       </c>
       <c r="C541">
-        <v>173</v>
+        <v>9</v>
       </c>
       <c r="D541" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E541" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F541" t="s">
-        <v>1248</v>
+        <v>1236</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1249</v>
+        <v>1237</v>
       </c>
       <c r="H541" t="s">
-        <v>1250</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
-        <v>19256</v>
+        <v>19765</v>
       </c>
       <c r="B542">
         <v>2022</v>
       </c>
       <c r="C542">
-        <v>171</v>
+        <v>7</v>
       </c>
       <c r="D542" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E542" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F542" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1251</v>
+        <v>1239</v>
       </c>
       <c r="H542" t="s">
-        <v>1252</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
-        <v>19255</v>
+        <v>19764</v>
       </c>
       <c r="B543">
         <v>2022</v>
       </c>
       <c r="C543">
-        <v>170</v>
+        <v>6</v>
       </c>
       <c r="D543" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E543" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F543" t="s">
-        <v>10</v>
+        <v>492</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1253</v>
+        <v>1241</v>
       </c>
       <c r="H543" t="s">
-        <v>1254</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
-        <v>19250</v>
+        <v>19763</v>
       </c>
       <c r="B544">
         <v>2022</v>
       </c>
       <c r="C544">
-        <v>166</v>
+        <v>5</v>
       </c>
       <c r="D544" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E544" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F544" t="s">
-        <v>1255</v>
+        <v>15</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1256</v>
+        <v>1242</v>
       </c>
       <c r="H544" t="s">
-        <v>1257</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
-        <v>19245</v>
+        <v>19762</v>
       </c>
       <c r="B545">
         <v>2022</v>
       </c>
       <c r="C545">
-        <v>161</v>
+        <v>4</v>
       </c>
       <c r="D545" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E545" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F545" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1258</v>
+        <v>1244</v>
       </c>
       <c r="H545" t="s">
-        <v>1259</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
-        <v>19244</v>
+        <v>19761</v>
       </c>
       <c r="B546">
         <v>2022</v>
       </c>
       <c r="C546">
-        <v>160</v>
+        <v>3</v>
       </c>
       <c r="D546" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E546" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F546" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1260</v>
+        <v>1246</v>
       </c>
       <c r="H546" t="s">
-        <v>1261</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
-        <v>19225</v>
+        <v>19760</v>
       </c>
       <c r="B547">
         <v>2022</v>
       </c>
       <c r="C547">
-        <v>147</v>
+        <v>2</v>
       </c>
       <c r="D547" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="E547" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="F547" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1262</v>
+        <v>1248</v>
       </c>
       <c r="H547" t="s">
-        <v>1263</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
-        <v>19219</v>
+        <v>19759</v>
       </c>
       <c r="B548">
         <v>2022</v>
       </c>
       <c r="C548">
+        <v>1</v>
+      </c>
+      <c r="D548" t="s">
+        <v>143</v>
+      </c>
+      <c r="E548" t="s">
         <v>144</v>
       </c>
-      <c r="D548" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F548" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1264</v>
+        <v>1250</v>
       </c>
       <c r="H548" t="s">
-        <v>1265</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
-        <v>19218</v>
+        <v>19757</v>
       </c>
       <c r="B549">
         <v>2022</v>
       </c>
       <c r="C549">
-        <v>143</v>
+        <v>487</v>
       </c>
       <c r="D549" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E549" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F549" t="s">
-        <v>10</v>
+        <v>1252</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1266</v>
+        <v>1253</v>
       </c>
       <c r="H549" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
-        <v>19215</v>
+        <v>19736</v>
       </c>
       <c r="B550">
         <v>2022</v>
       </c>
       <c r="C550">
+        <v>16</v>
+      </c>
+      <c r="D550" t="s">
         <v>8</v>
       </c>
-      <c r="D550" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E550" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F550" t="s">
-        <v>10</v>
+        <v>1255</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1268</v>
+        <v>1256</v>
       </c>
       <c r="H550" t="s">
-        <v>1269</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
-        <v>19212</v>
+        <v>19735</v>
       </c>
       <c r="B551">
         <v>2022</v>
       </c>
       <c r="C551">
-        <v>139</v>
+        <v>15</v>
       </c>
       <c r="D551" t="s">
         <v>8</v>
       </c>
       <c r="E551" t="s">
         <v>9</v>
       </c>
       <c r="F551" t="s">
-        <v>10</v>
+        <v>1258</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="H551" t="s">
-        <v>1271</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
-        <v>19210</v>
+        <v>19731</v>
       </c>
       <c r="B552">
         <v>2022</v>
       </c>
       <c r="C552">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="D552" t="s">
         <v>8</v>
       </c>
       <c r="E552" t="s">
         <v>9</v>
       </c>
       <c r="F552" t="s">
-        <v>10</v>
+        <v>1261</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="H552" t="s">
-        <v>1273</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
-        <v>19195</v>
+        <v>19730</v>
       </c>
       <c r="B553">
         <v>2022</v>
       </c>
       <c r="C553">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D553" t="s">
-        <v>36</v>
+        <v>326</v>
       </c>
       <c r="E553" t="s">
-        <v>37</v>
+        <v>327</v>
       </c>
       <c r="F553" t="s">
-        <v>1274</v>
+        <v>1264</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1275</v>
+        <v>1265</v>
       </c>
       <c r="H553" t="s">
-        <v>1276</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
-        <v>19188</v>
+        <v>19729</v>
       </c>
       <c r="B554">
         <v>2022</v>
       </c>
       <c r="C554">
-        <v>124</v>
+        <v>10</v>
       </c>
       <c r="D554" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E554" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F554" t="s">
-        <v>1277</v>
+        <v>1267</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1278</v>
+        <v>1268</v>
       </c>
       <c r="H554" t="s">
-        <v>1279</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
-        <v>19185</v>
+        <v>19716</v>
       </c>
       <c r="B555">
         <v>2022</v>
       </c>
       <c r="C555">
-        <v>121</v>
+        <v>467</v>
       </c>
       <c r="D555" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E555" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F555" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1280</v>
+        <v>1270</v>
       </c>
       <c r="H555" t="s">
-        <v>1281</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
-        <v>19184</v>
+        <v>19715</v>
       </c>
       <c r="B556">
         <v>2022</v>
       </c>
       <c r="C556">
-        <v>120</v>
+        <v>466</v>
       </c>
       <c r="D556" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E556" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F556" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1282</v>
+        <v>1272</v>
       </c>
       <c r="H556" t="s">
-        <v>1283</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
-        <v>19181</v>
+        <v>19712</v>
       </c>
       <c r="B557">
         <v>2022</v>
       </c>
       <c r="C557">
-        <v>117</v>
+        <v>465</v>
       </c>
       <c r="D557" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E557" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F557" t="s">
-        <v>10</v>
+        <v>1274</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1284</v>
+        <v>1275</v>
       </c>
       <c r="H557" t="s">
-        <v>1285</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
-        <v>19167</v>
+        <v>19694</v>
       </c>
       <c r="B558">
         <v>2022</v>
       </c>
       <c r="C558">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D558" t="s">
-        <v>54</v>
+        <v>312</v>
       </c>
       <c r="E558" t="s">
-        <v>55</v>
+        <v>313</v>
       </c>
       <c r="F558" t="s">
-        <v>1286</v>
+        <v>1277</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1287</v>
+        <v>1278</v>
       </c>
       <c r="H558" t="s">
-        <v>1288</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
-        <v>19166</v>
+        <v>19693</v>
       </c>
       <c r="B559">
         <v>2022</v>
       </c>
       <c r="C559">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D559" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="E559" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F559" t="s">
-        <v>1289</v>
+        <v>15</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1290</v>
+        <v>1280</v>
       </c>
       <c r="H559" t="s">
-        <v>1097</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
-        <v>19164</v>
+        <v>19679</v>
       </c>
       <c r="B560">
         <v>2022</v>
       </c>
       <c r="C560">
-        <v>102</v>
+        <v>450</v>
       </c>
       <c r="D560" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E560" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F560" t="s">
-        <v>1291</v>
+        <v>15</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1292</v>
+        <v>1282</v>
       </c>
       <c r="H560" t="s">
-        <v>1293</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
-        <v>19163</v>
+        <v>19668</v>
       </c>
       <c r="B561">
         <v>2022</v>
       </c>
       <c r="C561">
-        <v>4</v>
+        <v>443</v>
       </c>
       <c r="D561" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E561" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F561" t="s">
-        <v>1294</v>
+        <v>15</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1295</v>
+        <v>1284</v>
       </c>
       <c r="H561" t="s">
-        <v>1296</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
-        <v>19162</v>
+        <v>19665</v>
       </c>
       <c r="B562">
         <v>2022</v>
       </c>
       <c r="C562">
-        <v>3</v>
+        <v>442</v>
       </c>
       <c r="D562" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E562" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F562" t="s">
-        <v>1297</v>
+        <v>1286</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1298</v>
+        <v>1287</v>
       </c>
       <c r="H562" t="s">
-        <v>1299</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
-        <v>19145</v>
+        <v>19664</v>
       </c>
       <c r="B563">
         <v>2022</v>
       </c>
       <c r="C563">
-        <v>5</v>
+        <v>441</v>
       </c>
       <c r="D563" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E563" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F563" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1300</v>
+        <v>1289</v>
       </c>
       <c r="H563" t="s">
-        <v>1301</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
-        <v>19133</v>
+        <v>19663</v>
       </c>
       <c r="B564">
         <v>2022</v>
       </c>
       <c r="C564">
-        <v>82</v>
+        <v>440</v>
       </c>
       <c r="D564" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E564" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F564" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1302</v>
+        <v>1291</v>
       </c>
       <c r="H564" t="s">
-        <v>1303</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
-        <v>19129</v>
+        <v>19662</v>
       </c>
       <c r="B565">
         <v>2022</v>
       </c>
       <c r="C565">
-        <v>79</v>
+        <v>439</v>
       </c>
       <c r="D565" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E565" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F565" t="s">
-        <v>1304</v>
+        <v>15</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1305</v>
+        <v>1293</v>
       </c>
       <c r="H565" t="s">
-        <v>1306</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
-        <v>19124</v>
+        <v>19661</v>
       </c>
       <c r="B566">
         <v>2022</v>
       </c>
       <c r="C566">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="D566" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E566" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F566" t="s">
-        <v>10</v>
+        <v>1295</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="H566" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
-        <v>19123</v>
+        <v>19660</v>
       </c>
       <c r="B567">
         <v>2022</v>
       </c>
       <c r="C567">
-        <v>2</v>
+        <v>438</v>
       </c>
       <c r="D567" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E567" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F567" t="s">
-        <v>1309</v>
+        <v>1298</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1310</v>
+        <v>1299</v>
       </c>
       <c r="H567" t="s">
-        <v>1311</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
-        <v>19122</v>
+        <v>19651</v>
       </c>
       <c r="B568">
         <v>2022</v>
       </c>
       <c r="C568">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="D568" t="s">
         <v>8</v>
       </c>
       <c r="E568" t="s">
         <v>9</v>
       </c>
       <c r="F568" t="s">
-        <v>10</v>
+        <v>1301</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="H568" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
-        <v>19121</v>
+        <v>19648</v>
       </c>
       <c r="B569">
         <v>2022</v>
       </c>
       <c r="C569">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="D569" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E569" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F569" t="s">
-        <v>10</v>
+        <v>1304</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1314</v>
+        <v>1305</v>
       </c>
       <c r="H569" t="s">
-        <v>1315</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
-        <v>19120</v>
+        <v>19647</v>
       </c>
       <c r="B570">
         <v>2022</v>
       </c>
       <c r="C570">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="D570" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E570" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F570" t="s">
-        <v>10</v>
+        <v>1307</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1316</v>
+        <v>1308</v>
       </c>
       <c r="H570" t="s">
-        <v>1317</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
-        <v>19114</v>
+        <v>19646</v>
       </c>
       <c r="B571">
         <v>2022</v>
       </c>
       <c r="C571">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D571" t="s">
-        <v>21</v>
+        <v>312</v>
       </c>
       <c r="E571" t="s">
-        <v>22</v>
+        <v>313</v>
       </c>
       <c r="F571" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1319</v>
+        <v>1311</v>
       </c>
       <c r="H571" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
-        <v>19112</v>
+        <v>19639</v>
       </c>
       <c r="B572">
         <v>2022</v>
       </c>
       <c r="C572">
-        <v>68</v>
+        <v>1</v>
       </c>
       <c r="D572" t="s">
-        <v>8</v>
+        <v>312</v>
       </c>
       <c r="E572" t="s">
-        <v>9</v>
+        <v>313</v>
       </c>
       <c r="F572" t="s">
-        <v>214</v>
+        <v>1313</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="H572" t="s">
-        <v>1322</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573">
-        <v>19104</v>
+        <v>19638</v>
       </c>
       <c r="B573">
         <v>2022</v>
       </c>
       <c r="C573">
-        <v>61</v>
+        <v>427</v>
       </c>
       <c r="D573" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E573" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F573" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1323</v>
+        <v>1316</v>
       </c>
       <c r="H573" t="s">
-        <v>1324</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574">
-        <v>19103</v>
+        <v>19637</v>
       </c>
       <c r="B574">
         <v>2022</v>
       </c>
       <c r="C574">
-        <v>60</v>
+        <v>426</v>
       </c>
       <c r="D574" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E574" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F574" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="H574" t="s">
-        <v>1326</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575">
-        <v>19092</v>
+        <v>19636</v>
       </c>
       <c r="B575">
         <v>2022</v>
       </c>
       <c r="C575">
-        <v>53</v>
+        <v>425</v>
       </c>
       <c r="D575" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E575" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F575" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1327</v>
+        <v>1320</v>
       </c>
       <c r="H575" t="s">
-        <v>1328</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576">
-        <v>19082</v>
+        <v>19631</v>
       </c>
       <c r="B576">
         <v>2022</v>
       </c>
       <c r="C576">
-        <v>45</v>
+        <v>421</v>
       </c>
       <c r="D576" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E576" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F576" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1329</v>
+        <v>1322</v>
       </c>
       <c r="H576" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577">
-        <v>19076</v>
+        <v>19628</v>
       </c>
       <c r="B577">
         <v>2022</v>
       </c>
       <c r="C577">
-        <v>39</v>
+        <v>419</v>
       </c>
       <c r="D577" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E577" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F577" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
       <c r="H577" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578">
-        <v>19063</v>
+        <v>19603</v>
       </c>
       <c r="B578">
         <v>2022</v>
       </c>
       <c r="C578">
-        <v>30</v>
+        <v>396</v>
       </c>
       <c r="D578" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E578" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F578" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1333</v>
+        <v>1326</v>
       </c>
       <c r="H578" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579">
-        <v>19059</v>
+        <v>19601</v>
       </c>
       <c r="B579">
         <v>2022</v>
       </c>
       <c r="C579">
-        <v>2</v>
+        <v>395</v>
       </c>
       <c r="D579" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E579" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F579" t="s">
-        <v>1335</v>
+        <v>15</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
       <c r="H579" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580">
-        <v>19056</v>
+        <v>19600</v>
       </c>
       <c r="B580">
         <v>2022</v>
       </c>
       <c r="C580">
-        <v>1</v>
+        <v>394</v>
       </c>
       <c r="D580" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E580" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F580" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
       <c r="H580" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581">
-        <v>19046</v>
+        <v>19599</v>
       </c>
       <c r="B581">
         <v>2022</v>
       </c>
       <c r="C581">
-        <v>19</v>
+        <v>393</v>
       </c>
       <c r="D581" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E581" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F581" t="s">
-        <v>278</v>
+        <v>15</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
       <c r="H581" t="s">
-        <v>1341</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582">
-        <v>19040</v>
+        <v>19580</v>
       </c>
       <c r="B582">
         <v>2022</v>
       </c>
       <c r="C582">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D582" t="s">
         <v>8</v>
       </c>
       <c r="E582" t="s">
         <v>9</v>
       </c>
       <c r="F582" t="s">
-        <v>10</v>
+        <v>1334</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="H582" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583">
-        <v>19024</v>
+        <v>19561</v>
       </c>
       <c r="B583">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C583">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="D583" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E583" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F583" t="s">
-        <v>1344</v>
+        <v>15</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>1345</v>
+        <v>1337</v>
       </c>
       <c r="H583" t="s">
-        <v>1346</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584">
-        <v>19021</v>
+        <v>19560</v>
       </c>
       <c r="B584">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C584">
-        <v>3</v>
+        <v>365</v>
       </c>
       <c r="D584" t="s">
-        <v>1347</v>
+        <v>18</v>
       </c>
       <c r="E584" t="s">
-        <v>1348</v>
+        <v>19</v>
       </c>
       <c r="F584" t="s">
-        <v>1349</v>
+        <v>15</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>1350</v>
+        <v>1339</v>
       </c>
       <c r="H584" t="s">
-        <v>1351</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585">
-        <v>19020</v>
+        <v>19550</v>
       </c>
       <c r="B585">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C585">
-        <v>616</v>
+        <v>14</v>
       </c>
       <c r="D585" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E585" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F585" t="s">
-        <v>1304</v>
+        <v>1341</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
       <c r="H585" t="s">
-        <v>1353</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586">
-        <v>19019</v>
+        <v>19546</v>
       </c>
       <c r="B586">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C586">
-        <v>66</v>
+        <v>359</v>
       </c>
       <c r="D586" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E586" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F586" t="s">
-        <v>1354</v>
+        <v>15</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>1355</v>
+        <v>1344</v>
       </c>
       <c r="H586" t="s">
-        <v>1356</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587">
-        <v>19018</v>
+        <v>19544</v>
       </c>
       <c r="B587">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C587">
-        <v>65</v>
+        <v>357</v>
       </c>
       <c r="D587" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E587" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F587" t="s">
-        <v>1357</v>
+        <v>15</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1358</v>
+        <v>1346</v>
       </c>
       <c r="H587" t="s">
-        <v>1356</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588">
-        <v>19016</v>
+        <v>19539</v>
       </c>
       <c r="B588">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C588">
-        <v>4</v>
+        <v>353</v>
       </c>
       <c r="D588" t="s">
-        <v>401</v>
+        <v>18</v>
       </c>
       <c r="E588" t="s">
-        <v>402</v>
+        <v>19</v>
       </c>
       <c r="F588" t="s">
-        <v>713</v>
+        <v>930</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1359</v>
+        <v>1348</v>
       </c>
       <c r="H588" t="s">
-        <v>1360</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589">
-        <v>19013</v>
+        <v>19535</v>
       </c>
       <c r="B589">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C589">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="D589" t="s">
-        <v>132</v>
+        <v>631</v>
       </c>
       <c r="E589" t="s">
-        <v>133</v>
+        <v>632</v>
       </c>
       <c r="F589" t="s">
-        <v>1361</v>
+        <v>397</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>1362</v>
+        <v>1350</v>
       </c>
       <c r="H589" t="s">
-        <v>1363</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590">
-        <v>19012</v>
+        <v>19515</v>
       </c>
       <c r="B590">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C590">
-        <v>63</v>
+        <v>338</v>
       </c>
       <c r="D590" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E590" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F590" t="s">
-        <v>1364</v>
+        <v>15</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1365</v>
+        <v>1352</v>
       </c>
       <c r="H590" t="s">
-        <v>1366</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591">
-        <v>19011</v>
+        <v>19511</v>
       </c>
       <c r="B591">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C591">
-        <v>62</v>
+        <v>334</v>
       </c>
       <c r="D591" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E591" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F591" t="s">
-        <v>1367</v>
+        <v>15</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="H591" t="s">
-        <v>1369</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592">
-        <v>19009</v>
+        <v>19497</v>
       </c>
       <c r="B592">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C592">
-        <v>60</v>
+        <v>325</v>
       </c>
       <c r="D592" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E592" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F592" t="s">
-        <v>1370</v>
+        <v>15</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1371</v>
+        <v>1356</v>
       </c>
       <c r="H592" t="s">
-        <v>1372</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593">
-        <v>19008</v>
+        <v>19496</v>
       </c>
       <c r="B593">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C593">
-        <v>2</v>
+        <v>324</v>
       </c>
       <c r="D593" t="s">
-        <v>1347</v>
+        <v>18</v>
       </c>
       <c r="E593" t="s">
-        <v>1348</v>
+        <v>19</v>
       </c>
       <c r="F593" t="s">
-        <v>1138</v>
+        <v>15</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1373</v>
+        <v>1358</v>
       </c>
       <c r="H593" t="s">
-        <v>1374</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594">
-        <v>19007</v>
+        <v>19494</v>
       </c>
       <c r="B594">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C594">
-        <v>59</v>
+        <v>322</v>
       </c>
       <c r="D594" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E594" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F594" t="s">
-        <v>1375</v>
+        <v>15</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1376</v>
+        <v>1360</v>
       </c>
       <c r="H594" t="s">
-        <v>1377</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595">
-        <v>19006</v>
+        <v>19490</v>
       </c>
       <c r="B595">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C595">
-        <v>4</v>
+        <v>320</v>
       </c>
       <c r="D595" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E595" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F595" t="s">
-        <v>1370</v>
+        <v>15</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1378</v>
+        <v>1362</v>
       </c>
       <c r="H595" t="s">
-        <v>1379</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596">
-        <v>19004</v>
+        <v>19489</v>
       </c>
       <c r="B596">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C596">
-        <v>58</v>
+        <v>319</v>
       </c>
       <c r="D596" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E596" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F596" t="s">
-        <v>1380</v>
+        <v>15</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1381</v>
+        <v>1364</v>
       </c>
       <c r="H596" t="s">
-        <v>1382</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597">
-        <v>19003</v>
+        <v>19488</v>
       </c>
       <c r="B597">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C597">
-        <v>57</v>
+        <v>318</v>
       </c>
       <c r="D597" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E597" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F597" t="s">
-        <v>1383</v>
+        <v>15</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1384</v>
+        <v>1366</v>
       </c>
       <c r="H597" t="s">
-        <v>1385</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598">
-        <v>19002</v>
+        <v>19484</v>
       </c>
       <c r="B598">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C598">
-        <v>56</v>
+        <v>315</v>
       </c>
       <c r="D598" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E598" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F598" t="s">
-        <v>1386</v>
+        <v>1368</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1387</v>
+        <v>1369</v>
       </c>
       <c r="H598" t="s">
-        <v>1388</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599">
-        <v>19001</v>
+        <v>19472</v>
       </c>
       <c r="B599">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C599">
-        <v>55</v>
+        <v>304</v>
       </c>
       <c r="D599" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E599" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F599" t="s">
-        <v>1389</v>
+        <v>15</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1390</v>
+        <v>1371</v>
       </c>
       <c r="H599" t="s">
-        <v>1391</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600">
-        <v>19000</v>
+        <v>19471</v>
       </c>
       <c r="B600">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C600">
-        <v>54</v>
+        <v>303</v>
       </c>
       <c r="D600" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E600" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F600" t="s">
-        <v>1392</v>
+        <v>15</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1393</v>
+        <v>1373</v>
       </c>
       <c r="H600" t="s">
-        <v>1394</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601">
-        <v>18999</v>
+        <v>19461</v>
       </c>
       <c r="B601">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C601">
-        <v>53</v>
+        <v>295</v>
       </c>
       <c r="D601" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E601" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F601" t="s">
-        <v>1395</v>
+        <v>15</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1396</v>
+        <v>1375</v>
       </c>
       <c r="H601" t="s">
-        <v>1397</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602">
-        <v>18998</v>
+        <v>19460</v>
       </c>
       <c r="B602">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C602">
-        <v>52</v>
+        <v>294</v>
       </c>
       <c r="D602" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E602" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F602" t="s">
-        <v>1392</v>
+        <v>15</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1398</v>
+        <v>1377</v>
       </c>
       <c r="H602" t="s">
-        <v>1399</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603">
-        <v>18997</v>
+        <v>19459</v>
       </c>
       <c r="B603">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C603">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="D603" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="E603" t="s">
-        <v>133</v>
+        <v>14</v>
       </c>
       <c r="F603" t="s">
-        <v>691</v>
+        <v>1379</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1400</v>
+        <v>1380</v>
       </c>
       <c r="H603" t="s">
-        <v>1401</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604">
-        <v>18996</v>
+        <v>19445</v>
       </c>
       <c r="B604">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C604">
-        <v>50</v>
+        <v>286</v>
       </c>
       <c r="D604" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E604" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F604" t="s">
-        <v>1392</v>
+        <v>15</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1402</v>
+        <v>1382</v>
       </c>
       <c r="H604" t="s">
-        <v>1403</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605">
-        <v>18995</v>
+        <v>19428</v>
       </c>
       <c r="B605">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C605">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="D605" t="s">
-        <v>132</v>
+        <v>631</v>
       </c>
       <c r="E605" t="s">
-        <v>133</v>
+        <v>632</v>
       </c>
       <c r="F605" t="s">
-        <v>691</v>
+        <v>1384</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1404</v>
+        <v>1385</v>
       </c>
       <c r="H605" t="s">
-        <v>1405</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606">
-        <v>18994</v>
+        <v>19427</v>
       </c>
       <c r="B606">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C606">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="D606" t="s">
-        <v>132</v>
+        <v>326</v>
       </c>
       <c r="E606" t="s">
-        <v>133</v>
+        <v>327</v>
       </c>
       <c r="F606" t="s">
-        <v>691</v>
+        <v>1387</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1406</v>
+        <v>1388</v>
       </c>
       <c r="H606" t="s">
-        <v>1407</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607">
-        <v>18993</v>
+        <v>19426</v>
       </c>
       <c r="B607">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C607">
-        <v>47</v>
+        <v>272</v>
       </c>
       <c r="D607" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E607" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F607" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1408</v>
+        <v>1391</v>
       </c>
       <c r="H607" t="s">
-        <v>1409</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608">
-        <v>18992</v>
+        <v>19423</v>
       </c>
       <c r="B608">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C608">
-        <v>46</v>
+        <v>271</v>
       </c>
       <c r="D608" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E608" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F608" t="s">
-        <v>1392</v>
+        <v>15</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1410</v>
+        <v>1393</v>
       </c>
       <c r="H608" t="s">
-        <v>1411</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609">
-        <v>18991</v>
+        <v>19419</v>
       </c>
       <c r="B609">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C609">
-        <v>45</v>
+        <v>267</v>
       </c>
       <c r="D609" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E609" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F609" t="s">
-        <v>691</v>
+        <v>15</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1412</v>
+        <v>1395</v>
       </c>
       <c r="H609" t="s">
-        <v>1413</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610">
-        <v>18990</v>
+        <v>19418</v>
       </c>
       <c r="B610">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C610">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="D610" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E610" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F610" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1414</v>
+        <v>1398</v>
       </c>
       <c r="H610" t="s">
-        <v>1415</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611">
-        <v>18989</v>
+        <v>19416</v>
       </c>
       <c r="B611">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C611">
-        <v>43</v>
+        <v>265</v>
       </c>
       <c r="D611" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E611" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F611" t="s">
-        <v>1395</v>
+        <v>15</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1416</v>
+        <v>1400</v>
       </c>
       <c r="H611" t="s">
-        <v>1417</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612">
-        <v>18988</v>
+        <v>19414</v>
       </c>
       <c r="B612">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C612">
-        <v>42</v>
+        <v>263</v>
       </c>
       <c r="D612" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E612" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F612" t="s">
-        <v>1418</v>
+        <v>15</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1419</v>
+        <v>1402</v>
       </c>
       <c r="H612" t="s">
-        <v>1420</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613">
-        <v>18987</v>
+        <v>19413</v>
       </c>
       <c r="B613">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C613">
-        <v>41</v>
+        <v>262</v>
       </c>
       <c r="D613" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E613" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F613" t="s">
-        <v>1421</v>
+        <v>15</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1422</v>
+        <v>1404</v>
       </c>
       <c r="H613" t="s">
-        <v>1423</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
-        <v>18986</v>
+        <v>19386</v>
       </c>
       <c r="B614">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C614">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="D614" t="s">
-        <v>132</v>
+        <v>218</v>
       </c>
       <c r="E614" t="s">
-        <v>133</v>
+        <v>219</v>
       </c>
       <c r="F614" t="s">
-        <v>440</v>
+        <v>1406</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1424</v>
+        <v>1407</v>
       </c>
       <c r="H614" t="s">
-        <v>1425</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
-        <v>18985</v>
+        <v>19384</v>
       </c>
       <c r="B615">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C615">
-        <v>39</v>
+        <v>252</v>
       </c>
       <c r="D615" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E615" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F615" t="s">
-        <v>1395</v>
+        <v>15</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1426</v>
+        <v>1409</v>
       </c>
       <c r="H615" t="s">
-        <v>1427</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616">
-        <v>18983</v>
+        <v>19380</v>
       </c>
       <c r="B616">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C616">
-        <v>38</v>
+        <v>251</v>
       </c>
       <c r="D616" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E616" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F616" t="s">
-        <v>1392</v>
+        <v>15</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1428</v>
+        <v>1411</v>
       </c>
       <c r="H616" t="s">
-        <v>1429</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617">
-        <v>18982</v>
+        <v>19375</v>
       </c>
       <c r="B617">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C617">
-        <v>37</v>
+        <v>249</v>
       </c>
       <c r="D617" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E617" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F617" t="s">
-        <v>691</v>
+        <v>15</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1430</v>
+        <v>1413</v>
       </c>
       <c r="H617" t="s">
-        <v>1431</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618">
-        <v>18981</v>
+        <v>19374</v>
       </c>
       <c r="B618">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C618">
-        <v>36</v>
+        <v>248</v>
       </c>
       <c r="D618" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E618" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F618" t="s">
-        <v>1392</v>
+        <v>15</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>1432</v>
+        <v>1415</v>
       </c>
       <c r="H618" t="s">
-        <v>1433</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619">
-        <v>18980</v>
+        <v>19372</v>
       </c>
       <c r="B619">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C619">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="D619" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E619" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F619" t="s">
-        <v>691</v>
+        <v>1301</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>1434</v>
+        <v>1417</v>
       </c>
       <c r="H619" t="s">
-        <v>1435</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620">
-        <v>18979</v>
+        <v>19363</v>
       </c>
       <c r="B620">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C620">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D620" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="E620" t="s">
-        <v>133</v>
+        <v>14</v>
       </c>
       <c r="F620" t="s">
-        <v>1392</v>
+        <v>1419</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1436</v>
+        <v>1420</v>
       </c>
       <c r="H620" t="s">
-        <v>1437</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621">
-        <v>18978</v>
+        <v>19358</v>
       </c>
       <c r="B621">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C621">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="D621" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E621" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F621" t="s">
-        <v>691</v>
+        <v>15</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1438</v>
+        <v>1422</v>
       </c>
       <c r="H621" t="s">
-        <v>1439</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622">
-        <v>18977</v>
+        <v>19357</v>
       </c>
       <c r="B622">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C622">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="D622" t="s">
-        <v>132</v>
+        <v>326</v>
       </c>
       <c r="E622" t="s">
-        <v>133</v>
+        <v>327</v>
       </c>
       <c r="F622" t="s">
-        <v>1440</v>
+        <v>15</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1441</v>
+        <v>1424</v>
       </c>
       <c r="H622" t="s">
-        <v>1442</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623">
-        <v>18976</v>
+        <v>19356</v>
       </c>
       <c r="B623">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C623">
-        <v>611</v>
+        <v>2</v>
       </c>
       <c r="D623" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E623" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F623" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1443</v>
+        <v>1426</v>
       </c>
       <c r="H623" t="s">
-        <v>1444</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624">
-        <v>18974</v>
+        <v>19351</v>
       </c>
       <c r="B624">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C624">
-        <v>610</v>
+        <v>241</v>
       </c>
       <c r="D624" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E624" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F624" t="s">
-        <v>10</v>
+        <v>1428</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1445</v>
+        <v>1429</v>
       </c>
       <c r="H624" t="s">
-        <v>1446</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625">
-        <v>18973</v>
+        <v>19348</v>
       </c>
       <c r="B625">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C625">
-        <v>85</v>
+        <v>240</v>
       </c>
       <c r="D625" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E625" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F625" t="s">
-        <v>1447</v>
+        <v>15</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1448</v>
+        <v>1431</v>
       </c>
       <c r="H625" t="s">
-        <v>1449</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626">
-        <v>18970</v>
+        <v>19342</v>
       </c>
       <c r="B626">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C626">
-        <v>607</v>
+        <v>234</v>
       </c>
       <c r="D626" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E626" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F626" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1450</v>
+        <v>1433</v>
       </c>
       <c r="H626" t="s">
-        <v>1451</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627">
-        <v>18968</v>
+        <v>19341</v>
       </c>
       <c r="B627">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C627">
-        <v>3</v>
+        <v>233</v>
       </c>
       <c r="D627" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E627" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="F627" t="s">
-        <v>10</v>
+        <v>633</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1452</v>
+        <v>1435</v>
       </c>
       <c r="H627" t="s">
-        <v>1453</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628">
-        <v>18967</v>
+        <v>19324</v>
       </c>
       <c r="B628">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C628">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D628" t="s">
-        <v>401</v>
+        <v>218</v>
       </c>
       <c r="E628" t="s">
-        <v>402</v>
+        <v>219</v>
       </c>
       <c r="F628" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1454</v>
+        <v>1437</v>
       </c>
       <c r="H628" t="s">
-        <v>1455</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629">
-        <v>18934</v>
+        <v>19320</v>
       </c>
       <c r="B629">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C629">
-        <v>588</v>
+        <v>220</v>
       </c>
       <c r="D629" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E629" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F629" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1456</v>
+        <v>1439</v>
       </c>
       <c r="H629" t="s">
-        <v>1457</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
-        <v>18933</v>
+        <v>19318</v>
       </c>
       <c r="B630">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C630">
-        <v>587</v>
+        <v>219</v>
       </c>
       <c r="D630" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E630" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F630" t="s">
-        <v>10</v>
+        <v>633</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>1458</v>
+        <v>1441</v>
       </c>
       <c r="H630" t="s">
-        <v>1459</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
-        <v>18931</v>
+        <v>19308</v>
       </c>
       <c r="B631">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C631">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="D631" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E631" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F631" t="s">
-        <v>1460</v>
+        <v>15</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1461</v>
+        <v>1443</v>
       </c>
       <c r="H631" t="s">
-        <v>1462</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632">
-        <v>18928</v>
+        <v>19306</v>
       </c>
       <c r="B632">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C632">
-        <v>31</v>
+        <v>211</v>
       </c>
       <c r="D632" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E632" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F632" t="s">
-        <v>1463</v>
+        <v>15</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1464</v>
+        <v>1445</v>
       </c>
       <c r="H632" t="s">
-        <v>1465</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633">
-        <v>18926</v>
+        <v>19303</v>
       </c>
       <c r="B633">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C633">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D633" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E633" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="F633" t="s">
-        <v>1466</v>
+        <v>15</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1467</v>
+        <v>1447</v>
       </c>
       <c r="H633" t="s">
-        <v>1468</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634">
-        <v>18924</v>
+        <v>19294</v>
       </c>
       <c r="B634">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C634">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="D634" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E634" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F634" t="s">
-        <v>1469</v>
+        <v>15</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1470</v>
+        <v>1449</v>
       </c>
       <c r="H634" t="s">
-        <v>1471</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635">
-        <v>18908</v>
+        <v>19293</v>
       </c>
       <c r="B635">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C635">
-        <v>567</v>
+        <v>205</v>
       </c>
       <c r="D635" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E635" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F635" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1472</v>
+        <v>1451</v>
       </c>
       <c r="H635" t="s">
-        <v>1473</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636">
-        <v>18902</v>
+        <v>19284</v>
       </c>
       <c r="B636">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C636">
-        <v>564</v>
+        <v>196</v>
       </c>
       <c r="D636" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E636" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F636" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1474</v>
+        <v>1453</v>
       </c>
       <c r="H636" t="s">
-        <v>1475</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637">
-        <v>18901</v>
+        <v>19283</v>
       </c>
       <c r="B637">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C637">
-        <v>563</v>
+        <v>195</v>
       </c>
       <c r="D637" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E637" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F637" t="s">
-        <v>10</v>
+        <v>1455</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1476</v>
+        <v>1456</v>
       </c>
       <c r="H637" t="s">
-        <v>1477</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638">
-        <v>18900</v>
+        <v>19269</v>
       </c>
       <c r="B638">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C638">
-        <v>562</v>
+        <v>181</v>
       </c>
       <c r="D638" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E638" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F638" t="s">
-        <v>1478</v>
+        <v>15</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1479</v>
+        <v>1458</v>
       </c>
       <c r="H638" t="s">
-        <v>1480</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639">
-        <v>18897</v>
+        <v>19258</v>
       </c>
       <c r="B639">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C639">
-        <v>561</v>
+        <v>173</v>
       </c>
       <c r="D639" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E639" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F639" t="s">
-        <v>10</v>
+        <v>1460</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1481</v>
+        <v>1461</v>
       </c>
       <c r="H639" t="s">
-        <v>1482</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640">
-        <v>18892</v>
+        <v>19256</v>
       </c>
       <c r="B640">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C640">
-        <v>80</v>
+        <v>171</v>
       </c>
       <c r="D640" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E640" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F640" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1483</v>
+        <v>1463</v>
       </c>
       <c r="H640" t="s">
-        <v>1484</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641">
-        <v>18887</v>
+        <v>19255</v>
       </c>
       <c r="B641">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C641">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="D641" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E641" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F641" t="s">
-        <v>1485</v>
+        <v>15</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1486</v>
+        <v>1465</v>
       </c>
       <c r="H641" t="s">
-        <v>1487</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
-        <v>18885</v>
+        <v>19250</v>
       </c>
       <c r="B642">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C642">
-        <v>554</v>
+        <v>166</v>
       </c>
       <c r="D642" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E642" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F642" t="s">
-        <v>10</v>
+        <v>1467</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1488</v>
+        <v>1468</v>
       </c>
       <c r="H642" t="s">
-        <v>1489</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
-        <v>18881</v>
+        <v>19245</v>
       </c>
       <c r="B643">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C643">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D643" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E643" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F643" t="s">
-        <v>1490</v>
+        <v>304</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1491</v>
+        <v>1470</v>
       </c>
       <c r="H643" t="s">
-        <v>1492</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
-        <v>18866</v>
+        <v>19244</v>
       </c>
       <c r="B644">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C644">
-        <v>537</v>
+        <v>160</v>
       </c>
       <c r="D644" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E644" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F644" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1493</v>
+        <v>1472</v>
       </c>
       <c r="H644" t="s">
-        <v>1494</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
-        <v>18862</v>
+        <v>19225</v>
       </c>
       <c r="B645">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C645">
-        <v>76</v>
+        <v>147</v>
       </c>
       <c r="D645" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E645" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F645" t="s">
-        <v>1495</v>
+        <v>15</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1496</v>
+        <v>1474</v>
       </c>
       <c r="H645" t="s">
-        <v>1497</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
-        <v>18845</v>
+        <v>19219</v>
       </c>
       <c r="B646">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C646">
-        <v>533</v>
+        <v>144</v>
       </c>
       <c r="D646" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E646" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F646" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1498</v>
+        <v>1476</v>
       </c>
       <c r="H646" t="s">
-        <v>1499</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
-        <v>18844</v>
+        <v>19218</v>
       </c>
       <c r="B647">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C647">
-        <v>532</v>
+        <v>143</v>
       </c>
       <c r="D647" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E647" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F647" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1500</v>
+        <v>1478</v>
       </c>
       <c r="H647" t="s">
-        <v>1501</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
-        <v>18843</v>
+        <v>19215</v>
       </c>
       <c r="B648">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C648">
-        <v>531</v>
+        <v>8</v>
       </c>
       <c r="D648" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E648" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F648" t="s">
-        <v>278</v>
+        <v>15</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1502</v>
+        <v>1480</v>
       </c>
       <c r="H648" t="s">
-        <v>1503</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
-        <v>18839</v>
+        <v>19212</v>
       </c>
       <c r="B649">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C649">
-        <v>529</v>
+        <v>139</v>
       </c>
       <c r="D649" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E649" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F649" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1504</v>
+        <v>1482</v>
       </c>
       <c r="H649" t="s">
-        <v>1505</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650">
-        <v>18837</v>
+        <v>19210</v>
       </c>
       <c r="B650">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C650">
-        <v>527</v>
+        <v>137</v>
       </c>
       <c r="D650" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E650" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F650" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1506</v>
+        <v>1484</v>
       </c>
       <c r="H650" t="s">
-        <v>1507</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651">
-        <v>18827</v>
+        <v>19195</v>
       </c>
       <c r="B651">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C651">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="D651" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E651" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F651" t="s">
-        <v>10</v>
+        <v>1486</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1508</v>
+        <v>1487</v>
       </c>
       <c r="H651" t="s">
-        <v>1509</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
-        <v>18816</v>
+        <v>19188</v>
       </c>
       <c r="B652">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C652">
-        <v>514</v>
+        <v>124</v>
       </c>
       <c r="D652" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E652" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F652" t="s">
-        <v>1510</v>
+        <v>1489</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1511</v>
+        <v>1490</v>
       </c>
       <c r="H652" t="s">
-        <v>1512</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
-        <v>18815</v>
+        <v>19185</v>
       </c>
       <c r="B653">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C653">
-        <v>513</v>
+        <v>121</v>
       </c>
       <c r="D653" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E653" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F653" t="s">
-        <v>10</v>
+        <v>1379</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>1513</v>
+        <v>1492</v>
       </c>
       <c r="H653" t="s">
-        <v>1514</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
-        <v>18814</v>
+        <v>19184</v>
       </c>
       <c r="B654">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C654">
-        <v>512</v>
+        <v>120</v>
       </c>
       <c r="D654" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E654" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F654" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>1515</v>
+        <v>1494</v>
       </c>
       <c r="H654" t="s">
-        <v>1516</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
-        <v>18813</v>
+        <v>19181</v>
       </c>
       <c r="B655">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C655">
-        <v>511</v>
+        <v>117</v>
       </c>
       <c r="D655" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E655" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F655" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>1517</v>
+        <v>1496</v>
       </c>
       <c r="H655" t="s">
-        <v>1518</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
-        <v>18804</v>
+        <v>19167</v>
       </c>
       <c r="B656">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C656">
-        <v>68</v>
+        <v>5</v>
       </c>
       <c r="D656" t="s">
-        <v>118</v>
+        <v>290</v>
       </c>
       <c r="E656" t="s">
-        <v>119</v>
+        <v>291</v>
       </c>
       <c r="F656" t="s">
-        <v>10</v>
+        <v>1498</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>1519</v>
+        <v>1499</v>
       </c>
       <c r="H656" t="s">
-        <v>1520</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
-        <v>18797</v>
+        <v>19166</v>
       </c>
       <c r="B657">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C657">
-        <v>502</v>
+        <v>4</v>
       </c>
       <c r="D657" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E657" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F657" t="s">
-        <v>10</v>
+        <v>1501</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>1521</v>
+        <v>1502</v>
       </c>
       <c r="H657" t="s">
-        <v>1522</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
-        <v>18795</v>
+        <v>19164</v>
       </c>
       <c r="B658">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C658">
-        <v>500</v>
+        <v>102</v>
       </c>
       <c r="D658" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E658" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F658" t="s">
-        <v>10</v>
+        <v>1503</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>1523</v>
+        <v>1504</v>
       </c>
       <c r="H658" t="s">
-        <v>1524</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
-        <v>18789</v>
+        <v>19163</v>
       </c>
       <c r="B659">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C659">
-        <v>496</v>
+        <v>4</v>
       </c>
       <c r="D659" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E659" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F659" t="s">
-        <v>1525</v>
+        <v>1506</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>1526</v>
+        <v>1507</v>
       </c>
       <c r="H659" t="s">
-        <v>1527</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
-        <v>18773</v>
+        <v>19162</v>
       </c>
       <c r="B660">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C660">
-        <v>485</v>
+        <v>3</v>
       </c>
       <c r="D660" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E660" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F660" t="s">
-        <v>10</v>
+        <v>1509</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>1528</v>
+        <v>1510</v>
       </c>
       <c r="H660" t="s">
-        <v>1529</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
-        <v>18772</v>
+        <v>19145</v>
       </c>
       <c r="B661">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C661">
-        <v>484</v>
+        <v>5</v>
       </c>
       <c r="D661" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E661" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F661" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>1530</v>
+        <v>1512</v>
       </c>
       <c r="H661" t="s">
-        <v>1531</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
-        <v>18771</v>
+        <v>19133</v>
       </c>
       <c r="B662">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C662">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="D662" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E662" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F662" t="s">
-        <v>1532</v>
+        <v>15</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>1533</v>
+        <v>1514</v>
       </c>
       <c r="H662" t="s">
-        <v>1534</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
-        <v>18757</v>
+        <v>19129</v>
       </c>
       <c r="B663">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C663">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="D663" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E663" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F663" t="s">
-        <v>10</v>
+        <v>1503</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>1535</v>
+        <v>1516</v>
       </c>
       <c r="H663" t="s">
-        <v>1536</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
-        <v>18748</v>
+        <v>19124</v>
       </c>
       <c r="B664">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C664">
-        <v>474</v>
+        <v>75</v>
       </c>
       <c r="D664" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E664" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F664" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>1537</v>
+        <v>1518</v>
       </c>
       <c r="H664" t="s">
-        <v>1538</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
-        <v>18730</v>
+        <v>19123</v>
       </c>
       <c r="B665">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C665">
-        <v>465</v>
+        <v>2</v>
       </c>
       <c r="D665" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E665" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F665" t="s">
-        <v>10</v>
+        <v>1520</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>1539</v>
+        <v>1521</v>
       </c>
       <c r="H665" t="s">
-        <v>1540</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
-        <v>18719</v>
+        <v>19122</v>
       </c>
       <c r="B666">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C666">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="D666" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E666" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F666" t="s">
-        <v>443</v>
+        <v>15</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>1541</v>
+        <v>1523</v>
       </c>
       <c r="H666" t="s">
-        <v>1542</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667">
-        <v>18707</v>
+        <v>19121</v>
       </c>
       <c r="B667">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C667">
-        <v>445</v>
+        <v>73</v>
       </c>
       <c r="D667" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E667" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F667" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>1543</v>
+        <v>1525</v>
       </c>
       <c r="H667" t="s">
-        <v>1544</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668">
-        <v>18702</v>
+        <v>19120</v>
       </c>
       <c r="B668">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C668">
-        <v>440</v>
+        <v>72</v>
       </c>
       <c r="D668" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E668" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F668" t="s">
-        <v>1304</v>
+        <v>15</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>1545</v>
+        <v>1527</v>
       </c>
       <c r="H668" t="s">
-        <v>1546</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669">
-        <v>18700</v>
+        <v>19114</v>
       </c>
       <c r="B669">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C669">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="D669" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E669" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F669" t="s">
-        <v>1547</v>
+        <v>1529</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>1548</v>
+        <v>1530</v>
       </c>
       <c r="H669" t="s">
-        <v>1549</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670">
-        <v>18697</v>
+        <v>19112</v>
       </c>
       <c r="B670">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C670">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="D670" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E670" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F670" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>1550</v>
+        <v>1532</v>
       </c>
       <c r="H670" t="s">
-        <v>1551</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671">
-        <v>18690</v>
+        <v>19104</v>
       </c>
       <c r="B671">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C671">
-        <v>433</v>
+        <v>61</v>
       </c>
       <c r="D671" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E671" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F671" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>1552</v>
+        <v>1534</v>
       </c>
       <c r="H671" t="s">
-        <v>1553</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672">
-        <v>18689</v>
+        <v>19103</v>
       </c>
       <c r="B672">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C672">
-        <v>432</v>
+        <v>60</v>
       </c>
       <c r="D672" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E672" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F672" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>1554</v>
+        <v>1536</v>
       </c>
       <c r="H672" t="s">
-        <v>1555</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
-        <v>18673</v>
+        <v>19092</v>
       </c>
       <c r="B673">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C673">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="D673" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="E673" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F673" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>1556</v>
+        <v>1538</v>
       </c>
       <c r="H673" t="s">
-        <v>1557</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674">
-        <v>18671</v>
+        <v>19082</v>
       </c>
       <c r="B674">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C674">
-        <v>423</v>
+        <v>45</v>
       </c>
       <c r="D674" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E674" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F674" t="s">
-        <v>1291</v>
+        <v>15</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>1558</v>
+        <v>1540</v>
       </c>
       <c r="H674" t="s">
-        <v>1559</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675">
-        <v>18669</v>
+        <v>19076</v>
       </c>
       <c r="B675">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C675">
-        <v>421</v>
+        <v>39</v>
       </c>
       <c r="D675" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E675" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F675" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>1560</v>
+        <v>1542</v>
       </c>
       <c r="H675" t="s">
-        <v>1561</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676">
-        <v>18668</v>
+        <v>19063</v>
       </c>
       <c r="B676">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C676">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D676" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E676" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F676" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>1562</v>
+        <v>1544</v>
       </c>
       <c r="H676" t="s">
-        <v>1563</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677">
-        <v>18667</v>
+        <v>19059</v>
       </c>
       <c r="B677">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C677">
-        <v>420</v>
+        <v>2</v>
       </c>
       <c r="D677" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E677" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F677" t="s">
-        <v>10</v>
+        <v>1546</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>1564</v>
+        <v>1547</v>
       </c>
       <c r="H677" t="s">
-        <v>1565</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678">
-        <v>18666</v>
+        <v>19056</v>
       </c>
       <c r="B678">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C678">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D678" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E678" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="F678" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>1566</v>
+        <v>1549</v>
       </c>
       <c r="H678" t="s">
-        <v>1567</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679">
-        <v>18659</v>
+        <v>19046</v>
       </c>
       <c r="B679">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C679">
-        <v>414</v>
+        <v>19</v>
       </c>
       <c r="D679" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E679" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F679" t="s">
-        <v>10</v>
+        <v>508</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>1568</v>
+        <v>1551</v>
       </c>
       <c r="H679" t="s">
-        <v>1569</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680">
-        <v>18657</v>
+        <v>19040</v>
       </c>
       <c r="B680">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C680">
-        <v>412</v>
+        <v>13</v>
       </c>
       <c r="D680" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E680" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F680" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>1570</v>
+        <v>1553</v>
       </c>
       <c r="H680" t="s">
-        <v>1571</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681">
-        <v>18656</v>
+        <v>19024</v>
       </c>
       <c r="B681">
         <v>2021</v>
       </c>
       <c r="C681">
-        <v>411</v>
+        <v>5</v>
       </c>
       <c r="D681" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E681" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F681" t="s">
-        <v>10</v>
+        <v>1555</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>1572</v>
+        <v>1556</v>
       </c>
       <c r="H681" t="s">
-        <v>1573</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682">
-        <v>18652</v>
+        <v>19021</v>
       </c>
       <c r="B682">
         <v>2021</v>
       </c>
       <c r="C682">
-        <v>407</v>
+        <v>3</v>
       </c>
       <c r="D682" t="s">
-        <v>8</v>
+        <v>1558</v>
       </c>
       <c r="E682" t="s">
-        <v>9</v>
+        <v>1559</v>
       </c>
       <c r="F682" t="s">
-        <v>10</v>
+        <v>1560</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>1574</v>
+        <v>1561</v>
       </c>
       <c r="H682" t="s">
-        <v>1575</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683">
-        <v>18647</v>
+        <v>19020</v>
       </c>
       <c r="B683">
         <v>2021</v>
       </c>
       <c r="C683">
-        <v>405</v>
+        <v>616</v>
       </c>
       <c r="D683" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E683" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F683" t="s">
-        <v>10</v>
+        <v>1563</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>1576</v>
+        <v>1564</v>
       </c>
       <c r="H683" t="s">
-        <v>1577</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684">
-        <v>18640</v>
+        <v>19019</v>
       </c>
       <c r="B684">
         <v>2021</v>
       </c>
       <c r="C684">
-        <v>403</v>
+        <v>66</v>
       </c>
       <c r="D684" t="s">
         <v>8</v>
       </c>
       <c r="E684" t="s">
         <v>9</v>
       </c>
       <c r="F684" t="s">
-        <v>10</v>
+        <v>1501</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>1578</v>
+        <v>1566</v>
       </c>
       <c r="H684" t="s">
-        <v>1579</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685">
-        <v>18635</v>
+        <v>19018</v>
       </c>
       <c r="B685">
         <v>2021</v>
       </c>
       <c r="C685">
-        <v>400</v>
+        <v>65</v>
       </c>
       <c r="D685" t="s">
         <v>8</v>
       </c>
       <c r="E685" t="s">
         <v>9</v>
       </c>
       <c r="F685" t="s">
-        <v>10</v>
+        <v>1568</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>1580</v>
+        <v>1569</v>
       </c>
       <c r="H685" t="s">
-        <v>1581</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686">
-        <v>18631</v>
+        <v>19016</v>
       </c>
       <c r="B686">
         <v>2021</v>
       </c>
       <c r="C686">
-        <v>398</v>
+        <v>4</v>
       </c>
       <c r="D686" t="s">
-        <v>8</v>
+        <v>631</v>
       </c>
       <c r="E686" t="s">
-        <v>9</v>
+        <v>632</v>
       </c>
       <c r="F686" t="s">
-        <v>10</v>
+        <v>1570</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>1582</v>
+        <v>1571</v>
       </c>
       <c r="H686" t="s">
-        <v>1583</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687">
-        <v>18630</v>
+        <v>19013</v>
       </c>
       <c r="B687">
         <v>2021</v>
       </c>
       <c r="C687">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="D687" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E687" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F687" t="s">
-        <v>1138</v>
+        <v>1573</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>1584</v>
+        <v>1574</v>
       </c>
       <c r="H687" t="s">
-        <v>1585</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688">
-        <v>18620</v>
+        <v>19012</v>
       </c>
       <c r="B688">
         <v>2021</v>
       </c>
       <c r="C688">
-        <v>390</v>
+        <v>63</v>
       </c>
       <c r="D688" t="s">
         <v>8</v>
       </c>
       <c r="E688" t="s">
         <v>9</v>
       </c>
       <c r="F688" t="s">
-        <v>10</v>
+        <v>1576</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>1586</v>
+        <v>1577</v>
       </c>
       <c r="H688" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689">
-        <v>18619</v>
+        <v>19011</v>
       </c>
       <c r="B689">
         <v>2021</v>
       </c>
       <c r="C689">
-        <v>389</v>
+        <v>62</v>
       </c>
       <c r="D689" t="s">
         <v>8</v>
       </c>
       <c r="E689" t="s">
         <v>9</v>
       </c>
       <c r="F689" t="s">
-        <v>10</v>
+        <v>1579</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>1588</v>
+        <v>1580</v>
       </c>
       <c r="H689" t="s">
-        <v>1589</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690">
-        <v>18618</v>
+        <v>19009</v>
       </c>
       <c r="B690">
         <v>2021</v>
       </c>
       <c r="C690">
-        <v>388</v>
+        <v>60</v>
       </c>
       <c r="D690" t="s">
         <v>8</v>
       </c>
       <c r="E690" t="s">
         <v>9</v>
       </c>
       <c r="F690" t="s">
-        <v>10</v>
+        <v>1582</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>1590</v>
+        <v>1583</v>
       </c>
       <c r="H690" t="s">
-        <v>1591</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691">
-        <v>18610</v>
+        <v>19008</v>
       </c>
       <c r="B691">
         <v>2021</v>
       </c>
       <c r="C691">
         <v>2</v>
       </c>
       <c r="D691" t="s">
-        <v>1592</v>
+        <v>1558</v>
       </c>
       <c r="E691" t="s">
-        <v>1593</v>
+        <v>1559</v>
       </c>
       <c r="F691" t="s">
-        <v>1594</v>
+        <v>633</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="H691" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692">
-        <v>18601</v>
+        <v>19007</v>
       </c>
       <c r="B692">
         <v>2021</v>
       </c>
       <c r="C692">
-        <v>378</v>
+        <v>59</v>
       </c>
       <c r="D692" t="s">
         <v>8</v>
       </c>
       <c r="E692" t="s">
         <v>9</v>
       </c>
       <c r="F692" t="s">
-        <v>1597</v>
+        <v>1587</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>1598</v>
+        <v>1588</v>
       </c>
       <c r="H692" t="s">
-        <v>1599</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693">
-        <v>18590</v>
+        <v>19006</v>
       </c>
       <c r="B693">
         <v>2021</v>
       </c>
       <c r="C693">
-        <v>370</v>
+        <v>4</v>
       </c>
       <c r="D693" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E693" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F693" t="s">
-        <v>10</v>
+        <v>1590</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>1600</v>
+        <v>1591</v>
       </c>
       <c r="H693" t="s">
-        <v>1601</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694">
-        <v>18579</v>
+        <v>19004</v>
       </c>
       <c r="B694">
         <v>2021</v>
       </c>
       <c r="C694">
-        <v>362</v>
+        <v>58</v>
       </c>
       <c r="D694" t="s">
         <v>8</v>
       </c>
       <c r="E694" t="s">
         <v>9</v>
       </c>
       <c r="F694" t="s">
-        <v>10</v>
+        <v>1593</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>1602</v>
+        <v>1594</v>
       </c>
       <c r="H694" t="s">
-        <v>1603</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695">
-        <v>18578</v>
+        <v>19003</v>
       </c>
       <c r="B695">
         <v>2021</v>
       </c>
       <c r="C695">
-        <v>361</v>
+        <v>57</v>
       </c>
       <c r="D695" t="s">
         <v>8</v>
       </c>
       <c r="E695" t="s">
         <v>9</v>
       </c>
       <c r="F695" t="s">
-        <v>10</v>
+        <v>1596</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>1604</v>
+        <v>1597</v>
       </c>
       <c r="H695" t="s">
-        <v>1605</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696">
-        <v>18577</v>
+        <v>19002</v>
       </c>
       <c r="B696">
         <v>2021</v>
       </c>
       <c r="C696">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="D696" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E696" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F696" t="s">
-        <v>10</v>
+        <v>1596</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>1606</v>
+        <v>1599</v>
       </c>
       <c r="H696" t="s">
-        <v>1607</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697">
-        <v>18554</v>
+        <v>19001</v>
       </c>
       <c r="B697">
         <v>2021</v>
       </c>
       <c r="C697">
-        <v>354</v>
+        <v>55</v>
       </c>
       <c r="D697" t="s">
         <v>8</v>
       </c>
       <c r="E697" t="s">
         <v>9</v>
       </c>
       <c r="F697" t="s">
-        <v>10</v>
+        <v>1570</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>1608</v>
+        <v>1601</v>
       </c>
       <c r="H697" t="s">
-        <v>1609</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698">
-        <v>18533</v>
+        <v>19000</v>
       </c>
       <c r="B698">
         <v>2021</v>
       </c>
       <c r="C698">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D698" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E698" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F698" t="s">
-        <v>10</v>
+        <v>1603</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
       <c r="H698" t="s">
-        <v>1611</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699">
-        <v>18512</v>
+        <v>18999</v>
       </c>
       <c r="B699">
         <v>2021</v>
       </c>
       <c r="C699">
-        <v>335</v>
+        <v>53</v>
       </c>
       <c r="D699" t="s">
         <v>8</v>
       </c>
       <c r="E699" t="s">
         <v>9</v>
       </c>
       <c r="F699" t="s">
-        <v>10</v>
+        <v>1606</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>1612</v>
+        <v>1607</v>
       </c>
       <c r="H699" t="s">
-        <v>1613</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700">
-        <v>18511</v>
+        <v>18998</v>
       </c>
       <c r="B700">
         <v>2021</v>
       </c>
       <c r="C700">
-        <v>334</v>
+        <v>52</v>
       </c>
       <c r="D700" t="s">
         <v>8</v>
       </c>
       <c r="E700" t="s">
         <v>9</v>
       </c>
       <c r="F700" t="s">
-        <v>10</v>
+        <v>930</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>1614</v>
+        <v>1609</v>
       </c>
       <c r="H700" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701">
-        <v>18500</v>
+        <v>18997</v>
       </c>
       <c r="B701">
         <v>2021</v>
       </c>
       <c r="C701">
-        <v>327</v>
+        <v>51</v>
       </c>
       <c r="D701" t="s">
         <v>8</v>
       </c>
       <c r="E701" t="s">
         <v>9</v>
       </c>
       <c r="F701" t="s">
-        <v>1616</v>
+        <v>670</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1617</v>
+        <v>1611</v>
       </c>
       <c r="H701" t="s">
-        <v>1618</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702">
-        <v>18499</v>
+        <v>18996</v>
       </c>
       <c r="B702">
         <v>2021</v>
       </c>
       <c r="C702">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D702" t="s">
-        <v>132</v>
+        <v>8</v>
       </c>
       <c r="E702" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="F702" t="s">
-        <v>10</v>
+        <v>1613</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1619</v>
+        <v>1614</v>
       </c>
       <c r="H702" t="s">
-        <v>1620</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703">
-        <v>18498</v>
+        <v>18995</v>
       </c>
       <c r="B703">
         <v>2021</v>
       </c>
       <c r="C703">
-        <v>326</v>
+        <v>49</v>
       </c>
       <c r="D703" t="s">
         <v>8</v>
       </c>
       <c r="E703" t="s">
         <v>9</v>
       </c>
       <c r="F703" t="s">
-        <v>10</v>
+        <v>670</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1621</v>
+        <v>1616</v>
       </c>
       <c r="H703" t="s">
-        <v>1622</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704">
-        <v>18495</v>
+        <v>18994</v>
       </c>
       <c r="B704">
         <v>2021</v>
       </c>
       <c r="C704">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="D704" t="s">
-        <v>1347</v>
+        <v>8</v>
       </c>
       <c r="E704" t="s">
-        <v>1348</v>
+        <v>9</v>
       </c>
       <c r="F704" t="s">
-        <v>1623</v>
+        <v>1618</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>1624</v>
+        <v>1619</v>
       </c>
       <c r="H704" t="s">
-        <v>1625</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705">
-        <v>18490</v>
+        <v>18993</v>
       </c>
       <c r="B705">
         <v>2021</v>
       </c>
       <c r="C705">
-        <v>323</v>
+        <v>47</v>
       </c>
       <c r="D705" t="s">
         <v>8</v>
       </c>
       <c r="E705" t="s">
         <v>9</v>
       </c>
       <c r="F705" t="s">
-        <v>10</v>
+        <v>1621</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>1626</v>
+        <v>1622</v>
       </c>
       <c r="H705" t="s">
-        <v>1627</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706">
-        <v>18486</v>
+        <v>18992</v>
       </c>
       <c r="B706">
         <v>2021</v>
       </c>
       <c r="C706">
-        <v>320</v>
+        <v>46</v>
       </c>
       <c r="D706" t="s">
         <v>8</v>
       </c>
       <c r="E706" t="s">
         <v>9</v>
       </c>
       <c r="F706" t="s">
-        <v>10</v>
+        <v>1221</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>1628</v>
+        <v>1624</v>
       </c>
       <c r="H706" t="s">
-        <v>1629</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707">
-        <v>18485</v>
+        <v>18991</v>
       </c>
       <c r="B707">
         <v>2021</v>
       </c>
       <c r="C707">
-        <v>319</v>
+        <v>45</v>
       </c>
       <c r="D707" t="s">
         <v>8</v>
       </c>
       <c r="E707" t="s">
         <v>9</v>
       </c>
       <c r="F707" t="s">
-        <v>10</v>
+        <v>1626</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="H707" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708">
-        <v>18484</v>
+        <v>18990</v>
       </c>
       <c r="B708">
         <v>2021</v>
       </c>
       <c r="C708">
-        <v>318</v>
+        <v>44</v>
       </c>
       <c r="D708" t="s">
         <v>8</v>
       </c>
       <c r="E708" t="s">
         <v>9</v>
       </c>
       <c r="F708" t="s">
-        <v>10</v>
+        <v>1629</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="H708" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709">
-        <v>18477</v>
+        <v>18989</v>
       </c>
       <c r="B709">
         <v>2021</v>
       </c>
       <c r="C709">
-        <v>314</v>
+        <v>43</v>
       </c>
       <c r="D709" t="s">
         <v>8</v>
       </c>
       <c r="E709" t="s">
         <v>9</v>
       </c>
       <c r="F709" t="s">
-        <v>10</v>
+        <v>1632</v>
       </c>
       <c r="G709" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H709" t="s">
         <v>1634</v>
-      </c>
-[...1 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710">
-        <v>18470</v>
+        <v>18988</v>
       </c>
       <c r="B710">
         <v>2021</v>
       </c>
       <c r="C710">
-        <v>307</v>
+        <v>42</v>
       </c>
       <c r="D710" t="s">
         <v>8</v>
       </c>
       <c r="E710" t="s">
         <v>9</v>
       </c>
       <c r="F710" t="s">
-        <v>10</v>
+        <v>1635</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>1636</v>
       </c>
       <c r="H710" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711">
-        <v>18469</v>
+        <v>18987</v>
       </c>
       <c r="B711">
         <v>2021</v>
       </c>
       <c r="C711">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D711" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E711" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F711" t="s">
-        <v>1304</v>
+        <v>1638</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="H711" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712">
-        <v>18467</v>
+        <v>18986</v>
       </c>
       <c r="B712">
         <v>2021</v>
       </c>
       <c r="C712">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D712" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E712" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F712" t="s">
-        <v>69</v>
+        <v>1641</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="H712" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713">
-        <v>18462</v>
+        <v>18985</v>
       </c>
       <c r="B713">
         <v>2021</v>
       </c>
       <c r="C713">
-        <v>302</v>
+        <v>39</v>
       </c>
       <c r="D713" t="s">
         <v>8</v>
       </c>
       <c r="E713" t="s">
         <v>9</v>
       </c>
       <c r="F713" t="s">
-        <v>10</v>
+        <v>1644</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="H713" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714">
-        <v>18444</v>
+        <v>18983</v>
       </c>
       <c r="B714">
         <v>2021</v>
       </c>
       <c r="C714">
-        <v>288</v>
+        <v>38</v>
       </c>
       <c r="D714" t="s">
         <v>8</v>
       </c>
       <c r="E714" t="s">
         <v>9</v>
       </c>
       <c r="F714" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="H714" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715">
-        <v>18443</v>
+        <v>18982</v>
       </c>
       <c r="B715">
         <v>2021</v>
       </c>
       <c r="C715">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D715" t="s">
         <v>8</v>
       </c>
       <c r="E715" t="s">
         <v>9</v>
       </c>
       <c r="F715" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="H715" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716">
-        <v>18436</v>
+        <v>18981</v>
       </c>
       <c r="B716">
         <v>2021</v>
       </c>
       <c r="C716">
-        <v>280</v>
+        <v>36</v>
       </c>
       <c r="D716" t="s">
         <v>8</v>
       </c>
       <c r="E716" t="s">
         <v>9</v>
       </c>
       <c r="F716" t="s">
-        <v>10</v>
+        <v>1653</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="H716" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717">
-        <v>18435</v>
+        <v>18980</v>
       </c>
       <c r="B717">
         <v>2021</v>
       </c>
       <c r="C717">
-        <v>279</v>
+        <v>35</v>
       </c>
       <c r="D717" t="s">
         <v>8</v>
       </c>
       <c r="E717" t="s">
         <v>9</v>
       </c>
       <c r="F717" t="s">
-        <v>214</v>
+        <v>1656</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="H717" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718">
-        <v>18427</v>
+        <v>18979</v>
       </c>
       <c r="B718">
         <v>2021</v>
       </c>
       <c r="C718">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="D718" t="s">
         <v>8</v>
       </c>
       <c r="E718" t="s">
         <v>9</v>
       </c>
       <c r="F718" t="s">
-        <v>10</v>
+        <v>670</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="H718" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719">
-        <v>18426</v>
+        <v>18978</v>
       </c>
       <c r="B719">
         <v>2021</v>
       </c>
       <c r="C719">
-        <v>272</v>
+        <v>33</v>
       </c>
       <c r="D719" t="s">
         <v>8</v>
       </c>
       <c r="E719" t="s">
         <v>9</v>
       </c>
       <c r="F719" t="s">
-        <v>1656</v>
+        <v>670</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="H719" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720">
-        <v>18422</v>
+        <v>18977</v>
       </c>
       <c r="B720">
         <v>2021</v>
       </c>
       <c r="C720">
-        <v>271</v>
+        <v>32</v>
       </c>
       <c r="D720" t="s">
         <v>8</v>
       </c>
       <c r="E720" t="s">
         <v>9</v>
       </c>
       <c r="F720" t="s">
-        <v>1659</v>
+        <v>670</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="H720" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721">
-        <v>18414</v>
+        <v>18976</v>
       </c>
       <c r="B721">
         <v>2021</v>
       </c>
       <c r="C721">
-        <v>264</v>
+        <v>611</v>
       </c>
       <c r="D721" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E721" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F721" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="H721" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722">
-        <v>18396</v>
+        <v>18974</v>
       </c>
       <c r="B722">
         <v>2021</v>
       </c>
       <c r="C722">
-        <v>253</v>
+        <v>610</v>
       </c>
       <c r="D722" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E722" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F722" t="s">
-        <v>1664</v>
+        <v>15</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="H722" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723">
-        <v>18391</v>
+        <v>18973</v>
       </c>
       <c r="B723">
         <v>2021</v>
       </c>
       <c r="C723">
-        <v>250</v>
+        <v>85</v>
       </c>
       <c r="D723" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E723" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F723" t="s">
-        <v>10</v>
+        <v>1669</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="H723" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724">
-        <v>18387</v>
+        <v>18970</v>
       </c>
       <c r="B724">
         <v>2021</v>
       </c>
       <c r="C724">
-        <v>246</v>
+        <v>607</v>
       </c>
       <c r="D724" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E724" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F724" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="H724" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725">
-        <v>18376</v>
+        <v>18968</v>
       </c>
       <c r="B725">
         <v>2021</v>
       </c>
       <c r="C725">
-        <v>237</v>
+        <v>3</v>
       </c>
       <c r="D725" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E725" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F725" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="H725" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726">
-        <v>18375</v>
+        <v>18967</v>
       </c>
       <c r="B726">
         <v>2021</v>
       </c>
       <c r="C726">
-        <v>236</v>
+        <v>3</v>
       </c>
       <c r="D726" t="s">
-        <v>8</v>
+        <v>631</v>
       </c>
       <c r="E726" t="s">
-        <v>9</v>
+        <v>632</v>
       </c>
       <c r="F726" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="H726" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727">
-        <v>18374</v>
+        <v>18934</v>
       </c>
       <c r="B727">
         <v>2021</v>
       </c>
       <c r="C727">
-        <v>235</v>
+        <v>588</v>
       </c>
       <c r="D727" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E727" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F727" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="H727" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728">
-        <v>18362</v>
+        <v>18933</v>
       </c>
       <c r="B728">
         <v>2021</v>
       </c>
       <c r="C728">
-        <v>226</v>
+        <v>587</v>
       </c>
       <c r="D728" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E728" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F728" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="H728" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729">
-        <v>18351</v>
+        <v>18931</v>
       </c>
       <c r="B729">
         <v>2021</v>
       </c>
       <c r="C729">
-        <v>7</v>
+        <v>585</v>
       </c>
       <c r="D729" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="E729" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="F729" t="s">
-        <v>1679</v>
+        <v>670</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="H729" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730">
-        <v>18350</v>
+        <v>18928</v>
       </c>
       <c r="B730">
         <v>2021</v>
       </c>
       <c r="C730">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="D730" t="s">
         <v>8</v>
       </c>
       <c r="E730" t="s">
         <v>9</v>
       </c>
       <c r="F730" t="s">
-        <v>10</v>
+        <v>1684</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="H730" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731">
-        <v>18349</v>
+        <v>18926</v>
       </c>
       <c r="B731">
         <v>2021</v>
       </c>
       <c r="C731">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D731" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E731" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F731" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="H731" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732">
-        <v>18345</v>
+        <v>18924</v>
       </c>
       <c r="B732">
         <v>2021</v>
       </c>
       <c r="C732">
-        <v>214</v>
+        <v>10</v>
       </c>
       <c r="D732" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="E732" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F732" t="s">
-        <v>10</v>
+        <v>1690</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="H732" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733">
-        <v>18344</v>
+        <v>18908</v>
       </c>
       <c r="B733">
         <v>2021</v>
       </c>
       <c r="C733">
-        <v>213</v>
+        <v>567</v>
       </c>
       <c r="D733" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E733" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F733" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="H733" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734">
-        <v>18343</v>
+        <v>18902</v>
       </c>
       <c r="B734">
         <v>2021</v>
       </c>
       <c r="C734">
-        <v>212</v>
+        <v>564</v>
       </c>
       <c r="D734" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E734" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F734" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="H734" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735">
-        <v>18342</v>
+        <v>18901</v>
       </c>
       <c r="B735">
         <v>2021</v>
       </c>
       <c r="C735">
-        <v>211</v>
+        <v>563</v>
       </c>
       <c r="D735" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E735" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F735" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="H735" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736">
-        <v>18341</v>
+        <v>18900</v>
       </c>
       <c r="B736">
         <v>2021</v>
       </c>
       <c r="C736">
-        <v>210</v>
+        <v>562</v>
       </c>
       <c r="D736" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E736" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F736" t="s">
-        <v>10</v>
+        <v>1699</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="H736" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737">
-        <v>18340</v>
+        <v>18897</v>
       </c>
       <c r="B737">
         <v>2021</v>
       </c>
       <c r="C737">
-        <v>8</v>
+        <v>561</v>
       </c>
       <c r="D737" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E737" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F737" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="H737" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738">
-        <v>18337</v>
+        <v>18892</v>
       </c>
       <c r="B738">
         <v>2021</v>
       </c>
       <c r="C738">
-        <v>207</v>
+        <v>80</v>
       </c>
       <c r="D738" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E738" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F738" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="H738" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739">
-        <v>18334</v>
+        <v>18887</v>
       </c>
       <c r="B739">
         <v>2021</v>
       </c>
       <c r="C739">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D739" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E739" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="F739" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="H739" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740">
-        <v>18332</v>
+        <v>18885</v>
       </c>
       <c r="B740">
         <v>2021</v>
       </c>
       <c r="C740">
-        <v>204</v>
+        <v>554</v>
       </c>
       <c r="D740" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E740" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F740" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="H740" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741">
-        <v>18331</v>
+        <v>18881</v>
       </c>
       <c r="B741">
         <v>2021</v>
       </c>
       <c r="C741">
-        <v>203</v>
+        <v>16</v>
       </c>
       <c r="D741" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E741" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F741" t="s">
-        <v>10</v>
+        <v>1711</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="H741" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742">
-        <v>18330</v>
+        <v>18866</v>
       </c>
       <c r="B742">
         <v>2021</v>
       </c>
       <c r="C742">
-        <v>202</v>
+        <v>537</v>
       </c>
       <c r="D742" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E742" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F742" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="H742" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743">
-        <v>18329</v>
+        <v>18862</v>
       </c>
       <c r="B743">
         <v>2021</v>
       </c>
       <c r="C743">
-        <v>201</v>
+        <v>76</v>
       </c>
       <c r="D743" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E743" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F743" t="s">
-        <v>10</v>
+        <v>1716</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="H743" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744">
-        <v>18328</v>
+        <v>18845</v>
       </c>
       <c r="B744">
         <v>2021</v>
       </c>
       <c r="C744">
-        <v>200</v>
+        <v>533</v>
       </c>
       <c r="D744" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E744" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F744" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="H744" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745">
-        <v>18305</v>
+        <v>18844</v>
       </c>
       <c r="B745">
         <v>2021</v>
       </c>
       <c r="C745">
-        <v>180</v>
+        <v>532</v>
       </c>
       <c r="D745" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E745" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F745" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="H745" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746">
-        <v>18299</v>
+        <v>18843</v>
       </c>
       <c r="B746">
         <v>2021</v>
       </c>
       <c r="C746">
-        <v>7</v>
+        <v>531</v>
       </c>
       <c r="D746" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E746" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F746" t="s">
-        <v>1716</v>
+        <v>508</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="H746" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747">
-        <v>18291</v>
+        <v>18839</v>
       </c>
       <c r="B747">
         <v>2021</v>
       </c>
       <c r="C747">
-        <v>172</v>
+        <v>529</v>
       </c>
       <c r="D747" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E747" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F747" t="s">
-        <v>1719</v>
+        <v>15</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="H747" t="s">
-        <v>1721</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748">
-        <v>18290</v>
+        <v>18837</v>
       </c>
       <c r="B748">
         <v>2021</v>
       </c>
       <c r="C748">
-        <v>6</v>
+        <v>527</v>
       </c>
       <c r="D748" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E748" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F748" t="s">
-        <v>1722</v>
+        <v>15</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="H748" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749">
-        <v>18284</v>
+        <v>18827</v>
       </c>
       <c r="B749">
         <v>2021</v>
       </c>
       <c r="C749">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D749" t="s">
-        <v>132</v>
+        <v>227</v>
       </c>
       <c r="E749" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="F749" t="s">
-        <v>166</v>
+        <v>15</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="H749" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750">
-        <v>18277</v>
+        <v>18816</v>
       </c>
       <c r="B750">
         <v>2021</v>
       </c>
       <c r="C750">
-        <v>163</v>
+        <v>514</v>
       </c>
       <c r="D750" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E750" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F750" t="s">
-        <v>10</v>
+        <v>1731</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="H750" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751">
-        <v>18274</v>
+        <v>18815</v>
       </c>
       <c r="B751">
         <v>2021</v>
       </c>
       <c r="C751">
-        <v>160</v>
+        <v>513</v>
       </c>
       <c r="D751" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E751" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F751" t="s">
-        <v>1729</v>
+        <v>15</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="H751" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752">
-        <v>18273</v>
+        <v>18814</v>
       </c>
       <c r="B752">
         <v>2021</v>
       </c>
       <c r="C752">
-        <v>21</v>
+        <v>512</v>
       </c>
       <c r="D752" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="E752" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
       <c r="F752" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="H752" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753">
-        <v>18271</v>
+        <v>18813</v>
       </c>
       <c r="B753">
         <v>2021</v>
       </c>
       <c r="C753">
-        <v>158</v>
+        <v>511</v>
       </c>
       <c r="D753" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E753" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F753" t="s">
-        <v>697</v>
+        <v>15</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="H753" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754">
-        <v>18251</v>
+        <v>18804</v>
       </c>
       <c r="B754">
         <v>2021</v>
       </c>
       <c r="C754">
-        <v>144</v>
+        <v>68</v>
       </c>
       <c r="D754" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E754" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F754" t="s">
-        <v>1736</v>
+        <v>15</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="H754" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755">
-        <v>18250</v>
+        <v>18797</v>
       </c>
       <c r="B755">
         <v>2021</v>
       </c>
       <c r="C755">
-        <v>143</v>
+        <v>502</v>
       </c>
       <c r="D755" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E755" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F755" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="H755" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756">
-        <v>18246</v>
+        <v>18795</v>
       </c>
       <c r="B756">
         <v>2021</v>
       </c>
       <c r="C756">
-        <v>140</v>
+        <v>500</v>
       </c>
       <c r="D756" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E756" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F756" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="H756" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757">
-        <v>18245</v>
+        <v>18789</v>
       </c>
       <c r="B757">
         <v>2021</v>
       </c>
       <c r="C757">
-        <v>139</v>
+        <v>496</v>
       </c>
       <c r="D757" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E757" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F757" t="s">
-        <v>10</v>
+        <v>1746</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="H757" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758">
-        <v>18231</v>
+        <v>18773</v>
       </c>
       <c r="B758">
         <v>2021</v>
       </c>
       <c r="C758">
-        <v>130</v>
+        <v>485</v>
       </c>
       <c r="D758" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E758" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F758" t="s">
-        <v>513</v>
+        <v>15</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="H758" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759">
-        <v>18221</v>
+        <v>18772</v>
       </c>
       <c r="B759">
         <v>2021</v>
       </c>
       <c r="C759">
-        <v>124</v>
+        <v>484</v>
       </c>
       <c r="D759" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E759" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F759" t="s">
-        <v>1747</v>
+        <v>15</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="H759" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760">
-        <v>18216</v>
+        <v>18771</v>
       </c>
       <c r="B760">
         <v>2021</v>
       </c>
       <c r="C760">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="D760" t="s">
         <v>8</v>
       </c>
       <c r="E760" t="s">
         <v>9</v>
       </c>
       <c r="F760" t="s">
-        <v>10</v>
+        <v>1038</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="H760" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761">
-        <v>18208</v>
+        <v>18757</v>
       </c>
       <c r="B761">
         <v>2021</v>
       </c>
       <c r="C761">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="D761" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="E761" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="F761" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="H761" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762">
-        <v>18205</v>
+        <v>18748</v>
       </c>
       <c r="B762">
         <v>2021</v>
       </c>
       <c r="C762">
-        <v>113</v>
+        <v>474</v>
       </c>
       <c r="D762" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E762" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F762" t="s">
-        <v>214</v>
+        <v>15</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="H762" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763">
-        <v>18199</v>
+        <v>18730</v>
       </c>
       <c r="B763">
         <v>2021</v>
       </c>
       <c r="C763">
-        <v>108</v>
+        <v>465</v>
       </c>
       <c r="D763" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E763" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F763" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="H763" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764">
-        <v>18198</v>
+        <v>18719</v>
       </c>
       <c r="B764">
         <v>2021</v>
       </c>
       <c r="C764">
+        <v>25</v>
+      </c>
+      <c r="D764" t="s">
+        <v>8</v>
+      </c>
+      <c r="E764" t="s">
         <v>9</v>
       </c>
-      <c r="D764" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F764" t="s">
-        <v>10</v>
+        <v>1761</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="H764" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765">
-        <v>18188</v>
+        <v>18707</v>
       </c>
       <c r="B765">
         <v>2021</v>
       </c>
       <c r="C765">
-        <v>2</v>
+        <v>445</v>
       </c>
       <c r="D765" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E765" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F765" t="s">
-        <v>1760</v>
+        <v>15</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="H765" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766">
-        <v>18175</v>
+        <v>18702</v>
       </c>
       <c r="B766">
         <v>2021</v>
       </c>
       <c r="C766">
-        <v>98</v>
+        <v>440</v>
       </c>
       <c r="D766" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E766" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F766" t="s">
-        <v>1763</v>
+        <v>1503</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="H766" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767">
-        <v>18174</v>
+        <v>18700</v>
       </c>
       <c r="B767">
         <v>2021</v>
       </c>
       <c r="C767">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="D767" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="E767" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="F767" t="s">
-        <v>10</v>
+        <v>1768</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="H767" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768">
-        <v>18172</v>
+        <v>18697</v>
       </c>
       <c r="B768">
         <v>2021</v>
       </c>
       <c r="C768">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="D768" t="s">
         <v>8</v>
       </c>
       <c r="E768" t="s">
         <v>9</v>
       </c>
       <c r="F768" t="s">
-        <v>1768</v>
+        <v>15</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="H768" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769">
-        <v>18154</v>
+        <v>18690</v>
       </c>
       <c r="B769">
         <v>2021</v>
       </c>
       <c r="C769">
-        <v>87</v>
+        <v>433</v>
       </c>
       <c r="D769" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E769" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F769" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="H769" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770">
-        <v>18148</v>
+        <v>18689</v>
       </c>
       <c r="B770">
         <v>2021</v>
       </c>
       <c r="C770">
-        <v>82</v>
+        <v>432</v>
       </c>
       <c r="D770" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E770" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F770" t="s">
-        <v>1773</v>
+        <v>15</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="H770" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771">
-        <v>18145</v>
+        <v>18673</v>
       </c>
       <c r="B771">
         <v>2021</v>
       </c>
       <c r="C771">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D771" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="E771" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F771" t="s">
-        <v>1776</v>
+        <v>15</v>
       </c>
       <c r="G771" s="1" t="s">
         <v>1777</v>
       </c>
       <c r="H771" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772">
-        <v>18128</v>
+        <v>18671</v>
       </c>
       <c r="B772">
         <v>2021</v>
       </c>
       <c r="C772">
-        <v>64</v>
+        <v>423</v>
       </c>
       <c r="D772" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E772" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F772" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G772" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="G772" s="1" t="s">
+      <c r="H772" t="s">
         <v>1780</v>
-      </c>
-[...1 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773">
-        <v>18124</v>
+        <v>18669</v>
       </c>
       <c r="B773">
         <v>2021</v>
       </c>
       <c r="C773">
-        <v>60</v>
+        <v>421</v>
       </c>
       <c r="D773" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E773" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F773" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G773" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H773" t="s">
         <v>1782</v>
-      </c>
-[...1 lines deleted...]
-        <v>1783</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774">
-        <v>18119</v>
+        <v>18668</v>
       </c>
       <c r="B774">
         <v>2021</v>
       </c>
       <c r="C774">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="D774" t="s">
-        <v>8</v>
+        <v>227</v>
       </c>
       <c r="E774" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
       <c r="F774" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G774" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H774" t="s">
         <v>1784</v>
-      </c>
-[...1 lines deleted...]
-        <v>1785</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775">
-        <v>18118</v>
+        <v>18667</v>
       </c>
       <c r="B775">
         <v>2021</v>
       </c>
       <c r="C775">
-        <v>56</v>
+        <v>420</v>
       </c>
       <c r="D775" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E775" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F775" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G775" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H775" t="s">
         <v>1786</v>
-      </c>
-[...1 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776">
-        <v>18111</v>
+        <v>18666</v>
       </c>
       <c r="B776">
         <v>2021</v>
       </c>
       <c r="C776">
         <v>4</v>
       </c>
       <c r="D776" t="s">
-        <v>118</v>
+        <v>218</v>
       </c>
       <c r="E776" t="s">
-        <v>119</v>
+        <v>219</v>
       </c>
       <c r="F776" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G776" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H776" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777">
-        <v>18106</v>
+        <v>18659</v>
       </c>
       <c r="B777">
         <v>2021</v>
       </c>
       <c r="C777">
-        <v>46</v>
+        <v>414</v>
       </c>
       <c r="D777" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E777" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F777" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G777" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H777" t="s">
         <v>1790</v>
-      </c>
-[...1 lines deleted...]
-        <v>1791</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778">
-        <v>18104</v>
+        <v>18657</v>
       </c>
       <c r="B778">
         <v>2021</v>
       </c>
       <c r="C778">
-        <v>44</v>
+        <v>412</v>
       </c>
       <c r="D778" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E778" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F778" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G778" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H778" t="s">
         <v>1792</v>
-      </c>
-[...1 lines deleted...]
-        <v>1793</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779">
-        <v>18103</v>
+        <v>18656</v>
       </c>
       <c r="B779">
         <v>2021</v>
       </c>
       <c r="C779">
-        <v>43</v>
+        <v>411</v>
       </c>
       <c r="D779" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E779" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F779" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G779" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H779" t="s">
         <v>1794</v>
-      </c>
-[...1 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780">
-        <v>18102</v>
+        <v>18652</v>
       </c>
       <c r="B780">
         <v>2021</v>
       </c>
       <c r="C780">
-        <v>42</v>
+        <v>407</v>
       </c>
       <c r="D780" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E780" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F780" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G780" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H780" t="s">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>1797</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781">
-        <v>18101</v>
+        <v>18647</v>
       </c>
       <c r="B781">
         <v>2021</v>
       </c>
       <c r="C781">
-        <v>41</v>
+        <v>405</v>
       </c>
       <c r="D781" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E781" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F781" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G781" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H781" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782">
-        <v>18098</v>
+        <v>18640</v>
       </c>
       <c r="B782">
         <v>2021</v>
       </c>
       <c r="C782">
-        <v>38</v>
+        <v>403</v>
       </c>
       <c r="D782" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E782" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F782" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G782" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H782" t="s">
         <v>1800</v>
-      </c>
-[...1 lines deleted...]
-        <v>1801</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783">
-        <v>18065</v>
+        <v>18635</v>
       </c>
       <c r="B783">
         <v>2021</v>
       </c>
       <c r="C783">
+        <v>400</v>
+      </c>
+      <c r="D783" t="s">
+        <v>18</v>
+      </c>
+      <c r="E783" t="s">
+        <v>19</v>
+      </c>
+      <c r="F783" t="s">
+        <v>15</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H783" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784">
+        <v>18631</v>
+      </c>
+      <c r="B784">
+        <v>2021</v>
+      </c>
+      <c r="C784">
+        <v>398</v>
+      </c>
+      <c r="D784" t="s">
+        <v>18</v>
+      </c>
+      <c r="E784" t="s">
+        <v>19</v>
+      </c>
+      <c r="F784" t="s">
+        <v>15</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H784" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785">
+        <v>18630</v>
+      </c>
+      <c r="B785">
+        <v>2021</v>
+      </c>
+      <c r="C785">
+        <v>20</v>
+      </c>
+      <c r="D785" t="s">
+        <v>8</v>
+      </c>
+      <c r="E785" t="s">
+        <v>9</v>
+      </c>
+      <c r="F785" t="s">
+        <v>397</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H785" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786">
+        <v>18620</v>
+      </c>
+      <c r="B786">
+        <v>2021</v>
+      </c>
+      <c r="C786">
+        <v>390</v>
+      </c>
+      <c r="D786" t="s">
+        <v>18</v>
+      </c>
+      <c r="E786" t="s">
+        <v>19</v>
+      </c>
+      <c r="F786" t="s">
+        <v>15</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H786" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787">
+        <v>18619</v>
+      </c>
+      <c r="B787">
+        <v>2021</v>
+      </c>
+      <c r="C787">
+        <v>389</v>
+      </c>
+      <c r="D787" t="s">
+        <v>18</v>
+      </c>
+      <c r="E787" t="s">
+        <v>19</v>
+      </c>
+      <c r="F787" t="s">
+        <v>15</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H787" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788">
+        <v>18618</v>
+      </c>
+      <c r="B788">
+        <v>2021</v>
+      </c>
+      <c r="C788">
+        <v>388</v>
+      </c>
+      <c r="D788" t="s">
+        <v>18</v>
+      </c>
+      <c r="E788" t="s">
+        <v>19</v>
+      </c>
+      <c r="F788" t="s">
+        <v>15</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H788" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789">
+        <v>18610</v>
+      </c>
+      <c r="B789">
+        <v>2021</v>
+      </c>
+      <c r="C789">
+        <v>2</v>
+      </c>
+      <c r="D789" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E789" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F789" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H789" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790">
+        <v>18601</v>
+      </c>
+      <c r="B790">
+        <v>2021</v>
+      </c>
+      <c r="C790">
+        <v>378</v>
+      </c>
+      <c r="D790" t="s">
+        <v>18</v>
+      </c>
+      <c r="E790" t="s">
+        <v>19</v>
+      </c>
+      <c r="F790" t="s">
+        <v>1818</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H790" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791">
+        <v>18590</v>
+      </c>
+      <c r="B791">
+        <v>2021</v>
+      </c>
+      <c r="C791">
+        <v>370</v>
+      </c>
+      <c r="D791" t="s">
+        <v>18</v>
+      </c>
+      <c r="E791" t="s">
+        <v>19</v>
+      </c>
+      <c r="F791" t="s">
+        <v>15</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H791" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792">
+        <v>18579</v>
+      </c>
+      <c r="B792">
+        <v>2021</v>
+      </c>
+      <c r="C792">
+        <v>362</v>
+      </c>
+      <c r="D792" t="s">
+        <v>18</v>
+      </c>
+      <c r="E792" t="s">
+        <v>19</v>
+      </c>
+      <c r="F792" t="s">
+        <v>15</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H792" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793">
+        <v>18578</v>
+      </c>
+      <c r="B793">
+        <v>2021</v>
+      </c>
+      <c r="C793">
+        <v>361</v>
+      </c>
+      <c r="D793" t="s">
+        <v>18</v>
+      </c>
+      <c r="E793" t="s">
+        <v>19</v>
+      </c>
+      <c r="F793" t="s">
+        <v>15</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H793" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794">
+        <v>18577</v>
+      </c>
+      <c r="B794">
+        <v>2021</v>
+      </c>
+      <c r="C794">
+        <v>15</v>
+      </c>
+      <c r="D794" t="s">
+        <v>8</v>
+      </c>
+      <c r="E794" t="s">
+        <v>9</v>
+      </c>
+      <c r="F794" t="s">
+        <v>15</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H794" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795">
+        <v>18554</v>
+      </c>
+      <c r="B795">
+        <v>2021</v>
+      </c>
+      <c r="C795">
+        <v>354</v>
+      </c>
+      <c r="D795" t="s">
+        <v>18</v>
+      </c>
+      <c r="E795" t="s">
+        <v>19</v>
+      </c>
+      <c r="F795" t="s">
+        <v>15</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H795" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796">
+        <v>18533</v>
+      </c>
+      <c r="B796">
+        <v>2021</v>
+      </c>
+      <c r="C796">
+        <v>47</v>
+      </c>
+      <c r="D796" t="s">
+        <v>13</v>
+      </c>
+      <c r="E796" t="s">
+        <v>14</v>
+      </c>
+      <c r="F796" t="s">
+        <v>15</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H796" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797">
+        <v>18512</v>
+      </c>
+      <c r="B797">
+        <v>2021</v>
+      </c>
+      <c r="C797">
+        <v>335</v>
+      </c>
+      <c r="D797" t="s">
+        <v>18</v>
+      </c>
+      <c r="E797" t="s">
+        <v>19</v>
+      </c>
+      <c r="F797" t="s">
+        <v>15</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H797" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798">
+        <v>18511</v>
+      </c>
+      <c r="B798">
+        <v>2021</v>
+      </c>
+      <c r="C798">
+        <v>334</v>
+      </c>
+      <c r="D798" t="s">
+        <v>18</v>
+      </c>
+      <c r="E798" t="s">
+        <v>19</v>
+      </c>
+      <c r="F798" t="s">
+        <v>15</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H798" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799">
+        <v>18500</v>
+      </c>
+      <c r="B799">
+        <v>2021</v>
+      </c>
+      <c r="C799">
+        <v>327</v>
+      </c>
+      <c r="D799" t="s">
+        <v>18</v>
+      </c>
+      <c r="E799" t="s">
+        <v>19</v>
+      </c>
+      <c r="F799" t="s">
+        <v>1837</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H799" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800">
+        <v>18499</v>
+      </c>
+      <c r="B800">
+        <v>2021</v>
+      </c>
+      <c r="C800">
+        <v>13</v>
+      </c>
+      <c r="D800" t="s">
+        <v>8</v>
+      </c>
+      <c r="E800" t="s">
+        <v>9</v>
+      </c>
+      <c r="F800" t="s">
+        <v>15</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H800" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801">
+        <v>18498</v>
+      </c>
+      <c r="B801">
+        <v>2021</v>
+      </c>
+      <c r="C801">
+        <v>326</v>
+      </c>
+      <c r="D801" t="s">
+        <v>18</v>
+      </c>
+      <c r="E801" t="s">
+        <v>19</v>
+      </c>
+      <c r="F801" t="s">
+        <v>15</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H801" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802">
+        <v>18495</v>
+      </c>
+      <c r="B802">
+        <v>2021</v>
+      </c>
+      <c r="C802">
+        <v>1</v>
+      </c>
+      <c r="D802" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E802" t="s">
+        <v>1559</v>
+      </c>
+      <c r="F802" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H802" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803">
+        <v>18490</v>
+      </c>
+      <c r="B803">
+        <v>2021</v>
+      </c>
+      <c r="C803">
+        <v>323</v>
+      </c>
+      <c r="D803" t="s">
+        <v>18</v>
+      </c>
+      <c r="E803" t="s">
+        <v>19</v>
+      </c>
+      <c r="F803" t="s">
+        <v>15</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H803" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804">
+        <v>18486</v>
+      </c>
+      <c r="B804">
+        <v>2021</v>
+      </c>
+      <c r="C804">
+        <v>320</v>
+      </c>
+      <c r="D804" t="s">
+        <v>18</v>
+      </c>
+      <c r="E804" t="s">
+        <v>19</v>
+      </c>
+      <c r="F804" t="s">
+        <v>15</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H804" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805">
+        <v>18485</v>
+      </c>
+      <c r="B805">
+        <v>2021</v>
+      </c>
+      <c r="C805">
+        <v>319</v>
+      </c>
+      <c r="D805" t="s">
+        <v>18</v>
+      </c>
+      <c r="E805" t="s">
+        <v>19</v>
+      </c>
+      <c r="F805" t="s">
+        <v>15</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H805" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806">
+        <v>18484</v>
+      </c>
+      <c r="B806">
+        <v>2021</v>
+      </c>
+      <c r="C806">
+        <v>318</v>
+      </c>
+      <c r="D806" t="s">
+        <v>18</v>
+      </c>
+      <c r="E806" t="s">
+        <v>19</v>
+      </c>
+      <c r="F806" t="s">
+        <v>15</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H806" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807">
+        <v>18477</v>
+      </c>
+      <c r="B807">
+        <v>2021</v>
+      </c>
+      <c r="C807">
+        <v>314</v>
+      </c>
+      <c r="D807" t="s">
+        <v>18</v>
+      </c>
+      <c r="E807" t="s">
+        <v>19</v>
+      </c>
+      <c r="F807" t="s">
+        <v>15</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H807" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808">
+        <v>18470</v>
+      </c>
+      <c r="B808">
+        <v>2021</v>
+      </c>
+      <c r="C808">
+        <v>307</v>
+      </c>
+      <c r="D808" t="s">
+        <v>18</v>
+      </c>
+      <c r="E808" t="s">
+        <v>19</v>
+      </c>
+      <c r="F808" t="s">
+        <v>15</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H808" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809">
+        <v>18469</v>
+      </c>
+      <c r="B809">
+        <v>2021</v>
+      </c>
+      <c r="C809">
+        <v>38</v>
+      </c>
+      <c r="D809" t="s">
+        <v>13</v>
+      </c>
+      <c r="E809" t="s">
+        <v>14</v>
+      </c>
+      <c r="F809" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H809" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810">
+        <v>18467</v>
+      </c>
+      <c r="B810">
+        <v>2021</v>
+      </c>
+      <c r="C810">
+        <v>36</v>
+      </c>
+      <c r="D810" t="s">
+        <v>13</v>
+      </c>
+      <c r="E810" t="s">
+        <v>14</v>
+      </c>
+      <c r="F810" t="s">
+        <v>243</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H810" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811">
+        <v>18462</v>
+      </c>
+      <c r="B811">
+        <v>2021</v>
+      </c>
+      <c r="C811">
+        <v>302</v>
+      </c>
+      <c r="D811" t="s">
+        <v>18</v>
+      </c>
+      <c r="E811" t="s">
+        <v>19</v>
+      </c>
+      <c r="F811" t="s">
+        <v>15</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H811" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812">
+        <v>18444</v>
+      </c>
+      <c r="B812">
+        <v>2021</v>
+      </c>
+      <c r="C812">
+        <v>288</v>
+      </c>
+      <c r="D812" t="s">
+        <v>18</v>
+      </c>
+      <c r="E812" t="s">
+        <v>19</v>
+      </c>
+      <c r="F812" t="s">
+        <v>1865</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H812" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813">
+        <v>18443</v>
+      </c>
+      <c r="B813">
+        <v>2021</v>
+      </c>
+      <c r="C813">
+        <v>287</v>
+      </c>
+      <c r="D813" t="s">
+        <v>18</v>
+      </c>
+      <c r="E813" t="s">
+        <v>19</v>
+      </c>
+      <c r="F813" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H813" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814">
+        <v>18436</v>
+      </c>
+      <c r="B814">
+        <v>2021</v>
+      </c>
+      <c r="C814">
+        <v>280</v>
+      </c>
+      <c r="D814" t="s">
+        <v>18</v>
+      </c>
+      <c r="E814" t="s">
+        <v>19</v>
+      </c>
+      <c r="F814" t="s">
+        <v>15</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H814" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815">
+        <v>18435</v>
+      </c>
+      <c r="B815">
+        <v>2021</v>
+      </c>
+      <c r="C815">
+        <v>279</v>
+      </c>
+      <c r="D815" t="s">
+        <v>18</v>
+      </c>
+      <c r="E815" t="s">
+        <v>19</v>
+      </c>
+      <c r="F815" t="s">
+        <v>304</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H815" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816">
+        <v>18427</v>
+      </c>
+      <c r="B816">
+        <v>2021</v>
+      </c>
+      <c r="C816">
+        <v>273</v>
+      </c>
+      <c r="D816" t="s">
+        <v>18</v>
+      </c>
+      <c r="E816" t="s">
+        <v>19</v>
+      </c>
+      <c r="F816" t="s">
+        <v>15</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H816" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817">
+        <v>18426</v>
+      </c>
+      <c r="B817">
+        <v>2021</v>
+      </c>
+      <c r="C817">
+        <v>272</v>
+      </c>
+      <c r="D817" t="s">
+        <v>18</v>
+      </c>
+      <c r="E817" t="s">
+        <v>19</v>
+      </c>
+      <c r="F817" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H817" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818">
+        <v>18422</v>
+      </c>
+      <c r="B818">
+        <v>2021</v>
+      </c>
+      <c r="C818">
+        <v>271</v>
+      </c>
+      <c r="D818" t="s">
+        <v>18</v>
+      </c>
+      <c r="E818" t="s">
+        <v>19</v>
+      </c>
+      <c r="F818" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H818" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819">
+        <v>18414</v>
+      </c>
+      <c r="B819">
+        <v>2021</v>
+      </c>
+      <c r="C819">
+        <v>264</v>
+      </c>
+      <c r="D819" t="s">
+        <v>18</v>
+      </c>
+      <c r="E819" t="s">
+        <v>19</v>
+      </c>
+      <c r="F819" t="s">
+        <v>15</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H819" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820">
+        <v>18396</v>
+      </c>
+      <c r="B820">
+        <v>2021</v>
+      </c>
+      <c r="C820">
+        <v>253</v>
+      </c>
+      <c r="D820" t="s">
+        <v>18</v>
+      </c>
+      <c r="E820" t="s">
+        <v>19</v>
+      </c>
+      <c r="F820" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H820" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821">
+        <v>18391</v>
+      </c>
+      <c r="B821">
+        <v>2021</v>
+      </c>
+      <c r="C821">
+        <v>250</v>
+      </c>
+      <c r="D821" t="s">
+        <v>18</v>
+      </c>
+      <c r="E821" t="s">
+        <v>19</v>
+      </c>
+      <c r="F821" t="s">
+        <v>15</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H821" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822">
+        <v>18387</v>
+      </c>
+      <c r="B822">
+        <v>2021</v>
+      </c>
+      <c r="C822">
+        <v>246</v>
+      </c>
+      <c r="D822" t="s">
+        <v>18</v>
+      </c>
+      <c r="E822" t="s">
+        <v>19</v>
+      </c>
+      <c r="F822" t="s">
+        <v>15</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H822" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823">
+        <v>18376</v>
+      </c>
+      <c r="B823">
+        <v>2021</v>
+      </c>
+      <c r="C823">
+        <v>237</v>
+      </c>
+      <c r="D823" t="s">
+        <v>18</v>
+      </c>
+      <c r="E823" t="s">
+        <v>19</v>
+      </c>
+      <c r="F823" t="s">
+        <v>15</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H823" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824">
+        <v>18375</v>
+      </c>
+      <c r="B824">
+        <v>2021</v>
+      </c>
+      <c r="C824">
+        <v>236</v>
+      </c>
+      <c r="D824" t="s">
+        <v>18</v>
+      </c>
+      <c r="E824" t="s">
+        <v>19</v>
+      </c>
+      <c r="F824" t="s">
+        <v>15</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="H824" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825">
+        <v>18374</v>
+      </c>
+      <c r="B825">
+        <v>2021</v>
+      </c>
+      <c r="C825">
+        <v>235</v>
+      </c>
+      <c r="D825" t="s">
+        <v>18</v>
+      </c>
+      <c r="E825" t="s">
+        <v>19</v>
+      </c>
+      <c r="F825" t="s">
+        <v>15</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H825" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826">
+        <v>18362</v>
+      </c>
+      <c r="B826">
+        <v>2021</v>
+      </c>
+      <c r="C826">
+        <v>226</v>
+      </c>
+      <c r="D826" t="s">
+        <v>18</v>
+      </c>
+      <c r="E826" t="s">
+        <v>19</v>
+      </c>
+      <c r="F826" t="s">
+        <v>15</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H826" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827">
+        <v>18351</v>
+      </c>
+      <c r="B827">
+        <v>2021</v>
+      </c>
+      <c r="C827">
         <v>7</v>
       </c>
-      <c r="D783" t="s">
+      <c r="D827" t="s">
         <v>8</v>
       </c>
-      <c r="E783" t="s">
+      <c r="E827" t="s">
         <v>9</v>
       </c>
-      <c r="F783" t="s">
-[...6 lines deleted...]
-        <v>1803</v>
+      <c r="F827" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H827" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828">
+        <v>18350</v>
+      </c>
+      <c r="B828">
+        <v>2021</v>
+      </c>
+      <c r="C828">
+        <v>217</v>
+      </c>
+      <c r="D828" t="s">
+        <v>18</v>
+      </c>
+      <c r="E828" t="s">
+        <v>19</v>
+      </c>
+      <c r="F828" t="s">
+        <v>15</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H828" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829">
+        <v>18349</v>
+      </c>
+      <c r="B829">
+        <v>2021</v>
+      </c>
+      <c r="C829">
+        <v>9</v>
+      </c>
+      <c r="D829" t="s">
+        <v>227</v>
+      </c>
+      <c r="E829" t="s">
+        <v>228</v>
+      </c>
+      <c r="F829" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H829" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830">
+        <v>18345</v>
+      </c>
+      <c r="B830">
+        <v>2021</v>
+      </c>
+      <c r="C830">
+        <v>214</v>
+      </c>
+      <c r="D830" t="s">
+        <v>18</v>
+      </c>
+      <c r="E830" t="s">
+        <v>19</v>
+      </c>
+      <c r="F830" t="s">
+        <v>15</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H830" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831">
+        <v>18344</v>
+      </c>
+      <c r="B831">
+        <v>2021</v>
+      </c>
+      <c r="C831">
+        <v>213</v>
+      </c>
+      <c r="D831" t="s">
+        <v>18</v>
+      </c>
+      <c r="E831" t="s">
+        <v>19</v>
+      </c>
+      <c r="F831" t="s">
+        <v>15</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H831" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832">
+        <v>18343</v>
+      </c>
+      <c r="B832">
+        <v>2021</v>
+      </c>
+      <c r="C832">
+        <v>212</v>
+      </c>
+      <c r="D832" t="s">
+        <v>18</v>
+      </c>
+      <c r="E832" t="s">
+        <v>19</v>
+      </c>
+      <c r="F832" t="s">
+        <v>15</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H832" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833">
+        <v>18342</v>
+      </c>
+      <c r="B833">
+        <v>2021</v>
+      </c>
+      <c r="C833">
+        <v>211</v>
+      </c>
+      <c r="D833" t="s">
+        <v>18</v>
+      </c>
+      <c r="E833" t="s">
+        <v>19</v>
+      </c>
+      <c r="F833" t="s">
+        <v>15</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H833" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834">
+        <v>18341</v>
+      </c>
+      <c r="B834">
+        <v>2021</v>
+      </c>
+      <c r="C834">
+        <v>210</v>
+      </c>
+      <c r="D834" t="s">
+        <v>18</v>
+      </c>
+      <c r="E834" t="s">
+        <v>19</v>
+      </c>
+      <c r="F834" t="s">
+        <v>15</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H834" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835">
+        <v>18340</v>
+      </c>
+      <c r="B835">
+        <v>2021</v>
+      </c>
+      <c r="C835">
+        <v>8</v>
+      </c>
+      <c r="D835" t="s">
+        <v>227</v>
+      </c>
+      <c r="E835" t="s">
+        <v>228</v>
+      </c>
+      <c r="F835" t="s">
+        <v>15</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H835" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836">
+        <v>18337</v>
+      </c>
+      <c r="B836">
+        <v>2021</v>
+      </c>
+      <c r="C836">
+        <v>207</v>
+      </c>
+      <c r="D836" t="s">
+        <v>18</v>
+      </c>
+      <c r="E836" t="s">
+        <v>19</v>
+      </c>
+      <c r="F836" t="s">
+        <v>15</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H836" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837">
+        <v>18334</v>
+      </c>
+      <c r="B837">
+        <v>2021</v>
+      </c>
+      <c r="C837">
+        <v>25</v>
+      </c>
+      <c r="D837" t="s">
+        <v>13</v>
+      </c>
+      <c r="E837" t="s">
+        <v>14</v>
+      </c>
+      <c r="F837" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H837" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838">
+        <v>18332</v>
+      </c>
+      <c r="B838">
+        <v>2021</v>
+      </c>
+      <c r="C838">
+        <v>204</v>
+      </c>
+      <c r="D838" t="s">
+        <v>18</v>
+      </c>
+      <c r="E838" t="s">
+        <v>19</v>
+      </c>
+      <c r="F838" t="s">
+        <v>15</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H838" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839">
+        <v>18331</v>
+      </c>
+      <c r="B839">
+        <v>2021</v>
+      </c>
+      <c r="C839">
+        <v>203</v>
+      </c>
+      <c r="D839" t="s">
+        <v>18</v>
+      </c>
+      <c r="E839" t="s">
+        <v>19</v>
+      </c>
+      <c r="F839" t="s">
+        <v>15</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H839" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840">
+        <v>18330</v>
+      </c>
+      <c r="B840">
+        <v>2021</v>
+      </c>
+      <c r="C840">
+        <v>202</v>
+      </c>
+      <c r="D840" t="s">
+        <v>18</v>
+      </c>
+      <c r="E840" t="s">
+        <v>19</v>
+      </c>
+      <c r="F840" t="s">
+        <v>15</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H840" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841">
+        <v>18329</v>
+      </c>
+      <c r="B841">
+        <v>2021</v>
+      </c>
+      <c r="C841">
+        <v>201</v>
+      </c>
+      <c r="D841" t="s">
+        <v>18</v>
+      </c>
+      <c r="E841" t="s">
+        <v>19</v>
+      </c>
+      <c r="F841" t="s">
+        <v>15</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H841" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842">
+        <v>18328</v>
+      </c>
+      <c r="B842">
+        <v>2021</v>
+      </c>
+      <c r="C842">
+        <v>200</v>
+      </c>
+      <c r="D842" t="s">
+        <v>18</v>
+      </c>
+      <c r="E842" t="s">
+        <v>19</v>
+      </c>
+      <c r="F842" t="s">
+        <v>15</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H842" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843">
+        <v>18305</v>
+      </c>
+      <c r="B843">
+        <v>2021</v>
+      </c>
+      <c r="C843">
+        <v>180</v>
+      </c>
+      <c r="D843" t="s">
+        <v>18</v>
+      </c>
+      <c r="E843" t="s">
+        <v>19</v>
+      </c>
+      <c r="F843" t="s">
+        <v>15</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="H843" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844">
+        <v>18299</v>
+      </c>
+      <c r="B844">
+        <v>2021</v>
+      </c>
+      <c r="C844">
+        <v>7</v>
+      </c>
+      <c r="D844" t="s">
+        <v>227</v>
+      </c>
+      <c r="E844" t="s">
+        <v>228</v>
+      </c>
+      <c r="F844" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H844" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845">
+        <v>18291</v>
+      </c>
+      <c r="B845">
+        <v>2021</v>
+      </c>
+      <c r="C845">
+        <v>172</v>
+      </c>
+      <c r="D845" t="s">
+        <v>18</v>
+      </c>
+      <c r="E845" t="s">
+        <v>19</v>
+      </c>
+      <c r="F845" t="s">
+        <v>673</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H845" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846">
+        <v>18290</v>
+      </c>
+      <c r="B846">
+        <v>2021</v>
+      </c>
+      <c r="C846">
+        <v>6</v>
+      </c>
+      <c r="D846" t="s">
+        <v>227</v>
+      </c>
+      <c r="E846" t="s">
+        <v>228</v>
+      </c>
+      <c r="F846" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H846" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847">
+        <v>18284</v>
+      </c>
+      <c r="B847">
+        <v>2021</v>
+      </c>
+      <c r="C847">
+        <v>4</v>
+      </c>
+      <c r="D847" t="s">
+        <v>8</v>
+      </c>
+      <c r="E847" t="s">
+        <v>9</v>
+      </c>
+      <c r="F847" t="s">
+        <v>633</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H847" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848">
+        <v>18277</v>
+      </c>
+      <c r="B848">
+        <v>2021</v>
+      </c>
+      <c r="C848">
+        <v>163</v>
+      </c>
+      <c r="D848" t="s">
+        <v>18</v>
+      </c>
+      <c r="E848" t="s">
+        <v>19</v>
+      </c>
+      <c r="F848" t="s">
+        <v>15</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H848" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849">
+        <v>18274</v>
+      </c>
+      <c r="B849">
+        <v>2021</v>
+      </c>
+      <c r="C849">
+        <v>160</v>
+      </c>
+      <c r="D849" t="s">
+        <v>18</v>
+      </c>
+      <c r="E849" t="s">
+        <v>19</v>
+      </c>
+      <c r="F849" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H849" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850">
+        <v>18273</v>
+      </c>
+      <c r="B850">
+        <v>2021</v>
+      </c>
+      <c r="C850">
+        <v>21</v>
+      </c>
+      <c r="D850" t="s">
+        <v>13</v>
+      </c>
+      <c r="E850" t="s">
+        <v>14</v>
+      </c>
+      <c r="F850" t="s">
+        <v>243</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H850" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851">
+        <v>18271</v>
+      </c>
+      <c r="B851">
+        <v>2021</v>
+      </c>
+      <c r="C851">
+        <v>158</v>
+      </c>
+      <c r="D851" t="s">
+        <v>18</v>
+      </c>
+      <c r="E851" t="s">
+        <v>19</v>
+      </c>
+      <c r="F851" t="s">
+        <v>911</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H851" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852">
+        <v>18251</v>
+      </c>
+      <c r="B852">
+        <v>2021</v>
+      </c>
+      <c r="C852">
+        <v>144</v>
+      </c>
+      <c r="D852" t="s">
+        <v>18</v>
+      </c>
+      <c r="E852" t="s">
+        <v>19</v>
+      </c>
+      <c r="F852" t="s">
+        <v>1956</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H852" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853">
+        <v>18250</v>
+      </c>
+      <c r="B853">
+        <v>2021</v>
+      </c>
+      <c r="C853">
+        <v>143</v>
+      </c>
+      <c r="D853" t="s">
+        <v>18</v>
+      </c>
+      <c r="E853" t="s">
+        <v>19</v>
+      </c>
+      <c r="F853" t="s">
+        <v>15</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H853" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854">
+        <v>18246</v>
+      </c>
+      <c r="B854">
+        <v>2021</v>
+      </c>
+      <c r="C854">
+        <v>140</v>
+      </c>
+      <c r="D854" t="s">
+        <v>18</v>
+      </c>
+      <c r="E854" t="s">
+        <v>19</v>
+      </c>
+      <c r="F854" t="s">
+        <v>15</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H854" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855">
+        <v>18245</v>
+      </c>
+      <c r="B855">
+        <v>2021</v>
+      </c>
+      <c r="C855">
+        <v>139</v>
+      </c>
+      <c r="D855" t="s">
+        <v>18</v>
+      </c>
+      <c r="E855" t="s">
+        <v>19</v>
+      </c>
+      <c r="F855" t="s">
+        <v>15</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H855" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856">
+        <v>18231</v>
+      </c>
+      <c r="B856">
+        <v>2021</v>
+      </c>
+      <c r="C856">
+        <v>130</v>
+      </c>
+      <c r="D856" t="s">
+        <v>18</v>
+      </c>
+      <c r="E856" t="s">
+        <v>19</v>
+      </c>
+      <c r="F856" t="s">
+        <v>1965</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H856" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857">
+        <v>18221</v>
+      </c>
+      <c r="B857">
+        <v>2021</v>
+      </c>
+      <c r="C857">
+        <v>124</v>
+      </c>
+      <c r="D857" t="s">
+        <v>18</v>
+      </c>
+      <c r="E857" t="s">
+        <v>19</v>
+      </c>
+      <c r="F857" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H857" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858">
+        <v>18216</v>
+      </c>
+      <c r="B858">
+        <v>2021</v>
+      </c>
+      <c r="C858">
+        <v>120</v>
+      </c>
+      <c r="D858" t="s">
+        <v>18</v>
+      </c>
+      <c r="E858" t="s">
+        <v>19</v>
+      </c>
+      <c r="F858" t="s">
+        <v>15</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H858" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859">
+        <v>18208</v>
+      </c>
+      <c r="B859">
+        <v>2021</v>
+      </c>
+      <c r="C859">
+        <v>11</v>
+      </c>
+      <c r="D859" t="s">
+        <v>13</v>
+      </c>
+      <c r="E859" t="s">
+        <v>14</v>
+      </c>
+      <c r="F859" t="s">
+        <v>15</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H859" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860">
+        <v>18205</v>
+      </c>
+      <c r="B860">
+        <v>2021</v>
+      </c>
+      <c r="C860">
+        <v>113</v>
+      </c>
+      <c r="D860" t="s">
+        <v>18</v>
+      </c>
+      <c r="E860" t="s">
+        <v>19</v>
+      </c>
+      <c r="F860" t="s">
+        <v>243</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H860" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861">
+        <v>18199</v>
+      </c>
+      <c r="B861">
+        <v>2021</v>
+      </c>
+      <c r="C861">
+        <v>108</v>
+      </c>
+      <c r="D861" t="s">
+        <v>18</v>
+      </c>
+      <c r="E861" t="s">
+        <v>19</v>
+      </c>
+      <c r="F861" t="s">
+        <v>15</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H861" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862">
+        <v>18198</v>
+      </c>
+      <c r="B862">
+        <v>2021</v>
+      </c>
+      <c r="C862">
+        <v>9</v>
+      </c>
+      <c r="D862" t="s">
+        <v>13</v>
+      </c>
+      <c r="E862" t="s">
+        <v>14</v>
+      </c>
+      <c r="F862" t="s">
+        <v>15</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H862" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863">
+        <v>18188</v>
+      </c>
+      <c r="B863">
+        <v>2021</v>
+      </c>
+      <c r="C863">
+        <v>2</v>
+      </c>
+      <c r="D863" t="s">
+        <v>227</v>
+      </c>
+      <c r="E863" t="s">
+        <v>228</v>
+      </c>
+      <c r="F863" t="s">
+        <v>1981</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H863" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864">
+        <v>18175</v>
+      </c>
+      <c r="B864">
+        <v>2021</v>
+      </c>
+      <c r="C864">
+        <v>98</v>
+      </c>
+      <c r="D864" t="s">
+        <v>18</v>
+      </c>
+      <c r="E864" t="s">
+        <v>19</v>
+      </c>
+      <c r="F864" t="s">
+        <v>1984</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H864" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865">
+        <v>18174</v>
+      </c>
+      <c r="B865">
+        <v>2021</v>
+      </c>
+      <c r="C865">
+        <v>2</v>
+      </c>
+      <c r="D865" t="s">
+        <v>326</v>
+      </c>
+      <c r="E865" t="s">
+        <v>327</v>
+      </c>
+      <c r="F865" t="s">
+        <v>15</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H865" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866">
+        <v>18172</v>
+      </c>
+      <c r="B866">
+        <v>2021</v>
+      </c>
+      <c r="C866">
+        <v>97</v>
+      </c>
+      <c r="D866" t="s">
+        <v>18</v>
+      </c>
+      <c r="E866" t="s">
+        <v>19</v>
+      </c>
+      <c r="F866" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H866" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867">
+        <v>18154</v>
+      </c>
+      <c r="B867">
+        <v>2021</v>
+      </c>
+      <c r="C867">
+        <v>87</v>
+      </c>
+      <c r="D867" t="s">
+        <v>18</v>
+      </c>
+      <c r="E867" t="s">
+        <v>19</v>
+      </c>
+      <c r="F867" t="s">
+        <v>15</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H867" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868">
+        <v>18148</v>
+      </c>
+      <c r="B868">
+        <v>2021</v>
+      </c>
+      <c r="C868">
+        <v>82</v>
+      </c>
+      <c r="D868" t="s">
+        <v>18</v>
+      </c>
+      <c r="E868" t="s">
+        <v>19</v>
+      </c>
+      <c r="F868" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H868" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869">
+        <v>18145</v>
+      </c>
+      <c r="B869">
+        <v>2021</v>
+      </c>
+      <c r="C869">
+        <v>1</v>
+      </c>
+      <c r="D869" t="s">
+        <v>227</v>
+      </c>
+      <c r="E869" t="s">
+        <v>228</v>
+      </c>
+      <c r="F869" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H869" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870">
+        <v>18128</v>
+      </c>
+      <c r="B870">
+        <v>2021</v>
+      </c>
+      <c r="C870">
+        <v>64</v>
+      </c>
+      <c r="D870" t="s">
+        <v>18</v>
+      </c>
+      <c r="E870" t="s">
+        <v>19</v>
+      </c>
+      <c r="F870" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H870" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871">
+        <v>18124</v>
+      </c>
+      <c r="B871">
+        <v>2021</v>
+      </c>
+      <c r="C871">
+        <v>60</v>
+      </c>
+      <c r="D871" t="s">
+        <v>18</v>
+      </c>
+      <c r="E871" t="s">
+        <v>19</v>
+      </c>
+      <c r="F871" t="s">
+        <v>15</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H871" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872">
+        <v>18119</v>
+      </c>
+      <c r="B872">
+        <v>2021</v>
+      </c>
+      <c r="C872">
+        <v>57</v>
+      </c>
+      <c r="D872" t="s">
+        <v>18</v>
+      </c>
+      <c r="E872" t="s">
+        <v>19</v>
+      </c>
+      <c r="F872" t="s">
+        <v>15</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H872" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873">
+        <v>18118</v>
+      </c>
+      <c r="B873">
+        <v>2021</v>
+      </c>
+      <c r="C873">
+        <v>56</v>
+      </c>
+      <c r="D873" t="s">
+        <v>18</v>
+      </c>
+      <c r="E873" t="s">
+        <v>19</v>
+      </c>
+      <c r="F873" t="s">
+        <v>15</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H873" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874">
+        <v>18111</v>
+      </c>
+      <c r="B874">
+        <v>2021</v>
+      </c>
+      <c r="C874">
+        <v>4</v>
+      </c>
+      <c r="D874" t="s">
+        <v>13</v>
+      </c>
+      <c r="E874" t="s">
+        <v>14</v>
+      </c>
+      <c r="F874" t="s">
+        <v>15</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H874" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875">
+        <v>18106</v>
+      </c>
+      <c r="B875">
+        <v>2021</v>
+      </c>
+      <c r="C875">
+        <v>46</v>
+      </c>
+      <c r="D875" t="s">
+        <v>18</v>
+      </c>
+      <c r="E875" t="s">
+        <v>19</v>
+      </c>
+      <c r="F875" t="s">
+        <v>15</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H875" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876">
+        <v>18104</v>
+      </c>
+      <c r="B876">
+        <v>2021</v>
+      </c>
+      <c r="C876">
+        <v>44</v>
+      </c>
+      <c r="D876" t="s">
+        <v>18</v>
+      </c>
+      <c r="E876" t="s">
+        <v>19</v>
+      </c>
+      <c r="F876" t="s">
+        <v>15</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H876" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877">
+        <v>18103</v>
+      </c>
+      <c r="B877">
+        <v>2021</v>
+      </c>
+      <c r="C877">
+        <v>43</v>
+      </c>
+      <c r="D877" t="s">
+        <v>18</v>
+      </c>
+      <c r="E877" t="s">
+        <v>19</v>
+      </c>
+      <c r="F877" t="s">
+        <v>15</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878">
+        <v>18102</v>
+      </c>
+      <c r="B878">
+        <v>2021</v>
+      </c>
+      <c r="C878">
+        <v>42</v>
+      </c>
+      <c r="D878" t="s">
+        <v>18</v>
+      </c>
+      <c r="E878" t="s">
+        <v>19</v>
+      </c>
+      <c r="F878" t="s">
+        <v>15</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H878" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879">
+        <v>18101</v>
+      </c>
+      <c r="B879">
+        <v>2021</v>
+      </c>
+      <c r="C879">
+        <v>41</v>
+      </c>
+      <c r="D879" t="s">
+        <v>18</v>
+      </c>
+      <c r="E879" t="s">
+        <v>19</v>
+      </c>
+      <c r="F879" t="s">
+        <v>15</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H879" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880">
+        <v>18098</v>
+      </c>
+      <c r="B880">
+        <v>2021</v>
+      </c>
+      <c r="C880">
+        <v>38</v>
+      </c>
+      <c r="D880" t="s">
+        <v>18</v>
+      </c>
+      <c r="E880" t="s">
+        <v>19</v>
+      </c>
+      <c r="F880" t="s">
+        <v>15</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H880" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881">
+        <v>18065</v>
+      </c>
+      <c r="B881">
+        <v>2021</v>
+      </c>
+      <c r="C881">
+        <v>7</v>
+      </c>
+      <c r="D881" t="s">
+        <v>18</v>
+      </c>
+      <c r="E881" t="s">
+        <v>19</v>
+      </c>
+      <c r="F881" t="s">
+        <v>15</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H881" t="s">
+        <v>2023</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -28309,50 +31840,148 @@
     <hyperlink ref="G759" r:id="rId758"/>
     <hyperlink ref="G760" r:id="rId759"/>
     <hyperlink ref="G761" r:id="rId760"/>
     <hyperlink ref="G762" r:id="rId761"/>
     <hyperlink ref="G763" r:id="rId762"/>
     <hyperlink ref="G764" r:id="rId763"/>
     <hyperlink ref="G765" r:id="rId764"/>
     <hyperlink ref="G766" r:id="rId765"/>
     <hyperlink ref="G767" r:id="rId766"/>
     <hyperlink ref="G768" r:id="rId767"/>
     <hyperlink ref="G769" r:id="rId768"/>
     <hyperlink ref="G770" r:id="rId769"/>
     <hyperlink ref="G771" r:id="rId770"/>
     <hyperlink ref="G772" r:id="rId771"/>
     <hyperlink ref="G773" r:id="rId772"/>
     <hyperlink ref="G774" r:id="rId773"/>
     <hyperlink ref="G775" r:id="rId774"/>
     <hyperlink ref="G776" r:id="rId775"/>
     <hyperlink ref="G777" r:id="rId776"/>
     <hyperlink ref="G778" r:id="rId777"/>
     <hyperlink ref="G779" r:id="rId778"/>
     <hyperlink ref="G780" r:id="rId779"/>
     <hyperlink ref="G781" r:id="rId780"/>
     <hyperlink ref="G782" r:id="rId781"/>
     <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>