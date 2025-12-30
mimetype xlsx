--- v0 (2025-10-02)
+++ v1 (2025-12-30)
@@ -10,83 +10,89 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="39">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Link para Matéria Legislativa</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>ELOE</t>
   </si>
   <si>
     <t>Proposta do Executivo de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Geneilton Filho de Assis</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/materia/22626</t>
+  </si>
+  <si>
+    <t>“Acrescenta parágrafo único ao artigo 181 da Lei Orgânica do Município de Jataí e, dá outras providencias”.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/22321</t>
   </si>
   <si>
     <t>“Altera os incisos XIV e XV do artigo 7º da Lei Orgânica do Munícipio de Jataí e, dá outras providencias”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21995</t>
   </si>
   <si>
     <t>“Altera o inciso I do artigo 72 da Lei Orgânica do Munícipio de Jataí e, dá outras providencias”</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/21685</t>
   </si>
   <si>
     <t>“Acrescenta o inciso V ao artigo 185 da Lei Orgânica do Munícipio de Jataí e, dá outras providencias”</t>
   </si>
   <si>
     <t>Humberto de Freitas Machado</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/materia/20517</t>
   </si>
@@ -468,423 +474,450 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22321" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21995" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21685" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20517" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19556" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18744" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18694" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/12002" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/8296" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4120" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/3673" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/544" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22626" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/22321" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21995" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/21685" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/20517" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/19556" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18744" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/18694" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/12002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/8296" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/4120" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/3673" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/materia/544" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="39" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="142.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>22321</v>
+        <v>22626</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>21995</v>
+        <v>22321</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>21685</v>
+        <v>21995</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>20517</v>
+        <v>21685</v>
       </c>
       <c r="B5">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>19556</v>
+        <v>20517</v>
       </c>
       <c r="B6">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>18744</v>
+        <v>19556</v>
       </c>
       <c r="B7">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>18694</v>
+        <v>18744</v>
       </c>
       <c r="B8">
         <v>2021</v>
       </c>
       <c r="C8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>12002</v>
+        <v>18694</v>
       </c>
       <c r="B9">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>8296</v>
+        <v>12002</v>
       </c>
       <c r="B10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>4120</v>
+        <v>8296</v>
       </c>
       <c r="B11">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>3673</v>
+        <v>4120</v>
       </c>
       <c r="B12">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>544</v>
+        <v>3673</v>
       </c>
       <c r="B13">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H13" t="s">
         <v>36</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14">
+        <v>544</v>
+      </c>
+      <c r="B14">
+        <v>2011</v>
+      </c>
+      <c r="C14">
+        <v>1</v>
+      </c>
+      <c r="D14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H14" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>