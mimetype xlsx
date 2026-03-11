--- v0 (2025-11-18)
+++ v1 (2026-03-11)
@@ -10,80 +10,475 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6689" uniqueCount="3809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6874" uniqueCount="3920">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Link para o Processo/Documento</t>
   </si>
   <si>
     <t>Epigrafe / Título</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>PADL</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11760</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 059/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE STREAMING PARA TRANSMISSÃO ONLINE, DAS SESSÕES PLENÁRIAS DA CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11753</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 050/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM REVENDA DE PNEUS, INCLUINDO MONTAGEM, ALINHAMENTO E BALANCEAMENTO PARA ATENDER A DEMANDA DA FROTA DE VEÍCULOS OFICIAIS DA CÂMARA MUNICIPAL DE JATAI.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11742</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 055/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE BANNER E SUPORTE COM REGULAGEM DE TAMANHO, PARA A PROCURADORIA DA MULHER, NO ÂMBITO DA CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11734</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 054/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE MONTAGEM E DESMONTAGEM DE FECHADURAS ELETRÔNICAS E FORNECIMENTO DE PERFIL DE ALUMÍNIO.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11722</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 046/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>Processo Administrativo visando a contratação de uma empresa autorizada da Toyota para prestação de serviços em veículos oficiais da Câmara Municipal de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11709</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 042/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO DE DISPENSA DE LICITAÇÃO PARA A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE LANCHES (SALGADOS E QUITANDAS)
+PRONTOS PARA CONSUMO PARA REUNIÕES E EVENTOS DA CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>PAIL</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Inexigibilidade de Licitação</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11707</t>
+  </si>
+  <si>
+    <t>Processo Administrativo da Inexigibilidade de Licitação 38/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE DE LICITAÇÃO VISANDO A CONTRATAÇÃO DE CONCESSIONÁRIA OU EMPRESA AUTORIZADA DA TOYOTA NA CIDADE DE JATAÍ, PARA REVISÃO DOS VEÍCULOS QUE ESTÃO NO PERÍODO DE GARANTIA DE FÁBRICA.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11703</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 037/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº 14.133/2021, torna pública a manifestação de interesse em obter propostas adicionais de eventuais interessados para fornecimento de materiais elétricos e hidráulicos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11698</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 036/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>Processo Administrativo visando a aquisição de baterias automotivas, para os veículos oficiais da Câmara Municipal de Jataí.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11689</t>
+  </si>
+  <si>
+    <t>Processo Administrativo da Inexigibilidade de Licitação 32/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>Inexigibilidade de Licitação para a contratação de empresa especializada para fornecer um sistema de consultoria de pesquisa à formação de preços, visando garantir maior eficiência, transparência e conformidade com a legislação vigente nos processos de aquisição de bens e serviços pela administração pública.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11684</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 021/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº 14.133/2021, torna pública a manifestação de interesse em obter propostas adicionais de eventuais interessados para serviços de plotagem conforme especificações constantes no processo em espeque.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11679</t>
+  </si>
+  <si>
+    <t>Processo Administrativo da Inexigibilidade de Licitação 27/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>O Presidente da Câmara Municipal de Jataí, Estado de Goiás, no uso de suas atribuições legais e baseado no Art. 74, da Lei 14.133 de 1º de abril de 2021, declara inexigível a realização de procedimento licitatório para contratação de Concessionária de Serviços Essenciais/Continuados de fornecimento
+Água e tratamento de Esgoto.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11676</t>
+  </si>
+  <si>
+    <t>Processo Administrativo da Inexigibilidade de Licitação 26/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>O presidente da Câmara Municipal de Jataí, Estado de Goiás, no uso de suas atribuições legais e baseado no Art. 74, da Lei 14.133 de 1º de abril de 2021, declara inexigível a realização de procedimento licitatório para contratação de Serviços de fornecimento de Energia Elétrica.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11673</t>
+  </si>
+  <si>
+    <t>Processo Administrativo da Inexigibilidade de Licitação 25/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>O presidente da Câmara Municipal de Jataí, Estado de Goiás, no uso de suas atribuições legais e baseado no Art. 74, da Lei 14.133 de 1º de abril
+de 2021, declara inexigível a realização de procedimento licitatório para contratação de serviços bancários, para pagamento de taxas e tarifas bancárias, junto ao Banco do Brasil S/A.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11667</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 017/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº 14.133/2021, torna pública a manifestação de interesse em
+obter propostas adicionais de eventuais interessados para fornecimento de suporte de caixa acústica para parede.</t>
+  </si>
+  <si>
+    <t>PD</t>
+  </si>
+  <si>
+    <t>Publicações Diversas</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11643</t>
+  </si>
+  <si>
+    <t>Calendário das Sessões Ordinárias da Câmara Municipal de Jataí para o ano de 2026</t>
+  </si>
+  <si>
+    <t>Calendário das Sessões Ordinárias da Câmara Municipal de Jataí para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11624</t>
+  </si>
+  <si>
+    <t>Processo Administrativo da Inexigibilidade de Licitação nº 13/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Inexigibilidade de licitação para contratação de serviços técnicos especializados de consultoria e assessoria na área de contabilidade pública para atender as necessidades da Câmara Municipal de Jataí</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11616</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 009/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO E INSTALAÇÃO DE PORTA DE VIDRO TEMPERADO 8MM E FECHADURAS DIGITAIS.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11613</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 008/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE TELEFONIA FIXA (DDR), PARA A CÂMARAMUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11609</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 004/2026 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>Processo Administrativo visando a contratação de empresa especializada objetivando a contratação para um período de 12 (doze) meses – E-mail Profissional, quantidade de contas de e-mail: 200 (duzentas), espaço para armazenamento: no mínimo 15 GB por usuário, suporte 24/7, em português, Antispam e antivírus, garantia de privacidade, configuração de protocolo: POP3 e IMAP, Webmail
+para usuário, interface de gerenciamento, que atenda ao subdomínio @jatai.go.leg.br, que permita backup e restore e que atenda os critérios do domínio: go.leg.br (interlegis).</t>
+  </si>
+  <si>
+    <t>RGF</t>
+  </si>
+  <si>
+    <t>Relatórios de Gestão Fiscal</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11653</t>
+  </si>
+  <si>
+    <t>Relatório de Gestão Fiscal - Demonstrativo Simplificado do Relatório de Gestão Fiscal - Set/2025 a Dez/2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO SIMPLIFICADO DO RELATÓRIO DE GESTÃO FISCAL - ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL - SETEMBRO/2025 a DEZEMBRO/2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11652</t>
+  </si>
+  <si>
+    <t>RETIFICAÇÃO - Relatório de Gestão Fiscal - Demonstrativo Consolidado Simplificado do Relatório de Gestão Fiscal - Set/2025 a Dez/2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO CONSOLIDADO SIMPLIFICADO DO RELATÓRIO DE GESTÃO FISCAL - ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL - SETEMBRO/2025 a DEZEMBRO/2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11651</t>
+  </si>
+  <si>
+    <t>Relatório de Gestão Fiscal - Demonstrativo da Disponibilidade de Caixa e dos Restos a Pagar - Set/2025 a Dez/2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DA DISPONIBILIDADE DE CAIXA E DOS RESTOS A PAGAR - ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL - SETEMBRO/2025 a DEZEMBRO/2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11650</t>
+  </si>
+  <si>
+    <t>RETIFICAÇÃO - Relatório de Gestão Fiscal - Demonstrativo Consolidado da Disponibilidade de Caixa e dos Restos a Pagar - Set/2025 a Dez/2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO CONSOLIDADO DA DISPONIBILIDADE DE CAIXA E DOS RESTOS A PAGAR - ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL - SETEMBRO/2025 a DEZEMBRO/2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11649</t>
+  </si>
+  <si>
+    <t>RETIFICAÇÃO - Relatório de Gestão Fiscal - Demonstrativo da Despesa com Pessoal - Jan/2025 a Dez/2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DA DESPESA COM PESSOAL / PODER LEGISLATIVO - METODOLOGIA TCM-GO - ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL - DE JANEIRO/2025 ATÉ DEZEMBRO/2025.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11599</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1361/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA PARA SEGURO VEICULAR (FROTA COM 11 VEÍCULOS) RENOVAÇÃO – PARA UM PERÍODO DE 12 (DOZE) MESES.</t>
+  </si>
+  <si>
+    <t>EDCSE</t>
+  </si>
+  <si>
+    <t>Edital de Convocação de Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11591</t>
+  </si>
+  <si>
+    <t>EDITAL DE CONVOCAÇÃO PARA SESSÕES EXTRAORDINÁRIAS Nº 04/2025.</t>
+  </si>
+  <si>
+    <t>O Presidente da Câmara Municipal de Jataí, vereador Marcos Patrick de Castro Gomes, no uso de suas atribuições legais e regimentais, com fulcro no disposto no Artigo 70, do Regimento Interno da Câmara – Resolução nº 002/2010, CONVOCA os Excelentíssimos Senhores Vereadores e a Excelentíssima Senhora Vereadora, integrantes do Parlamento Municipal, para sessões extraordinárias, a realizarem-se no dia 19/12/2025, (sexta-feira), a partir das 10 horas, no plenário João Justino de Oliveira, PARA DISCUSSÃO E VOTAÇÃO DA SEGUINTE MATÉRIA:
+1) PROJETO DE LEI ORDINÁRIA DO EXECUTIVO Nº 122/2025, que Dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos Servidores que integram o quadro Administrativo da Secretaria Municipal de Educação do Município de Jataí e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>RCI</t>
+  </si>
+  <si>
+    <t>Relatório de Controle Interno</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11589</t>
+  </si>
+  <si>
+    <t>PLANO ANUAL DE AUDITORIA INTERNA 2026</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Jataí, Goiás, através de seu departamento de Controle Interno, e com o objetivo de proporcionar e manter transparência em suas ações de gestão, torna público o Plano Anual de Auditoria Interna (PAAI) para o exercício de 2026, para a apresentação dos procedimentos e metodologias a serem adotados na realização de auditoria interna.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11582</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1357/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA AUTORIZADA TOYOTA PARA A 1ª REVISÃO (10.000 KM GARANTIA DE FÁBRICA), DOS VEÍCULOS OFICIAIS: COROLLA – PLACA: SDE-9I79, CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>PCA</t>
+  </si>
+  <si>
+    <t>Plano de Contrações Anual</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11578</t>
+  </si>
+  <si>
+    <t>PLANEJAMENTO ANUAL DAS CONTRATAÇÕES - EXERCÍCIO 2026</t>
+  </si>
+  <si>
+    <t>Este documento apresenta o Planejamento Anual das Contratações (PAC) da Câmara Municipal de Jataí, elaborado em conformidade com a Lei no 14.133/2021.
+O PAC visa assegurar o planejamento prévio, a racionalização das contratações públicas e a eficiência na aplicação dos recursos públicos.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11572</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1353/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE SERVIÇO DE REVISÃO E MANUTENÇÃO EM ROÇADEIRA – INCLUINDO MATERIAL E MÃO DE OBRA –
+PARA A CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11544</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1349/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A AQUISIÇÃO DE UTENSÍLIOS E PEÇAS DE APOIO DESTINADOS À PREPARAÇÃO, ORGANIZAÇÃO E DISPOSIÇÃO DE LANCHES, CAFÉS DA MANHÃ, COFFEE BREAKS, REUNIÕES E PEQUENAS RECEPÇÕES PROMOVIDAS PELA CÂMARA MUNICIPAL DE JATAÍ E PEÇAS DE DECORAÇÃO PARA SALA DA PROCURADORIA DA MULHER.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11527</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1345/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA AUTORIZADA TOYOTA PARA A 5ª REVISÃO (50.000 KM - GARANTIA DE
+FÁBRICA), DO VEÍCULO OFICIAL: COROLLA – PLACA SCS0F88, CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>Processo Administrativo</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11522</t>
+  </si>
+  <si>
+    <t>Processo Administrativo nº 1329/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>EDITAL DE PREGÃO ELETRÔNICO N° 013/2025
+PROCESSO N° 1329/2025
+ELEMENTO DE DESPESA:
+ELEMENTO DE DESPESA: 3.3.90.39/69 Outros Serviços de Terceiros, pessoa jurídica/Seguros em Geral.
+RECEBIMENTO DE PEDIDOS DE ESCLARECIMENTO ATÉ: 17:00 horas do dia 15/12/2025
+RECEBIMENTO DE PEDIDOS DE IMPUGNAÇÃO ATÉ: 17:00 horas do dia 15/12/2025
+RECEBIMENTO DAS PROPOSTAS ATÉ: 09:00 horas do dia 18/12/2025
+ABERTURA DA SEÇÃO PÚBLICA: às 09:01 horas do dia 18/12/2025
+REFERÊNCIA DE TEMPO: Todas as referências de tempo no Edital, no aviso e durante a sessão pública observarão, obrigatoriamente, o horário de Brasília – DF.
+ENDEREÇO: As propostas serão recebidas exclusivamente por meio eletrônico no endereço: www.portaldecompraspublicas.com.br.
+OBJETO: Contratação de empresa especializada de serviços de seguro automotivo, para cobertura de 11 (doze) veículos, na modalidade de seguro tradicional com assistência 24 horas.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11514</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1341/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA AUTORIZADA TOYOTA PARA A 1ª REVISÃO (10.000 KM GARANTIA DE FÁBRICA), DOS VEÍCULOS OFICIAIS: COROLLA – PLACA TFW-4A29, CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11510</t>
+  </si>
+  <si>
+    <t>Processo Administrativo de Dispensa de Licitação nº 1337/2025 - Lei 14.133/2021</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DESERVIÇOS DE PEDREIRO, PARA PEQUENOS REPAROS, PARA
+MANUTENÇÃO DO PRÉDIO DA CÂMARA MUNICIPAL DE JATAÍ.</t>
+  </si>
+  <si>
+    <t>https://www.jatai.go.leg.br/doc/11504</t>
+  </si>
+  <si>
+    <t>Processo Administrativo nº 581/2025 - Sindicância Administrativa</t>
+  </si>
+  <si>
+    <t>Apuração dos fatos narrados no Memorando nº 581/2025 - Sindicância Administrativa.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11481</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1328/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE CONSERTO DE TV, PARA A CÂMARA MUNICIPAL DE JATAÍ.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11473</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1333/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA ORGANIZAÇÃO, LOCAÇÃO E MONTAGEM DE CENÁRIO NATALINO, PARA A CÂMARA NO PRÉDIO DA CÂMARA MUNICIPAL DE JATAÍ.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11469</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1320/2025 - Lei 14.133/2021</t>
   </si>
@@ -98,69 +493,57 @@
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A AQUISIÇÃO DE ADESIVO LEITOSO, PARA A CÂMARA MUNICIPAL DE JATAÍ (SALA DA PROCURADORIA DA MULHER).</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11429</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1316/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA CONFECÇÃO DE BÓTONS METÁLICOS PERSONALIZADOS PARA OS VEREADORES E
 VEREADORA DA CÂMARA MUNICIPAL DE JATAI.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11424</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1308/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A AQUISIÇÃO DE LAVADORA INDUSTRIAL DE ALTA PRESSÃO E MANGUEIRA DE JARDIM COM ABRAÇADEIRA, PARA A CÂMARA
 MUNICIPAL DE JATAÍ.</t>
   </si>
   <si>
-    <t>PAIL</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/doc/11418</t>
   </si>
   <si>
     <t>Processo Administrativo da Inexigibilidade de Licitação nº 1295/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>Este instrumento tem como objeto a finalidade de autorizar repasse destinado a filiar-se e contribuir mensalmente em favor da ASSOCIAÇÃO DAS CÂMARA MUNICIPAIS E VEREADORES DO ESTADO DE GOIÁS, em conformidade a Lei Municipal de n° 4.843 de 30 de junho de 2025.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Processo Administrativo</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11416</t>
   </si>
   <si>
     <t>Processo Administrativo nº 1290/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>EDITAL DE PREGÃO ELETRÔNICO N° 012/2025
 PROCESSO N° 1290/2025
 ELEMENTO DE DESPESA:
 339030-17 – Material de consumo/material de processamento de dados
 449052-35 – Equipamentos e materiais permanentes/equipamento de processamento de dados
 449052-06 – Equipamentos e materiais permanentes/aparelhos e equipamentos de comunicação
 RECEBIMENTO DE PEDIDOS DE ESCLARECIMENTO ATÉ: 17:00 horas do dia 10/11/2025
 RECEBIMENTO DE PEDIDOS DE IMPUGNAÇÃO ATÉ: 17:00 horas do dia 10/11/2025.
 RECEBIMENTO DAS PROPOSTAS ATÉ: 09:00 horas do dia 13/11/2025
 ABERTURA DA SEÇÃO PÚBLICA: às 09:01 horas do dia 13/11/2025
 REFERÊNCIA DE TEMPO: Todas as referências de tempo no Edital, no aviso e durante a sessão pública observarão, obrigatoriamente, o horário de Brasília – DF.
 ENDEREÇO: As propostas serão recebidas exclusivamente por meio eletrônico no endereço: www.portaldecompraspublicas.com.br.
 OBJETO: Registro de Preços para a eventual aquisição Aquisição de equipamentos de informática e acessórios de tecnologia para atender
 as demandas e as necessidades da Câmara Municipal de Jataí-GO.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11399</t>
@@ -170,56 +553,50 @@
   </si>
   <si>
     <t>PROCESSO DE INEXIGIBILIDADE DE LICITAÇÃO VISANDO O PAGAMENTO DE INSCRIÇÃO DE SERVIDORA DA CONTABILIDADE/TESOURARIA, NO CURSO DE APERFEIÇOAMENTO – IMPACTOS DA REFORMA TRIBUTÁRIA NOS MUNICÍPIOS, NOS DIAS 03 E 04/11/2025, QUE SERÁ REALIZADO EM GOIÂNIA-GO.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11390</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1304/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE UNIFORMES (VESTIMENTAS FORMAIS),
 PARA O DEPARTAMENTO DE CERIMONIAL DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11388</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1303/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA 2ª REVISÃO (20.000 KM) DO VEÍCULO TOYOTA
 COROLLA, PLACA: TGB9E59.</t>
   </si>
   <si>
-    <t>RCI</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/doc/11387</t>
   </si>
   <si>
     <t>RELATÓRIO DE CONTROLE INTERNO DA CÂMARA MUNICIPAL DE JATAÍ RELATIVO AO 1º SEMESTRE DE 2025.</t>
   </si>
   <si>
     <t>Relatório de Controle Interno visando cumprir as determinações atribuídas a unidade de Controle Interno que são definidas nos artigos 31, 70 e 74 da
 Constituição Federal, no art. 59 da Lei Complementar nº101/00 (Lei de Responsabilidade Fiscal – LRF), combinados com os artigos 75 a 80 da Lei Nº4.320/64.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11371</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1299/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE COMBUSTÍVEIS.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11365</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1280/2025 - Lei 14.133/2021</t>
   </si>
   <si>
@@ -314,56 +691,50 @@
 Revisão de Veículo (Corolla – placa: RCN8H16) em Garantia de Fábrica, para prestação de serviços de Revisão Preventiva e Corretiva do Corolla,
 placa: RCN8H16 (10ª revisão – 100.000 km).</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11259</t>
   </si>
   <si>
     <t>Processo Administrativo nº 1246/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>EDITAL DE PREGÃO ELETRÔNICO N° 011/2025
 PROCESSO N° 1246/2025
 ELEMENTO DE DESPESA:
 339030/07 Material de Consumo/Gêneros Alimentação
 339030/21 Material de Consumo/Copa e Cozinha
 339030/04 Material de Consumo/Gás Engarrafado
 RECEBIMENTO DE PEDIDOS DE ESCLARECIMENTO ATÉ: 17:00 horas do dia 13/10/2025
 RECEBIMENTO DE PEDIDOS DE IMPUGNAÇÃO ATÉ: 17:00 horas do dia 13/10/2025.
 RECEBIMENTO DAS PROPOSTAS ATÉ: 09:00 horas do dia 16/10/2025
 ABERTURA DA SEÇÃO PÚBLICA: às 09:01 horas do dia 16/09/2025
 REFERÊNCIA DE TEMPO: Todas as referências de tempo no Edital, no aviso e durante a sessão pública observarão, obrigatoriamente, o horário de Brasília – DF.
 ENDEREÇO: As propostas serão recebidas exclusivamente por meio eletrônico no endereço: www.portaldecompraspublicas.com.br.
 OBJETO: Registro de Preços para a eventual aquisição de Material de Copa Cozinha Gás engarrafado e Gêneros Alimentícios, para atender as necessidades da Câmara Municipal de Jataí GO, conforme Termo de Referência constante do Anexo I deste Edital.</t>
   </si>
   <si>
-    <t>RGF</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.jatai.go.leg.br/doc/11251</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal</t>
   </si>
   <si>
     <t>DEMONSTRATIVO DA DESPESA COM PESSOAL / PODER LEGISLATIVO - METODOLOGIA TCM-GO - ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL - DE SETEMBRO/2024 ATÉ AGOSTO/2025.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11247</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1259/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE REFIS (FILTROS) PARA OS PURIFICADORES EVEREST SOFT PLUS E MÃO DE OBRA PARA TROCA DOS REFIS, PARA A CÂMARA MUNICIPAL DE JATAÍ.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11241</t>
   </si>
   <si>
     <t>Processo Administrativo de Inexigibilidade de Licitação nº 1250/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>O presidente da Câmara Municipal de Jataí, Estado de Goiás, no uso de suas atribuições legais e baseado no Art. 74, da Lei 14.133 de 1º de abril de 2021, declara inexigível a realização de procedimento licitatório para contratação de Serviços de Licenciamento Anual 2025 e Multas de Trânsito dos veículos oficiais da Câmara.</t>
@@ -472,56 +843,50 @@
   </si>
   <si>
     <t>Processo Administrativo da Inexigibilidade de Licitação nº 1175/2025</t>
   </si>
   <si>
     <t>O presidente da Câmara Municipal de Jataí, Estado de Goiás, no uso de suas atribuições legais e baseado no Art. 74, inciso III, alínea “f”, da Lei 14.133 de 1º de abril de 2021, declara inexigível a realização de procedimento licitatório para o pagamento de inscrição da servidora do Departamento de Controle Interno: Simone Roveda de Lima de Melo, no curso de aperfeiçoamento – Curso de Formação em Auditoria Interna para Controladores Internos – as aulas serão realizadas nos dias 10, 11 e 12 de setembro de 2025, na cidade de Goiânia-GO.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11071</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1194/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº 14.133/2021, torna pública a manifestação de interesse em obter propostas adicionais de eventuais interessados para contratação de empresa especializada no fornecimento de Sistema Informatizado em formato SaaS para Gerenciamento Eletrônico de Documentos Multiuso, contemplando os Módulos: Memorando, Ofício Eletrônico, Circular, Protocolo Eletrônico, Pedido de e-SIC, Processo Administrativo, Ouvidoria Digital, Gestão Avançada de processos (workflow), Assinatura digital em lote e Aplicativo Móvel para Atendimento, para no mínimo 50 (cinquenta) usuários, acompanhada da prestação de serviços de implantação, capacitação, suporte técnico e manutenção corretiva, adaptativa e evolutiva, com compatibilidade com o sistema de gestão utilizado atualmente (SIGEP) e PortalCMJ/SAPL para Câmara Municipal de Jataí. Tendo como objetivo padronizar a comunicação, reduzir gastos públicos, oferecer transparência e registrar informações de atendimento aos contribuintes, em todos os departamentos da Câmara Municipal de Jataí-GO.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11063</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1192/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº 14.133/2021, torna pública a manifestação de interesse em obter propostas adicionais de
 eventuais interessados para contratação de empresa especializada no serviço de Manutenção do veículo: Jetta – placa: PRQ8H05, sendo, troca de óleo, alinhamento, balanceamento e remendo de pneu.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Publicações Diversas</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11052</t>
   </si>
   <si>
     <t>Prestação de Contas das Emendas Impositivas - 2024</t>
   </si>
   <si>
     <t>Relatórios Apresentados na prestação de contas das Emendas Impositivas de 2024 para LOA 2025.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11049</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1079/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº 14.133/2021, torna pública a manifestação de interesse em obter propostas adicionais de eventuais interessados para contratação de empresa especializada no fornecimento de serviços de Vidraçaria, fornecimento sob demanda de confecção de 200 unidades de molduras em alumínio, dentro do período de agosto a dezembro de 2025.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/11044</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 1203/2025 - Lei 14.133/2021</t>
   </si>
@@ -699,56 +1064,50 @@
     <t>https://www.jatai.go.leg.br/doc/10814</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 994/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA 4ª REVISÃO DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE JATAÍ, TOYOTA COROLLA SCS-0F88.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10809</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 957/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso II – da Lei Federal nº14.133/2021, torna publica a manifestação de interesse na contratação de empresa para locação de software para controle de ponto eletrônico (para 12 meses), até 200 colaboradores, compatível com o relógio biométrico que é usado pela Câmara, suporte para uso de software (conforme demanda, no mínimo 3 durante a vigência do contrato). A marca do ponto eletrônico usado na Câmara Municipal é o Control ID.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10805</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 966/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO PROCEDIMENTO LICITATÓRIO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE COMBUSTÍVEIS.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Edital de Convocação de Sessão Extraordinária</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10800</t>
   </si>
   <si>
     <t>Edital de Convocação de Sessão Extraordinária n° 003/2025</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Jataí, vereador Marcos Patrick de Castro Gomes, no uso de suas atribuições legais e regimentais, com
 fulcro no disposto no Artigo 70, do Regimento Interno da Câmara – Resolução nº 002/2010, CONVOCA os Excelentíssimos Senhores Vereadores e a
 Excelentíssima Senhora Vereadora, integrantes do Parlamento Municipal, para sessões extraordinárias, a realizarem-se no dia 10/06/2025, (terça-feira), a
 partir das 9 horas e 30 minutos, no plenário João Justino de Oliveira, PARA DISCUSSÃO E VOTAÇÃO DA SEGUINTE MATÉRIA:
 1. PROJETO DE LEI ORDINÁRIA DO EXECUTIVO Nº 45/2025, que “Autoriza o Chefe do Poder Executivo Municipal a conceder ajuda humanitária ao infante LUIZ MIGUEL DA SILVA DIAS, e dá outras providências."</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10795</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 959/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10785</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 732/2025 - Lei 14.133/2021</t>
@@ -1236,56 +1595,50 @@
     <t>https://www.jatai.go.leg.br/doc/10437</t>
   </si>
   <si>
     <t>EDITAL DE CONVOCAÇÃO PARA SESSÕES EXTRAORDINÁRIAS Nº 01/2025.</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Jataí, vereador Marcos Patrick de Castro Gomes, no uso de suas atribuições legais e regimentais, com fulcro no disposto no Artigo 70, do Regimento Interno da Câmara – Resolução nº 002/2010, CONVOCA, a pedido do Executivo, conforme Ofício nº 167/2025 – PGM, de 19 de março de 2025, os Excelentíssimos Senhores Vereadores e a Excelentíssima Senhora Vereadora, integrantes do Parlamento Municipal, para sessões extraordinárias, a realizarem-se no dia 20/03/2025, (quinta-feira), a partir das 8 horas, no plenário João Justino de Oliveira, PARA DISCUSSÃO E VOTAÇÃO DAS SEGUINTES MATÉRIAS: 1. PROJETO DE LEI ORDINÁRIA DO EXECUTIVO Nº 14/2025, que “Autoriza, nos termos da Lei Ordinária Municipal nº. 2.918, de 31 de março de 2009, a Revisão Geral Anual dos vencimentos dos Servidores Públicos Municipais ativos, inativos e pensionistas, do Executivo e Legislativo e, dá outras providências”; 2. PROJETO DE LEI ORDINÁRIA DO EXECUTIVO Nº 18/2025, que “Autoriza, nos termos do artigo 5º, da Lei 11.738, de 16 de julho de 2008, o reajuste ao piso junto à Tabela Anexo I da Lei Municipal nº 2.822, de 27 de agosto de 2007, aos Profissionais do Magistério do Município de Jataí, e dá outras providências.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10431</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 341/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO VISANDO CONTRATAÇÃO DE SERVIÇO DE CONFECÇÃO DE BANNERS, PARA CÂMARA MUNICIPAL DE JATAÍ.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10428</t>
   </si>
   <si>
     <t>Processo Administrativo de Dispensa de Licitação nº 362/2025 - Lei 14.133/2021</t>
   </si>
   <si>
     <t>A Câmara Municipal de Jataí, em conformidade com o Art. 75, inciso I — da Lei Federal n° 14.133/2021, torna pública a manifestação de interesse em obter propostas adicionais de eventuais interessados para contratação de Concessionária Toyota para prestação de serviços de Revisão Preventiva e Corretiva do Corolla, placa: SCQ8D58 (3ª revisão — 30.000 km).</t>
-  </si>
-[...4 lines deleted...]
-    <t>Plano de Contrações Anual</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10427</t>
   </si>
   <si>
     <t>Plano de Contratações Anual 2025</t>
   </si>
   <si>
     <t>Plano de Contratações Anual 2025.</t>
   </si>
   <si>
     <t>https://www.jatai.go.leg.br/doc/10426</t>
   </si>
   <si>
     <t>Estatuto ASCAMJ - Gestão 2025/2026</t>
   </si>
   <si>
     <t>ESTATUTO DA ASSOCIAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE JATAÍ - GOIÁS - Gestão 2025/2026</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
@@ -12597,34845 +12950,35807 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11481" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11473" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11469" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11438" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11429" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11424" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11418" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11416" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11399" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11390" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11388" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11387" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11371" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11355" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11346" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11331" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11315" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11311" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11296" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11294" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11283" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11272" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11259" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11251" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11247" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11241" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11227" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11210" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11203" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11174" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11166" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11142" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11139" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11135" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11129" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11085" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11071" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11063" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11052" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10999" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10993" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10990" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10936" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10933" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10921" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10915" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10887" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10879" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10867" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10865" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10859" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10842" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10837" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10833" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10814" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10809" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10805" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10800" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10795" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10785" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10779" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10777" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10773" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10758" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10734" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10728" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10725" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10707" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10704" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10700" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10693" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10687" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10684" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10681" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10678" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10658" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10651" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10631" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10627" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10624" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10619" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10614" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10600" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10596" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10587" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10577" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10569" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10568" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10564" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10559" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10556" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10552" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10548" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10544" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10542" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10516" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10500" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10492" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10475" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10471" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10461" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10460" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10456" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10442" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10438" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10437" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10431" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10428" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10427" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10426" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10425" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10421" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10418" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10415" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10410" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10407" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10396" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10392" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10388" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10384" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10377" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10374" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10356" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10352" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10348" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10344" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10336" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10333" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10329" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10320" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10316" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10310" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10309" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10292" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10288" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10277" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10276" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10275" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10274" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10271" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10268" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10258" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10253" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10250" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10245" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10239" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10238" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10235" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10231" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10220" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10217" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10213" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10212" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11154" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10214" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10198" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10195" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10194" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10188" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10182" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10179" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10169" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10165" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10164" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10154" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10147" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10142" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10133" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10115" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10111" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10108" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10102" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10099" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10093" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10079" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10075" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10072" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10064" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10057" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10048" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10046" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10042" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10035" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10022" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10016" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10009" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10000" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9994" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9987" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9980" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9973" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9970" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9962" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9958" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9951" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9948" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9946" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9937" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9934" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9930" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9920" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9910" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9907" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9891" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9888" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9883" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9877" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9861" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9853" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9846" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9840" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9836" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9835" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9834" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9830" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9827" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9817" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9810" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9804" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9790" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9787" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9784" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9779" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9778" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9764" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9747" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9744" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9738" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9729" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9716" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9700" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9690" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9672" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9668" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9665" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9655" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9634" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9628" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9616" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9613" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9604" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9603" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9600" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9596" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9591" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9579" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9576" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9569" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9565" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9554" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9551" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9546" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9542" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9540" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9535" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9524" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9522" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9514" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9506" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9505" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9493" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9490" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9487" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9478" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9473" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9469" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9464" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9459" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9454" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9451" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9447" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9446" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9445" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9444" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9443" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9435" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9433" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9431" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9428" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9421" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9419" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9417" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9412" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9407" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9406" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9403" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9399" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9393" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9382" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9380" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9369" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9365" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9361" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9360" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9358" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9353" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9351" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9343" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9338" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9330" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9329" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9324" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9312" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9311" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9307" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9304" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9302" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9300" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9294" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9291" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9284" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9283" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9280" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9271" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9268" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9262" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9260" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9258" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9245" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9244" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9242" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9239" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9215" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9213" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9209" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9206" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9201" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9198" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9192" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9188" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9184" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9183" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9182" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9181" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9180" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9179" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9175" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9173" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9157" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9153" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9151" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9149" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9145" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9144" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9135" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9133" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9131" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9128" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9127" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9124" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9120" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9118" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9112" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9101" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9091" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9082" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9081" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9079" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9076" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9069" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9067" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9064" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9047" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9041" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9037" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9033" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9029" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9013" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9011" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9009" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9007" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9006" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9004" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9000" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8998" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8996" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8991" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8987" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8985" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8978" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8976" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8968" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8947" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8945" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8941" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8936" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8931" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8929" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8927" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8917" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8915" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8913" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8911" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8905" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8898" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8896" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8894" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8889" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8886" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8884" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8879" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8877" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8871" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8869" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8867" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8853" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8851" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8845" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8843" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8841" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8838" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8833" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8831" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8828" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8826" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8824" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8820" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8804" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8802" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8798" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8796" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8794" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8792" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8791" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8788" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8786" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8784" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9264" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8873" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8801" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8781" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8778" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8775" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8773" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8767" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8763" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8761" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8758" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8754" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8746" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8745" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8738" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8736" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8735" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8729" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8726" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8722" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8712" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8710" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8708" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8704" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8689" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8687" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8685" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8678" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8676" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8663" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8661" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8659" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8657" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8652" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8648" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8646" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8634" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8631" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8629" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8626" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8618" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8609" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8608" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8606" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8603" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8601" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8599" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8596" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8594" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8591" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8575" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8572" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8568" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8563" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8561" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8559" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8548" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8542" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8528" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8524" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8522" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8520" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8513" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8511" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8507" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8506" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8502" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8499" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8497" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8493" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8477" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8475" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8473" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8471" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8468" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8466" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8461" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8456" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8449" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8440" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8437" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8435" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8433" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8428" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8424" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8418" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8416" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8413" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8410" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8407" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8401" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8399" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8389" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8381" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8379" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8375" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8373" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8371" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8367" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8364" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8320" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8318" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8308" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8305" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8302" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8287" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8285" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8283" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8281" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8279" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8277" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8259" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8257" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8255" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8253" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8248" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8246" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8244" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8238" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8236" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8234" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8231" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8229" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8227" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8223" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8221" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8219" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8217" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8215" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8206" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8205" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8202" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8200" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8197" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8195" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8193" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8191" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8187" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8185" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8183" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8180" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8178" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8176" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8175" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8162" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8160" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8158" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8156" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8154" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8145" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8144" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8143" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8142" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8136" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8135" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8134" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8133" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8132" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8122" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8120" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8118" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8116" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8111" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8105" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8104" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8112" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8107" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8102" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8098" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8096" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8092" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8088" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8083" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8070" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8068" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8066" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8064" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8063" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8053" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8045" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8040" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8038" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8035" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8033" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8027" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8024" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8009" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8006" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8004" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8002" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8000" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7995" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7992" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7988" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7986" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7984" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7983" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7981" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7970" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7968" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7962" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7956" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7953" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7950" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7946" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7938" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7935" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7933" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7930" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7919" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7909" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7905" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7903" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7891" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7889" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7884" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7882" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7880" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7879" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7877" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7875" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7874" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7872" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7868" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7866" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7864" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7861" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7854" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7836" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7831" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7825" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7812" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7806" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7797" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7792" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7788" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7747" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7743" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7733" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7724" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7710" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7708" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7706" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7700" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7698" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7682" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7633" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7631" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7620" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7618" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7616" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7613" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7612" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7605" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7594" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7590" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7589" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7584" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7581" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7578" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7567" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7565" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7563" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7558" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7555" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7552" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7550" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7539" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7537" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7535" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7510" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7503" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7501" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7499" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7494" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7484" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7482" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7480" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7478" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7477" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7475" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7473" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7471" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7469" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7445" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7443" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7441" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7427" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7425" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7423" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7421" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7384" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7383" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7391" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7374" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7372" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7364" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7334" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7309" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7300" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7298" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7251" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7236" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7233" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7231" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7230" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7225" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7212" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7211" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7208" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7204" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7202" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7198" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7194" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7175" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7166" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7151" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7107" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7103" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7096" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7077" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7072" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7052" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7048" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7028" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6984" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6950" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6946" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6880" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6694" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6681" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6676" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6635" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6633" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6473" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6468" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6442" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6372" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6364" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6358" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6337" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6260" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6258" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6252" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6247" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6239" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6218" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6210" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6195" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6165" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6150" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6149" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6148" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6142" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6140" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6115" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6113" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6063" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6057" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6053" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6039" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6031" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6027" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6026" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6014" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6012" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6006" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6003" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5998" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5990" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5987" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5985" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5979" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5950" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5938" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5937" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5933" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5901" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5897" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5895" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5886" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5873" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5871" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5869" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5868" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5866" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5856" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5848" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5840" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5830" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5823" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5818" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5816" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5800" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5796" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5793" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5790" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5787" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5770" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5765" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5758" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5757" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5755" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5752" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5744" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5732" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5730" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5690" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5671" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5659" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5653" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5646" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5616" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5613" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5599" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5593" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5590" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5589" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6181" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5687" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5618" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5601" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5579" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5577" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5576" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5512" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5492" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5490" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5481" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5479" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5457" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5453" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5451" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5446" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5417" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5413" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5410" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5389" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5384" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5365" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5362" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5352" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5346" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5342" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5330" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5329" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5328" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5314" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5307" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5293" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5256" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5255" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5242" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5241" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5240" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5222" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5221" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5215" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5213" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5208" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5174" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5168" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5161" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5155" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5151" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5139" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5137" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5135" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5127" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5117" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5092" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5089" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5082" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5078" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5074" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5073" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5070" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5068" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5065" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5062" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5061" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5059" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5057" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5055" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5053" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5051" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5048" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5046" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5043" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5042" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5041" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5038" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5035" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5031" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5026" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5024" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5022" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5018" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5016" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5014" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5008" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5006" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5004" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5002" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5000" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4998" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4995" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4994" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4990" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4988" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4987" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4984" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4978" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4974" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4971" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4970" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4969" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4963" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4961" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4951" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4950" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4946" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4943" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4923" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4915" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4906" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4901" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4897" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4894" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4892" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4890" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4881" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4876" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4875" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4873" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4868" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4866" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4857" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4856" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4853" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4855" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4852" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4851" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4845" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4843" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4834" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4833" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4826" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4825" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4821" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4813" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4811" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4803" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4799" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4797" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4796" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4795" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4794" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4768" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4757" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4756" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4750" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4745" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4742" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4736" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4720" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4715" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4703" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4699" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4690" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4687" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4681" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4664" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4659" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4654" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4648" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4643" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4642" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4633" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4632" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4629" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4627" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4620" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4615" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4614" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4612" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4606" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4604" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4603" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4597" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4596" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4595" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4584" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4583" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4580" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4572" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4565" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4559" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4554" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4551" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4537" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4534" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4523" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4521" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4518" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4510" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4504" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4503" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4502" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4501" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4500" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4493" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4488" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4487" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4486" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4485" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4479" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4475" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4447" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4446" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4444" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4407" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4404" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4400" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4398" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4392" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4389" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4386" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4377" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4375" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4370" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4367" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4364" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4358" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4344" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4343" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4334" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4330" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4329" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4327" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4261" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4260" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4232" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4226" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4224" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4223" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4217" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4216" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4186" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4178" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4175" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4168" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4165" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4162" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4160" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4153" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4152" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4127" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4126" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4119" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4117" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4107" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4103" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4102" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4101" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4099" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4092" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4089" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4084" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4082" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4078" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4074" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4065" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4061" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4054" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4050" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4048" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4044" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4041" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4036" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4033" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4028" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4026" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4021" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4018" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4019" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4013" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4012" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4010" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4009" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4007" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3990" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3988" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3987" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3984" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3981" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3980" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3979" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3978" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3977" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3976" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3975" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3974" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3972" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3971" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3970" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3969" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3968" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3965" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3961" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3959" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3948" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3945" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3944" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3942" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3937" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3929" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3927" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3925" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3921" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3920" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3908" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3893" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3891" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3888" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3886" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3884" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3882" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3879" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3873" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3907" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3906" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3871" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3868" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3866" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3864" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3863" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3861" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3860" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3859" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3857" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3851" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3850" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3848" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3846" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3844" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3841" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3838" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3833" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3831" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3828" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3827" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3822" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3807" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3806" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3783" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3774" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3772" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3769" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3767" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3762" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3760" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3756" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3755" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3751" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3742" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3753" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3741" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3737" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3736" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3735" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3731" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3690" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3689" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3688" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3685" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3683" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3682" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3681" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3673" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3648" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3647" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3645" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3641" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3637" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3629" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3625" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3624" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3623" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3622" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3621" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3620" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3619" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3618" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3615" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3614" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3605" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3601" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3585" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3579" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3571" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3568" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4284" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4282" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3668" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3667" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3666" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3665" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3664" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3663" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3662" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3661" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3659" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3658" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3657" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3656" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3654" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3653" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3652" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3651" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3565" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3564" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3560" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3557" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3556" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3555" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3547" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3546" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3441" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3434" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3399" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3364" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3363" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3228" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3115" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3067" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3017" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2992" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2991" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2990" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2989" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2988" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2940" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2939" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2925" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2891" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2890" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2889" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2888" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2887" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2886" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2885" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2884" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2883" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2864" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2845" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4300" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4299" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4298" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4297" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4296" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4295" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4294" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4293" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4291" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4287" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3655" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2836" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2817" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2809" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2800" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2781" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2780" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2771" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2734" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2698" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2629" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2574" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2509" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2508" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2449" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2435" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2434" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2379" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2335" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2226" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2222" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4292" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4288" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4286" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2666" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2665" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2664" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2663" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2662" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2660" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2657" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2656" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2655" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2654" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2653" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2652" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2651" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10362" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11760" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11753" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11742" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11734" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11722" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11709" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11707" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11703" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11689" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11684" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11679" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11676" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11673" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11667" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11643" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11624" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11616" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11613" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11609" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11653" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11652" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11651" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11650" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11649" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11599" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11591" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11589" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11582" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11578" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11544" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11527" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11522" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11514" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11510" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11504" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11481" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11473" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11469" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11438" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11429" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11424" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11418" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11416" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11399" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11390" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11388" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11387" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11371" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11365" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11355" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11346" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11331" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11315" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11311" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11296" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11294" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11283" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11272" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11259" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11251" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11247" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11241" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11227" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11210" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11203" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11166" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11142" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11139" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11135" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11129" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11124" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11085" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11071" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11063" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11052" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11049" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11044" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10999" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10993" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10990" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10936" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10933" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10921" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10915" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10887" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10879" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10867" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10865" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10859" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10842" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10837" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10833" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10814" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10809" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10805" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10800" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10795" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10785" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10779" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10777" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10773" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10758" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10734" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10728" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10725" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10707" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10704" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10700" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10693" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10687" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10684" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10681" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10678" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10658" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10651" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10631" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10627" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10624" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10619" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10614" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10600" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10596" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10587" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10577" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10569" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10568" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10564" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10559" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10556" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10552" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10548" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10544" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10542" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10516" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10500" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10492" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10475" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10471" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10461" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10460" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10456" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10442" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10438" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10437" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10431" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10428" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10427" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10426" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10425" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10421" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10418" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10415" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10410" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10407" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10396" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10392" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10388" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10384" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10377" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10374" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10356" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10352" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10348" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10344" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10336" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10333" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10329" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10320" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10316" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10310" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10309" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10292" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10288" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10277" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10276" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10275" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10274" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10271" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10268" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10258" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10253" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10250" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10245" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10239" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10238" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10235" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10231" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10220" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10217" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10213" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10212" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/11154" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10214" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10198" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10195" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10194" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10188" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10182" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10179" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10169" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10165" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10164" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10154" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10147" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10142" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10133" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10115" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10111" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10108" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10102" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10099" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10093" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10079" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10075" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10072" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10064" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10057" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10048" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10046" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10042" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10035" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10022" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10016" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10009" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10001" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10000" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9994" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9987" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9980" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9973" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9970" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9962" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9958" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9951" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9948" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9946" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9937" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9934" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9930" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9920" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9910" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9907" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9891" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9888" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9883" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9877" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9861" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9853" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9846" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9840" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9836" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9835" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9834" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9830" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9827" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9817" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9810" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9804" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9790" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9787" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9784" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9779" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9778" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9764" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9747" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9744" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9738" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9729" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9716" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9700" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9690" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9672" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9668" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9665" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9655" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9634" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9628" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9616" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9613" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9604" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9603" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9600" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9596" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9591" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9579" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9576" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9569" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9565" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9554" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9551" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9546" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9542" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9540" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9535" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9524" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9522" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9514" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9506" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9505" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9493" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9490" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9487" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9478" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9473" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9469" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9464" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9459" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9457" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9454" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9451" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9447" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9446" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9445" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9444" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9443" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9435" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9433" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9431" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9428" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9421" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9419" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9417" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9412" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9407" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9406" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9403" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9399" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9393" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9382" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9380" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9369" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9365" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9361" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9360" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9358" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9353" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9351" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9343" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9338" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9330" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9329" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9324" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9312" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9311" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9307" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9304" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9302" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9300" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9294" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9291" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9284" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9283" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9280" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9271" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9268" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9262" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9260" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9258" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9245" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9244" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9242" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9239" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9215" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9213" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9209" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9206" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9201" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9198" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9192" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9188" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9184" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9183" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9182" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9181" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9180" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9179" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9175" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9173" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9157" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9153" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9151" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9149" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9145" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9144" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9135" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9133" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9131" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9128" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9127" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9124" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9120" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9118" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9112" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9101" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9091" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9082" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9081" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9079" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9076" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9069" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9067" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9064" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9047" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9041" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9037" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9033" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9029" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9013" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9011" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9009" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9007" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9006" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9004" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9000" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8998" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8996" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8991" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8987" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8985" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8978" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8976" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8968" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8947" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8945" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8941" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8936" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8931" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8929" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8927" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8917" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8915" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8913" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8911" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8905" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8898" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8896" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8894" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8889" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8886" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8884" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8879" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8877" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8871" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8869" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8867" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8853" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8851" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8845" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8843" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8841" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8838" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8833" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8831" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8828" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8826" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8824" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8820" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8804" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8802" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8798" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8796" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8794" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8792" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8791" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8788" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8786" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8784" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/9264" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8873" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8801" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8781" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8778" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8775" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8773" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8767" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8763" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8761" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8758" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8754" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8746" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8745" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8738" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8736" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8735" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8729" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8726" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8722" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8712" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8710" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8708" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8704" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8689" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8687" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8685" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8678" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8676" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8663" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8661" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8659" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8657" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8652" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8648" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8646" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8634" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8631" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8629" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8626" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8618" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8609" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8608" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8606" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8603" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8601" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8599" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8596" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8594" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8591" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8575" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8572" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8568" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8563" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8561" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8559" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8548" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8542" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8528" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8524" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8522" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8520" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8513" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8511" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8507" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8506" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8502" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8499" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8497" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8493" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8477" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8475" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8473" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8471" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8468" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8466" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8461" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8456" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8449" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8440" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8437" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8435" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8433" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8428" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8424" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8418" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8416" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8413" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8410" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8407" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8401" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8399" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8389" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8381" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8379" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8375" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8373" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8371" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8367" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8364" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8320" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8318" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8308" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8305" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8302" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8287" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8285" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8283" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8281" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8279" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8277" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8259" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8257" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8255" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8253" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8248" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8246" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8244" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8238" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8236" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8234" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8231" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8229" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8227" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8223" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8221" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8219" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8217" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8215" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8206" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8205" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8202" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8200" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8197" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8195" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8193" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8191" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8187" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8185" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8183" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8180" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8178" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8176" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8175" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8162" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8160" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8158" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8156" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8154" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8145" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8144" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8143" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8142" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8136" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8135" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8134" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8133" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8132" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8122" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8120" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8118" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8116" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8111" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8105" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8104" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8112" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8107" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8102" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8098" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8096" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8092" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8088" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8083" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8070" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8068" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8066" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8064" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8063" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8053" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8045" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8040" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8038" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8035" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8033" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8027" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8024" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8009" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8006" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8004" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8002" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/8000" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7995" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7992" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7988" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7986" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7984" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7983" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7981" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7970" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7968" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7962" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7956" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7953" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7950" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7946" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7938" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7935" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7933" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7930" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7919" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7909" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7905" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7903" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7891" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7889" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7884" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7882" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7880" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7879" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7877" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7875" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7874" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7872" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7868" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7866" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7864" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7861" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7854" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7836" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7831" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7825" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7812" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7806" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7797" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7792" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7788" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7747" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7743" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7733" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7724" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7710" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7708" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7706" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7700" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7698" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7682" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7633" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7631" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7620" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7618" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7616" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7613" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7612" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7605" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7594" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7590" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7589" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7584" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7581" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7578" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7567" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7565" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7563" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7558" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7555" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7552" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7550" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7539" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7537" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7535" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7510" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7503" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7501" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7499" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7494" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7484" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7482" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7480" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7478" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7477" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7475" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7473" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7471" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7469" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7445" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7443" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7441" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7427" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7425" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7423" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7421" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7384" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7383" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7391" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7374" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7372" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7364" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7334" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7309" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7300" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7298" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7251" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7236" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7233" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7231" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7230" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7225" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7212" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7211" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7208" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7204" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7202" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7198" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7194" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7175" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7166" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7151" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7107" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7103" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7096" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7077" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7072" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7052" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7048" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/7028" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6984" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6950" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6946" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6880" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6694" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6681" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6676" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6635" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6633" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6473" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6468" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6442" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6372" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6364" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6358" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6337" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6260" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6258" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6252" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6247" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6239" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6218" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6210" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6195" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6165" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6150" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6149" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6148" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6142" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6140" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6115" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6113" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6063" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6057" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6053" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6039" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6031" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6027" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6026" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6014" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6012" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6006" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6003" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5998" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5990" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5987" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5985" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5979" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5950" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5938" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5937" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5933" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5901" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5897" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5895" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5886" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5873" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5871" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5869" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5868" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5866" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5856" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5848" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5840" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5830" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5823" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5818" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5816" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5800" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5796" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5793" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5790" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5787" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5770" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5765" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5758" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5757" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5755" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5752" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5744" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5732" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5730" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5690" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5671" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5659" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5653" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5646" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5616" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5613" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5599" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5593" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5590" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5589" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/6181" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5687" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5618" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5601" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5579" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5577" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5576" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5512" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5492" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5490" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5481" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5479" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5457" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5453" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5451" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5446" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5417" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5413" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5410" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5389" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5384" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5365" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5362" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5352" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5346" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5342" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5330" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5329" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5328" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5314" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5307" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5293" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5256" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5255" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5242" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5241" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5240" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5222" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5221" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5215" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5213" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5208" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5174" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5168" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5161" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5155" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5151" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5139" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5137" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5135" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5127" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5117" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5092" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5089" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5082" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5078" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5074" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5073" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5070" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5068" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5065" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5062" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5061" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5059" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5057" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5055" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5053" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5051" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5048" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5046" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5043" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5042" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5041" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5038" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5035" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5031" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5026" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5024" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5022" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5018" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5016" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5014" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5008" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5006" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5004" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5002" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/5000" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4998" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4995" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4994" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4990" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4988" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4987" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4984" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4978" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4974" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4971" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4970" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4969" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4963" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4961" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4951" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4950" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4946" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4943" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4923" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4915" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4906" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4901" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4897" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4894" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4892" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4890" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4881" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4876" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4875" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4873" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4868" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4866" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4857" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4856" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4853" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4855" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4852" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4851" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4845" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4843" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4834" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4833" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4826" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4825" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4821" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4813" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4811" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4803" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4799" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4797" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4796" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4795" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4794" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4768" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4757" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4756" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4750" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4745" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4742" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4736" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4720" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4715" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4703" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4699" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4690" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4687" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4681" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4664" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4659" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4654" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4648" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4643" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4642" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4633" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4632" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4629" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4627" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4620" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4615" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4614" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4612" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4606" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4604" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4603" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4597" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4596" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4595" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4584" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4583" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4580" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4572" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4565" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4559" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4554" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4551" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4537" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4534" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4523" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4521" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4518" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4510" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4504" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4503" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4502" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4501" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4500" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4493" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4488" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4487" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4486" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4485" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4479" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4475" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4447" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4446" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4444" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4407" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4404" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4400" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4398" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4392" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4389" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4386" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4377" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4375" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4370" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4367" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4364" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4358" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4344" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4343" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4334" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4330" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4329" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4327" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4261" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4260" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4232" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4226" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4224" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4223" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4217" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4216" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4186" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4178" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4175" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4168" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4165" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4162" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4160" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4153" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4152" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4127" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4126" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4119" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4117" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4107" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4103" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4102" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4101" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4099" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4092" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4089" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4084" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4082" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4078" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4074" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4065" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4061" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4054" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4050" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4048" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4044" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4041" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4036" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4033" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4028" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4026" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4021" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4018" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4019" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4013" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4012" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4010" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4009" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4007" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3990" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3988" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3987" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3984" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3981" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3980" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3979" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3978" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3977" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3976" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3975" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3974" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3972" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3971" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3970" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3969" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3968" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3965" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3961" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3959" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3948" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3945" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3944" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3942" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3937" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3929" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3927" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3925" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3921" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3920" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3908" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3893" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3891" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3888" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3886" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3884" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3882" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3879" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3873" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3907" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3906" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3871" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3868" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3866" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3864" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3863" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3861" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3860" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3859" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3857" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3851" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3850" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3848" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3846" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3844" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3841" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3838" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3833" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3831" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3828" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3827" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3822" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3807" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3806" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3783" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3774" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3772" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3769" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3767" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3762" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3760" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3756" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3755" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3751" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3742" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3753" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3741" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3737" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3736" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3735" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3731" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3690" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3689" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3688" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3685" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3683" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3682" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3681" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3673" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3648" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3647" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3645" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3641" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3637" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3629" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3625" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3624" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3623" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3622" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3621" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3620" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3619" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3618" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3615" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3614" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3605" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3601" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3585" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3579" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3571" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3568" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4284" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4282" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3668" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3667" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3666" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3665" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3664" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3663" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3662" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3661" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3659" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3658" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3657" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3656" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3654" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3653" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3652" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3651" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3565" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3564" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3560" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3557" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3556" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3555" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3547" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3546" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3441" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3434" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3399" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3364" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3363" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3228" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3115" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3067" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3017" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2992" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2991" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2990" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2989" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2988" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2940" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2939" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2925" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2891" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2890" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2889" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2888" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2887" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2886" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2885" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2884" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2883" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2864" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2845" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4300" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4299" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4298" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4297" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4296" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4295" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4294" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4293" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4291" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4287" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/3655" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2836" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2817" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2809" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2800" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2781" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2780" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2771" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2734" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2698" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2629" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2574" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2509" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2508" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2449" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2435" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2434" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2379" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2335" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2226" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2222" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4292" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4288" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/4286" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2666" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2665" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2664" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2663" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2662" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2660" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2657" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2656" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2655" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2654" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2653" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2652" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/2651" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jatai.go.leg.br/doc/10362" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1338"/>
+  <dimension ref="A1:H1375"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="245.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>11481</v>
+        <v>11760</v>
       </c>
       <c r="B2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C2">
-        <v>1328</v>
+        <v>59</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>11473</v>
+        <v>11753</v>
       </c>
       <c r="B3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C3">
-        <v>1333</v>
+        <v>50</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>11469</v>
+        <v>11742</v>
       </c>
       <c r="B4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C4">
-        <v>1320</v>
+        <v>55</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>11438</v>
+        <v>11734</v>
       </c>
       <c r="B5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C5">
-        <v>1324</v>
+        <v>54</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>11429</v>
+        <v>11722</v>
       </c>
       <c r="B6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C6">
-        <v>1316</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>11424</v>
+        <v>11709</v>
       </c>
       <c r="B7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C7">
-        <v>1308</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>11418</v>
+        <v>11707</v>
       </c>
       <c r="B8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C8">
-        <v>1295</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>11416</v>
+        <v>11703</v>
       </c>
       <c r="B9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C9">
-        <v>1290</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9" t="s">
         <v>34</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="H9" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>11399</v>
+        <v>11698</v>
       </c>
       <c r="B10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C10">
-        <v>1312</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>11390</v>
+        <v>11689</v>
       </c>
       <c r="B11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C11">
-        <v>1304</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>11388</v>
+        <v>11684</v>
       </c>
       <c r="B12">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C12">
-        <v>1303</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>11387</v>
+        <v>11679</v>
       </c>
       <c r="B13">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>46</v>
+      </c>
+      <c r="H13" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>11371</v>
+        <v>11676</v>
       </c>
       <c r="B14">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C14">
-        <v>1299</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G14" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="H14" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>11365</v>
+        <v>11673</v>
       </c>
       <c r="B15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C15">
-        <v>1280</v>
+        <v>25</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G15" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="H15" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>11355</v>
+        <v>11667</v>
       </c>
       <c r="B16">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C16">
-        <v>1291</v>
+        <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G16" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="H16" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>11346</v>
+        <v>11643</v>
       </c>
       <c r="B17">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C17">
-        <v>1282</v>
+        <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F17" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="G17" t="s">
+        <v>60</v>
+      </c>
+      <c r="H17" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>11331</v>
+        <v>11624</v>
       </c>
       <c r="B18">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C18">
-        <v>1286</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H18" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>11315</v>
+        <v>11616</v>
       </c>
       <c r="B19">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C19">
-        <v>1254</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F19" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H19" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>11311</v>
+        <v>11613</v>
       </c>
       <c r="B20">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C20">
-        <v>1281</v>
+        <v>8</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G20" t="s">
+        <v>69</v>
+      </c>
+      <c r="H20" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>11296</v>
+        <v>11609</v>
       </c>
       <c r="B21">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C21">
-        <v>1276</v>
+        <v>4</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G21" t="s">
+        <v>72</v>
+      </c>
+      <c r="H21" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>11294</v>
+        <v>11653</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
-        <v>1267</v>
+        <v>14</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G22" t="s">
         <v>77</v>
       </c>
       <c r="H22" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>11283</v>
+        <v>11652</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
-        <v>1271</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G23" t="s">
         <v>80</v>
       </c>
       <c r="H23" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>11272</v>
+        <v>11651</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
-        <v>1272</v>
+        <v>12</v>
       </c>
       <c r="D24" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E24" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G24" t="s">
         <v>83</v>
       </c>
       <c r="H24" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>11259</v>
+        <v>11650</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
-        <v>1246</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E25" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G25" t="s">
         <v>86</v>
       </c>
       <c r="H25" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>11251</v>
+        <v>11649</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" t="s">
+        <v>75</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>89</v>
       </c>
-      <c r="F26" s="1" t="s">
+      <c r="H26" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>11247</v>
+        <v>11599</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
-        <v>1259</v>
+        <v>1361</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G27" t="s">
+        <v>92</v>
+      </c>
+      <c r="H27" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>11241</v>
+        <v>11591</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
-        <v>1250</v>
+        <v>4</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>95</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G28" t="s">
         <v>97</v>
       </c>
       <c r="H28" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>11227</v>
+        <v>11589</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
-        <v>1242</v>
+        <v>2</v>
       </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="E29" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G29" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H29" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>11210</v>
+        <v>11582</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
-        <v>1238</v>
+        <v>1357</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G30" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H30" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>11203</v>
+        <v>11578</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
-        <v>1170</v>
+        <v>2</v>
       </c>
       <c r="D31" t="s">
-        <v>8</v>
+        <v>107</v>
       </c>
       <c r="E31" t="s">
-        <v>9</v>
+        <v>108</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G31" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H31" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>11174</v>
+        <v>11572</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
-        <v>1228</v>
+        <v>1353</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G32" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H32" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>11166</v>
+        <v>11544</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
-        <v>1234</v>
+        <v>1349</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G33" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H33" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>11142</v>
+        <v>11527</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34">
-        <v>1233</v>
+        <v>1345</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G34" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="H34" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>11139</v>
+        <v>11522</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35">
-        <v>900</v>
+        <v>1329</v>
       </c>
       <c r="D35" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E35" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G35" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H35" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>11135</v>
+        <v>11514</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36">
-        <v>1229</v>
+        <v>1341</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="G36" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="H36" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>11129</v>
+        <v>11510</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37">
-        <v>1220</v>
+        <v>1337</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="G37" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H37" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>11124</v>
+        <v>11504</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38">
-        <v>1215</v>
+        <v>581</v>
       </c>
       <c r="D38" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G38" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="H38" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>11085</v>
+        <v>11481</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39">
-        <v>1175</v>
+        <v>1328</v>
       </c>
       <c r="D39" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E39" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="G39" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H39" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>11071</v>
+        <v>11473</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40">
-        <v>1194</v>
+        <v>1333</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="G40" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="H40" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>11063</v>
+        <v>11469</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41">
-        <v>1192</v>
+        <v>1320</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="G41" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="H41" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>11052</v>
+        <v>11438</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42">
+        <v>1324</v>
+      </c>
+      <c r="D42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" t="s">
+        <v>9</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G42" t="s">
+        <v>145</v>
+      </c>
+      <c r="H42" t="s">
         <v>146</v>
-      </c>
-[...13 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>11049</v>
+        <v>11429</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43">
-        <v>1079</v>
+        <v>1316</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="G43" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="H43" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>11044</v>
+        <v>11424</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44">
-        <v>1203</v>
+        <v>1308</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G44" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H44" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>10999</v>
+        <v>11418</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45">
-        <v>1169</v>
+        <v>1295</v>
       </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G45" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="H45" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>10993</v>
+        <v>11416</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46">
-        <v>1154</v>
+        <v>1290</v>
       </c>
       <c r="D46" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E46" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G46" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="H46" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>10990</v>
+        <v>11399</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47">
-        <v>1133</v>
+        <v>1312</v>
       </c>
       <c r="D47" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E47" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="G47" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="H47" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>10936</v>
+        <v>11390</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48">
-        <v>1109</v>
+        <v>1304</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="G48" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H48" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>10933</v>
+        <v>11388</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49">
-        <v>1117</v>
+        <v>1303</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="G49" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="H49" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>10921</v>
+        <v>11387</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50">
-        <v>1081</v>
+        <v>1</v>
       </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="E50" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G50" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H50" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>10915</v>
+        <v>11371</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51">
-        <v>123</v>
+        <v>1299</v>
       </c>
       <c r="D51" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E51" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="G51" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H51" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>10887</v>
+        <v>11365</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52">
-        <v>1028</v>
+        <v>1280</v>
       </c>
       <c r="D52" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E52" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="G52" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="H52" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>10879</v>
+        <v>11355</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
-        <v>1059</v>
+        <v>1291</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="G53" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H53" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>10867</v>
+        <v>11346</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
-        <v>1056</v>
+        <v>1282</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="G54" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="H54" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>10865</v>
+        <v>11331</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
-        <v>968</v>
+        <v>1286</v>
       </c>
       <c r="D55" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E55" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="G55" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="H55" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>10859</v>
+        <v>11315</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
-        <v>1030</v>
+        <v>1254</v>
       </c>
       <c r="D56" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E56" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="G56" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="H56" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>10842</v>
+        <v>11311</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
-        <v>995</v>
+        <v>1281</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G57" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="H57" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>10837</v>
+        <v>11296</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
-        <v>967</v>
+        <v>1276</v>
       </c>
       <c r="D58" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E58" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G58" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="H58" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>10833</v>
+        <v>11294</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
-        <v>5</v>
+        <v>1267</v>
       </c>
       <c r="D59" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E59" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="G59" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="H59" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>10814</v>
+        <v>11283</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
-        <v>994</v>
+        <v>1271</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G60" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="H60" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>10809</v>
+        <v>11272</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
-        <v>957</v>
+        <v>1272</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G61" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="H61" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>10805</v>
+        <v>11259</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
-        <v>966</v>
+        <v>1246</v>
       </c>
       <c r="D62" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E62" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="G62" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H62" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>10800</v>
+        <v>11251</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D63" t="s">
-        <v>203</v>
+        <v>74</v>
       </c>
       <c r="E63" t="s">
-        <v>204</v>
+        <v>75</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="G63" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H63" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>10795</v>
+        <v>11247</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
-        <v>959</v>
+        <v>1259</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G64" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H64" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>10785</v>
+        <v>11241</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
-        <v>732</v>
+        <v>1250</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E65" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G65" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="H65" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>10779</v>
+        <v>11227</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
-        <v>1</v>
+        <v>1242</v>
       </c>
       <c r="D66" t="s">
-        <v>213</v>
+        <v>8</v>
       </c>
       <c r="E66" t="s">
-        <v>214</v>
+        <v>9</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G66" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H66" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>10777</v>
+        <v>11210</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
-        <v>560</v>
+        <v>1238</v>
       </c>
       <c r="D67" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E67" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G67" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H67" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>10773</v>
+        <v>11203</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
-        <v>890</v>
+        <v>1170</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G68" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H68" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>10758</v>
+        <v>11174</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
-        <v>891</v>
+        <v>1228</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G69" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H69" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>10734</v>
+        <v>11166</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
-        <v>856</v>
+        <v>1234</v>
       </c>
       <c r="D70" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E70" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G70" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H70" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>10728</v>
+        <v>11142</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
-        <v>372</v>
+        <v>1233</v>
       </c>
       <c r="D71" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E71" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G71" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H71" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>10725</v>
+        <v>11139</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
-        <v>832</v>
+        <v>900</v>
       </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E72" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G72" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H72" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>10707</v>
+        <v>11135</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
-        <v>854</v>
+        <v>1229</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G73" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H73" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>10704</v>
+        <v>11129</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
-        <v>845</v>
+        <v>1220</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G74" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H74" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>10700</v>
+        <v>11124</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
-        <v>839</v>
+        <v>1215</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G75" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H75" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>10693</v>
+        <v>11085</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
-        <v>802</v>
+        <v>1175</v>
       </c>
       <c r="D76" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E76" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G76" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H76" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>10687</v>
+        <v>11071</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
-        <v>818</v>
+        <v>1194</v>
       </c>
       <c r="D77" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E77" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G77" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H77" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>10684</v>
+        <v>11063</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
-        <v>2</v>
+        <v>1192</v>
       </c>
       <c r="D78" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E78" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G78" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H78" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>10681</v>
+        <v>11052</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
-        <v>739</v>
+        <v>146</v>
       </c>
       <c r="D79" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E79" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G79" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H79" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>10678</v>
+        <v>11049</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
-        <v>800</v>
+        <v>1079</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>9</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G80" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H80" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>10658</v>
+        <v>11044</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
-        <v>684</v>
+        <v>1203</v>
       </c>
       <c r="D81" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E81" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G81" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H81" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>10651</v>
+        <v>10999</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
-        <v>527</v>
+        <v>1169</v>
       </c>
       <c r="D82" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E82" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G82" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H82" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>10631</v>
+        <v>10993</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
-        <v>718</v>
+        <v>1154</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G83" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H83" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>10627</v>
+        <v>10990</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
-        <v>681</v>
+        <v>1133</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G84" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H84" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>10624</v>
+        <v>10936</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
-        <v>683</v>
+        <v>1109</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G85" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H85" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>10619</v>
+        <v>10933</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
-        <v>663</v>
+        <v>1117</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G86" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H86" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>10614</v>
+        <v>10921</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
-        <v>453</v>
+        <v>1081</v>
       </c>
       <c r="D87" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E87" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G87" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H87" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>10600</v>
+        <v>10915</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
-        <v>664</v>
+        <v>123</v>
       </c>
       <c r="D88" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E88" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G88" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H88" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>10596</v>
+        <v>10887</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
-        <v>629</v>
+        <v>1028</v>
       </c>
       <c r="D89" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E89" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G89" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H89" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>10587</v>
+        <v>10879</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
-        <v>628</v>
+        <v>1059</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G90" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H90" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>10577</v>
+        <v>10867</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
-        <v>653</v>
+        <v>1056</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
       <c r="E91" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G91" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H91" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>10569</v>
+        <v>10865</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
-        <v>515</v>
+        <v>968</v>
       </c>
       <c r="D92" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E92" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G92" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H92" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>10568</v>
+        <v>10859</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
-        <v>508</v>
+        <v>1030</v>
       </c>
       <c r="D93" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E93" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G93" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H93" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>10564</v>
+        <v>10842</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
-        <v>578</v>
+        <v>995</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G94" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H94" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>10559</v>
+        <v>10837</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
-        <v>219</v>
+        <v>967</v>
       </c>
       <c r="D95" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E95" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G95" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H95" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>10556</v>
+        <v>10833</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
-        <v>521</v>
+        <v>5</v>
       </c>
       <c r="D96" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E96" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G96" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H96" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>10552</v>
+        <v>10814</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
-        <v>577</v>
+        <v>994</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G97" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H97" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>10548</v>
+        <v>10809</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
-        <v>501</v>
+        <v>957</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G98" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H98" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>10544</v>
+        <v>10805</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
-        <v>536</v>
+        <v>966</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G99" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H99" t="s">
-        <v>54</v>
+        <v>317</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>10542</v>
+        <v>10800</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
-        <v>204</v>
+        <v>3</v>
       </c>
       <c r="D100" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E100" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G100" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H100" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>10516</v>
+        <v>10795</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
-        <v>504</v>
+        <v>959</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="G101" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="H101" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>10500</v>
+        <v>10785</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
-        <v>487</v>
+        <v>732</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G102" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H102" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>10492</v>
+        <v>10779</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
-        <v>486</v>
+        <v>1</v>
       </c>
       <c r="D103" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E103" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="G103" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="H103" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>10475</v>
+        <v>10777</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
-        <v>392</v>
+        <v>560</v>
       </c>
       <c r="D104" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="G104" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="H104" t="s">
-        <v>295</v>
+        <v>333</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>10471</v>
+        <v>10773</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
-        <v>357</v>
+        <v>890</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="G105" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H105" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>10461</v>
+        <v>10758</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>2</v>
+        <v>891</v>
       </c>
       <c r="D106" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E106" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G106" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="H106" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>10460</v>
+        <v>10734</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>1</v>
+        <v>856</v>
       </c>
       <c r="D107" t="s">
-        <v>333</v>
+        <v>28</v>
       </c>
       <c r="E107" t="s">
-        <v>334</v>
+        <v>29</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="G107" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="H107" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>10456</v>
+        <v>10728</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="D108" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E108" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="G108" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H108" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>10442</v>
+        <v>10725</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>377</v>
+        <v>832</v>
       </c>
       <c r="D109" t="s">
         <v>8</v>
       </c>
       <c r="E109" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="G109" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H109" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>10438</v>
+        <v>10707</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
-        <v>383</v>
+        <v>854</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
       <c r="E110" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="G110" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H110" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>10437</v>
+        <v>10704</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
-        <v>1</v>
+        <v>845</v>
       </c>
       <c r="D111" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E111" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G111" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H111" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>10431</v>
+        <v>10700</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
-        <v>341</v>
+        <v>839</v>
       </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
       <c r="E112" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G112" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H112" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>10428</v>
+        <v>10693</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
-        <v>362</v>
+        <v>802</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="G113" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H113" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>10427</v>
+        <v>10687</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
-        <v>1</v>
+        <v>818</v>
       </c>
       <c r="D114" t="s">
-        <v>359</v>
+        <v>28</v>
       </c>
       <c r="E114" t="s">
-        <v>360</v>
+        <v>29</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>361</v>
       </c>
       <c r="G114" t="s">
         <v>362</v>
       </c>
       <c r="H114" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>10426</v>
+        <v>10684</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="D115" t="s">
-        <v>138</v>
+        <v>94</v>
       </c>
       <c r="E115" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>364</v>
       </c>
       <c r="G115" t="s">
         <v>365</v>
       </c>
       <c r="H115" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>10425</v>
+        <v>10681</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
-        <v>1</v>
+        <v>739</v>
       </c>
       <c r="D116" t="s">
+        <v>8</v>
+      </c>
+      <c r="E116" t="s">
+        <v>9</v>
+      </c>
+      <c r="F116" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="E116" t="s">
+      <c r="G116" t="s">
         <v>368</v>
       </c>
-      <c r="F116" s="1" t="s">
+      <c r="H116" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>10421</v>
+        <v>10678</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>363</v>
+        <v>800</v>
       </c>
       <c r="D117" t="s">
         <v>8</v>
       </c>
       <c r="E117" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="G117" t="s">
+        <v>371</v>
+      </c>
+      <c r="H117" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>10418</v>
+        <v>10658</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
-        <v>347</v>
+        <v>684</v>
       </c>
       <c r="D118" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E118" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F118" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="G118" t="s">
+        <v>374</v>
+      </c>
+      <c r="H118" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>10415</v>
+        <v>10651</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>337</v>
+        <v>527</v>
       </c>
       <c r="D119" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E119" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F119" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G119" t="s">
+        <v>377</v>
+      </c>
+      <c r="H119" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>10410</v>
+        <v>10631</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>1</v>
+        <v>718</v>
       </c>
       <c r="D120" t="s">
+        <v>8</v>
+      </c>
+      <c r="E120" t="s">
+        <v>9</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="G120" t="s">
+        <v>380</v>
+      </c>
+      <c r="H120" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>10407</v>
+        <v>10627</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>318</v>
+        <v>681</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
       <c r="E121" t="s">
         <v>9</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G121" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="H121" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>10396</v>
+        <v>10624</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>305</v>
+        <v>683</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="G122" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="H122" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>10392</v>
+        <v>10619</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>308</v>
+        <v>663</v>
       </c>
       <c r="D123" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E123" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="G123" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="H123" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>10388</v>
+        <v>10614</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>307</v>
+        <v>453</v>
       </c>
       <c r="D124" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E124" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="G124" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="H124" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>10384</v>
+        <v>10600</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>306</v>
+        <v>664</v>
       </c>
       <c r="D125" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E125" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="G125" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="H125" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>10377</v>
+        <v>10596</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>292</v>
+        <v>629</v>
       </c>
       <c r="D126" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E126" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="G126" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="H126" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>10374</v>
+        <v>10587</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>232</v>
+        <v>628</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="G127" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="H127" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>10356</v>
+        <v>10577</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>180</v>
+        <v>653</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="G128" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="H128" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>10352</v>
+        <v>10569</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>271</v>
+        <v>515</v>
       </c>
       <c r="D129" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E129" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="G129" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="H129" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>10348</v>
+        <v>10568</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>272</v>
+        <v>508</v>
       </c>
       <c r="D130" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E130" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="G130" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="H130" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>10344</v>
+        <v>10564</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>210</v>
+        <v>578</v>
       </c>
       <c r="D131" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E131" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="G131" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="H131" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>10336</v>
+        <v>10559</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="D132" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E132" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="G132" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="H132" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>10333</v>
+        <v>10556</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>143</v>
+        <v>521</v>
       </c>
       <c r="D133" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E133" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="G133" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="H133" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>10329</v>
+        <v>10552</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>195</v>
+        <v>577</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134" t="s">
         <v>9</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="G134" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="H134" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>10320</v>
+        <v>10548</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>13</v>
+        <v>501</v>
       </c>
       <c r="D135" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E135" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="G135" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="H135" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>10316</v>
+        <v>10544</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
-        <v>239</v>
+        <v>536</v>
       </c>
       <c r="D136" t="s">
         <v>8</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="G136" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="H136" t="s">
-        <v>433</v>
+        <v>173</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>10310</v>
+        <v>10542</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
-        <v>129</v>
+        <v>204</v>
       </c>
       <c r="D137" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E137" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="G137" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="H137" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>10309</v>
+        <v>10516</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
-        <v>12</v>
+        <v>504</v>
       </c>
       <c r="D138" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E138" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="G138" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="H138" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>10292</v>
+        <v>10500</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
-        <v>134</v>
+        <v>487</v>
       </c>
       <c r="D139" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E139" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="G139" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="H139" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>10288</v>
+        <v>10492</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
-        <v>116</v>
+        <v>486</v>
       </c>
       <c r="D140" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E140" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="G140" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="H140" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>10277</v>
+        <v>10475</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
-        <v>121</v>
+        <v>392</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
       <c r="E141" t="s">
         <v>9</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="G141" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="H141" t="s">
-        <v>448</v>
+        <v>408</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>10276</v>
+        <v>10471</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
-        <v>3</v>
+        <v>357</v>
       </c>
       <c r="D142" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E142" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="G142" t="s">
-        <v>91</v>
+        <v>444</v>
       </c>
       <c r="H142" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>10275</v>
+        <v>10461</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
         <v>2</v>
       </c>
       <c r="D143" t="s">
-        <v>88</v>
+        <v>446</v>
       </c>
       <c r="E143" t="s">
-        <v>89</v>
+        <v>447</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="G143" t="s">
-        <v>91</v>
+        <v>449</v>
       </c>
       <c r="H143" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>10274</v>
+        <v>10460</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
         <v>1</v>
       </c>
       <c r="D144" t="s">
-        <v>88</v>
+        <v>446</v>
       </c>
       <c r="E144" t="s">
-        <v>89</v>
+        <v>447</v>
       </c>
       <c r="F144" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="G144" t="s">
+        <v>452</v>
+      </c>
+      <c r="H144" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>10271</v>
+        <v>10456</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
-        <v>29</v>
+        <v>381</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
       <c r="E145" t="s">
         <v>9</v>
       </c>
       <c r="F145" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="G145" t="s">
         <v>455</v>
       </c>
-      <c r="G145" t="s">
+      <c r="H145" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>10268</v>
+        <v>10442</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
-        <v>92</v>
+        <v>377</v>
       </c>
       <c r="D146" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E146" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F146" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="G146" t="s">
         <v>458</v>
       </c>
-      <c r="G146" t="s">
+      <c r="H146" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>10258</v>
+        <v>10438</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
-        <v>109</v>
+        <v>383</v>
       </c>
       <c r="D147" t="s">
         <v>8</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G147" t="s">
         <v>461</v>
       </c>
-      <c r="G147" t="s">
+      <c r="H147" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>10253</v>
+        <v>10437</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="D148" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E148" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F148" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="G148" t="s">
         <v>464</v>
       </c>
-      <c r="G148" t="s">
+      <c r="H148" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>10250</v>
+        <v>10431</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
-        <v>96</v>
+        <v>341</v>
       </c>
       <c r="D149" t="s">
         <v>8</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="G149" t="s">
         <v>467</v>
       </c>
-      <c r="G149" t="s">
+      <c r="H149" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>10245</v>
+        <v>10428</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
-        <v>91</v>
+        <v>362</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150" t="s">
         <v>9</v>
       </c>
       <c r="F150" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="G150" t="s">
         <v>470</v>
       </c>
-      <c r="G150" t="s">
+      <c r="H150" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>10239</v>
+        <v>10427</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
-        <v>79</v>
+        <v>1</v>
       </c>
       <c r="D151" t="s">
-        <v>8</v>
+        <v>107</v>
       </c>
       <c r="E151" t="s">
-        <v>9</v>
+        <v>108</v>
       </c>
       <c r="F151" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="G151" t="s">
         <v>473</v>
       </c>
-      <c r="G151" t="s">
+      <c r="H151" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>10238</v>
+        <v>10426</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="D152" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E152" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="F152" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="G152" t="s">
         <v>476</v>
       </c>
-      <c r="G152" t="s">
+      <c r="H152" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>10235</v>
+        <v>10425</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="D153" t="s">
-        <v>8</v>
+        <v>478</v>
       </c>
       <c r="E153" t="s">
-        <v>9</v>
+        <v>479</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="G153" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H153" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>10231</v>
+        <v>10421</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
-        <v>54</v>
+        <v>363</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154" t="s">
         <v>9</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="G154" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H154" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>10220</v>
+        <v>10418</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
-        <v>16</v>
+        <v>347</v>
       </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="E155" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G155" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H155" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>10217</v>
+        <v>10415</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
-        <v>14</v>
+        <v>337</v>
       </c>
       <c r="D156" t="s">
         <v>8</v>
       </c>
       <c r="E156" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="G156" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H156" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>10213</v>
+        <v>10410</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D157" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E157" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="G157" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H157" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>10212</v>
+        <v>10407</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
-        <v>1</v>
+        <v>318</v>
       </c>
       <c r="D158" t="s">
-        <v>491</v>
+        <v>8</v>
       </c>
       <c r="E158" t="s">
-        <v>492</v>
+        <v>9</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G158" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H158" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>11154</v>
+        <v>10396</v>
       </c>
       <c r="B159">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C159">
-        <v>4919</v>
+        <v>305</v>
       </c>
       <c r="D159" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E159" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="G159" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H159" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>10214</v>
+        <v>10392</v>
       </c>
       <c r="B160">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C160">
-        <v>1484</v>
+        <v>308</v>
       </c>
       <c r="D160" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E160" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G160" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H160" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>10198</v>
+        <v>10388</v>
       </c>
       <c r="B161">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C161">
-        <v>1466</v>
+        <v>307</v>
       </c>
       <c r="D161" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E161" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="G161" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H161" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>10195</v>
+        <v>10384</v>
       </c>
       <c r="B162">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C162">
-        <v>1463</v>
+        <v>306</v>
       </c>
       <c r="D162" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E162" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="G162" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H162" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>10194</v>
+        <v>10377</v>
       </c>
       <c r="B163">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C163">
-        <v>52</v>
+        <v>292</v>
       </c>
       <c r="D163" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E163" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G163" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H163" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>10188</v>
+        <v>10374</v>
       </c>
       <c r="B164">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C164">
-        <v>1442</v>
+        <v>232</v>
       </c>
       <c r="D164" t="s">
         <v>8</v>
       </c>
       <c r="E164" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G164" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H164" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>10182</v>
+        <v>10356</v>
       </c>
       <c r="B165">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C165">
-        <v>1434</v>
+        <v>180</v>
       </c>
       <c r="D165" t="s">
         <v>8</v>
       </c>
       <c r="E165" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="G165" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H165" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>10179</v>
+        <v>10352</v>
       </c>
       <c r="B166">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C166">
-        <v>1412</v>
+        <v>271</v>
       </c>
       <c r="D166" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E166" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G166" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H166" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>10169</v>
+        <v>10348</v>
       </c>
       <c r="B167">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C167">
-        <v>1370</v>
+        <v>272</v>
       </c>
       <c r="D167" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E167" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="G167" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H167" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>10165</v>
+        <v>10344</v>
       </c>
       <c r="B168">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C168">
-        <v>1379</v>
+        <v>210</v>
       </c>
       <c r="D168" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E168" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G168" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H168" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>10164</v>
+        <v>10336</v>
       </c>
       <c r="B169">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C169">
-        <v>11</v>
+        <v>234</v>
       </c>
       <c r="D169" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E169" t="s">
+        <v>9</v>
+      </c>
+      <c r="F169" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F169" s="1" t="s">
+      <c r="G169" t="s">
         <v>531</v>
       </c>
-      <c r="G169" t="s">
+      <c r="H169" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>10154</v>
+        <v>10333</v>
       </c>
       <c r="B170">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C170">
-        <v>1381</v>
+        <v>143</v>
       </c>
       <c r="D170" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E170" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F170" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="G170" t="s">
         <v>534</v>
       </c>
-      <c r="G170" t="s">
+      <c r="H170" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>10147</v>
+        <v>10329</v>
       </c>
       <c r="B171">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C171">
-        <v>1362</v>
+        <v>195</v>
       </c>
       <c r="D171" t="s">
         <v>8</v>
       </c>
       <c r="E171" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="G171" t="s">
         <v>537</v>
       </c>
-      <c r="G171" t="s">
+      <c r="H171" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>10142</v>
+        <v>10320</v>
       </c>
       <c r="B172">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C172">
-        <v>1364</v>
+        <v>13</v>
       </c>
       <c r="D172" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E172" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F172" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="G172" t="s">
         <v>540</v>
       </c>
-      <c r="G172" t="s">
+      <c r="H172" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>10133</v>
+        <v>10316</v>
       </c>
       <c r="B173">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C173">
-        <v>1348</v>
+        <v>239</v>
       </c>
       <c r="D173" t="s">
         <v>8</v>
       </c>
       <c r="E173" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="G173" t="s">
         <v>543</v>
       </c>
-      <c r="G173" t="s">
+      <c r="H173" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>10115</v>
+        <v>10310</v>
       </c>
       <c r="B174">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C174">
-        <v>1318</v>
+        <v>129</v>
       </c>
       <c r="D174" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E174" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F174" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="G174" t="s">
         <v>546</v>
       </c>
-      <c r="G174" t="s">
+      <c r="H174" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>10111</v>
+        <v>10309</v>
       </c>
       <c r="B175">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C175">
-        <v>1313</v>
+        <v>12</v>
       </c>
       <c r="D175" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E175" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F175" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="G175" t="s">
         <v>549</v>
       </c>
-      <c r="G175" t="s">
+      <c r="H175" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>10108</v>
+        <v>10292</v>
       </c>
       <c r="B176">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C176">
-        <v>1310</v>
+        <v>134</v>
       </c>
       <c r="D176" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E176" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F176" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="G176" t="s">
         <v>552</v>
       </c>
-      <c r="G176" t="s">
+      <c r="H176" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>10102</v>
+        <v>10288</v>
       </c>
       <c r="B177">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C177">
-        <v>1294</v>
+        <v>116</v>
       </c>
       <c r="D177" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E177" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F177" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="G177" t="s">
         <v>555</v>
       </c>
-      <c r="G177" t="s">
+      <c r="H177" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>10099</v>
+        <v>10277</v>
       </c>
       <c r="B178">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C178">
-        <v>1288</v>
+        <v>121</v>
       </c>
       <c r="D178" t="s">
         <v>8</v>
       </c>
       <c r="E178" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="G178" t="s">
         <v>558</v>
       </c>
-      <c r="G178" t="s">
+      <c r="H178" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>10093</v>
+        <v>10276</v>
       </c>
       <c r="B179">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C179">
-        <v>1259</v>
+        <v>3</v>
       </c>
       <c r="D179" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E179" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F179" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="G179" t="s">
+        <v>208</v>
+      </c>
+      <c r="H179" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>10079</v>
+        <v>10275</v>
       </c>
       <c r="B180">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C180">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D180" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E180" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="G180" t="s">
-        <v>565</v>
+        <v>208</v>
       </c>
       <c r="H180" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>10075</v>
+        <v>10274</v>
       </c>
       <c r="B181">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C181">
-        <v>1224</v>
+        <v>1</v>
       </c>
       <c r="D181" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E181" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="G181" t="s">
-        <v>568</v>
+        <v>208</v>
       </c>
       <c r="H181" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>10072</v>
+        <v>10271</v>
       </c>
       <c r="B182">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C182">
-        <v>1222</v>
+        <v>29</v>
       </c>
       <c r="D182" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E182" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>570</v>
+        <v>566</v>
+      </c>
+      <c r="G182" t="s">
+        <v>567</v>
       </c>
       <c r="H182" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>10064</v>
+        <v>10268</v>
       </c>
       <c r="B183">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C183">
-        <v>1217</v>
+        <v>92</v>
       </c>
       <c r="D183" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E183" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="G183" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="H183" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>10057</v>
+        <v>10258</v>
       </c>
       <c r="B184">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C184">
-        <v>1186</v>
+        <v>109</v>
       </c>
       <c r="D184" t="s">
         <v>8</v>
       </c>
       <c r="E184" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="G184" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="H184" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>10048</v>
+        <v>10253</v>
       </c>
       <c r="B185">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C185">
-        <v>4</v>
+        <v>104</v>
       </c>
       <c r="D185" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E185" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="G185" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="H185" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>10046</v>
+        <v>10250</v>
       </c>
       <c r="B186">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C186">
-        <v>5</v>
+        <v>96</v>
       </c>
       <c r="D186" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E186" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="G186" t="s">
-        <v>91</v>
+        <v>579</v>
       </c>
       <c r="H186" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>10042</v>
+        <v>10245</v>
       </c>
       <c r="B187">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C187">
-        <v>1085</v>
+        <v>91</v>
       </c>
       <c r="D187" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E187" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F187" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="G187" t="s">
+        <v>582</v>
+      </c>
+      <c r="H187" t="s">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>10035</v>
+        <v>10239</v>
       </c>
       <c r="B188">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C188">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="D188" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E188" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F188" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="G188" t="s">
+        <v>585</v>
+      </c>
+      <c r="H188" t="s">
         <v>586</v>
-      </c>
-[...4 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>10022</v>
+        <v>10238</v>
       </c>
       <c r="B189">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C189">
-        <v>1100</v>
+        <v>2</v>
       </c>
       <c r="D189" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E189" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F189" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="G189" t="s">
+        <v>588</v>
+      </c>
+      <c r="H189" t="s">
         <v>589</v>
-      </c>
-[...4 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>10016</v>
+        <v>10235</v>
       </c>
       <c r="B190">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C190">
-        <v>1076</v>
+        <v>71</v>
       </c>
       <c r="D190" t="s">
         <v>8</v>
       </c>
       <c r="E190" t="s">
         <v>9</v>
       </c>
       <c r="F190" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="G190" t="s">
+        <v>591</v>
+      </c>
+      <c r="H190" t="s">
         <v>592</v>
-      </c>
-[...4 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>10009</v>
+        <v>10231</v>
       </c>
       <c r="B191">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C191">
-        <v>1051</v>
+        <v>54</v>
       </c>
       <c r="D191" t="s">
         <v>8</v>
       </c>
       <c r="E191" t="s">
         <v>9</v>
       </c>
       <c r="F191" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="G191" t="s">
+        <v>594</v>
+      </c>
+      <c r="H191" t="s">
         <v>595</v>
-      </c>
-[...4 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>10001</v>
+        <v>10220</v>
       </c>
       <c r="B192">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C192">
-        <v>1056</v>
+        <v>16</v>
       </c>
       <c r="D192" t="s">
         <v>8</v>
       </c>
       <c r="E192" t="s">
         <v>9</v>
       </c>
       <c r="F192" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="G192" t="s">
+        <v>597</v>
+      </c>
+      <c r="H192" t="s">
         <v>598</v>
-      </c>
-[...4 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>10000</v>
+        <v>10217</v>
       </c>
       <c r="B193">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C193">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D193" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E193" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F193" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="G193" t="s">
+        <v>600</v>
+      </c>
+      <c r="H193" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>9994</v>
+        <v>10213</v>
       </c>
       <c r="B194">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C194">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D194" t="s">
-        <v>529</v>
+        <v>602</v>
       </c>
       <c r="E194" t="s">
-        <v>530</v>
+        <v>603</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>604</v>
       </c>
       <c r="G194" t="s">
         <v>605</v>
       </c>
       <c r="H194" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>9987</v>
+        <v>10212</v>
       </c>
       <c r="B195">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C195">
-        <v>946</v>
+        <v>1</v>
       </c>
       <c r="D195" t="s">
-        <v>8</v>
+        <v>602</v>
       </c>
       <c r="E195" t="s">
-        <v>9</v>
+        <v>603</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>606</v>
       </c>
       <c r="G195" t="s">
         <v>607</v>
       </c>
       <c r="H195" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>9980</v>
+        <v>11154</v>
       </c>
       <c r="B196">
         <v>2024</v>
       </c>
       <c r="C196">
-        <v>963</v>
+        <v>4919</v>
       </c>
       <c r="D196" t="s">
-        <v>8</v>
+        <v>608</v>
       </c>
       <c r="E196" t="s">
-        <v>9</v>
+        <v>609</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="G196" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H196" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>9973</v>
+        <v>10214</v>
       </c>
       <c r="B197">
         <v>2024</v>
       </c>
       <c r="C197">
-        <v>896</v>
+        <v>1484</v>
       </c>
       <c r="D197" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E197" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
+      </c>
+      <c r="G197" t="s">
+        <v>614</v>
       </c>
       <c r="H197" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>9970</v>
+        <v>10198</v>
       </c>
       <c r="B198">
         <v>2024</v>
       </c>
       <c r="C198">
-        <v>977</v>
+        <v>1466</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198" t="s">
         <v>9</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="G198" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="H198" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>9962</v>
+        <v>10195</v>
       </c>
       <c r="B199">
         <v>2024</v>
       </c>
       <c r="C199">
-        <v>907</v>
+        <v>1463</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199" t="s">
         <v>9</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="G199" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="H199" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>9958</v>
+        <v>10194</v>
       </c>
       <c r="B200">
         <v>2024</v>
       </c>
       <c r="C200">
-        <v>909</v>
+        <v>52</v>
       </c>
       <c r="D200" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="E200" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="G200" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H200" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>9951</v>
+        <v>10188</v>
       </c>
       <c r="B201">
         <v>2024</v>
       </c>
       <c r="C201">
-        <v>890</v>
+        <v>1442</v>
       </c>
       <c r="D201" t="s">
         <v>8</v>
       </c>
       <c r="E201" t="s">
         <v>9</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="G201" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="H201" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>9948</v>
+        <v>10182</v>
       </c>
       <c r="B202">
         <v>2024</v>
       </c>
       <c r="C202">
-        <v>483</v>
+        <v>1434</v>
       </c>
       <c r="D202" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E202" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="G202" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H202" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>9946</v>
+        <v>10179</v>
       </c>
       <c r="B203">
         <v>2024</v>
       </c>
       <c r="C203">
-        <v>7</v>
+        <v>1412</v>
       </c>
       <c r="D203" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E203" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="G203" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="H203" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>9937</v>
+        <v>10169</v>
       </c>
       <c r="B204">
         <v>2024</v>
       </c>
       <c r="C204">
-        <v>882</v>
+        <v>1370</v>
       </c>
       <c r="D204" t="s">
         <v>8</v>
       </c>
       <c r="E204" t="s">
         <v>9</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="G204" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="H204" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>9934</v>
+        <v>10165</v>
       </c>
       <c r="B205">
         <v>2024</v>
       </c>
       <c r="C205">
-        <v>859</v>
+        <v>1379</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
       <c r="E205" t="s">
         <v>9</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="G205" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="H205" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>9930</v>
+        <v>10164</v>
       </c>
       <c r="B206">
         <v>2024</v>
       </c>
       <c r="C206">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D206" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E206" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="G206" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="H206" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>9920</v>
+        <v>10154</v>
       </c>
       <c r="B207">
         <v>2024</v>
       </c>
       <c r="C207">
-        <v>636</v>
+        <v>1381</v>
       </c>
       <c r="D207" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E207" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="G207" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="H207" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>9910</v>
+        <v>10147</v>
       </c>
       <c r="B208">
         <v>2024</v>
       </c>
       <c r="C208">
-        <v>756</v>
+        <v>1362</v>
       </c>
       <c r="D208" t="s">
         <v>8</v>
       </c>
       <c r="E208" t="s">
         <v>9</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="G208" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="H208" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>9907</v>
+        <v>10142</v>
       </c>
       <c r="B209">
         <v>2024</v>
       </c>
       <c r="C209">
-        <v>713</v>
+        <v>1364</v>
       </c>
       <c r="D209" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E209" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="G209" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="H209" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>9891</v>
+        <v>10133</v>
       </c>
       <c r="B210">
         <v>2024</v>
       </c>
       <c r="C210">
-        <v>733</v>
+        <v>1348</v>
       </c>
       <c r="D210" t="s">
         <v>8</v>
       </c>
       <c r="E210" t="s">
         <v>9</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="G210" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="H210" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>9888</v>
+        <v>10115</v>
       </c>
       <c r="B211">
         <v>2024</v>
       </c>
       <c r="C211">
-        <v>590</v>
+        <v>1318</v>
       </c>
       <c r="D211" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E211" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="G211" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="H211" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>9883</v>
+        <v>10111</v>
       </c>
       <c r="B212">
         <v>2024</v>
       </c>
       <c r="C212">
-        <v>777</v>
+        <v>1313</v>
       </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212" t="s">
         <v>9</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="G212" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="H212" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>9877</v>
+        <v>10108</v>
       </c>
       <c r="B213">
         <v>2024</v>
       </c>
       <c r="C213">
-        <v>771</v>
+        <v>1310</v>
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213" t="s">
         <v>9</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="G213" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="H213" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>9861</v>
+        <v>10102</v>
       </c>
       <c r="B214">
         <v>2024</v>
       </c>
       <c r="C214">
-        <v>749</v>
+        <v>1294</v>
       </c>
       <c r="D214" t="s">
         <v>8</v>
       </c>
       <c r="E214" t="s">
         <v>9</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="G214" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="H214" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>9853</v>
+        <v>10099</v>
       </c>
       <c r="B215">
         <v>2024</v>
       </c>
       <c r="C215">
-        <v>727</v>
+        <v>1288</v>
       </c>
       <c r="D215" t="s">
         <v>8</v>
       </c>
       <c r="E215" t="s">
         <v>9</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="G215" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="H215" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>9846</v>
+        <v>10093</v>
       </c>
       <c r="B216">
         <v>2024</v>
       </c>
       <c r="C216">
-        <v>719</v>
+        <v>1259</v>
       </c>
       <c r="D216" t="s">
         <v>8</v>
       </c>
       <c r="E216" t="s">
         <v>9</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="G216" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="H216" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>9840</v>
+        <v>10079</v>
       </c>
       <c r="B217">
         <v>2024</v>
       </c>
       <c r="C217">
-        <v>665</v>
+        <v>10</v>
       </c>
       <c r="D217" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E217" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="G217" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="H217" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>9836</v>
+        <v>10075</v>
       </c>
       <c r="B218">
         <v>2024</v>
       </c>
       <c r="C218">
-        <v>651</v>
+        <v>1224</v>
       </c>
       <c r="D218" t="s">
         <v>8</v>
       </c>
       <c r="E218" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="G218" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="H218" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>9835</v>
+        <v>10072</v>
       </c>
       <c r="B219">
         <v>2024</v>
       </c>
       <c r="C219">
-        <v>4</v>
+        <v>1222</v>
       </c>
       <c r="D219" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E219" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="H219" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>9834</v>
+        <v>10064</v>
       </c>
       <c r="B220">
         <v>2024</v>
       </c>
       <c r="C220">
-        <v>4</v>
+        <v>1217</v>
       </c>
       <c r="D220" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E220" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="G220" t="s">
-        <v>91</v>
+        <v>684</v>
       </c>
       <c r="H220" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>9830</v>
+        <v>10057</v>
       </c>
       <c r="B221">
         <v>2024</v>
       </c>
       <c r="C221">
-        <v>647</v>
+        <v>1186</v>
       </c>
       <c r="D221" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E221" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="G221" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="H221" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>9827</v>
+        <v>10048</v>
       </c>
       <c r="B222">
         <v>2024</v>
       </c>
       <c r="C222">
-        <v>502</v>
+        <v>4</v>
       </c>
       <c r="D222" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E222" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="G222" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="H222" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>9817</v>
+        <v>10046</v>
       </c>
       <c r="B223">
         <v>2024</v>
       </c>
       <c r="C223">
-        <v>595</v>
+        <v>5</v>
       </c>
       <c r="D223" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E223" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="G223" t="s">
-        <v>688</v>
+        <v>208</v>
       </c>
       <c r="H223" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>9810</v>
+        <v>10042</v>
       </c>
       <c r="B224">
         <v>2024</v>
       </c>
       <c r="C224">
-        <v>540</v>
+        <v>1085</v>
       </c>
       <c r="D224" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E224" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="G224" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="H224" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>9804</v>
+        <v>10035</v>
       </c>
       <c r="B225">
         <v>2024</v>
       </c>
       <c r="C225">
-        <v>582</v>
+        <v>9</v>
       </c>
       <c r="D225" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E225" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="G225" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="H225" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>9790</v>
+        <v>10022</v>
       </c>
       <c r="B226">
         <v>2024</v>
       </c>
       <c r="C226">
-        <v>560</v>
+        <v>1100</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="G226" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="H226" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>9787</v>
+        <v>10016</v>
       </c>
       <c r="B227">
         <v>2024</v>
       </c>
       <c r="C227">
-        <v>583</v>
+        <v>1076</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="G227" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="H227" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>9784</v>
+        <v>10009</v>
       </c>
       <c r="B228">
         <v>2024</v>
       </c>
       <c r="C228">
-        <v>291</v>
+        <v>1051</v>
       </c>
       <c r="D228" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E228" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="G228" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="H228" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>9779</v>
+        <v>10001</v>
       </c>
       <c r="B229">
         <v>2024</v>
       </c>
       <c r="C229">
-        <v>450</v>
+        <v>1056</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="G229" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H229" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>9778</v>
+        <v>10000</v>
       </c>
       <c r="B230">
         <v>2024</v>
       </c>
       <c r="C230">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D230" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="E230" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="G230" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="H230" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>9764</v>
+        <v>9994</v>
       </c>
       <c r="B231">
         <v>2024</v>
       </c>
       <c r="C231">
-        <v>553</v>
+        <v>8</v>
       </c>
       <c r="D231" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E231" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="G231" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="H231" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>9747</v>
+        <v>9987</v>
       </c>
       <c r="B232">
         <v>2024</v>
       </c>
       <c r="C232">
-        <v>526</v>
+        <v>946</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="G232" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="H232" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>9744</v>
+        <v>9980</v>
       </c>
       <c r="B233">
         <v>2024</v>
       </c>
       <c r="C233">
-        <v>501</v>
+        <v>963</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="G233" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="H233" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>9738</v>
+        <v>9973</v>
       </c>
       <c r="B234">
         <v>2024</v>
       </c>
       <c r="C234">
-        <v>462</v>
+        <v>896</v>
       </c>
       <c r="D234" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E234" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="H234" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>9729</v>
+        <v>9970</v>
       </c>
       <c r="B235">
         <v>2024</v>
       </c>
       <c r="C235">
-        <v>361</v>
+        <v>977</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="G235" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H235" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>9716</v>
+        <v>9962</v>
       </c>
       <c r="B236">
         <v>2024</v>
       </c>
       <c r="C236">
-        <v>332</v>
+        <v>907</v>
       </c>
       <c r="D236" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E236" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="G236" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="H236" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>9700</v>
+        <v>9958</v>
       </c>
       <c r="B237">
         <v>2024</v>
       </c>
       <c r="C237">
-        <v>382</v>
+        <v>909</v>
       </c>
       <c r="D237" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E237" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G237" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H237" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>9690</v>
+        <v>9951</v>
       </c>
       <c r="B238">
         <v>2024</v>
       </c>
       <c r="C238">
-        <v>472</v>
+        <v>890</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="G238" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="H238" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>9672</v>
+        <v>9948</v>
       </c>
       <c r="B239">
         <v>2024</v>
       </c>
       <c r="C239">
-        <v>456</v>
+        <v>483</v>
       </c>
       <c r="D239" t="s">
-        <v>8</v>
+        <v>608</v>
       </c>
       <c r="E239" t="s">
-        <v>9</v>
+        <v>609</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="G239" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="H239" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>9668</v>
+        <v>9946</v>
       </c>
       <c r="B240">
         <v>2024</v>
       </c>
       <c r="C240">
-        <v>426</v>
+        <v>7</v>
       </c>
       <c r="D240" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E240" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="G240" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="H240" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>9665</v>
+        <v>9937</v>
       </c>
       <c r="B241">
         <v>2024</v>
       </c>
       <c r="C241">
-        <v>416</v>
+        <v>882</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="G241" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="H241" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>9655</v>
+        <v>9934</v>
       </c>
       <c r="B242">
         <v>2024</v>
       </c>
       <c r="C242">
-        <v>408</v>
+        <v>859</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="G242" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="H242" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>9634</v>
+        <v>9930</v>
       </c>
       <c r="B243">
         <v>2024</v>
       </c>
       <c r="C243">
-        <v>386</v>
+        <v>6</v>
       </c>
       <c r="D243" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E243" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="G243" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="H243" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>9628</v>
+        <v>9920</v>
       </c>
       <c r="B244">
         <v>2024</v>
       </c>
       <c r="C244">
-        <v>394</v>
+        <v>636</v>
       </c>
       <c r="D244" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E244" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="G244" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H244" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>9616</v>
+        <v>9910</v>
       </c>
       <c r="B245">
         <v>2024</v>
       </c>
       <c r="C245">
-        <v>343</v>
+        <v>756</v>
       </c>
       <c r="D245" t="s">
         <v>8</v>
       </c>
       <c r="E245" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="G245" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="H245" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>9613</v>
+        <v>9907</v>
       </c>
       <c r="B246">
         <v>2024</v>
       </c>
       <c r="C246">
-        <v>374</v>
+        <v>713</v>
       </c>
       <c r="D246" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E246" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G246" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H246" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>9604</v>
+        <v>9891</v>
       </c>
       <c r="B247">
         <v>2024</v>
       </c>
       <c r="C247">
-        <v>344</v>
+        <v>733</v>
       </c>
       <c r="D247" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E247" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="G247" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="H247" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>9603</v>
+        <v>9888</v>
       </c>
       <c r="B248">
         <v>2024</v>
       </c>
       <c r="C248">
-        <v>3</v>
+        <v>590</v>
       </c>
       <c r="D248" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E248" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="G248" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H248" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>9600</v>
+        <v>9883</v>
       </c>
       <c r="B249">
         <v>2024</v>
       </c>
       <c r="C249">
-        <v>341</v>
+        <v>777</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249" t="s">
         <v>9</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="G249" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="H249" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>9596</v>
+        <v>9877</v>
       </c>
       <c r="B250">
         <v>2024</v>
       </c>
       <c r="C250">
-        <v>318</v>
+        <v>771</v>
       </c>
       <c r="D250" t="s">
         <v>8</v>
       </c>
       <c r="E250" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="G250" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="H250" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>9591</v>
+        <v>9861</v>
       </c>
       <c r="B251">
         <v>2024</v>
       </c>
       <c r="C251">
-        <v>242</v>
+        <v>749</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="G251" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="H251" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>9579</v>
+        <v>9853</v>
       </c>
       <c r="B252">
         <v>2024</v>
       </c>
       <c r="C252">
-        <v>292</v>
+        <v>727</v>
       </c>
       <c r="D252" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E252" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="G252" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H252" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>9576</v>
+        <v>9846</v>
       </c>
       <c r="B253">
         <v>2024</v>
       </c>
       <c r="C253">
-        <v>297</v>
+        <v>719</v>
       </c>
       <c r="D253" t="s">
         <v>8</v>
       </c>
       <c r="E253" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="G253" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="H253" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>9569</v>
+        <v>9840</v>
       </c>
       <c r="B254">
         <v>2024</v>
       </c>
       <c r="C254">
-        <v>268</v>
+        <v>665</v>
       </c>
       <c r="D254" t="s">
         <v>8</v>
       </c>
       <c r="E254" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="G254" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="H254" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>9565</v>
+        <v>9836</v>
       </c>
       <c r="B255">
         <v>2024</v>
       </c>
       <c r="C255">
-        <v>175</v>
+        <v>651</v>
       </c>
       <c r="D255" t="s">
         <v>8</v>
       </c>
       <c r="E255" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="G255" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="H255" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>9554</v>
+        <v>9835</v>
       </c>
       <c r="B256">
         <v>2024</v>
       </c>
       <c r="C256">
-        <v>233</v>
+        <v>4</v>
       </c>
       <c r="D256" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E256" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="G256" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="H256" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>9551</v>
+        <v>9834</v>
       </c>
       <c r="B257">
         <v>2024</v>
       </c>
       <c r="C257">
-        <v>230</v>
+        <v>4</v>
       </c>
       <c r="D257" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E257" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="G257" t="s">
-        <v>789</v>
+        <v>208</v>
       </c>
       <c r="H257" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>9546</v>
+        <v>9830</v>
       </c>
       <c r="B258">
         <v>2024</v>
       </c>
       <c r="C258">
-        <v>229</v>
+        <v>647</v>
       </c>
       <c r="D258" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E258" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="G258" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H258" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>9542</v>
+        <v>9827</v>
       </c>
       <c r="B259">
         <v>2024</v>
       </c>
       <c r="C259">
-        <v>1</v>
+        <v>502</v>
       </c>
       <c r="D259" t="s">
-        <v>381</v>
+        <v>8</v>
       </c>
       <c r="E259" t="s">
-        <v>382</v>
+        <v>9</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="G259" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H259" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>9540</v>
+        <v>9817</v>
       </c>
       <c r="B260">
         <v>2024</v>
       </c>
       <c r="C260">
-        <v>104</v>
+        <v>595</v>
       </c>
       <c r="D260" t="s">
         <v>8</v>
       </c>
       <c r="E260" t="s">
         <v>9</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="G260" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="H260" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>9535</v>
+        <v>9810</v>
       </c>
       <c r="B261">
         <v>2024</v>
       </c>
       <c r="C261">
-        <v>204</v>
+        <v>540</v>
       </c>
       <c r="D261" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E261" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="G261" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H261" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>9524</v>
+        <v>9804</v>
       </c>
       <c r="B262">
         <v>2024</v>
       </c>
       <c r="C262">
-        <v>208</v>
+        <v>582</v>
       </c>
       <c r="D262" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E262" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="G262" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="H262" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>9522</v>
+        <v>9790</v>
       </c>
       <c r="B263">
         <v>2024</v>
       </c>
       <c r="C263">
-        <v>2</v>
+        <v>560</v>
       </c>
       <c r="D263" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E263" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="G263" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="H263" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>9514</v>
+        <v>9787</v>
       </c>
       <c r="B264">
         <v>2024</v>
       </c>
       <c r="C264">
-        <v>180</v>
+        <v>583</v>
       </c>
       <c r="D264" t="s">
         <v>8</v>
       </c>
       <c r="E264" t="s">
         <v>9</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="G264" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="H264" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>9506</v>
+        <v>9784</v>
       </c>
       <c r="B265">
         <v>2024</v>
       </c>
       <c r="C265">
-        <v>105</v>
+        <v>291</v>
       </c>
       <c r="D265" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E265" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G265" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H265" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>9505</v>
+        <v>9779</v>
       </c>
       <c r="B266">
         <v>2024</v>
       </c>
       <c r="C266">
-        <v>119</v>
+        <v>450</v>
       </c>
       <c r="D266" t="s">
         <v>8</v>
       </c>
       <c r="E266" t="s">
         <v>9</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="G266" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="H266" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>9493</v>
+        <v>9778</v>
       </c>
       <c r="B267">
         <v>2024</v>
       </c>
       <c r="C267">
-        <v>103</v>
+        <v>2</v>
       </c>
       <c r="D267" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E267" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="G267" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="H267" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>9490</v>
+        <v>9764</v>
       </c>
       <c r="B268">
         <v>2024</v>
       </c>
       <c r="C268">
-        <v>125</v>
+        <v>553</v>
       </c>
       <c r="D268" t="s">
         <v>8</v>
       </c>
       <c r="E268" t="s">
         <v>9</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="G268" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="H268" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>9487</v>
+        <v>9747</v>
       </c>
       <c r="B269">
         <v>2024</v>
       </c>
       <c r="C269">
-        <v>131</v>
+        <v>526</v>
       </c>
       <c r="D269" t="s">
         <v>8</v>
       </c>
       <c r="E269" t="s">
         <v>9</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="G269" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H269" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>9478</v>
+        <v>9744</v>
       </c>
       <c r="B270">
         <v>2024</v>
       </c>
       <c r="C270">
-        <v>44</v>
+        <v>501</v>
       </c>
       <c r="D270" t="s">
         <v>8</v>
       </c>
       <c r="E270" t="s">
         <v>9</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="G270" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H270" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>9473</v>
+        <v>9738</v>
       </c>
       <c r="B271">
         <v>2024</v>
       </c>
       <c r="C271">
-        <v>1</v>
+        <v>462</v>
       </c>
       <c r="D271" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E271" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="G271" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="H271" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>9469</v>
+        <v>9729</v>
       </c>
       <c r="B272">
         <v>2024</v>
       </c>
       <c r="C272">
-        <v>90</v>
+        <v>361</v>
       </c>
       <c r="D272" t="s">
         <v>8</v>
       </c>
       <c r="E272" t="s">
         <v>9</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="G272" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="H272" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>9464</v>
+        <v>9716</v>
       </c>
       <c r="B273">
         <v>2024</v>
       </c>
       <c r="C273">
-        <v>1</v>
+        <v>332</v>
       </c>
       <c r="D273" t="s">
-        <v>203</v>
+        <v>121</v>
       </c>
       <c r="E273" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="G273" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="H273" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>9459</v>
+        <v>9700</v>
       </c>
       <c r="B274">
         <v>2024</v>
       </c>
       <c r="C274">
-        <v>5</v>
+        <v>382</v>
       </c>
       <c r="D274" t="s">
         <v>8</v>
       </c>
       <c r="E274" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="G274" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H274" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>9457</v>
+        <v>9690</v>
       </c>
       <c r="B275">
         <v>2024</v>
       </c>
       <c r="C275">
-        <v>19</v>
+        <v>472</v>
       </c>
       <c r="D275" t="s">
         <v>8</v>
       </c>
       <c r="E275" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="G275" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="H275" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>9454</v>
+        <v>9672</v>
       </c>
       <c r="B276">
         <v>2024</v>
       </c>
       <c r="C276">
-        <v>56</v>
+        <v>456</v>
       </c>
       <c r="D276" t="s">
         <v>8</v>
       </c>
       <c r="E276" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="G276" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="H276" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>9451</v>
+        <v>9668</v>
       </c>
       <c r="B277">
         <v>2024</v>
       </c>
       <c r="C277">
-        <v>37</v>
+        <v>426</v>
       </c>
       <c r="D277" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E277" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="G277" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H277" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>9447</v>
+        <v>9665</v>
       </c>
       <c r="B278">
         <v>2024</v>
       </c>
       <c r="C278">
-        <v>43</v>
+        <v>416</v>
       </c>
       <c r="D278" t="s">
         <v>8</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="G278" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="H278" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>9446</v>
+        <v>9655</v>
       </c>
       <c r="B279">
         <v>2024</v>
       </c>
       <c r="C279">
-        <v>1</v>
+        <v>408</v>
       </c>
       <c r="D279" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E279" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="G279" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="H279" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>9445</v>
+        <v>9634</v>
       </c>
       <c r="B280">
         <v>2024</v>
       </c>
       <c r="C280">
-        <v>3</v>
+        <v>386</v>
       </c>
       <c r="D280" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E280" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="G280" t="s">
-        <v>91</v>
+        <v>859</v>
       </c>
       <c r="H280" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>9444</v>
+        <v>9628</v>
       </c>
       <c r="B281">
         <v>2024</v>
       </c>
       <c r="C281">
-        <v>2</v>
+        <v>394</v>
       </c>
       <c r="D281" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E281" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="G281" t="s">
-        <v>91</v>
+        <v>862</v>
       </c>
       <c r="H281" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>9443</v>
+        <v>9616</v>
       </c>
       <c r="B282">
         <v>2024</v>
       </c>
       <c r="C282">
-        <v>1</v>
+        <v>343</v>
       </c>
       <c r="D282" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E282" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="G282" t="s">
-        <v>91</v>
+        <v>865</v>
       </c>
       <c r="H282" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>9435</v>
+        <v>9613</v>
       </c>
       <c r="B283">
         <v>2024</v>
       </c>
       <c r="C283">
-        <v>13</v>
+        <v>374</v>
       </c>
       <c r="D283" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E283" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="G283" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="H283" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>9433</v>
+        <v>9604</v>
       </c>
       <c r="B284">
         <v>2024</v>
       </c>
       <c r="C284">
-        <v>12</v>
+        <v>344</v>
       </c>
       <c r="D284" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E284" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="G284" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="H284" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>9431</v>
+        <v>9603</v>
       </c>
       <c r="B285">
         <v>2024</v>
       </c>
       <c r="C285">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D285" t="s">
-        <v>28</v>
+        <v>640</v>
       </c>
       <c r="E285" t="s">
-        <v>29</v>
+        <v>641</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="G285" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="H285" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>9428</v>
+        <v>9600</v>
       </c>
       <c r="B286">
         <v>2024</v>
       </c>
       <c r="C286">
-        <v>10</v>
+        <v>341</v>
       </c>
       <c r="D286" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E286" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="G286" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="H286" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>9421</v>
+        <v>9596</v>
       </c>
       <c r="B287">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C287">
-        <v>1</v>
+        <v>318</v>
       </c>
       <c r="D287" t="s">
-        <v>367</v>
+        <v>8</v>
       </c>
       <c r="E287" t="s">
-        <v>368</v>
+        <v>9</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="G287" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="H287" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>9419</v>
+        <v>9591</v>
       </c>
       <c r="B288">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C288">
-        <v>1652</v>
+        <v>242</v>
       </c>
       <c r="D288" t="s">
         <v>8</v>
       </c>
       <c r="E288" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="G288" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="H288" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>9417</v>
+        <v>9579</v>
       </c>
       <c r="B289">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C289">
-        <v>1685</v>
+        <v>292</v>
       </c>
       <c r="D289" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E289" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="G289" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="H289" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>9412</v>
+        <v>9576</v>
       </c>
       <c r="B290">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C290">
-        <v>1680</v>
+        <v>297</v>
       </c>
       <c r="D290" t="s">
         <v>8</v>
       </c>
       <c r="E290" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="G290" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="H290" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>9407</v>
+        <v>9569</v>
       </c>
       <c r="B291">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C291">
-        <v>1616</v>
+        <v>268</v>
       </c>
       <c r="D291" t="s">
         <v>8</v>
       </c>
       <c r="E291" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="G291" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="H291" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>9406</v>
+        <v>9565</v>
       </c>
       <c r="B292">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C292">
-        <v>1</v>
+        <v>175</v>
       </c>
       <c r="D292" t="s">
-        <v>359</v>
+        <v>8</v>
       </c>
       <c r="E292" t="s">
-        <v>360</v>
+        <v>9</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="G292" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="H292" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>9403</v>
+        <v>9554</v>
       </c>
       <c r="B293">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C293">
-        <v>1642</v>
+        <v>233</v>
       </c>
       <c r="D293" t="s">
         <v>8</v>
       </c>
       <c r="E293" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="G293" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="H293" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>9399</v>
+        <v>9551</v>
       </c>
       <c r="B294">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C294">
-        <v>1621</v>
+        <v>230</v>
       </c>
       <c r="D294" t="s">
         <v>8</v>
       </c>
       <c r="E294" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="G294" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="H294" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>9393</v>
+        <v>9546</v>
       </c>
       <c r="B295">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C295">
-        <v>1609</v>
+        <v>229</v>
       </c>
       <c r="D295" t="s">
         <v>8</v>
       </c>
       <c r="E295" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="G295" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="H295" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>9382</v>
+        <v>9542</v>
       </c>
       <c r="B296">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C296">
-        <v>1363</v>
+        <v>1</v>
       </c>
       <c r="D296" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="E296" t="s">
-        <v>34</v>
+        <v>493</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="G296" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="H296" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>9380</v>
+        <v>9540</v>
       </c>
       <c r="B297">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C297">
-        <v>1596</v>
+        <v>104</v>
       </c>
       <c r="D297" t="s">
         <v>8</v>
       </c>
       <c r="E297" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="G297" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="H297" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>9369</v>
+        <v>9535</v>
       </c>
       <c r="B298">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C298">
-        <v>1565</v>
+        <v>204</v>
       </c>
       <c r="D298" t="s">
         <v>8</v>
       </c>
       <c r="E298" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="G298" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="H298" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>9365</v>
+        <v>9524</v>
       </c>
       <c r="B299">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C299">
-        <v>15</v>
+        <v>208</v>
       </c>
       <c r="D299" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E299" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="G299" t="s">
-        <v>429</v>
+        <v>915</v>
       </c>
       <c r="H299" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>9361</v>
+        <v>9522</v>
       </c>
       <c r="B300">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C300">
-        <v>1566</v>
+        <v>2</v>
       </c>
       <c r="D300" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E300" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="G300" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="H300" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>9360</v>
+        <v>9514</v>
       </c>
       <c r="B301">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C301">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="D301" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E301" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="G301" t="s">
-        <v>429</v>
+        <v>921</v>
       </c>
       <c r="H301" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>9358</v>
+        <v>9506</v>
       </c>
       <c r="B302">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C302">
-        <v>1567</v>
+        <v>105</v>
       </c>
       <c r="D302" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E302" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="G302" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="H302" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>9353</v>
+        <v>9505</v>
       </c>
       <c r="B303">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C303">
-        <v>1560</v>
+        <v>119</v>
       </c>
       <c r="D303" t="s">
         <v>8</v>
       </c>
       <c r="E303" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="G303" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="H303" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>9351</v>
+        <v>9493</v>
       </c>
       <c r="B304">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C304">
-        <v>1559</v>
+        <v>103</v>
       </c>
       <c r="D304" t="s">
         <v>8</v>
       </c>
       <c r="E304" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="G304" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="H304" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>9343</v>
+        <v>9490</v>
       </c>
       <c r="B305">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C305">
-        <v>1558</v>
+        <v>125</v>
       </c>
       <c r="D305" t="s">
         <v>8</v>
       </c>
       <c r="E305" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="G305" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="H305" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>9338</v>
+        <v>9487</v>
       </c>
       <c r="B306">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C306">
-        <v>1522</v>
+        <v>131</v>
       </c>
       <c r="D306" t="s">
         <v>8</v>
       </c>
       <c r="E306" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="G306" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="H306" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>9330</v>
+        <v>9478</v>
       </c>
       <c r="B307">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C307">
-        <v>1529</v>
+        <v>44</v>
       </c>
       <c r="D307" t="s">
         <v>8</v>
       </c>
       <c r="E307" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="G307" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="H307" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>9329</v>
+        <v>9473</v>
       </c>
       <c r="B308">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C308">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D308" t="s">
-        <v>203</v>
+        <v>446</v>
       </c>
       <c r="E308" t="s">
-        <v>204</v>
+        <v>447</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="G308" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="H308" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>9324</v>
+        <v>9469</v>
       </c>
       <c r="B309">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C309">
-        <v>1490</v>
+        <v>90</v>
       </c>
       <c r="D309" t="s">
         <v>8</v>
       </c>
       <c r="E309" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="G309" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="H309" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>9312</v>
+        <v>9464</v>
       </c>
       <c r="B310">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C310">
-        <v>1441</v>
+        <v>1</v>
       </c>
       <c r="D310" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E310" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G310" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="H310" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>9311</v>
+        <v>9459</v>
       </c>
       <c r="B311">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C311">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D311" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E311" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="G311" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="H311" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>9307</v>
+        <v>9457</v>
       </c>
       <c r="B312">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C312">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="D312" t="s">
-        <v>947</v>
+        <v>8</v>
       </c>
       <c r="E312" t="s">
-        <v>948</v>
+        <v>9</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="G312" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="H312" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>9304</v>
+        <v>9454</v>
       </c>
       <c r="B313">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C313">
-        <v>1440</v>
+        <v>56</v>
       </c>
       <c r="D313" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E313" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="G313" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="H313" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>9302</v>
+        <v>9451</v>
       </c>
       <c r="B314">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C314">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="D314" t="s">
-        <v>947</v>
+        <v>28</v>
       </c>
       <c r="E314" t="s">
-        <v>948</v>
+        <v>29</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="G314" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="H314" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>9300</v>
+        <v>9447</v>
       </c>
       <c r="B315">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C315">
-        <v>1181</v>
+        <v>43</v>
       </c>
       <c r="D315" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E315" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="G315" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="H315" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>9294</v>
+        <v>9446</v>
       </c>
       <c r="B316">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C316">
-        <v>1437</v>
+        <v>1</v>
       </c>
       <c r="D316" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E316" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="G316" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="H316" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>9291</v>
+        <v>9445</v>
       </c>
       <c r="B317">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C317">
         <v>3</v>
       </c>
       <c r="D317" t="s">
-        <v>203</v>
+        <v>74</v>
       </c>
       <c r="E317" t="s">
-        <v>204</v>
+        <v>75</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="G317" t="s">
-        <v>965</v>
+        <v>208</v>
       </c>
       <c r="H317" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>9284</v>
+        <v>9444</v>
       </c>
       <c r="B318">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C318">
-        <v>1315</v>
+        <v>2</v>
       </c>
       <c r="D318" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E318" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="G318" t="s">
-        <v>968</v>
+        <v>208</v>
       </c>
       <c r="H318" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>9283</v>
+        <v>9443</v>
       </c>
       <c r="B319">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C319">
-        <v>1162</v>
+        <v>1</v>
       </c>
       <c r="D319" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E319" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="G319" t="s">
-        <v>971</v>
+        <v>208</v>
       </c>
       <c r="H319" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>9280</v>
+        <v>9435</v>
       </c>
       <c r="B320">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C320">
-        <v>1398</v>
+        <v>13</v>
       </c>
       <c r="D320" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E320" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G320" t="s">
         <v>974</v>
       </c>
       <c r="H320" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>9271</v>
+        <v>9433</v>
       </c>
       <c r="B321">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C321">
-        <v>1360</v>
+        <v>12</v>
       </c>
       <c r="D321" t="s">
         <v>28</v>
       </c>
       <c r="E321" t="s">
         <v>29</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>976</v>
       </c>
       <c r="G321" t="s">
         <v>977</v>
       </c>
       <c r="H321" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>9268</v>
+        <v>9431</v>
       </c>
       <c r="B322">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C322">
-        <v>1361</v>
+        <v>11</v>
       </c>
       <c r="D322" t="s">
         <v>28</v>
       </c>
       <c r="E322" t="s">
         <v>29</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>979</v>
       </c>
       <c r="G322" t="s">
         <v>980</v>
       </c>
       <c r="H322" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>9262</v>
+        <v>9428</v>
       </c>
       <c r="B323">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C323">
-        <v>1300</v>
+        <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E323" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>982</v>
       </c>
       <c r="G323" t="s">
         <v>983</v>
       </c>
       <c r="H323" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>9260</v>
+        <v>9421</v>
       </c>
       <c r="B324">
         <v>2023</v>
       </c>
       <c r="C324">
-        <v>1278</v>
+        <v>1</v>
       </c>
       <c r="D324" t="s">
-        <v>8</v>
+        <v>478</v>
       </c>
       <c r="E324" t="s">
-        <v>9</v>
+        <v>479</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>985</v>
       </c>
       <c r="G324" t="s">
         <v>986</v>
       </c>
       <c r="H324" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>9258</v>
+        <v>9419</v>
       </c>
       <c r="B325">
         <v>2023</v>
       </c>
       <c r="C325">
-        <v>1070</v>
+        <v>1652</v>
       </c>
       <c r="D325" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E325" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>988</v>
       </c>
       <c r="G325" t="s">
         <v>989</v>
       </c>
       <c r="H325" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>9245</v>
+        <v>9417</v>
       </c>
       <c r="B326">
         <v>2023</v>
       </c>
       <c r="C326">
-        <v>10</v>
+        <v>1685</v>
       </c>
       <c r="D326" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E326" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>991</v>
       </c>
       <c r="G326" t="s">
         <v>992</v>
       </c>
       <c r="H326" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>9244</v>
+        <v>9412</v>
       </c>
       <c r="B327">
         <v>2023</v>
       </c>
       <c r="C327">
-        <v>2</v>
+        <v>1680</v>
       </c>
       <c r="D327" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E327" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>994</v>
       </c>
       <c r="G327" t="s">
-        <v>91</v>
+        <v>995</v>
       </c>
       <c r="H327" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>9242</v>
+        <v>9407</v>
       </c>
       <c r="B328">
         <v>2023</v>
       </c>
       <c r="C328">
-        <v>1191</v>
+        <v>1616</v>
       </c>
       <c r="D328" t="s">
         <v>8</v>
       </c>
       <c r="E328" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="G328" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H328" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>9239</v>
+        <v>9406</v>
       </c>
       <c r="B329">
         <v>2023</v>
       </c>
       <c r="C329">
-        <v>1246</v>
+        <v>1</v>
       </c>
       <c r="D329" t="s">
-        <v>8</v>
+        <v>107</v>
       </c>
       <c r="E329" t="s">
-        <v>9</v>
+        <v>108</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="G329" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="H329" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>9215</v>
+        <v>9403</v>
       </c>
       <c r="B330">
         <v>2023</v>
       </c>
       <c r="C330">
-        <v>1189</v>
+        <v>1642</v>
       </c>
       <c r="D330" t="s">
         <v>8</v>
       </c>
       <c r="E330" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="G330" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="H330" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
-        <v>9213</v>
+        <v>9399</v>
       </c>
       <c r="B331">
         <v>2023</v>
       </c>
       <c r="C331">
-        <v>1105</v>
+        <v>1621</v>
       </c>
       <c r="D331" t="s">
         <v>8</v>
       </c>
       <c r="E331" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="G331" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="H331" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>9209</v>
+        <v>9393</v>
       </c>
       <c r="B332">
         <v>2023</v>
       </c>
       <c r="C332">
-        <v>1154</v>
+        <v>1609</v>
       </c>
       <c r="D332" t="s">
         <v>8</v>
       </c>
       <c r="E332" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="G332" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="H332" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>9206</v>
+        <v>9382</v>
       </c>
       <c r="B333">
         <v>2023</v>
       </c>
       <c r="C333">
-        <v>1138</v>
+        <v>1363</v>
       </c>
       <c r="D333" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E333" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="G333" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H333" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>9201</v>
+        <v>9380</v>
       </c>
       <c r="B334">
         <v>2023</v>
       </c>
       <c r="C334">
-        <v>1069</v>
+        <v>1596</v>
       </c>
       <c r="D334" t="s">
         <v>8</v>
       </c>
       <c r="E334" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="G334" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="H334" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>9198</v>
+        <v>9369</v>
       </c>
       <c r="B335">
         <v>2023</v>
       </c>
       <c r="C335">
-        <v>1137</v>
+        <v>1565</v>
       </c>
       <c r="D335" t="s">
         <v>8</v>
       </c>
       <c r="E335" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="G335" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="H335" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>9192</v>
+        <v>9365</v>
       </c>
       <c r="B336">
         <v>2023</v>
       </c>
       <c r="C336">
-        <v>1123</v>
+        <v>15</v>
       </c>
       <c r="D336" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E336" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="G336" t="s">
-        <v>1021</v>
+        <v>540</v>
       </c>
       <c r="H336" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>9188</v>
+        <v>9361</v>
       </c>
       <c r="B337">
         <v>2023</v>
       </c>
       <c r="C337">
-        <v>9</v>
+        <v>1566</v>
       </c>
       <c r="D337" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E337" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="G337" t="s">
         <v>1024</v>
       </c>
       <c r="H337" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>9184</v>
+        <v>9360</v>
       </c>
       <c r="B338">
         <v>2023</v>
       </c>
       <c r="C338">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="D338" t="s">
-        <v>333</v>
+        <v>57</v>
       </c>
       <c r="E338" t="s">
-        <v>334</v>
+        <v>58</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="G338" t="s">
+        <v>540</v>
+      </c>
+      <c r="H338" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>9183</v>
+        <v>9358</v>
       </c>
       <c r="B339">
         <v>2023</v>
       </c>
       <c r="C339">
-        <v>5</v>
+        <v>1567</v>
       </c>
       <c r="D339" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E339" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F339" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G339" t="s">
         <v>1029</v>
       </c>
-      <c r="G339" t="s">
+      <c r="H339" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>9182</v>
+        <v>9353</v>
       </c>
       <c r="B340">
         <v>2023</v>
       </c>
       <c r="C340">
-        <v>4</v>
+        <v>1560</v>
       </c>
       <c r="D340" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E340" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F340" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G340" t="s">
         <v>1032</v>
       </c>
-      <c r="G340" t="s">
+      <c r="H340" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>9181</v>
+        <v>9351</v>
       </c>
       <c r="B341">
         <v>2023</v>
       </c>
       <c r="C341">
-        <v>3</v>
+        <v>1559</v>
       </c>
       <c r="D341" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E341" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F341" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G341" t="s">
         <v>1035</v>
       </c>
-      <c r="G341" t="s">
+      <c r="H341" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>9180</v>
+        <v>9343</v>
       </c>
       <c r="B342">
         <v>2023</v>
       </c>
       <c r="C342">
-        <v>2</v>
+        <v>1558</v>
       </c>
       <c r="D342" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E342" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F342" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G342" t="s">
         <v>1038</v>
       </c>
-      <c r="G342" t="s">
+      <c r="H342" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>9179</v>
+        <v>9338</v>
       </c>
       <c r="B343">
         <v>2023</v>
       </c>
       <c r="C343">
-        <v>1</v>
+        <v>1522</v>
       </c>
       <c r="D343" t="s">
-        <v>333</v>
+        <v>8</v>
       </c>
       <c r="E343" t="s">
-        <v>334</v>
+        <v>9</v>
       </c>
       <c r="F343" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G343" t="s">
         <v>1041</v>
       </c>
-      <c r="G343" t="s">
+      <c r="H343" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>9175</v>
+        <v>9330</v>
       </c>
       <c r="B344">
         <v>2023</v>
       </c>
       <c r="C344">
-        <v>1061</v>
+        <v>1529</v>
       </c>
       <c r="D344" t="s">
         <v>8</v>
       </c>
       <c r="E344" t="s">
         <v>9</v>
       </c>
       <c r="F344" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G344" t="s">
         <v>1044</v>
       </c>
-      <c r="G344" t="s">
+      <c r="H344" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>9173</v>
+        <v>9329</v>
       </c>
       <c r="B345">
         <v>2023</v>
       </c>
       <c r="C345">
-        <v>983</v>
+        <v>4</v>
       </c>
       <c r="D345" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E345" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F345" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="G345" t="s">
         <v>1047</v>
       </c>
-      <c r="G345" t="s">
+      <c r="H345" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>9157</v>
+        <v>9324</v>
       </c>
       <c r="B346">
         <v>2023</v>
       </c>
       <c r="C346">
-        <v>994</v>
+        <v>1490</v>
       </c>
       <c r="D346" t="s">
         <v>8</v>
       </c>
       <c r="E346" t="s">
         <v>9</v>
       </c>
       <c r="F346" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G346" t="s">
         <v>1050</v>
       </c>
-      <c r="G346" t="s">
+      <c r="H346" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>9153</v>
+        <v>9312</v>
       </c>
       <c r="B347">
         <v>2023</v>
       </c>
       <c r="C347">
-        <v>989</v>
+        <v>1441</v>
       </c>
       <c r="D347" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E347" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F347" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G347" t="s">
         <v>1053</v>
       </c>
-      <c r="G347" t="s">
+      <c r="H347" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>9151</v>
+        <v>9311</v>
       </c>
       <c r="B348">
         <v>2023</v>
       </c>
       <c r="C348">
-        <v>984</v>
+        <v>11</v>
       </c>
       <c r="D348" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E348" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F348" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G348" t="s">
         <v>1056</v>
       </c>
-      <c r="G348" t="s">
+      <c r="H348" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
-        <v>9149</v>
+        <v>9307</v>
       </c>
       <c r="B349">
         <v>2023</v>
       </c>
       <c r="C349">
-        <v>971</v>
+        <v>63</v>
       </c>
       <c r="D349" t="s">
-        <v>8</v>
+        <v>1058</v>
       </c>
       <c r="E349" t="s">
-        <v>9</v>
+        <v>1059</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G349" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H349" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
-        <v>9145</v>
+        <v>9304</v>
       </c>
       <c r="B350">
         <v>2023</v>
       </c>
       <c r="C350">
-        <v>938</v>
+        <v>1440</v>
       </c>
       <c r="D350" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E350" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="G350" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="H350" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
-        <v>9144</v>
+        <v>9302</v>
       </c>
       <c r="B351">
         <v>2023</v>
       </c>
       <c r="C351">
-        <v>887</v>
+        <v>61</v>
       </c>
       <c r="D351" t="s">
-        <v>33</v>
+        <v>1058</v>
       </c>
       <c r="E351" t="s">
-        <v>34</v>
+        <v>1059</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="G351" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H351" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
-        <v>9135</v>
+        <v>9300</v>
       </c>
       <c r="B352">
         <v>2023</v>
       </c>
       <c r="C352">
-        <v>948</v>
+        <v>1181</v>
       </c>
       <c r="D352" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E352" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G352" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H352" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
-        <v>9133</v>
+        <v>9294</v>
       </c>
       <c r="B353">
         <v>2023</v>
       </c>
       <c r="C353">
-        <v>912</v>
+        <v>1437</v>
       </c>
       <c r="D353" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E353" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="G353" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="H353" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
-        <v>9131</v>
+        <v>9291</v>
       </c>
       <c r="B354">
         <v>2023</v>
       </c>
       <c r="C354">
-        <v>947</v>
+        <v>3</v>
       </c>
       <c r="D354" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E354" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="G354" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="H354" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
-        <v>9128</v>
+        <v>9284</v>
       </c>
       <c r="B355">
         <v>2023</v>
       </c>
       <c r="C355">
-        <v>8</v>
+        <v>1315</v>
       </c>
       <c r="D355" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E355" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G355" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H355" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
-        <v>9127</v>
+        <v>9283</v>
       </c>
       <c r="B356">
         <v>2023</v>
       </c>
       <c r="C356">
-        <v>7</v>
+        <v>1162</v>
       </c>
       <c r="D356" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E356" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="G356" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="H356" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
-        <v>9124</v>
+        <v>9280</v>
       </c>
       <c r="B357">
         <v>2023</v>
       </c>
       <c r="C357">
-        <v>902</v>
+        <v>1398</v>
       </c>
       <c r="D357" t="s">
         <v>8</v>
       </c>
       <c r="E357" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="G357" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H357" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
-        <v>9120</v>
+        <v>9271</v>
       </c>
       <c r="B358">
         <v>2023</v>
       </c>
       <c r="C358">
-        <v>862</v>
+        <v>1360</v>
       </c>
       <c r="D358" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E358" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="G358" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="H358" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
-        <v>9118</v>
+        <v>9268</v>
       </c>
       <c r="B359">
         <v>2023</v>
       </c>
       <c r="C359">
-        <v>874</v>
+        <v>1361</v>
       </c>
       <c r="D359" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E359" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="G359" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="H359" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
-        <v>9112</v>
+        <v>9262</v>
       </c>
       <c r="B360">
         <v>2023</v>
       </c>
       <c r="C360">
-        <v>852</v>
+        <v>1300</v>
       </c>
       <c r="D360" t="s">
         <v>8</v>
       </c>
       <c r="E360" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="G360" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="H360" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
-        <v>9101</v>
+        <v>9260</v>
       </c>
       <c r="B361">
         <v>2023</v>
       </c>
       <c r="C361">
-        <v>800</v>
+        <v>1278</v>
       </c>
       <c r="D361" t="s">
         <v>8</v>
       </c>
       <c r="E361" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G361" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H361" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
-        <v>9091</v>
+        <v>9258</v>
       </c>
       <c r="B362">
         <v>2023</v>
       </c>
       <c r="C362">
-        <v>729</v>
+        <v>1070</v>
       </c>
       <c r="D362" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E362" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="G362" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="H362" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
-        <v>9082</v>
+        <v>9245</v>
       </c>
       <c r="B363">
         <v>2023</v>
       </c>
       <c r="C363">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D363" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E363" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="G363" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="H363" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
-        <v>9081</v>
+        <v>9244</v>
       </c>
       <c r="B364">
         <v>2023</v>
       </c>
       <c r="C364">
         <v>2</v>
       </c>
       <c r="D364" t="s">
-        <v>203</v>
+        <v>74</v>
       </c>
       <c r="E364" t="s">
-        <v>204</v>
+        <v>75</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="G364" t="s">
-        <v>1105</v>
+        <v>208</v>
       </c>
       <c r="H364" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
-        <v>9079</v>
+        <v>9242</v>
       </c>
       <c r="B365">
         <v>2023</v>
       </c>
       <c r="C365">
-        <v>1</v>
+        <v>1191</v>
       </c>
       <c r="D365" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E365" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="G365" t="s">
-        <v>91</v>
+        <v>1108</v>
       </c>
       <c r="H365" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
-        <v>9076</v>
+        <v>9239</v>
       </c>
       <c r="B366">
         <v>2023</v>
       </c>
       <c r="C366">
-        <v>697</v>
+        <v>1246</v>
       </c>
       <c r="D366" t="s">
         <v>8</v>
       </c>
       <c r="E366" t="s">
         <v>9</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="G366" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="H366" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
-        <v>9069</v>
+        <v>9215</v>
       </c>
       <c r="B367">
         <v>2023</v>
       </c>
       <c r="C367">
-        <v>696</v>
+        <v>1189</v>
       </c>
       <c r="D367" t="s">
         <v>8</v>
       </c>
       <c r="E367" t="s">
         <v>9</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G367" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="H367" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
-        <v>9067</v>
+        <v>9213</v>
       </c>
       <c r="B368">
         <v>2023</v>
       </c>
       <c r="C368">
-        <v>621</v>
+        <v>1105</v>
       </c>
       <c r="D368" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E368" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="G368" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="H368" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
-        <v>9064</v>
+        <v>9209</v>
       </c>
       <c r="B369">
         <v>2023</v>
       </c>
       <c r="C369">
-        <v>679</v>
+        <v>1154</v>
       </c>
       <c r="D369" t="s">
         <v>8</v>
       </c>
       <c r="E369" t="s">
         <v>9</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="G369" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H369" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
-        <v>9047</v>
+        <v>9206</v>
       </c>
       <c r="B370">
         <v>2023</v>
       </c>
       <c r="C370">
-        <v>663</v>
+        <v>1138</v>
       </c>
       <c r="D370" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E370" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="G370" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="H370" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
-        <v>9041</v>
+        <v>9201</v>
       </c>
       <c r="B371">
         <v>2023</v>
       </c>
       <c r="C371">
-        <v>362</v>
+        <v>1069</v>
       </c>
       <c r="D371" t="s">
         <v>8</v>
       </c>
       <c r="E371" t="s">
         <v>9</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="G371" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="H371" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
-        <v>9037</v>
+        <v>9198</v>
       </c>
       <c r="B372">
         <v>2023</v>
       </c>
       <c r="C372">
-        <v>1</v>
+        <v>1137</v>
       </c>
       <c r="D372" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E372" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="G372" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="H372" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
-        <v>9033</v>
+        <v>9192</v>
       </c>
       <c r="B373">
         <v>2023</v>
       </c>
       <c r="C373">
-        <v>569</v>
+        <v>1123</v>
       </c>
       <c r="D373" t="s">
         <v>8</v>
       </c>
       <c r="E373" t="s">
         <v>9</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="G373" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="H373" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
-        <v>9029</v>
+        <v>9188</v>
       </c>
       <c r="B374">
         <v>2023</v>
       </c>
       <c r="C374">
-        <v>568</v>
+        <v>9</v>
       </c>
       <c r="D374" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E374" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="G374" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H374" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
-        <v>9013</v>
+        <v>9184</v>
       </c>
       <c r="B375">
         <v>2023</v>
       </c>
       <c r="C375">
-        <v>914</v>
+        <v>6</v>
       </c>
       <c r="D375" t="s">
-        <v>1136</v>
+        <v>446</v>
       </c>
       <c r="E375" t="s">
+        <v>447</v>
+      </c>
+      <c r="F375" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="F375" s="1" t="s">
+      <c r="G375" t="s">
         <v>1138</v>
       </c>
-      <c r="G375" t="s">
+      <c r="H375" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
-        <v>9011</v>
+        <v>9183</v>
       </c>
       <c r="B376">
         <v>2023</v>
       </c>
       <c r="C376">
-        <v>547</v>
+        <v>5</v>
       </c>
       <c r="D376" t="s">
-        <v>8</v>
+        <v>446</v>
       </c>
       <c r="E376" t="s">
-        <v>9</v>
+        <v>447</v>
       </c>
       <c r="F376" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G376" t="s">
         <v>1141</v>
       </c>
-      <c r="G376" t="s">
+      <c r="H376" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
-        <v>9009</v>
+        <v>9182</v>
       </c>
       <c r="B377">
         <v>2023</v>
       </c>
       <c r="C377">
-        <v>555</v>
+        <v>4</v>
       </c>
       <c r="D377" t="s">
-        <v>8</v>
+        <v>446</v>
       </c>
       <c r="E377" t="s">
-        <v>9</v>
+        <v>447</v>
       </c>
       <c r="F377" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G377" t="s">
         <v>1144</v>
       </c>
-      <c r="G377" t="s">
+      <c r="H377" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
-        <v>9007</v>
+        <v>9181</v>
       </c>
       <c r="B378">
         <v>2023</v>
       </c>
       <c r="C378">
-        <v>429</v>
+        <v>3</v>
       </c>
       <c r="D378" t="s">
-        <v>8</v>
+        <v>446</v>
       </c>
       <c r="E378" t="s">
-        <v>9</v>
+        <v>447</v>
       </c>
       <c r="F378" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G378" t="s">
         <v>1147</v>
       </c>
-      <c r="G378" t="s">
+      <c r="H378" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
-        <v>9006</v>
+        <v>9180</v>
       </c>
       <c r="B379">
         <v>2023</v>
       </c>
       <c r="C379">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D379" t="s">
-        <v>529</v>
+        <v>446</v>
       </c>
       <c r="E379" t="s">
-        <v>530</v>
+        <v>447</v>
       </c>
       <c r="F379" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G379" t="s">
         <v>1150</v>
       </c>
-      <c r="G379" t="s">
+      <c r="H379" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
-        <v>9004</v>
+        <v>9179</v>
       </c>
       <c r="B380">
         <v>2023</v>
       </c>
       <c r="C380">
-        <v>539</v>
+        <v>1</v>
       </c>
       <c r="D380" t="s">
-        <v>8</v>
+        <v>446</v>
       </c>
       <c r="E380" t="s">
-        <v>9</v>
+        <v>447</v>
       </c>
       <c r="F380" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G380" t="s">
         <v>1153</v>
       </c>
-      <c r="G380" t="s">
+      <c r="H380" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
-        <v>9000</v>
+        <v>9175</v>
       </c>
       <c r="B381">
         <v>2023</v>
       </c>
       <c r="C381">
-        <v>524</v>
+        <v>1061</v>
       </c>
       <c r="D381" t="s">
         <v>8</v>
       </c>
       <c r="E381" t="s">
         <v>9</v>
       </c>
       <c r="F381" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G381" t="s">
         <v>1156</v>
       </c>
-      <c r="G381" t="s">
+      <c r="H381" t="s">
         <v>1157</v>
-      </c>
-[...1 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
-        <v>8998</v>
+        <v>9173</v>
       </c>
       <c r="B382">
         <v>2023</v>
       </c>
       <c r="C382">
-        <v>523</v>
+        <v>983</v>
       </c>
       <c r="D382" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E382" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F382" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G382" t="s">
         <v>1159</v>
       </c>
-      <c r="G382" t="s">
+      <c r="H382" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
-        <v>8996</v>
+        <v>9157</v>
       </c>
       <c r="B383">
         <v>2023</v>
       </c>
       <c r="C383">
-        <v>516</v>
+        <v>994</v>
       </c>
       <c r="D383" t="s">
         <v>8</v>
       </c>
       <c r="E383" t="s">
         <v>9</v>
       </c>
       <c r="F383" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G383" t="s">
         <v>1162</v>
       </c>
-      <c r="G383" t="s">
+      <c r="H383" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
-        <v>8991</v>
+        <v>9153</v>
       </c>
       <c r="B384">
         <v>2023</v>
       </c>
       <c r="C384">
-        <v>227</v>
+        <v>989</v>
       </c>
       <c r="D384" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E384" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F384" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="G384" t="s">
         <v>1165</v>
       </c>
-      <c r="G384" t="s">
+      <c r="H384" t="s">
         <v>1166</v>
-      </c>
-[...1 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
-        <v>8987</v>
+        <v>9151</v>
       </c>
       <c r="B385">
         <v>2023</v>
       </c>
       <c r="C385">
-        <v>316</v>
+        <v>984</v>
       </c>
       <c r="D385" t="s">
         <v>8</v>
       </c>
       <c r="E385" t="s">
         <v>9</v>
       </c>
       <c r="F385" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G385" t="s">
         <v>1168</v>
       </c>
-      <c r="G385" t="s">
+      <c r="H385" t="s">
         <v>1169</v>
-      </c>
-[...1 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
-        <v>8985</v>
+        <v>9149</v>
       </c>
       <c r="B386">
         <v>2023</v>
       </c>
       <c r="C386">
-        <v>428</v>
+        <v>971</v>
       </c>
       <c r="D386" t="s">
         <v>8</v>
       </c>
       <c r="E386" t="s">
         <v>9</v>
       </c>
       <c r="F386" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G386" t="s">
         <v>1171</v>
       </c>
-      <c r="G386" t="s">
+      <c r="H386" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
-        <v>8978</v>
+        <v>9145</v>
       </c>
       <c r="B387">
         <v>2023</v>
       </c>
       <c r="C387">
-        <v>226</v>
+        <v>938</v>
       </c>
       <c r="D387" t="s">
         <v>8</v>
       </c>
       <c r="E387" t="s">
         <v>9</v>
       </c>
       <c r="F387" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G387" t="s">
         <v>1174</v>
       </c>
-      <c r="G387" t="s">
+      <c r="H387" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
-        <v>8976</v>
+        <v>9144</v>
       </c>
       <c r="B388">
         <v>2023</v>
       </c>
       <c r="C388">
-        <v>264</v>
+        <v>887</v>
       </c>
       <c r="D388" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E388" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F388" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G388" t="s">
         <v>1177</v>
       </c>
-      <c r="G388" t="s">
+      <c r="H388" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
-        <v>8968</v>
+        <v>9135</v>
       </c>
       <c r="B389">
         <v>2023</v>
       </c>
       <c r="C389">
-        <v>387</v>
+        <v>948</v>
       </c>
       <c r="D389" t="s">
         <v>8</v>
       </c>
       <c r="E389" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G389" t="s">
         <v>1180</v>
       </c>
-      <c r="G389" t="s">
+      <c r="H389" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
-        <v>8947</v>
+        <v>9133</v>
       </c>
       <c r="B390">
         <v>2023</v>
       </c>
       <c r="C390">
-        <v>4</v>
+        <v>912</v>
       </c>
       <c r="D390" t="s">
-        <v>529</v>
+        <v>28</v>
       </c>
       <c r="E390" t="s">
-        <v>530</v>
+        <v>29</v>
       </c>
       <c r="F390" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G390" t="s">
         <v>1183</v>
       </c>
-      <c r="G390" t="s">
+      <c r="H390" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
-        <v>8945</v>
+        <v>9131</v>
       </c>
       <c r="B391">
         <v>2023</v>
       </c>
       <c r="C391">
-        <v>431</v>
+        <v>947</v>
       </c>
       <c r="D391" t="s">
         <v>8</v>
       </c>
       <c r="E391" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G391" t="s">
         <v>1186</v>
       </c>
-      <c r="G391" t="s">
+      <c r="H391" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
-        <v>8941</v>
+        <v>9128</v>
       </c>
       <c r="B392">
         <v>2023</v>
       </c>
       <c r="C392">
-        <v>225</v>
+        <v>8</v>
       </c>
       <c r="D392" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E392" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F392" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G392" t="s">
         <v>1189</v>
       </c>
-      <c r="G392" t="s">
+      <c r="H392" t="s">
         <v>1190</v>
-      </c>
-[...1 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
-        <v>8936</v>
+        <v>9127</v>
       </c>
       <c r="B393">
         <v>2023</v>
       </c>
       <c r="C393">
-        <v>339</v>
+        <v>7</v>
       </c>
       <c r="D393" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E393" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F393" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G393" t="s">
         <v>1192</v>
       </c>
-      <c r="G393" t="s">
+      <c r="H393" t="s">
         <v>1193</v>
-      </c>
-[...1 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
-        <v>8931</v>
+        <v>9124</v>
       </c>
       <c r="B394">
         <v>2023</v>
       </c>
       <c r="C394">
-        <v>313</v>
+        <v>902</v>
       </c>
       <c r="D394" t="s">
         <v>8</v>
       </c>
       <c r="E394" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G394" t="s">
         <v>1195</v>
       </c>
-      <c r="G394" t="s">
+      <c r="H394" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
-        <v>8929</v>
+        <v>9120</v>
       </c>
       <c r="B395">
         <v>2023</v>
       </c>
       <c r="C395">
-        <v>353</v>
+        <v>862</v>
       </c>
       <c r="D395" t="s">
         <v>8</v>
       </c>
       <c r="E395" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G395" t="s">
         <v>1198</v>
       </c>
-      <c r="G395" t="s">
+      <c r="H395" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
-        <v>8927</v>
+        <v>9118</v>
       </c>
       <c r="B396">
         <v>2023</v>
       </c>
       <c r="C396">
-        <v>381</v>
+        <v>874</v>
       </c>
       <c r="D396" t="s">
         <v>8</v>
       </c>
       <c r="E396" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G396" t="s">
         <v>1201</v>
       </c>
-      <c r="G396" t="s">
+      <c r="H396" t="s">
         <v>1202</v>
-      </c>
-[...1 lines deleted...]
-        <v>1203</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
-        <v>8917</v>
+        <v>9112</v>
       </c>
       <c r="B397">
         <v>2023</v>
       </c>
       <c r="C397">
-        <v>211</v>
+        <v>852</v>
       </c>
       <c r="D397" t="s">
         <v>8</v>
       </c>
       <c r="E397" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G397" t="s">
         <v>1204</v>
       </c>
-      <c r="G397" t="s">
+      <c r="H397" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
-        <v>8915</v>
+        <v>9101</v>
       </c>
       <c r="B398">
         <v>2023</v>
       </c>
       <c r="C398">
-        <v>334</v>
+        <v>800</v>
       </c>
       <c r="D398" t="s">
         <v>8</v>
       </c>
       <c r="E398" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G398" t="s">
         <v>1207</v>
       </c>
-      <c r="G398" t="s">
+      <c r="H398" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
-        <v>8913</v>
+        <v>9091</v>
       </c>
       <c r="B399">
         <v>2023</v>
       </c>
       <c r="C399">
-        <v>333</v>
+        <v>729</v>
       </c>
       <c r="D399" t="s">
         <v>8</v>
       </c>
       <c r="E399" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G399" t="s">
         <v>1210</v>
       </c>
-      <c r="G399" t="s">
+      <c r="H399" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
-        <v>8911</v>
+        <v>9082</v>
       </c>
       <c r="B400">
         <v>2023</v>
       </c>
       <c r="C400">
-        <v>312</v>
+        <v>6</v>
       </c>
       <c r="D400" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E400" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F400" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G400" t="s">
         <v>1213</v>
       </c>
-      <c r="G400" t="s">
+      <c r="H400" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
-        <v>8905</v>
+        <v>9081</v>
       </c>
       <c r="B401">
         <v>2023</v>
       </c>
       <c r="C401">
-        <v>231</v>
+        <v>2</v>
       </c>
       <c r="D401" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E401" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F401" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G401" t="s">
         <v>1216</v>
       </c>
-      <c r="G401" t="s">
+      <c r="H401" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
-        <v>8898</v>
+        <v>9079</v>
       </c>
       <c r="B402">
         <v>2023</v>
       </c>
       <c r="C402">
-        <v>209</v>
+        <v>1</v>
       </c>
       <c r="D402" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E402" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F402" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G402" t="s">
+        <v>208</v>
+      </c>
+      <c r="H402" t="s">
         <v>1219</v>
-      </c>
-[...4 lines deleted...]
-        <v>1221</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
-        <v>8896</v>
+        <v>9076</v>
       </c>
       <c r="B403">
         <v>2023</v>
       </c>
       <c r="C403">
-        <v>190</v>
+        <v>697</v>
       </c>
       <c r="D403" t="s">
         <v>8</v>
       </c>
       <c r="E403" t="s">
         <v>9</v>
       </c>
       <c r="F403" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H403" t="s">
         <v>1222</v>
-      </c>
-[...4 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
-        <v>8894</v>
+        <v>9069</v>
       </c>
       <c r="B404">
         <v>2023</v>
       </c>
       <c r="C404">
-        <v>278</v>
+        <v>696</v>
       </c>
       <c r="D404" t="s">
         <v>8</v>
       </c>
       <c r="E404" t="s">
         <v>9</v>
       </c>
       <c r="F404" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H404" t="s">
         <v>1225</v>
-      </c>
-[...4 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
-        <v>8889</v>
+        <v>9067</v>
       </c>
       <c r="B405">
         <v>2023</v>
       </c>
       <c r="C405">
-        <v>277</v>
+        <v>621</v>
       </c>
       <c r="D405" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E405" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F405" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H405" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
-        <v>8886</v>
+        <v>9064</v>
       </c>
       <c r="B406">
         <v>2023</v>
       </c>
       <c r="C406">
-        <v>200</v>
+        <v>679</v>
       </c>
       <c r="D406" t="s">
         <v>8</v>
       </c>
       <c r="E406" t="s">
         <v>9</v>
       </c>
       <c r="F406" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H406" t="s">
         <v>1231</v>
-      </c>
-[...4 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
-        <v>8884</v>
+        <v>9047</v>
       </c>
       <c r="B407">
         <v>2023</v>
       </c>
       <c r="C407">
-        <v>266</v>
+        <v>663</v>
       </c>
       <c r="D407" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E407" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F407" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G407" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H407" t="s">
         <v>1234</v>
-      </c>
-[...4 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
-        <v>8879</v>
+        <v>9041</v>
       </c>
       <c r="B408">
         <v>2023</v>
       </c>
       <c r="C408">
-        <v>153</v>
+        <v>362</v>
       </c>
       <c r="D408" t="s">
         <v>8</v>
       </c>
       <c r="E408" t="s">
         <v>9</v>
       </c>
       <c r="F408" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="G408" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H408" t="s">
         <v>1237</v>
-      </c>
-[...4 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
-        <v>8877</v>
+        <v>9037</v>
       </c>
       <c r="B409">
         <v>2023</v>
       </c>
       <c r="C409">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D409" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E409" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F409" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G409" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H409" t="s">
         <v>1240</v>
-      </c>
-[...4 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
-        <v>8871</v>
+        <v>9033</v>
       </c>
       <c r="B410">
         <v>2023</v>
       </c>
       <c r="C410">
-        <v>230</v>
+        <v>569</v>
       </c>
       <c r="D410" t="s">
         <v>8</v>
       </c>
       <c r="E410" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G410" t="s">
         <v>1242</v>
       </c>
-      <c r="G410" t="s">
+      <c r="H410" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
-        <v>8869</v>
+        <v>9029</v>
       </c>
       <c r="B411">
         <v>2023</v>
       </c>
       <c r="C411">
-        <v>212</v>
+        <v>568</v>
       </c>
       <c r="D411" t="s">
         <v>8</v>
       </c>
       <c r="E411" t="s">
         <v>9</v>
       </c>
       <c r="F411" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G411" t="s">
         <v>1245</v>
       </c>
-      <c r="G411" t="s">
+      <c r="H411" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
-        <v>8867</v>
+        <v>9013</v>
       </c>
       <c r="B412">
         <v>2023</v>
       </c>
       <c r="C412">
-        <v>87</v>
+        <v>914</v>
       </c>
       <c r="D412" t="s">
-        <v>33</v>
+        <v>1247</v>
       </c>
       <c r="E412" t="s">
-        <v>34</v>
+        <v>1248</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="G412" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H412" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
-        <v>8853</v>
+        <v>9011</v>
       </c>
       <c r="B413">
         <v>2023</v>
       </c>
       <c r="C413">
-        <v>201</v>
+        <v>547</v>
       </c>
       <c r="D413" t="s">
         <v>8</v>
       </c>
       <c r="E413" t="s">
         <v>9</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="G413" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="H413" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
-        <v>8851</v>
+        <v>9009</v>
       </c>
       <c r="B414">
         <v>2023</v>
       </c>
       <c r="C414">
-        <v>183</v>
+        <v>555</v>
       </c>
       <c r="D414" t="s">
         <v>8</v>
       </c>
       <c r="E414" t="s">
         <v>9</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G414" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="H414" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
-        <v>8845</v>
+        <v>9007</v>
       </c>
       <c r="B415">
         <v>2023</v>
       </c>
       <c r="C415">
-        <v>184</v>
+        <v>429</v>
       </c>
       <c r="D415" t="s">
         <v>8</v>
       </c>
       <c r="E415" t="s">
         <v>9</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="G415" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="H415" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
-        <v>8843</v>
+        <v>9006</v>
       </c>
       <c r="B416">
         <v>2023</v>
       </c>
       <c r="C416">
-        <v>161</v>
+        <v>5</v>
       </c>
       <c r="D416" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E416" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="G416" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="H416" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
-        <v>8841</v>
+        <v>9004</v>
       </c>
       <c r="B417">
         <v>2023</v>
       </c>
       <c r="C417">
-        <v>217</v>
+        <v>539</v>
       </c>
       <c r="D417" t="s">
         <v>8</v>
       </c>
       <c r="E417" t="s">
         <v>9</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="G417" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H417" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
-        <v>8838</v>
+        <v>9000</v>
       </c>
       <c r="B418">
         <v>2023</v>
       </c>
       <c r="C418">
-        <v>210</v>
+        <v>524</v>
       </c>
       <c r="D418" t="s">
         <v>8</v>
       </c>
       <c r="E418" t="s">
         <v>9</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="G418" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="H418" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
-        <v>8833</v>
+        <v>8998</v>
       </c>
       <c r="B419">
         <v>2023</v>
       </c>
       <c r="C419">
-        <v>155</v>
+        <v>523</v>
       </c>
       <c r="D419" t="s">
         <v>8</v>
       </c>
       <c r="E419" t="s">
         <v>9</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="G419" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="H419" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
-        <v>8831</v>
+        <v>8996</v>
       </c>
       <c r="B420">
         <v>2023</v>
       </c>
       <c r="C420">
-        <v>143</v>
+        <v>516</v>
       </c>
       <c r="D420" t="s">
         <v>8</v>
       </c>
       <c r="E420" t="s">
         <v>9</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="G420" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="H420" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
-        <v>8828</v>
+        <v>8991</v>
       </c>
       <c r="B421">
         <v>2023</v>
       </c>
       <c r="C421">
-        <v>81</v>
+        <v>227</v>
       </c>
       <c r="D421" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E421" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="G421" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H421" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
-        <v>8826</v>
+        <v>8987</v>
       </c>
       <c r="B422">
         <v>2023</v>
       </c>
       <c r="C422">
-        <v>91</v>
+        <v>316</v>
       </c>
       <c r="D422" t="s">
         <v>8</v>
       </c>
       <c r="E422" t="s">
         <v>9</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="G422" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="H422" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
-        <v>8824</v>
+        <v>8985</v>
       </c>
       <c r="B423">
         <v>2023</v>
       </c>
       <c r="C423">
-        <v>90</v>
+        <v>428</v>
       </c>
       <c r="D423" t="s">
         <v>8</v>
       </c>
       <c r="E423" t="s">
         <v>9</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="G423" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="H423" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
-        <v>8820</v>
+        <v>8978</v>
       </c>
       <c r="B424">
         <v>2023</v>
       </c>
       <c r="C424">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="D424" t="s">
         <v>8</v>
       </c>
       <c r="E424" t="s">
         <v>9</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G424" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="H424" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
-        <v>8804</v>
+        <v>8976</v>
       </c>
       <c r="B425">
         <v>2023</v>
       </c>
       <c r="C425">
-        <v>63</v>
+        <v>264</v>
       </c>
       <c r="D425" t="s">
         <v>8</v>
       </c>
       <c r="E425" t="s">
         <v>9</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="G425" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="H425" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
-        <v>8802</v>
+        <v>8968</v>
       </c>
       <c r="B426">
         <v>2023</v>
       </c>
       <c r="C426">
-        <v>57</v>
+        <v>387</v>
       </c>
       <c r="D426" t="s">
         <v>8</v>
       </c>
       <c r="E426" t="s">
         <v>9</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="G426" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="H426" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
-        <v>8798</v>
+        <v>8947</v>
       </c>
       <c r="B427">
         <v>2023</v>
       </c>
       <c r="C427">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="D427" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E427" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="G427" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="H427" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
-        <v>8796</v>
+        <v>8945</v>
       </c>
       <c r="B428">
         <v>2023</v>
       </c>
       <c r="C428">
-        <v>33</v>
+        <v>431</v>
       </c>
       <c r="D428" t="s">
         <v>8</v>
       </c>
       <c r="E428" t="s">
         <v>9</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="G428" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="H428" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
-        <v>8794</v>
+        <v>8941</v>
       </c>
       <c r="B429">
         <v>2023</v>
       </c>
       <c r="C429">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="D429" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E429" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="G429" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H429" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
-        <v>8792</v>
+        <v>8936</v>
       </c>
       <c r="B430">
         <v>2023</v>
       </c>
       <c r="C430">
-        <v>45</v>
+        <v>339</v>
       </c>
       <c r="D430" t="s">
         <v>8</v>
       </c>
       <c r="E430" t="s">
         <v>9</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="G430" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="H430" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
-        <v>8791</v>
+        <v>8931</v>
       </c>
       <c r="B431">
         <v>2023</v>
       </c>
       <c r="C431">
-        <v>2</v>
+        <v>313</v>
       </c>
       <c r="D431" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E431" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="G431" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="H431" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
-        <v>8788</v>
+        <v>8929</v>
       </c>
       <c r="B432">
         <v>2023</v>
       </c>
       <c r="C432">
-        <v>41</v>
+        <v>353</v>
       </c>
       <c r="D432" t="s">
         <v>8</v>
       </c>
       <c r="E432" t="s">
         <v>9</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="G432" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="H432" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
-        <v>8786</v>
+        <v>8927</v>
       </c>
       <c r="B433">
         <v>2023</v>
       </c>
       <c r="C433">
-        <v>35</v>
+        <v>381</v>
       </c>
       <c r="D433" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E433" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="G433" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="H433" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
-        <v>8784</v>
+        <v>8917</v>
       </c>
       <c r="B434">
         <v>2023</v>
       </c>
       <c r="C434">
-        <v>1</v>
+        <v>211</v>
       </c>
       <c r="D434" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E434" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="G434" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H434" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
-        <v>9264</v>
+        <v>8915</v>
       </c>
       <c r="B435">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C435">
-        <v>4890</v>
+        <v>334</v>
       </c>
       <c r="D435" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E435" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="G435" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="H435" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
-        <v>8873</v>
+        <v>8913</v>
       </c>
       <c r="B436">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C436">
-        <v>1429</v>
+        <v>333</v>
       </c>
       <c r="D436" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E436" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="G436" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="H436" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
-        <v>8801</v>
+        <v>8911</v>
       </c>
       <c r="B437">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C437">
-        <v>3</v>
+        <v>312</v>
       </c>
       <c r="D437" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E437" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="G437" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="H437" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
-        <v>8781</v>
+        <v>8905</v>
       </c>
       <c r="B438">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C438">
-        <v>1466</v>
+        <v>231</v>
       </c>
       <c r="D438" t="s">
         <v>8</v>
       </c>
       <c r="E438" t="s">
         <v>9</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="G438" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="H438" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
-        <v>8778</v>
+        <v>8898</v>
       </c>
       <c r="B439">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C439">
-        <v>1459</v>
+        <v>209</v>
       </c>
       <c r="D439" t="s">
         <v>8</v>
       </c>
       <c r="E439" t="s">
         <v>9</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="G439" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="H439" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
-        <v>8775</v>
+        <v>8896</v>
       </c>
       <c r="B440">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C440">
-        <v>2023</v>
+        <v>190</v>
       </c>
       <c r="D440" t="s">
-        <v>359</v>
+        <v>8</v>
       </c>
       <c r="E440" t="s">
-        <v>360</v>
+        <v>9</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="G440" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="H440" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
-        <v>8773</v>
+        <v>8894</v>
       </c>
       <c r="B441">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C441">
-        <v>1443</v>
+        <v>278</v>
       </c>
       <c r="D441" t="s">
         <v>8</v>
       </c>
       <c r="E441" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="G441" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="H441" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
-        <v>8767</v>
+        <v>8889</v>
       </c>
       <c r="B442">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C442">
-        <v>1421</v>
+        <v>277</v>
       </c>
       <c r="D442" t="s">
         <v>8</v>
       </c>
       <c r="E442" t="s">
         <v>9</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="G442" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="H442" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
-        <v>8763</v>
+        <v>8886</v>
       </c>
       <c r="B443">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C443">
-        <v>1415</v>
+        <v>200</v>
       </c>
       <c r="D443" t="s">
         <v>8</v>
       </c>
       <c r="E443" t="s">
         <v>9</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="G443" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="H443" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
-        <v>8761</v>
+        <v>8884</v>
       </c>
       <c r="B444">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C444">
-        <v>1396</v>
+        <v>266</v>
       </c>
       <c r="D444" t="s">
         <v>8</v>
       </c>
       <c r="E444" t="s">
         <v>9</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="G444" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="H444" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
-        <v>8758</v>
+        <v>8879</v>
       </c>
       <c r="B445">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C445">
-        <v>1410</v>
+        <v>153</v>
       </c>
       <c r="D445" t="s">
         <v>8</v>
       </c>
       <c r="E445" t="s">
         <v>9</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="G445" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="H445" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
-        <v>8754</v>
+        <v>8877</v>
       </c>
       <c r="B446">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C446">
-        <v>1390</v>
+        <v>3</v>
       </c>
       <c r="D446" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E446" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="G446" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="H446" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
-        <v>8746</v>
+        <v>8871</v>
       </c>
       <c r="B447">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C447">
-        <v>786</v>
+        <v>230</v>
       </c>
       <c r="D447" t="s">
-        <v>1136</v>
+        <v>8</v>
       </c>
       <c r="E447" t="s">
-        <v>1137</v>
+        <v>9</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="G447" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="H447" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
-        <v>8745</v>
+        <v>8869</v>
       </c>
       <c r="B448">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C448">
-        <v>1</v>
+        <v>212</v>
       </c>
       <c r="D448" t="s">
-        <v>1354</v>
+        <v>8</v>
       </c>
       <c r="E448" t="s">
-        <v>1355</v>
+        <v>9</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="G448" t="s">
         <v>1357</v>
       </c>
       <c r="H448" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
-        <v>8738</v>
+        <v>8867</v>
       </c>
       <c r="B449">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C449">
-        <v>1381</v>
+        <v>87</v>
       </c>
       <c r="D449" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E449" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="G449" t="s">
         <v>1360</v>
       </c>
       <c r="H449" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
-        <v>8736</v>
+        <v>8853</v>
       </c>
       <c r="B450">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C450">
-        <v>1376</v>
+        <v>201</v>
       </c>
       <c r="D450" t="s">
         <v>8</v>
       </c>
       <c r="E450" t="s">
         <v>9</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="G450" t="s">
         <v>1363</v>
       </c>
       <c r="H450" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
-        <v>8735</v>
+        <v>8851</v>
       </c>
       <c r="B451">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C451">
-        <v>11</v>
+        <v>183</v>
       </c>
       <c r="D451" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E451" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="G451" t="s">
         <v>1366</v>
       </c>
       <c r="H451" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
-        <v>8729</v>
+        <v>8845</v>
       </c>
       <c r="B452">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C452">
-        <v>1366</v>
+        <v>184</v>
       </c>
       <c r="D452" t="s">
         <v>8</v>
       </c>
       <c r="E452" t="s">
         <v>9</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="G452" t="s">
         <v>1369</v>
       </c>
       <c r="H452" t="s">
         <v>1370</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
-        <v>8726</v>
+        <v>8843</v>
       </c>
       <c r="B453">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C453">
-        <v>1309</v>
+        <v>161</v>
       </c>
       <c r="D453" t="s">
         <v>8</v>
       </c>
       <c r="E453" t="s">
         <v>9</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="G453" t="s">
         <v>1372</v>
       </c>
       <c r="H453" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
-        <v>8722</v>
+        <v>8841</v>
       </c>
       <c r="B454">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C454">
-        <v>1313</v>
+        <v>217</v>
       </c>
       <c r="D454" t="s">
         <v>8</v>
       </c>
       <c r="E454" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="G454" t="s">
         <v>1375</v>
       </c>
       <c r="H454" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
-        <v>8712</v>
+        <v>8838</v>
       </c>
       <c r="B455">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C455">
-        <v>1286</v>
+        <v>210</v>
       </c>
       <c r="D455" t="s">
         <v>8</v>
       </c>
       <c r="E455" t="s">
         <v>9</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="G455" t="s">
         <v>1378</v>
       </c>
       <c r="H455" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
-        <v>8710</v>
+        <v>8833</v>
       </c>
       <c r="B456">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C456">
-        <v>1271</v>
+        <v>155</v>
       </c>
       <c r="D456" t="s">
         <v>8</v>
       </c>
       <c r="E456" t="s">
         <v>9</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="G456" t="s">
         <v>1381</v>
       </c>
       <c r="H456" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
-        <v>8708</v>
+        <v>8831</v>
       </c>
       <c r="B457">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C457">
-        <v>1285</v>
+        <v>143</v>
       </c>
       <c r="D457" t="s">
         <v>8</v>
       </c>
       <c r="E457" t="s">
         <v>9</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="G457" t="s">
         <v>1384</v>
       </c>
       <c r="H457" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
-        <v>8704</v>
+        <v>8828</v>
       </c>
       <c r="B458">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C458">
-        <v>1229</v>
+        <v>81</v>
       </c>
       <c r="D458" t="s">
         <v>8</v>
       </c>
       <c r="E458" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="G458" t="s">
         <v>1387</v>
       </c>
       <c r="H458" t="s">
         <v>1388</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
-        <v>8689</v>
+        <v>8826</v>
       </c>
       <c r="B459">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C459">
-        <v>1248</v>
+        <v>91</v>
       </c>
       <c r="D459" t="s">
         <v>8</v>
       </c>
       <c r="E459" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="G459" t="s">
         <v>1390</v>
       </c>
       <c r="H459" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
-        <v>8687</v>
+        <v>8824</v>
       </c>
       <c r="B460">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C460">
-        <v>1247</v>
+        <v>90</v>
       </c>
       <c r="D460" t="s">
         <v>8</v>
       </c>
       <c r="E460" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="G460" t="s">
         <v>1393</v>
       </c>
       <c r="H460" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
-        <v>8685</v>
+        <v>8820</v>
       </c>
       <c r="B461">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C461">
-        <v>1216</v>
+        <v>98</v>
       </c>
       <c r="D461" t="s">
         <v>8</v>
       </c>
       <c r="E461" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="G461" t="s">
         <v>1396</v>
       </c>
       <c r="H461" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
-        <v>8678</v>
+        <v>8804</v>
       </c>
       <c r="B462">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C462">
-        <v>1185</v>
+        <v>63</v>
       </c>
       <c r="D462" t="s">
         <v>8</v>
       </c>
       <c r="E462" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="G462" t="s">
         <v>1399</v>
       </c>
       <c r="H462" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
-        <v>8676</v>
+        <v>8802</v>
       </c>
       <c r="B463">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C463">
-        <v>1166</v>
+        <v>57</v>
       </c>
       <c r="D463" t="s">
         <v>8</v>
       </c>
       <c r="E463" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="G463" t="s">
         <v>1402</v>
       </c>
       <c r="H463" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
-        <v>8663</v>
+        <v>8798</v>
       </c>
       <c r="B464">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C464">
-        <v>1153</v>
+        <v>36</v>
       </c>
       <c r="D464" t="s">
         <v>8</v>
       </c>
       <c r="E464" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="G464" t="s">
         <v>1405</v>
       </c>
       <c r="H464" t="s">
         <v>1406</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
-        <v>8661</v>
+        <v>8796</v>
       </c>
       <c r="B465">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C465">
-        <v>1160</v>
+        <v>33</v>
       </c>
       <c r="D465" t="s">
         <v>8</v>
       </c>
       <c r="E465" t="s">
         <v>9</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="G465" t="s">
         <v>1408</v>
       </c>
       <c r="H465" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
-        <v>8659</v>
+        <v>8794</v>
       </c>
       <c r="B466">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C466">
-        <v>1167</v>
+        <v>34</v>
       </c>
       <c r="D466" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E466" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="G466" t="s">
         <v>1411</v>
       </c>
       <c r="H466" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
-        <v>8657</v>
+        <v>8792</v>
       </c>
       <c r="B467">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C467">
-        <v>1159</v>
+        <v>45</v>
       </c>
       <c r="D467" t="s">
         <v>8</v>
       </c>
       <c r="E467" t="s">
         <v>9</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>1413</v>
       </c>
       <c r="G467" t="s">
         <v>1414</v>
       </c>
       <c r="H467" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
-        <v>8652</v>
+        <v>8791</v>
       </c>
       <c r="B468">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C468">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D468" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E468" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>1416</v>
       </c>
       <c r="G468" t="s">
         <v>1417</v>
       </c>
       <c r="H468" t="s">
         <v>1418</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
-        <v>8648</v>
+        <v>8788</v>
       </c>
       <c r="B469">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C469">
-        <v>1146</v>
+        <v>41</v>
       </c>
       <c r="D469" t="s">
         <v>8</v>
       </c>
       <c r="E469" t="s">
         <v>9</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="G469" t="s">
         <v>1420</v>
       </c>
       <c r="H469" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
-        <v>8646</v>
+        <v>8786</v>
       </c>
       <c r="B470">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C470">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D470" t="s">
-        <v>529</v>
+        <v>28</v>
       </c>
       <c r="E470" t="s">
-        <v>530</v>
+        <v>29</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>1422</v>
       </c>
       <c r="G470" t="s">
         <v>1423</v>
       </c>
       <c r="H470" t="s">
-        <v>1367</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
-        <v>8634</v>
+        <v>8784</v>
       </c>
       <c r="B471">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C471">
-        <v>1124</v>
+        <v>1</v>
       </c>
       <c r="D471" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E471" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="G471" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="H471" t="s">
         <v>1426</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
-        <v>8631</v>
+        <v>9264</v>
       </c>
       <c r="B472">
         <v>2022</v>
       </c>
       <c r="C472">
-        <v>2</v>
+        <v>4890</v>
       </c>
       <c r="D472" t="s">
-        <v>88</v>
+        <v>608</v>
       </c>
       <c r="E472" t="s">
-        <v>89</v>
+        <v>609</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="G472" t="s">
         <v>1428</v>
       </c>
       <c r="H472" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
-        <v>8629</v>
+        <v>8873</v>
       </c>
       <c r="B473">
         <v>2022</v>
       </c>
       <c r="C473">
-        <v>719</v>
+        <v>1429</v>
       </c>
       <c r="D473" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E473" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>1430</v>
       </c>
       <c r="G473" t="s">
         <v>1431</v>
       </c>
       <c r="H473" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
-        <v>8626</v>
+        <v>8801</v>
       </c>
       <c r="B474">
         <v>2022</v>
       </c>
       <c r="C474">
-        <v>1064</v>
+        <v>3</v>
       </c>
       <c r="D474" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E474" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F474" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="G474" t="s">
         <v>1433</v>
       </c>
-      <c r="G474" t="s">
+      <c r="H474" t="s">
         <v>1434</v>
-      </c>
-[...1 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
-        <v>8618</v>
+        <v>8781</v>
       </c>
       <c r="B475">
         <v>2022</v>
       </c>
       <c r="C475">
-        <v>1101</v>
+        <v>1466</v>
       </c>
       <c r="D475" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E475" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F475" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="G475" t="s">
         <v>1436</v>
       </c>
-      <c r="G475" t="s">
+      <c r="H475" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1438</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
-        <v>8609</v>
+        <v>8778</v>
       </c>
       <c r="B476">
         <v>2022</v>
       </c>
       <c r="C476">
-        <v>1089</v>
+        <v>1459</v>
       </c>
       <c r="D476" t="s">
         <v>8</v>
       </c>
       <c r="E476" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G476" t="s">
         <v>1439</v>
       </c>
-      <c r="G476" t="s">
+      <c r="H476" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
-        <v>8608</v>
+        <v>8775</v>
       </c>
       <c r="B477">
         <v>2022</v>
       </c>
       <c r="C477">
-        <v>2</v>
+        <v>2023</v>
       </c>
       <c r="D477" t="s">
-        <v>203</v>
+        <v>107</v>
       </c>
       <c r="E477" t="s">
-        <v>204</v>
+        <v>108</v>
       </c>
       <c r="F477" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="G477" t="s">
         <v>1442</v>
       </c>
-      <c r="G477" t="s">
+      <c r="H477" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
-        <v>8606</v>
+        <v>8773</v>
       </c>
       <c r="B478">
         <v>2022</v>
       </c>
       <c r="C478">
-        <v>1070</v>
+        <v>1443</v>
       </c>
       <c r="D478" t="s">
         <v>8</v>
       </c>
       <c r="E478" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G478" t="s">
         <v>1445</v>
       </c>
-      <c r="G478" t="s">
+      <c r="H478" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
-        <v>8603</v>
+        <v>8767</v>
       </c>
       <c r="B479">
         <v>2022</v>
       </c>
       <c r="C479">
-        <v>961</v>
+        <v>1421</v>
       </c>
       <c r="D479" t="s">
         <v>8</v>
       </c>
       <c r="E479" t="s">
         <v>9</v>
       </c>
       <c r="F479" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="G479" t="s">
         <v>1448</v>
       </c>
-      <c r="G479" t="s">
+      <c r="H479" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
-        <v>8601</v>
+        <v>8763</v>
       </c>
       <c r="B480">
         <v>2022</v>
       </c>
       <c r="C480">
-        <v>1056</v>
+        <v>1415</v>
       </c>
       <c r="D480" t="s">
         <v>8</v>
       </c>
       <c r="E480" t="s">
         <v>9</v>
       </c>
       <c r="F480" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G480" t="s">
         <v>1451</v>
       </c>
-      <c r="G480" t="s">
+      <c r="H480" t="s">
         <v>1452</v>
-      </c>
-[...1 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
-        <v>8599</v>
+        <v>8761</v>
       </c>
       <c r="B481">
         <v>2022</v>
       </c>
       <c r="C481">
-        <v>1006</v>
+        <v>1396</v>
       </c>
       <c r="D481" t="s">
         <v>8</v>
       </c>
       <c r="E481" t="s">
         <v>9</v>
       </c>
       <c r="F481" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="G481" t="s">
         <v>1454</v>
       </c>
-      <c r="G481" t="s">
+      <c r="H481" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
-        <v>8596</v>
+        <v>8758</v>
       </c>
       <c r="B482">
         <v>2022</v>
       </c>
       <c r="C482">
-        <v>1033</v>
+        <v>1410</v>
       </c>
       <c r="D482" t="s">
         <v>8</v>
       </c>
       <c r="E482" t="s">
         <v>9</v>
       </c>
       <c r="F482" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G482" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="H482" t="s">
         <v>1458</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
-        <v>8594</v>
+        <v>8754</v>
       </c>
       <c r="B483">
         <v>2022</v>
       </c>
       <c r="C483">
-        <v>884</v>
+        <v>1390</v>
       </c>
       <c r="D483" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E483" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="G483" t="s">
         <v>1460</v>
       </c>
       <c r="H483" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
-        <v>8591</v>
+        <v>8746</v>
       </c>
       <c r="B484">
         <v>2022</v>
       </c>
       <c r="C484">
-        <v>1026</v>
+        <v>786</v>
       </c>
       <c r="D484" t="s">
-        <v>8</v>
+        <v>1247</v>
       </c>
       <c r="E484" t="s">
-        <v>9</v>
+        <v>1248</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="G484" t="s">
         <v>1463</v>
       </c>
       <c r="H484" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
-        <v>8575</v>
+        <v>8745</v>
       </c>
       <c r="B485">
         <v>2022</v>
       </c>
       <c r="C485">
-        <v>1027</v>
+        <v>1</v>
       </c>
       <c r="D485" t="s">
-        <v>8</v>
+        <v>1465</v>
       </c>
       <c r="E485" t="s">
-        <v>9</v>
+        <v>1466</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="G485" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="H485" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
-        <v>8572</v>
+        <v>8738</v>
       </c>
       <c r="B486">
         <v>2022</v>
       </c>
       <c r="C486">
-        <v>9</v>
+        <v>1381</v>
       </c>
       <c r="D486" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E486" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="G486" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="H486" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
-        <v>8568</v>
+        <v>8736</v>
       </c>
       <c r="B487">
         <v>2022</v>
       </c>
       <c r="C487">
-        <v>963</v>
+        <v>1376</v>
       </c>
       <c r="D487" t="s">
         <v>8</v>
       </c>
       <c r="E487" t="s">
         <v>9</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="G487" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="H487" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
-        <v>8563</v>
+        <v>8735</v>
       </c>
       <c r="B488">
         <v>2022</v>
       </c>
       <c r="C488">
-        <v>780</v>
+        <v>11</v>
       </c>
       <c r="D488" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E488" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="G488" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="H488" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
-        <v>8561</v>
+        <v>8729</v>
       </c>
       <c r="B489">
         <v>2022</v>
       </c>
       <c r="C489">
-        <v>807</v>
+        <v>1366</v>
       </c>
       <c r="D489" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E489" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="G489" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="H489" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
-        <v>8559</v>
+        <v>8726</v>
       </c>
       <c r="B490">
         <v>2022</v>
       </c>
       <c r="C490">
-        <v>866</v>
+        <v>1309</v>
       </c>
       <c r="D490" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E490" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G490" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="H490" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
-        <v>8548</v>
+        <v>8722</v>
       </c>
       <c r="B491">
         <v>2022</v>
       </c>
       <c r="C491">
-        <v>903</v>
+        <v>1313</v>
       </c>
       <c r="D491" t="s">
         <v>8</v>
       </c>
       <c r="E491" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="G491" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="H491" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
-        <v>8542</v>
+        <v>8712</v>
       </c>
       <c r="B492">
         <v>2022</v>
       </c>
       <c r="C492">
-        <v>865</v>
+        <v>1286</v>
       </c>
       <c r="D492" t="s">
         <v>8</v>
       </c>
       <c r="E492" t="s">
         <v>9</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="G492" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="H492" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
-        <v>8528</v>
+        <v>8710</v>
       </c>
       <c r="B493">
         <v>2022</v>
       </c>
       <c r="C493">
-        <v>8</v>
+        <v>1271</v>
       </c>
       <c r="D493" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E493" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="G493" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="H493" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
-        <v>8524</v>
+        <v>8708</v>
       </c>
       <c r="B494">
         <v>2022</v>
       </c>
       <c r="C494">
-        <v>789</v>
+        <v>1285</v>
       </c>
       <c r="D494" t="s">
         <v>8</v>
       </c>
       <c r="E494" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="G494" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="H494" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
-        <v>8522</v>
+        <v>8704</v>
       </c>
       <c r="B495">
         <v>2022</v>
       </c>
       <c r="C495">
-        <v>7</v>
+        <v>1229</v>
       </c>
       <c r="D495" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E495" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="G495" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="H495" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
-        <v>8520</v>
+        <v>8689</v>
       </c>
       <c r="B496">
         <v>2022</v>
       </c>
       <c r="C496">
-        <v>813</v>
+        <v>1248</v>
       </c>
       <c r="D496" t="s">
         <v>8</v>
       </c>
       <c r="E496" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="G496" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="H496" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
-        <v>8513</v>
+        <v>8687</v>
       </c>
       <c r="B497">
         <v>2022</v>
       </c>
       <c r="C497">
-        <v>771</v>
+        <v>1247</v>
       </c>
       <c r="D497" t="s">
         <v>8</v>
       </c>
       <c r="E497" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="G497" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="H497" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
-        <v>8511</v>
+        <v>8685</v>
       </c>
       <c r="B498">
         <v>2022</v>
       </c>
       <c r="C498">
-        <v>797</v>
+        <v>1216</v>
       </c>
       <c r="D498" t="s">
         <v>8</v>
       </c>
       <c r="E498" t="s">
         <v>9</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="G498" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="H498" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
-        <v>8507</v>
+        <v>8678</v>
       </c>
       <c r="B499">
         <v>2022</v>
       </c>
       <c r="C499">
-        <v>796</v>
+        <v>1185</v>
       </c>
       <c r="D499" t="s">
         <v>8</v>
       </c>
       <c r="E499" t="s">
         <v>9</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="G499" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="H499" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
-        <v>8506</v>
+        <v>8676</v>
       </c>
       <c r="B500">
         <v>2022</v>
       </c>
       <c r="C500">
-        <v>1</v>
+        <v>1166</v>
       </c>
       <c r="D500" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E500" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="G500" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="H500" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
-        <v>8502</v>
+        <v>8663</v>
       </c>
       <c r="B501">
         <v>2022</v>
       </c>
       <c r="C501">
-        <v>738</v>
+        <v>1153</v>
       </c>
       <c r="D501" t="s">
         <v>8</v>
       </c>
       <c r="E501" t="s">
         <v>9</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="G501" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="H501" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
-        <v>8499</v>
+        <v>8661</v>
       </c>
       <c r="B502">
         <v>2022</v>
       </c>
       <c r="C502">
-        <v>158</v>
+        <v>1160</v>
       </c>
       <c r="D502" t="s">
         <v>8</v>
       </c>
       <c r="E502" t="s">
         <v>9</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="G502" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="H502" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
-        <v>8497</v>
+        <v>8659</v>
       </c>
       <c r="B503">
         <v>2022</v>
       </c>
       <c r="C503">
-        <v>702</v>
+        <v>1167</v>
       </c>
       <c r="D503" t="s">
         <v>8</v>
       </c>
       <c r="E503" t="s">
         <v>9</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="G503" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="H503" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
-        <v>8493</v>
+        <v>8657</v>
       </c>
       <c r="B504">
         <v>2022</v>
       </c>
       <c r="C504">
-        <v>769</v>
+        <v>1159</v>
       </c>
       <c r="D504" t="s">
         <v>8</v>
       </c>
       <c r="E504" t="s">
         <v>9</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="G504" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="H504" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
-        <v>8477</v>
+        <v>8652</v>
       </c>
       <c r="B505">
         <v>2022</v>
       </c>
       <c r="C505">
-        <v>708</v>
+        <v>3</v>
       </c>
       <c r="D505" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E505" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="G505" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="H505" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
-        <v>8475</v>
+        <v>8648</v>
       </c>
       <c r="B506">
         <v>2022</v>
       </c>
       <c r="C506">
-        <v>724</v>
+        <v>1146</v>
       </c>
       <c r="D506" t="s">
         <v>8</v>
       </c>
       <c r="E506" t="s">
         <v>9</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="G506" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="H506" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
-        <v>8473</v>
+        <v>8646</v>
       </c>
       <c r="B507">
         <v>2022</v>
       </c>
       <c r="C507">
-        <v>703</v>
+        <v>10</v>
       </c>
       <c r="D507" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E507" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="G507" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="H507" t="s">
-        <v>1533</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
-        <v>8471</v>
+        <v>8634</v>
       </c>
       <c r="B508">
         <v>2022</v>
       </c>
       <c r="C508">
-        <v>684</v>
+        <v>1124</v>
       </c>
       <c r="D508" t="s">
         <v>8</v>
       </c>
       <c r="E508" t="s">
         <v>9</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="G508" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="H508" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
-        <v>8468</v>
+        <v>8631</v>
       </c>
       <c r="B509">
         <v>2022</v>
       </c>
       <c r="C509">
-        <v>722</v>
+        <v>2</v>
       </c>
       <c r="D509" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E509" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="G509" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="H509" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
-        <v>8466</v>
+        <v>8629</v>
       </c>
       <c r="B510">
         <v>2022</v>
       </c>
       <c r="C510">
-        <v>635</v>
+        <v>719</v>
       </c>
       <c r="D510" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E510" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="G510" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="H510" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
-        <v>8461</v>
+        <v>8626</v>
       </c>
       <c r="B511">
         <v>2022</v>
       </c>
       <c r="C511">
-        <v>671</v>
+        <v>1064</v>
       </c>
       <c r="D511" t="s">
         <v>8</v>
       </c>
       <c r="E511" t="s">
         <v>9</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="G511" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="H511" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
-        <v>8456</v>
+        <v>8618</v>
       </c>
       <c r="B512">
         <v>2022</v>
       </c>
       <c r="C512">
-        <v>701</v>
+        <v>1101</v>
       </c>
       <c r="D512" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E512" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="G512" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="H512" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
-        <v>8449</v>
+        <v>8609</v>
       </c>
       <c r="B513">
         <v>2022</v>
       </c>
       <c r="C513">
-        <v>664</v>
+        <v>1089</v>
       </c>
       <c r="D513" t="s">
         <v>8</v>
       </c>
       <c r="E513" t="s">
         <v>9</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="G513" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="H513" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
-        <v>8440</v>
+        <v>8608</v>
       </c>
       <c r="B514">
         <v>2022</v>
       </c>
       <c r="C514">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D514" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E514" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="G514" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="H514" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
-        <v>8437</v>
+        <v>8606</v>
       </c>
       <c r="B515">
         <v>2022</v>
       </c>
       <c r="C515">
-        <v>625</v>
+        <v>1070</v>
       </c>
       <c r="D515" t="s">
         <v>8</v>
       </c>
       <c r="E515" t="s">
         <v>9</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="G515" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="H515" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
-        <v>8435</v>
+        <v>8603</v>
       </c>
       <c r="B516">
         <v>2022</v>
       </c>
       <c r="C516">
-        <v>640</v>
+        <v>961</v>
       </c>
       <c r="D516" t="s">
         <v>8</v>
       </c>
       <c r="E516" t="s">
         <v>9</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="G516" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="H516" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
-        <v>8433</v>
+        <v>8601</v>
       </c>
       <c r="B517">
         <v>2022</v>
       </c>
       <c r="C517">
-        <v>1</v>
+        <v>1056</v>
       </c>
       <c r="D517" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E517" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="G517" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="H517" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
-        <v>8428</v>
+        <v>8599</v>
       </c>
       <c r="B518">
         <v>2022</v>
       </c>
       <c r="C518">
-        <v>524</v>
+        <v>1006</v>
       </c>
       <c r="D518" t="s">
         <v>8</v>
       </c>
       <c r="E518" t="s">
         <v>9</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="G518" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="H518" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
-        <v>8424</v>
+        <v>8596</v>
       </c>
       <c r="B519">
         <v>2022</v>
       </c>
       <c r="C519">
-        <v>468</v>
+        <v>1033</v>
       </c>
       <c r="D519" t="s">
         <v>8</v>
       </c>
       <c r="E519" t="s">
         <v>9</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="G519" t="s">
-        <v>1568</v>
+        <v>1010</v>
       </c>
       <c r="H519" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
-        <v>8418</v>
+        <v>8594</v>
       </c>
       <c r="B520">
         <v>2022</v>
       </c>
       <c r="C520">
-        <v>598</v>
+        <v>884</v>
       </c>
       <c r="D520" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E520" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>1570</v>
       </c>
       <c r="G520" t="s">
         <v>1571</v>
       </c>
       <c r="H520" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
-        <v>8416</v>
+        <v>8591</v>
       </c>
       <c r="B521">
         <v>2022</v>
       </c>
       <c r="C521">
-        <v>575</v>
+        <v>1026</v>
       </c>
       <c r="D521" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E521" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>1573</v>
       </c>
       <c r="G521" t="s">
         <v>1574</v>
       </c>
       <c r="H521" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
-        <v>8413</v>
+        <v>8575</v>
       </c>
       <c r="B522">
         <v>2022</v>
       </c>
       <c r="C522">
-        <v>494</v>
+        <v>1027</v>
       </c>
       <c r="D522" t="s">
         <v>8</v>
       </c>
       <c r="E522" t="s">
         <v>9</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>1576</v>
       </c>
       <c r="G522" t="s">
         <v>1577</v>
       </c>
       <c r="H522" t="s">
         <v>1578</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
-        <v>8410</v>
+        <v>8572</v>
       </c>
       <c r="B523">
         <v>2022</v>
       </c>
       <c r="C523">
-        <v>544</v>
+        <v>9</v>
       </c>
       <c r="D523" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E523" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>1579</v>
       </c>
       <c r="G523" t="s">
         <v>1580</v>
       </c>
       <c r="H523" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
-        <v>8407</v>
+        <v>8568</v>
       </c>
       <c r="B524">
         <v>2022</v>
       </c>
       <c r="C524">
-        <v>549</v>
+        <v>963</v>
       </c>
       <c r="D524" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E524" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>1582</v>
       </c>
       <c r="G524" t="s">
         <v>1583</v>
       </c>
       <c r="H524" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
-        <v>8401</v>
+        <v>8563</v>
       </c>
       <c r="B525">
         <v>2022</v>
       </c>
       <c r="C525">
-        <v>540</v>
+        <v>780</v>
       </c>
       <c r="D525" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E525" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="G525" t="s">
         <v>1586</v>
       </c>
       <c r="H525" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
-        <v>8399</v>
+        <v>8561</v>
       </c>
       <c r="B526">
         <v>2022</v>
       </c>
       <c r="C526">
-        <v>539</v>
+        <v>807</v>
       </c>
       <c r="D526" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E526" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>1588</v>
       </c>
       <c r="G526" t="s">
         <v>1589</v>
       </c>
       <c r="H526" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
-        <v>8389</v>
+        <v>8559</v>
       </c>
       <c r="B527">
         <v>2022</v>
       </c>
       <c r="C527">
-        <v>5</v>
+        <v>866</v>
       </c>
       <c r="D527" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E527" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>1591</v>
       </c>
       <c r="G527" t="s">
         <v>1592</v>
       </c>
       <c r="H527" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
-        <v>8381</v>
+        <v>8548</v>
       </c>
       <c r="B528">
         <v>2022</v>
       </c>
       <c r="C528">
-        <v>352</v>
+        <v>903</v>
       </c>
       <c r="D528" t="s">
-        <v>497</v>
+        <v>8</v>
       </c>
       <c r="E528" t="s">
-        <v>498</v>
+        <v>9</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>1594</v>
       </c>
       <c r="G528" t="s">
         <v>1595</v>
       </c>
       <c r="H528" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
-        <v>8379</v>
+        <v>8542</v>
       </c>
       <c r="B529">
         <v>2022</v>
       </c>
       <c r="C529">
-        <v>525</v>
+        <v>865</v>
       </c>
       <c r="D529" t="s">
         <v>8</v>
       </c>
       <c r="E529" t="s">
         <v>9</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="G529" t="s">
         <v>1598</v>
       </c>
       <c r="H529" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
-        <v>8375</v>
+        <v>8528</v>
       </c>
       <c r="B530">
         <v>2022</v>
       </c>
       <c r="C530">
-        <v>493</v>
+        <v>8</v>
       </c>
       <c r="D530" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E530" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="G530" t="s">
         <v>1601</v>
       </c>
       <c r="H530" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
-        <v>8373</v>
+        <v>8524</v>
       </c>
       <c r="B531">
         <v>2022</v>
       </c>
       <c r="C531">
-        <v>439</v>
+        <v>789</v>
       </c>
       <c r="D531" t="s">
         <v>8</v>
       </c>
       <c r="E531" t="s">
         <v>9</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>1603</v>
       </c>
       <c r="G531" t="s">
         <v>1604</v>
       </c>
       <c r="H531" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
-        <v>8371</v>
+        <v>8522</v>
       </c>
       <c r="B532">
         <v>2022</v>
       </c>
       <c r="C532">
-        <v>505</v>
+        <v>7</v>
       </c>
       <c r="D532" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E532" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>1606</v>
       </c>
       <c r="G532" t="s">
         <v>1607</v>
       </c>
       <c r="H532" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
-        <v>8367</v>
+        <v>8520</v>
       </c>
       <c r="B533">
         <v>2022</v>
       </c>
       <c r="C533">
-        <v>483</v>
+        <v>813</v>
       </c>
       <c r="D533" t="s">
         <v>8</v>
       </c>
       <c r="E533" t="s">
         <v>9</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>1609</v>
       </c>
       <c r="G533" t="s">
         <v>1610</v>
       </c>
       <c r="H533" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
-        <v>8364</v>
+        <v>8513</v>
       </c>
       <c r="B534">
         <v>2022</v>
       </c>
       <c r="C534">
-        <v>469</v>
+        <v>771</v>
       </c>
       <c r="D534" t="s">
         <v>8</v>
       </c>
       <c r="E534" t="s">
         <v>9</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>1612</v>
       </c>
       <c r="G534" t="s">
         <v>1613</v>
       </c>
       <c r="H534" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
-        <v>8320</v>
+        <v>8511</v>
       </c>
       <c r="B535">
         <v>2022</v>
       </c>
       <c r="C535">
-        <v>467</v>
+        <v>797</v>
       </c>
       <c r="D535" t="s">
         <v>8</v>
       </c>
       <c r="E535" t="s">
         <v>9</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>1615</v>
       </c>
       <c r="G535" t="s">
         <v>1616</v>
       </c>
       <c r="H535" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
-        <v>8318</v>
+        <v>8507</v>
       </c>
       <c r="B536">
         <v>2022</v>
       </c>
       <c r="C536">
-        <v>454</v>
+        <v>796</v>
       </c>
       <c r="D536" t="s">
         <v>8</v>
       </c>
       <c r="E536" t="s">
         <v>9</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>1618</v>
       </c>
       <c r="G536" t="s">
         <v>1619</v>
       </c>
       <c r="H536" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
-        <v>8308</v>
+        <v>8506</v>
       </c>
       <c r="B537">
         <v>2022</v>
       </c>
       <c r="C537">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D537" t="s">
-        <v>138</v>
+        <v>94</v>
       </c>
       <c r="E537" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>1621</v>
       </c>
       <c r="G537" t="s">
         <v>1622</v>
       </c>
       <c r="H537" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
-        <v>8305</v>
+        <v>8502</v>
       </c>
       <c r="B538">
         <v>2022</v>
       </c>
       <c r="C538">
-        <v>442</v>
+        <v>738</v>
       </c>
       <c r="D538" t="s">
         <v>8</v>
       </c>
       <c r="E538" t="s">
         <v>9</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="G538" t="s">
         <v>1625</v>
       </c>
       <c r="H538" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
-        <v>8302</v>
+        <v>8499</v>
       </c>
       <c r="B539">
         <v>2022</v>
       </c>
       <c r="C539">
-        <v>344</v>
+        <v>158</v>
       </c>
       <c r="D539" t="s">
         <v>8</v>
       </c>
       <c r="E539" t="s">
         <v>9</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>1627</v>
       </c>
       <c r="G539" t="s">
         <v>1628</v>
       </c>
       <c r="H539" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
-        <v>8287</v>
+        <v>8497</v>
       </c>
       <c r="B540">
         <v>2022</v>
       </c>
       <c r="C540">
-        <v>390</v>
+        <v>702</v>
       </c>
       <c r="D540" t="s">
         <v>8</v>
       </c>
       <c r="E540" t="s">
         <v>9</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>1630</v>
       </c>
       <c r="G540" t="s">
         <v>1631</v>
       </c>
       <c r="H540" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
-        <v>8285</v>
+        <v>8493</v>
       </c>
       <c r="B541">
         <v>2022</v>
       </c>
       <c r="C541">
-        <v>266</v>
+        <v>769</v>
       </c>
       <c r="D541" t="s">
         <v>8</v>
       </c>
       <c r="E541" t="s">
         <v>9</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>1633</v>
       </c>
       <c r="G541" t="s">
         <v>1634</v>
       </c>
       <c r="H541" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
-        <v>8283</v>
+        <v>8477</v>
       </c>
       <c r="B542">
         <v>2022</v>
       </c>
       <c r="C542">
-        <v>331</v>
+        <v>708</v>
       </c>
       <c r="D542" t="s">
         <v>8</v>
       </c>
       <c r="E542" t="s">
         <v>9</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>1636</v>
       </c>
       <c r="G542" t="s">
         <v>1637</v>
       </c>
       <c r="H542" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
-        <v>8281</v>
+        <v>8475</v>
       </c>
       <c r="B543">
         <v>2022</v>
       </c>
       <c r="C543">
-        <v>324</v>
+        <v>724</v>
       </c>
       <c r="D543" t="s">
         <v>8</v>
       </c>
       <c r="E543" t="s">
         <v>9</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>1639</v>
       </c>
       <c r="G543" t="s">
         <v>1640</v>
       </c>
       <c r="H543" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
-        <v>8279</v>
+        <v>8473</v>
       </c>
       <c r="B544">
         <v>2022</v>
       </c>
       <c r="C544">
-        <v>367</v>
+        <v>703</v>
       </c>
       <c r="D544" t="s">
         <v>8</v>
       </c>
       <c r="E544" t="s">
         <v>9</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>1642</v>
       </c>
       <c r="G544" t="s">
         <v>1643</v>
       </c>
       <c r="H544" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
-        <v>8277</v>
+        <v>8471</v>
       </c>
       <c r="B545">
         <v>2022</v>
       </c>
       <c r="C545">
-        <v>295</v>
+        <v>684</v>
       </c>
       <c r="D545" t="s">
         <v>8</v>
       </c>
       <c r="E545" t="s">
         <v>9</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>1645</v>
       </c>
       <c r="G545" t="s">
         <v>1646</v>
       </c>
       <c r="H545" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
-        <v>8259</v>
+        <v>8468</v>
       </c>
       <c r="B546">
         <v>2022</v>
       </c>
       <c r="C546">
-        <v>323</v>
+        <v>722</v>
       </c>
       <c r="D546" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E546" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F546" s="1" t="s">
         <v>1648</v>
       </c>
       <c r="G546" t="s">
         <v>1649</v>
       </c>
       <c r="H546" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
-        <v>8257</v>
+        <v>8466</v>
       </c>
       <c r="B547">
         <v>2022</v>
       </c>
       <c r="C547">
-        <v>346</v>
+        <v>635</v>
       </c>
       <c r="D547" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E547" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>1651</v>
       </c>
       <c r="G547" t="s">
         <v>1652</v>
       </c>
       <c r="H547" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
-        <v>8255</v>
+        <v>8461</v>
       </c>
       <c r="B548">
         <v>2022</v>
       </c>
       <c r="C548">
-        <v>353</v>
+        <v>671</v>
       </c>
       <c r="D548" t="s">
         <v>8</v>
       </c>
       <c r="E548" t="s">
         <v>9</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>1654</v>
       </c>
       <c r="G548" t="s">
         <v>1655</v>
       </c>
       <c r="H548" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
-        <v>8253</v>
+        <v>8456</v>
       </c>
       <c r="B549">
         <v>2022</v>
       </c>
       <c r="C549">
-        <v>274</v>
+        <v>701</v>
       </c>
       <c r="D549" t="s">
         <v>8</v>
       </c>
       <c r="E549" t="s">
         <v>9</v>
       </c>
       <c r="F549" s="1" t="s">
         <v>1657</v>
       </c>
       <c r="G549" t="s">
         <v>1658</v>
       </c>
       <c r="H549" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
-        <v>8248</v>
+        <v>8449</v>
       </c>
       <c r="B550">
         <v>2022</v>
       </c>
       <c r="C550">
-        <v>419</v>
+        <v>664</v>
       </c>
       <c r="D550" t="s">
         <v>8</v>
       </c>
       <c r="E550" t="s">
         <v>9</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="G550" t="s">
         <v>1661</v>
       </c>
       <c r="H550" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
-        <v>8246</v>
+        <v>8440</v>
       </c>
       <c r="B551">
         <v>2022</v>
       </c>
       <c r="C551">
-        <v>321</v>
+        <v>6</v>
       </c>
       <c r="D551" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E551" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F551" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="G551" t="s">
         <v>1664</v>
       </c>
       <c r="H551" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
-        <v>8244</v>
+        <v>8437</v>
       </c>
       <c r="B552">
         <v>2022</v>
       </c>
       <c r="C552">
-        <v>4</v>
+        <v>625</v>
       </c>
       <c r="D552" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E552" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F552" s="1" t="s">
         <v>1666</v>
       </c>
       <c r="G552" t="s">
         <v>1667</v>
       </c>
       <c r="H552" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
-        <v>8238</v>
+        <v>8435</v>
       </c>
       <c r="B553">
         <v>2022</v>
       </c>
       <c r="C553">
-        <v>124</v>
+        <v>640</v>
       </c>
       <c r="D553" t="s">
         <v>8</v>
       </c>
       <c r="E553" t="s">
         <v>9</v>
       </c>
       <c r="F553" s="1" t="s">
         <v>1669</v>
       </c>
       <c r="G553" t="s">
         <v>1670</v>
       </c>
       <c r="H553" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
-        <v>8236</v>
+        <v>8433</v>
       </c>
       <c r="B554">
         <v>2022</v>
       </c>
       <c r="C554">
-        <v>292</v>
+        <v>1</v>
       </c>
       <c r="D554" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E554" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F554" s="1" t="s">
         <v>1672</v>
       </c>
       <c r="G554" t="s">
         <v>1673</v>
       </c>
       <c r="H554" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
-        <v>8234</v>
+        <v>8428</v>
       </c>
       <c r="B555">
         <v>2022</v>
       </c>
       <c r="C555">
-        <v>249</v>
+        <v>524</v>
       </c>
       <c r="D555" t="s">
         <v>8</v>
       </c>
       <c r="E555" t="s">
         <v>9</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>1675</v>
       </c>
       <c r="G555" t="s">
         <v>1676</v>
       </c>
       <c r="H555" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
-        <v>8231</v>
+        <v>8424</v>
       </c>
       <c r="B556">
         <v>2022</v>
       </c>
       <c r="C556">
-        <v>216</v>
+        <v>468</v>
       </c>
       <c r="D556" t="s">
         <v>8</v>
       </c>
       <c r="E556" t="s">
         <v>9</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>1678</v>
       </c>
       <c r="G556" t="s">
         <v>1679</v>
       </c>
       <c r="H556" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
-        <v>8229</v>
+        <v>8418</v>
       </c>
       <c r="B557">
         <v>2022</v>
       </c>
       <c r="C557">
-        <v>223</v>
+        <v>598</v>
       </c>
       <c r="D557" t="s">
         <v>8</v>
       </c>
       <c r="E557" t="s">
         <v>9</v>
       </c>
       <c r="F557" s="1" t="s">
         <v>1681</v>
       </c>
       <c r="G557" t="s">
         <v>1682</v>
       </c>
       <c r="H557" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
-        <v>8227</v>
+        <v>8416</v>
       </c>
       <c r="B558">
         <v>2022</v>
       </c>
       <c r="C558">
-        <v>294</v>
+        <v>575</v>
       </c>
       <c r="D558" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E558" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F558" s="1" t="s">
         <v>1684</v>
       </c>
       <c r="G558" t="s">
         <v>1685</v>
       </c>
       <c r="H558" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
-        <v>8223</v>
+        <v>8413</v>
       </c>
       <c r="B559">
         <v>2022</v>
       </c>
       <c r="C559">
-        <v>257</v>
+        <v>494</v>
       </c>
       <c r="D559" t="s">
         <v>8</v>
       </c>
       <c r="E559" t="s">
         <v>9</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>1687</v>
       </c>
       <c r="G559" t="s">
         <v>1688</v>
       </c>
       <c r="H559" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
-        <v>8221</v>
+        <v>8410</v>
       </c>
       <c r="B560">
         <v>2022</v>
       </c>
       <c r="C560">
-        <v>293</v>
+        <v>544</v>
       </c>
       <c r="D560" t="s">
         <v>8</v>
       </c>
       <c r="E560" t="s">
         <v>9</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>1690</v>
       </c>
       <c r="G560" t="s">
         <v>1691</v>
       </c>
       <c r="H560" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
-        <v>8219</v>
+        <v>8407</v>
       </c>
       <c r="B561">
         <v>2022</v>
       </c>
       <c r="C561">
-        <v>116</v>
+        <v>549</v>
       </c>
       <c r="D561" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E561" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>1693</v>
       </c>
       <c r="G561" t="s">
         <v>1694</v>
       </c>
       <c r="H561" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
-        <v>8217</v>
+        <v>8401</v>
       </c>
       <c r="B562">
         <v>2022</v>
       </c>
       <c r="C562">
-        <v>89</v>
+        <v>540</v>
       </c>
       <c r="D562" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E562" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>1696</v>
       </c>
       <c r="G562" t="s">
         <v>1697</v>
       </c>
       <c r="H562" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
-        <v>8215</v>
+        <v>8399</v>
       </c>
       <c r="B563">
         <v>2022</v>
       </c>
       <c r="C563">
-        <v>186</v>
+        <v>539</v>
       </c>
       <c r="D563" t="s">
         <v>8</v>
       </c>
       <c r="E563" t="s">
         <v>9</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>1699</v>
       </c>
       <c r="G563" t="s">
         <v>1700</v>
       </c>
       <c r="H563" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
-        <v>8206</v>
+        <v>8389</v>
       </c>
       <c r="B564">
         <v>2022</v>
       </c>
       <c r="C564">
-        <v>181</v>
+        <v>5</v>
       </c>
       <c r="D564" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E564" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>1702</v>
       </c>
       <c r="G564" t="s">
         <v>1703</v>
       </c>
       <c r="H564" t="s">
         <v>1704</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
-        <v>8205</v>
+        <v>8381</v>
       </c>
       <c r="B565">
         <v>2022</v>
       </c>
       <c r="C565">
-        <v>8</v>
+        <v>352</v>
       </c>
       <c r="D565" t="s">
-        <v>138</v>
+        <v>608</v>
       </c>
       <c r="E565" t="s">
-        <v>139</v>
+        <v>609</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>1705</v>
       </c>
       <c r="G565" t="s">
         <v>1706</v>
       </c>
       <c r="H565" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
-        <v>8202</v>
+        <v>8379</v>
       </c>
       <c r="B566">
         <v>2022</v>
       </c>
       <c r="C566">
-        <v>125</v>
+        <v>525</v>
       </c>
       <c r="D566" t="s">
         <v>8</v>
       </c>
       <c r="E566" t="s">
         <v>9</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>1708</v>
       </c>
       <c r="G566" t="s">
         <v>1709</v>
       </c>
       <c r="H566" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
-        <v>8200</v>
+        <v>8375</v>
       </c>
       <c r="B567">
         <v>2022</v>
       </c>
       <c r="C567">
-        <v>126</v>
+        <v>493</v>
       </c>
       <c r="D567" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E567" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>1711</v>
       </c>
       <c r="G567" t="s">
         <v>1712</v>
       </c>
       <c r="H567" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
-        <v>8197</v>
+        <v>8373</v>
       </c>
       <c r="B568">
         <v>2022</v>
       </c>
       <c r="C568">
-        <v>153</v>
+        <v>439</v>
       </c>
       <c r="D568" t="s">
         <v>8</v>
       </c>
       <c r="E568" t="s">
         <v>9</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="G568" t="s">
         <v>1715</v>
       </c>
       <c r="H568" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
-        <v>8195</v>
+        <v>8371</v>
       </c>
       <c r="B569">
         <v>2022</v>
       </c>
       <c r="C569">
-        <v>95</v>
+        <v>505</v>
       </c>
       <c r="D569" t="s">
         <v>8</v>
       </c>
       <c r="E569" t="s">
         <v>9</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="G569" t="s">
         <v>1718</v>
       </c>
       <c r="H569" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
-        <v>8193</v>
+        <v>8367</v>
       </c>
       <c r="B570">
         <v>2022</v>
       </c>
       <c r="C570">
-        <v>101</v>
+        <v>483</v>
       </c>
       <c r="D570" t="s">
         <v>8</v>
       </c>
       <c r="E570" t="s">
         <v>9</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>1720</v>
       </c>
       <c r="G570" t="s">
         <v>1721</v>
       </c>
       <c r="H570" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
-        <v>8191</v>
+        <v>8364</v>
       </c>
       <c r="B571">
         <v>2022</v>
       </c>
       <c r="C571">
-        <v>3</v>
+        <v>469</v>
       </c>
       <c r="D571" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E571" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>1723</v>
       </c>
       <c r="G571" t="s">
         <v>1724</v>
       </c>
       <c r="H571" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
-        <v>8187</v>
+        <v>8320</v>
       </c>
       <c r="B572">
         <v>2022</v>
       </c>
       <c r="C572">
-        <v>136</v>
+        <v>467</v>
       </c>
       <c r="D572" t="s">
         <v>8</v>
       </c>
       <c r="E572" t="s">
         <v>9</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="G572" t="s">
         <v>1727</v>
       </c>
       <c r="H572" t="s">
         <v>1728</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573">
-        <v>8185</v>
+        <v>8318</v>
       </c>
       <c r="B573">
         <v>2022</v>
       </c>
       <c r="C573">
-        <v>127</v>
+        <v>454</v>
       </c>
       <c r="D573" t="s">
         <v>8</v>
       </c>
       <c r="E573" t="s">
         <v>9</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>1729</v>
       </c>
       <c r="G573" t="s">
         <v>1730</v>
       </c>
       <c r="H573" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574">
-        <v>8183</v>
+        <v>8308</v>
       </c>
       <c r="B574">
         <v>2022</v>
       </c>
       <c r="C574">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D574" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E574" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>1732</v>
       </c>
       <c r="G574" t="s">
         <v>1733</v>
       </c>
       <c r="H574" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575">
-        <v>8180</v>
+        <v>8305</v>
       </c>
       <c r="B575">
         <v>2022</v>
       </c>
       <c r="C575">
-        <v>109</v>
+        <v>442</v>
       </c>
       <c r="D575" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E575" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="G575" t="s">
         <v>1736</v>
       </c>
       <c r="H575" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576">
-        <v>8178</v>
+        <v>8302</v>
       </c>
       <c r="B576">
         <v>2022</v>
       </c>
       <c r="C576">
-        <v>90</v>
+        <v>344</v>
       </c>
       <c r="D576" t="s">
         <v>8</v>
       </c>
       <c r="E576" t="s">
         <v>9</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>1738</v>
       </c>
       <c r="G576" t="s">
         <v>1739</v>
       </c>
       <c r="H576" t="s">
         <v>1740</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577">
-        <v>8176</v>
+        <v>8287</v>
       </c>
       <c r="B577">
         <v>2022</v>
       </c>
       <c r="C577">
-        <v>86</v>
+        <v>390</v>
       </c>
       <c r="D577" t="s">
         <v>8</v>
       </c>
       <c r="E577" t="s">
         <v>9</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>1741</v>
       </c>
       <c r="G577" t="s">
         <v>1742</v>
       </c>
       <c r="H577" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578">
-        <v>8175</v>
+        <v>8285</v>
       </c>
       <c r="B578">
         <v>2022</v>
       </c>
       <c r="C578">
-        <v>1</v>
+        <v>266</v>
       </c>
       <c r="D578" t="s">
+        <v>8</v>
+      </c>
+      <c r="E578" t="s">
+        <v>9</v>
+      </c>
+      <c r="F578" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="E578" t="s">
+      <c r="G578" t="s">
         <v>1745</v>
       </c>
-      <c r="F578" s="1" t="s">
+      <c r="H578" t="s">
         <v>1746</v>
-      </c>
-[...4 lines deleted...]
-        <v>1748</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579">
-        <v>8162</v>
+        <v>8283</v>
       </c>
       <c r="B579">
         <v>2022</v>
       </c>
       <c r="C579">
-        <v>76</v>
+        <v>331</v>
       </c>
       <c r="D579" t="s">
         <v>8</v>
       </c>
       <c r="E579" t="s">
         <v>9</v>
       </c>
       <c r="F579" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G579" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H579" t="s">
         <v>1749</v>
-      </c>
-[...4 lines deleted...]
-        <v>1751</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580">
-        <v>8160</v>
+        <v>8281</v>
       </c>
       <c r="B580">
         <v>2022</v>
       </c>
       <c r="C580">
-        <v>87</v>
+        <v>324</v>
       </c>
       <c r="D580" t="s">
         <v>8</v>
       </c>
       <c r="E580" t="s">
         <v>9</v>
       </c>
       <c r="F580" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="G580" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H580" t="s">
         <v>1752</v>
-      </c>
-[...4 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581">
-        <v>8158</v>
+        <v>8279</v>
       </c>
       <c r="B581">
         <v>2022</v>
       </c>
       <c r="C581">
-        <v>81</v>
+        <v>367</v>
       </c>
       <c r="D581" t="s">
         <v>8</v>
       </c>
       <c r="E581" t="s">
         <v>9</v>
       </c>
       <c r="F581" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="G581" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H581" t="s">
         <v>1755</v>
-      </c>
-[...4 lines deleted...]
-        <v>1757</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582">
-        <v>8156</v>
+        <v>8277</v>
       </c>
       <c r="B582">
         <v>2022</v>
       </c>
       <c r="C582">
-        <v>146</v>
+        <v>295</v>
       </c>
       <c r="D582" t="s">
         <v>8</v>
       </c>
       <c r="E582" t="s">
         <v>9</v>
       </c>
       <c r="F582" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="G582" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H582" t="s">
         <v>1758</v>
-      </c>
-[...4 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583">
-        <v>8154</v>
+        <v>8259</v>
       </c>
       <c r="B583">
         <v>2022</v>
       </c>
       <c r="C583">
-        <v>88</v>
+        <v>323</v>
       </c>
       <c r="D583" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E583" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F583" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="G583" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H583" t="s">
         <v>1761</v>
-      </c>
-[...4 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584">
-        <v>8145</v>
+        <v>8257</v>
       </c>
       <c r="B584">
         <v>2022</v>
       </c>
       <c r="C584">
-        <v>80</v>
+        <v>346</v>
       </c>
       <c r="D584" t="s">
         <v>8</v>
       </c>
       <c r="E584" t="s">
         <v>9</v>
       </c>
       <c r="F584" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="G584" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H584" t="s">
         <v>1764</v>
-      </c>
-[...4 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585">
-        <v>8144</v>
+        <v>8255</v>
       </c>
       <c r="B585">
         <v>2022</v>
       </c>
       <c r="C585">
-        <v>64</v>
+        <v>353</v>
       </c>
       <c r="D585" t="s">
         <v>8</v>
       </c>
       <c r="E585" t="s">
         <v>9</v>
       </c>
       <c r="F585" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G585" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H585" t="s">
         <v>1767</v>
-      </c>
-[...4 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586">
-        <v>8143</v>
+        <v>8253</v>
       </c>
       <c r="B586">
         <v>2022</v>
       </c>
       <c r="C586">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="D586" t="s">
         <v>8</v>
       </c>
       <c r="E586" t="s">
         <v>9</v>
       </c>
       <c r="F586" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G586" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H586" t="s">
         <v>1770</v>
-      </c>
-[...4 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587">
-        <v>8142</v>
+        <v>8248</v>
       </c>
       <c r="B587">
         <v>2022</v>
       </c>
       <c r="C587">
-        <v>57</v>
+        <v>419</v>
       </c>
       <c r="D587" t="s">
         <v>8</v>
       </c>
       <c r="E587" t="s">
         <v>9</v>
       </c>
       <c r="F587" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G587" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H587" t="s">
         <v>1773</v>
-      </c>
-[...4 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588">
-        <v>8136</v>
+        <v>8246</v>
       </c>
       <c r="B588">
         <v>2022</v>
       </c>
       <c r="C588">
-        <v>58</v>
+        <v>321</v>
       </c>
       <c r="D588" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E588" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F588" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G588" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H588" t="s">
         <v>1776</v>
-      </c>
-[...4 lines deleted...]
-        <v>1778</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589">
-        <v>8135</v>
+        <v>8244</v>
       </c>
       <c r="B589">
         <v>2022</v>
       </c>
       <c r="C589">
-        <v>79</v>
+        <v>4</v>
       </c>
       <c r="D589" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E589" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F589" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G589" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H589" t="s">
         <v>1779</v>
-      </c>
-[...4 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590">
-        <v>8134</v>
+        <v>8238</v>
       </c>
       <c r="B590">
         <v>2022</v>
       </c>
       <c r="C590">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="D590" t="s">
         <v>8</v>
       </c>
       <c r="E590" t="s">
         <v>9</v>
       </c>
       <c r="F590" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G590" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H590" t="s">
         <v>1782</v>
-      </c>
-[...4 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591">
-        <v>8133</v>
+        <v>8236</v>
       </c>
       <c r="B591">
         <v>2022</v>
       </c>
       <c r="C591">
-        <v>74</v>
+        <v>292</v>
       </c>
       <c r="D591" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E591" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F591" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G591" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H591" t="s">
         <v>1785</v>
-      </c>
-[...4 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592">
-        <v>8132</v>
+        <v>8234</v>
       </c>
       <c r="B592">
         <v>2022</v>
       </c>
       <c r="C592">
-        <v>73</v>
+        <v>249</v>
       </c>
       <c r="D592" t="s">
         <v>8</v>
       </c>
       <c r="E592" t="s">
         <v>9</v>
       </c>
       <c r="F592" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G592" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H592" t="s">
         <v>1788</v>
-      </c>
-[...4 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593">
-        <v>8122</v>
+        <v>8231</v>
       </c>
       <c r="B593">
         <v>2022</v>
       </c>
       <c r="C593">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D593" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E593" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F593" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G593" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H593" t="s">
         <v>1791</v>
-      </c>
-[...4 lines deleted...]
-        <v>1793</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594">
-        <v>8120</v>
+        <v>8229</v>
       </c>
       <c r="B594">
         <v>2022</v>
       </c>
       <c r="C594">
-        <v>5</v>
+        <v>223</v>
       </c>
       <c r="D594" t="s">
         <v>8</v>
       </c>
       <c r="E594" t="s">
         <v>9</v>
       </c>
       <c r="F594" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="G594" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H594" t="s">
         <v>1794</v>
-      </c>
-[...4 lines deleted...]
-        <v>1796</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595">
-        <v>8118</v>
+        <v>8227</v>
       </c>
       <c r="B595">
         <v>2022</v>
       </c>
       <c r="C595">
-        <v>72</v>
+        <v>294</v>
       </c>
       <c r="D595" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E595" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F595" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G595" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H595" t="s">
         <v>1797</v>
-      </c>
-[...4 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596">
-        <v>8116</v>
+        <v>8223</v>
       </c>
       <c r="B596">
         <v>2022</v>
       </c>
       <c r="C596">
-        <v>71</v>
+        <v>257</v>
       </c>
       <c r="D596" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E596" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F596" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="G596" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H596" t="s">
         <v>1800</v>
-      </c>
-[...4 lines deleted...]
-        <v>1802</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597">
-        <v>8111</v>
+        <v>8221</v>
       </c>
       <c r="B597">
         <v>2022</v>
       </c>
       <c r="C597">
-        <v>1</v>
+        <v>293</v>
       </c>
       <c r="D597" t="s">
-        <v>367</v>
+        <v>8</v>
       </c>
       <c r="E597" t="s">
-        <v>368</v>
+        <v>9</v>
       </c>
       <c r="F597" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G597" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H597" t="s">
         <v>1803</v>
-      </c>
-[...4 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598">
-        <v>8105</v>
+        <v>8219</v>
       </c>
       <c r="B598">
         <v>2022</v>
       </c>
       <c r="C598">
-        <v>1</v>
+        <v>116</v>
       </c>
       <c r="D598" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E598" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F598" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G598" t="s">
         <v>1805</v>
-      </c>
-[...1 lines deleted...]
-        <v>1806</v>
       </c>
       <c r="H598" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599">
-        <v>8104</v>
+        <v>8217</v>
       </c>
       <c r="B599">
         <v>2022</v>
       </c>
       <c r="C599">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="D599" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E599" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>1807</v>
       </c>
       <c r="G599" t="s">
         <v>1808</v>
       </c>
       <c r="H599" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600">
-        <v>8112</v>
+        <v>8215</v>
       </c>
       <c r="B600">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C600">
-        <v>4</v>
+        <v>186</v>
       </c>
       <c r="D600" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E600" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>1810</v>
       </c>
       <c r="G600" t="s">
         <v>1811</v>
       </c>
       <c r="H600" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601">
-        <v>8107</v>
+        <v>8206</v>
       </c>
       <c r="B601">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C601">
-        <v>1135</v>
+        <v>181</v>
       </c>
       <c r="D601" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E601" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="G601" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="H601" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602">
-        <v>8102</v>
+        <v>8205</v>
       </c>
       <c r="B602">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C602">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D602" t="s">
-        <v>203</v>
+        <v>57</v>
       </c>
       <c r="E602" t="s">
-        <v>204</v>
+        <v>58</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="G602" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="H602" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603">
-        <v>8098</v>
+        <v>8202</v>
       </c>
       <c r="B603">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C603">
-        <v>1144</v>
+        <v>125</v>
       </c>
       <c r="D603" t="s">
         <v>8</v>
       </c>
       <c r="E603" t="s">
         <v>9</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="G603" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="H603" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604">
-        <v>8096</v>
+        <v>8200</v>
       </c>
       <c r="B604">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C604">
-        <v>5</v>
+        <v>126</v>
       </c>
       <c r="D604" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E604" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="G604" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="H604" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605">
-        <v>8092</v>
+        <v>8197</v>
       </c>
       <c r="B605">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C605">
-        <v>1093</v>
+        <v>153</v>
       </c>
       <c r="D605" t="s">
         <v>8</v>
       </c>
       <c r="E605" t="s">
         <v>9</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="G605" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H605" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606">
-        <v>8088</v>
+        <v>8195</v>
       </c>
       <c r="B606">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C606">
-        <v>1104</v>
+        <v>95</v>
       </c>
       <c r="D606" t="s">
         <v>8</v>
       </c>
       <c r="E606" t="s">
         <v>9</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="G606" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="H606" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607">
-        <v>8083</v>
+        <v>8193</v>
       </c>
       <c r="B607">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C607">
-        <v>1063</v>
+        <v>101</v>
       </c>
       <c r="D607" t="s">
         <v>8</v>
       </c>
       <c r="E607" t="s">
         <v>9</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="G607" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="H607" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608">
-        <v>8070</v>
+        <v>8191</v>
       </c>
       <c r="B608">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C608">
-        <v>1034</v>
+        <v>3</v>
       </c>
       <c r="D608" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E608" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="G608" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="H608" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609">
-        <v>8068</v>
+        <v>8187</v>
       </c>
       <c r="B609">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C609">
-        <v>1054</v>
+        <v>136</v>
       </c>
       <c r="D609" t="s">
         <v>8</v>
       </c>
       <c r="E609" t="s">
         <v>9</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="G609" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="H609" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610">
-        <v>8066</v>
+        <v>8185</v>
       </c>
       <c r="B610">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C610">
-        <v>1030</v>
+        <v>127</v>
       </c>
       <c r="D610" t="s">
         <v>8</v>
       </c>
       <c r="E610" t="s">
         <v>9</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="G610" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="H610" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611">
-        <v>8064</v>
+        <v>8183</v>
       </c>
       <c r="B611">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C611">
-        <v>1023</v>
+        <v>77</v>
       </c>
       <c r="D611" t="s">
         <v>8</v>
       </c>
       <c r="E611" t="s">
         <v>9</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="G611" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="H611" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612">
-        <v>8063</v>
+        <v>8180</v>
       </c>
       <c r="B612">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C612">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="D612" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E612" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="G612" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="H612" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613">
-        <v>8053</v>
+        <v>8178</v>
       </c>
       <c r="B613">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C613">
-        <v>938</v>
+        <v>90</v>
       </c>
       <c r="D613" t="s">
         <v>8</v>
       </c>
       <c r="E613" t="s">
         <v>9</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="G613" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="H613" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
-        <v>8045</v>
+        <v>8176</v>
       </c>
       <c r="B614">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C614">
-        <v>1009</v>
+        <v>86</v>
       </c>
       <c r="D614" t="s">
         <v>8</v>
       </c>
       <c r="E614" t="s">
         <v>9</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="G614" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="H614" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
-        <v>8040</v>
+        <v>8175</v>
       </c>
       <c r="B615">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C615">
-        <v>885</v>
+        <v>1</v>
       </c>
       <c r="D615" t="s">
-        <v>8</v>
+        <v>1855</v>
       </c>
       <c r="E615" t="s">
-        <v>9</v>
+        <v>1856</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="G615" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="H615" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616">
-        <v>8038</v>
+        <v>8162</v>
       </c>
       <c r="B616">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C616">
-        <v>926</v>
+        <v>76</v>
       </c>
       <c r="D616" t="s">
         <v>8</v>
       </c>
       <c r="E616" t="s">
         <v>9</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="G616" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="H616" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617">
-        <v>8035</v>
+        <v>8160</v>
       </c>
       <c r="B617">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C617">
-        <v>939</v>
+        <v>87</v>
       </c>
       <c r="D617" t="s">
         <v>8</v>
       </c>
       <c r="E617" t="s">
         <v>9</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="G617" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="H617" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618">
-        <v>8033</v>
+        <v>8158</v>
       </c>
       <c r="B618">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C618">
-        <v>949</v>
+        <v>81</v>
       </c>
       <c r="D618" t="s">
         <v>8</v>
       </c>
       <c r="E618" t="s">
         <v>9</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="G618" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="H618" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619">
-        <v>8027</v>
+        <v>8156</v>
       </c>
       <c r="B619">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C619">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D619" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E619" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="G619" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="H619" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620">
-        <v>8024</v>
+        <v>8154</v>
       </c>
       <c r="B620">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C620">
-        <v>877</v>
+        <v>88</v>
       </c>
       <c r="D620" t="s">
         <v>8</v>
       </c>
       <c r="E620" t="s">
         <v>9</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="G620" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="H620" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621">
-        <v>8009</v>
+        <v>8145</v>
       </c>
       <c r="B621">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C621">
-        <v>871</v>
+        <v>80</v>
       </c>
       <c r="D621" t="s">
         <v>8</v>
       </c>
       <c r="E621" t="s">
         <v>9</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="G621" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="H621" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622">
-        <v>8006</v>
+        <v>8144</v>
       </c>
       <c r="B622">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C622">
-        <v>830</v>
+        <v>64</v>
       </c>
       <c r="D622" t="s">
         <v>8</v>
       </c>
       <c r="E622" t="s">
         <v>9</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="G622" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="H622" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623">
-        <v>8004</v>
+        <v>8143</v>
       </c>
       <c r="B623">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C623">
-        <v>838</v>
+        <v>78</v>
       </c>
       <c r="D623" t="s">
         <v>8</v>
       </c>
       <c r="E623" t="s">
         <v>9</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="G623" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="H623" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624">
-        <v>8002</v>
+        <v>8142</v>
       </c>
       <c r="B624">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C624">
-        <v>816</v>
+        <v>57</v>
       </c>
       <c r="D624" t="s">
         <v>8</v>
       </c>
       <c r="E624" t="s">
         <v>9</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="G624" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="H624" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625">
-        <v>8000</v>
+        <v>8136</v>
       </c>
       <c r="B625">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C625">
-        <v>766</v>
+        <v>58</v>
       </c>
       <c r="D625" t="s">
         <v>8</v>
       </c>
       <c r="E625" t="s">
         <v>9</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="G625" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="H625" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626">
-        <v>7995</v>
+        <v>8135</v>
       </c>
       <c r="B626">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C626">
-        <v>777</v>
+        <v>79</v>
       </c>
       <c r="D626" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E626" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="G626" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="H626" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627">
-        <v>7992</v>
+        <v>8134</v>
       </c>
       <c r="B627">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C627">
-        <v>815</v>
+        <v>75</v>
       </c>
       <c r="D627" t="s">
         <v>8</v>
       </c>
       <c r="E627" t="s">
         <v>9</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="G627" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="H627" t="s">
-        <v>1862</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628">
-        <v>7988</v>
+        <v>8133</v>
       </c>
       <c r="B628">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C628">
-        <v>778</v>
+        <v>74</v>
       </c>
       <c r="D628" t="s">
         <v>8</v>
       </c>
       <c r="E628" t="s">
         <v>9</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>1892</v>
+        <v>1896</v>
       </c>
       <c r="G628" t="s">
-        <v>1893</v>
+        <v>1897</v>
       </c>
       <c r="H628" t="s">
-        <v>1894</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629">
-        <v>7986</v>
+        <v>8132</v>
       </c>
       <c r="B629">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C629">
-        <v>813</v>
+        <v>73</v>
       </c>
       <c r="D629" t="s">
         <v>8</v>
       </c>
       <c r="E629" t="s">
         <v>9</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>1895</v>
+        <v>1899</v>
       </c>
       <c r="G629" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="H629" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
-        <v>7984</v>
+        <v>8122</v>
       </c>
       <c r="B630">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C630">
-        <v>779</v>
+        <v>2</v>
       </c>
       <c r="D630" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E630" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="G630" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="H630" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
-        <v>7983</v>
+        <v>8120</v>
       </c>
       <c r="B631">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C631">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D631" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E631" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="G631" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="H631" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632">
-        <v>7981</v>
+        <v>8118</v>
       </c>
       <c r="B632">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C632">
-        <v>738</v>
+        <v>72</v>
       </c>
       <c r="D632" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E632" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="G632" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="H632" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633">
-        <v>7970</v>
+        <v>8116</v>
       </c>
       <c r="B633">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C633">
-        <v>3</v>
+        <v>71</v>
       </c>
       <c r="D633" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E633" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="G633" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
       <c r="H633" t="s">
-        <v>1909</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634">
-        <v>7968</v>
+        <v>8111</v>
       </c>
       <c r="B634">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C634">
-        <v>713</v>
+        <v>1</v>
       </c>
       <c r="D634" t="s">
-        <v>8</v>
+        <v>478</v>
       </c>
       <c r="E634" t="s">
-        <v>9</v>
+        <v>479</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>1910</v>
+        <v>1914</v>
       </c>
       <c r="G634" t="s">
-        <v>1911</v>
+        <v>986</v>
       </c>
       <c r="H634" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635">
-        <v>7962</v>
+        <v>8105</v>
       </c>
       <c r="B635">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C635">
-        <v>721</v>
+        <v>1</v>
       </c>
       <c r="D635" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E635" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="G635" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="H635" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636">
-        <v>7956</v>
+        <v>8104</v>
       </c>
       <c r="B636">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C636">
-        <v>603</v>
+        <v>1</v>
       </c>
       <c r="D636" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E636" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="G636" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="H636" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637">
-        <v>7953</v>
+        <v>8112</v>
       </c>
       <c r="B637">
         <v>2021</v>
       </c>
       <c r="C637">
-        <v>611</v>
+        <v>4</v>
       </c>
       <c r="D637" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E637" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="G637" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="H637" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638">
-        <v>7950</v>
+        <v>8107</v>
       </c>
       <c r="B638">
         <v>2021</v>
       </c>
       <c r="C638">
-        <v>685</v>
+        <v>1135</v>
       </c>
       <c r="D638" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E638" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="G638" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="H638" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639">
-        <v>7946</v>
+        <v>8102</v>
       </c>
       <c r="B639">
         <v>2021</v>
       </c>
       <c r="C639">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D639" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E639" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="G639" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="H639" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640">
-        <v>7938</v>
+        <v>8098</v>
       </c>
       <c r="B640">
         <v>2021</v>
       </c>
       <c r="C640">
-        <v>666</v>
+        <v>1144</v>
       </c>
       <c r="D640" t="s">
         <v>8</v>
       </c>
       <c r="E640" t="s">
         <v>9</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="G640" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="H640" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641">
-        <v>7935</v>
+        <v>8096</v>
       </c>
       <c r="B641">
         <v>2021</v>
       </c>
       <c r="C641">
-        <v>589</v>
+        <v>5</v>
       </c>
       <c r="D641" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E641" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="G641" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="H641" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
-        <v>7933</v>
+        <v>8092</v>
       </c>
       <c r="B642">
         <v>2021</v>
       </c>
       <c r="C642">
-        <v>492</v>
+        <v>1093</v>
       </c>
       <c r="D642" t="s">
         <v>8</v>
       </c>
       <c r="E642" t="s">
         <v>9</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="G642" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="H642" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
-        <v>7930</v>
+        <v>8088</v>
       </c>
       <c r="B643">
         <v>2021</v>
       </c>
       <c r="C643">
-        <v>642</v>
+        <v>1104</v>
       </c>
       <c r="D643" t="s">
         <v>8</v>
       </c>
       <c r="E643" t="s">
         <v>9</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="G643" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="H643" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
-        <v>7919</v>
+        <v>8083</v>
       </c>
       <c r="B644">
         <v>2021</v>
       </c>
       <c r="C644">
-        <v>514</v>
+        <v>1063</v>
       </c>
       <c r="D644" t="s">
         <v>8</v>
       </c>
       <c r="E644" t="s">
         <v>9</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="G644" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="H644" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
-        <v>7909</v>
+        <v>8070</v>
       </c>
       <c r="B645">
         <v>2021</v>
       </c>
       <c r="C645">
-        <v>590</v>
+        <v>1034</v>
       </c>
       <c r="D645" t="s">
         <v>8</v>
       </c>
       <c r="E645" t="s">
         <v>9</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="G645" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="H645" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
-        <v>7905</v>
+        <v>8068</v>
       </c>
       <c r="B646">
         <v>2021</v>
       </c>
       <c r="C646">
-        <v>567</v>
+        <v>1054</v>
       </c>
       <c r="D646" t="s">
         <v>8</v>
       </c>
       <c r="E646" t="s">
         <v>9</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="G646" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="H646" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
-        <v>7903</v>
+        <v>8066</v>
       </c>
       <c r="B647">
         <v>2021</v>
       </c>
       <c r="C647">
-        <v>556</v>
+        <v>1030</v>
       </c>
       <c r="D647" t="s">
         <v>8</v>
       </c>
       <c r="E647" t="s">
         <v>9</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="G647" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="H647" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
-        <v>7891</v>
+        <v>8064</v>
       </c>
       <c r="B648">
         <v>2021</v>
       </c>
       <c r="C648">
-        <v>544</v>
+        <v>1023</v>
       </c>
       <c r="D648" t="s">
         <v>8</v>
       </c>
       <c r="E648" t="s">
         <v>9</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="G648" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="H648" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
-        <v>7889</v>
+        <v>8063</v>
       </c>
       <c r="B649">
         <v>2021</v>
       </c>
       <c r="C649">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D649" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E649" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="G649" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="H649" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650">
-        <v>7884</v>
+        <v>8053</v>
       </c>
       <c r="B650">
         <v>2021</v>
       </c>
       <c r="C650">
-        <v>6</v>
+        <v>938</v>
       </c>
       <c r="D650" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E650" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="G650" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="H650" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651">
-        <v>7882</v>
+        <v>8045</v>
       </c>
       <c r="B651">
         <v>2021</v>
       </c>
       <c r="C651">
-        <v>513</v>
+        <v>1009</v>
       </c>
       <c r="D651" t="s">
         <v>8</v>
       </c>
       <c r="E651" t="s">
         <v>9</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="G651" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="H651" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
-        <v>7880</v>
+        <v>8040</v>
       </c>
       <c r="B652">
         <v>2021</v>
       </c>
       <c r="C652">
-        <v>393</v>
+        <v>885</v>
       </c>
       <c r="D652" t="s">
         <v>8</v>
       </c>
       <c r="E652" t="s">
         <v>9</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="G652" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="H652" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
-        <v>7879</v>
+        <v>8038</v>
       </c>
       <c r="B653">
         <v>2021</v>
       </c>
       <c r="C653">
-        <v>4</v>
+        <v>926</v>
       </c>
       <c r="D653" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E653" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="G653" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="H653" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
-        <v>7877</v>
+        <v>8035</v>
       </c>
       <c r="B654">
         <v>2021</v>
       </c>
       <c r="C654">
-        <v>508</v>
+        <v>939</v>
       </c>
       <c r="D654" t="s">
         <v>8</v>
       </c>
       <c r="E654" t="s">
         <v>9</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="G654" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="H654" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
-        <v>7875</v>
+        <v>8033</v>
       </c>
       <c r="B655">
         <v>2021</v>
       </c>
       <c r="C655">
-        <v>500</v>
+        <v>949</v>
       </c>
       <c r="D655" t="s">
         <v>8</v>
       </c>
       <c r="E655" t="s">
         <v>9</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="G655" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="H655" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
-        <v>7874</v>
+        <v>8027</v>
       </c>
       <c r="B656">
         <v>2021</v>
       </c>
       <c r="C656">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D656" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E656" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="G656" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="H656" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
-        <v>7872</v>
+        <v>8024</v>
       </c>
       <c r="B657">
         <v>2021</v>
       </c>
       <c r="C657">
-        <v>455</v>
+        <v>877</v>
       </c>
       <c r="D657" t="s">
         <v>8</v>
       </c>
       <c r="E657" t="s">
         <v>9</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="G657" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="H657" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
-        <v>7868</v>
+        <v>8009</v>
       </c>
       <c r="B658">
         <v>2021</v>
       </c>
       <c r="C658">
-        <v>462</v>
+        <v>871</v>
       </c>
       <c r="D658" t="s">
         <v>8</v>
       </c>
       <c r="E658" t="s">
         <v>9</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="G658" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="H658" t="s">
-        <v>1948</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
-        <v>7866</v>
+        <v>8006</v>
       </c>
       <c r="B659">
         <v>2021</v>
       </c>
       <c r="C659">
-        <v>254</v>
+        <v>830</v>
       </c>
       <c r="D659" t="s">
         <v>8</v>
       </c>
       <c r="E659" t="s">
         <v>9</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="G659" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="H659" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
-        <v>7864</v>
+        <v>8004</v>
       </c>
       <c r="B660">
         <v>2021</v>
       </c>
       <c r="C660">
-        <v>416</v>
+        <v>838</v>
       </c>
       <c r="D660" t="s">
         <v>8</v>
       </c>
       <c r="E660" t="s">
         <v>9</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="G660" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="H660" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
-        <v>7861</v>
+        <v>8002</v>
       </c>
       <c r="B661">
         <v>2021</v>
       </c>
       <c r="C661">
-        <v>476</v>
+        <v>816</v>
       </c>
       <c r="D661" t="s">
         <v>8</v>
       </c>
       <c r="E661" t="s">
         <v>9</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="G661" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="H661" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
-        <v>7854</v>
+        <v>8000</v>
       </c>
       <c r="B662">
         <v>2021</v>
       </c>
       <c r="C662">
-        <v>468</v>
+        <v>766</v>
       </c>
       <c r="D662" t="s">
         <v>8</v>
       </c>
       <c r="E662" t="s">
         <v>9</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="G662" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="H662" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
-        <v>7836</v>
+        <v>7995</v>
       </c>
       <c r="B663">
         <v>2021</v>
       </c>
       <c r="C663">
-        <v>392</v>
+        <v>777</v>
       </c>
       <c r="D663" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E663" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="G663" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="H663" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
-        <v>7831</v>
+        <v>7992</v>
       </c>
       <c r="B664">
         <v>2021</v>
       </c>
       <c r="C664">
-        <v>368</v>
+        <v>815</v>
       </c>
       <c r="D664" t="s">
         <v>8</v>
       </c>
       <c r="E664" t="s">
         <v>9</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="G664" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="H664" t="s">
-        <v>2000</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
-        <v>7825</v>
+        <v>7988</v>
       </c>
       <c r="B665">
         <v>2021</v>
       </c>
       <c r="C665">
-        <v>292</v>
+        <v>778</v>
       </c>
       <c r="D665" t="s">
         <v>8</v>
       </c>
       <c r="E665" t="s">
         <v>9</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="G665" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="H665" t="s">
-        <v>1506</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
-        <v>7812</v>
+        <v>7986</v>
       </c>
       <c r="B666">
         <v>2021</v>
       </c>
       <c r="C666">
-        <v>5</v>
+        <v>813</v>
       </c>
       <c r="D666" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E666" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="G666" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="H666" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667">
-        <v>7806</v>
+        <v>7984</v>
       </c>
       <c r="B667">
         <v>2021</v>
       </c>
       <c r="C667">
-        <v>2</v>
+        <v>779</v>
       </c>
       <c r="D667" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E667" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="G667" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="H667" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668">
-        <v>7797</v>
+        <v>7983</v>
       </c>
       <c r="B668">
         <v>2021</v>
       </c>
       <c r="C668">
-        <v>302</v>
+        <v>9</v>
       </c>
       <c r="D668" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E668" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="G668" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="H668" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669">
-        <v>7792</v>
+        <v>7981</v>
       </c>
       <c r="B669">
         <v>2021</v>
       </c>
       <c r="C669">
-        <v>180</v>
+        <v>738</v>
       </c>
       <c r="D669" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E669" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="G669" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="H669" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670">
-        <v>7788</v>
+        <v>7970</v>
       </c>
       <c r="B670">
         <v>2021</v>
       </c>
       <c r="C670">
-        <v>322</v>
+        <v>3</v>
       </c>
       <c r="D670" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E670" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="G670" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H670" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671">
-        <v>7747</v>
+        <v>7968</v>
       </c>
       <c r="B671">
         <v>2021</v>
       </c>
       <c r="C671">
-        <v>153</v>
+        <v>713</v>
       </c>
       <c r="D671" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E671" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="G671" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H671" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672">
-        <v>7743</v>
+        <v>7962</v>
       </c>
       <c r="B672">
         <v>2021</v>
       </c>
       <c r="C672">
-        <v>10321</v>
+        <v>721</v>
       </c>
       <c r="D672" t="s">
         <v>8</v>
       </c>
       <c r="E672" t="s">
         <v>9</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G672" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="H672" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
-        <v>7733</v>
+        <v>7956</v>
       </c>
       <c r="B673">
         <v>2021</v>
       </c>
       <c r="C673">
-        <v>223</v>
+        <v>603</v>
       </c>
       <c r="D673" t="s">
         <v>8</v>
       </c>
       <c r="E673" t="s">
         <v>9</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="G673" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="H673" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674">
-        <v>7724</v>
+        <v>7953</v>
       </c>
       <c r="B674">
         <v>2021</v>
       </c>
       <c r="C674">
-        <v>4</v>
+        <v>611</v>
       </c>
       <c r="D674" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E674" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F674" s="1" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="G674" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="H674" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675">
-        <v>7710</v>
+        <v>7950</v>
       </c>
       <c r="B675">
         <v>2021</v>
       </c>
       <c r="C675">
-        <v>222</v>
+        <v>685</v>
       </c>
       <c r="D675" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E675" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="G675" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="H675" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676">
-        <v>7708</v>
+        <v>7946</v>
       </c>
       <c r="B676">
         <v>2021</v>
       </c>
       <c r="C676">
-        <v>258</v>
+        <v>8</v>
       </c>
       <c r="D676" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E676" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="G676" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="H676" t="s">
-        <v>1948</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677">
-        <v>7706</v>
+        <v>7938</v>
       </c>
       <c r="B677">
         <v>2021</v>
       </c>
       <c r="C677">
-        <v>335</v>
+        <v>666</v>
       </c>
       <c r="D677" t="s">
         <v>8</v>
       </c>
       <c r="E677" t="s">
         <v>9</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="G677" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="H677" t="s">
-        <v>2037</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678">
-        <v>7700</v>
+        <v>7935</v>
       </c>
       <c r="B678">
         <v>2021</v>
       </c>
       <c r="C678">
-        <v>70</v>
+        <v>589</v>
       </c>
       <c r="D678" t="s">
         <v>8</v>
       </c>
       <c r="E678" t="s">
         <v>9</v>
       </c>
       <c r="F678" s="1" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="G678" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="H678" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679">
-        <v>7698</v>
+        <v>7933</v>
       </c>
       <c r="B679">
         <v>2021</v>
       </c>
       <c r="C679">
-        <v>216</v>
+        <v>492</v>
       </c>
       <c r="D679" t="s">
         <v>8</v>
       </c>
       <c r="E679" t="s">
         <v>9</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="G679" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="H679" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680">
-        <v>7682</v>
+        <v>7930</v>
       </c>
       <c r="B680">
         <v>2021</v>
       </c>
       <c r="C680">
-        <v>228</v>
+        <v>642</v>
       </c>
       <c r="D680" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E680" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="G680" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="H680" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681">
-        <v>7633</v>
+        <v>7919</v>
       </c>
       <c r="B681">
         <v>2021</v>
       </c>
       <c r="C681">
-        <v>229</v>
+        <v>514</v>
       </c>
       <c r="D681" t="s">
         <v>8</v>
       </c>
       <c r="E681" t="s">
         <v>9</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="G681" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="H681" t="s">
-        <v>2049</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682">
-        <v>7631</v>
+        <v>7909</v>
       </c>
       <c r="B682">
         <v>2021</v>
       </c>
       <c r="C682">
-        <v>221</v>
+        <v>590</v>
       </c>
       <c r="D682" t="s">
         <v>8</v>
       </c>
       <c r="E682" t="s">
         <v>9</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>2050</v>
+        <v>2054</v>
       </c>
       <c r="G682" t="s">
-        <v>2051</v>
+        <v>2055</v>
       </c>
       <c r="H682" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683">
-        <v>7620</v>
+        <v>7905</v>
       </c>
       <c r="B683">
         <v>2021</v>
       </c>
       <c r="C683">
-        <v>100</v>
+        <v>567</v>
       </c>
       <c r="D683" t="s">
         <v>8</v>
       </c>
       <c r="E683" t="s">
         <v>9</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>2053</v>
+        <v>2057</v>
       </c>
       <c r="G683" t="s">
-        <v>2054</v>
+        <v>2058</v>
       </c>
       <c r="H683" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684">
-        <v>7618</v>
+        <v>7903</v>
       </c>
       <c r="B684">
         <v>2021</v>
       </c>
       <c r="C684">
-        <v>62</v>
+        <v>556</v>
       </c>
       <c r="D684" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E684" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="G684" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="H684" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685">
-        <v>7616</v>
+        <v>7891</v>
       </c>
       <c r="B685">
         <v>2021</v>
       </c>
       <c r="C685">
-        <v>185</v>
+        <v>544</v>
       </c>
       <c r="D685" t="s">
         <v>8</v>
       </c>
       <c r="E685" t="s">
         <v>9</v>
       </c>
       <c r="F685" s="1" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="G685" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="H685" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686">
-        <v>7613</v>
+        <v>7889</v>
       </c>
       <c r="B686">
         <v>2021</v>
       </c>
       <c r="C686">
-        <v>152</v>
+        <v>7</v>
       </c>
       <c r="D686" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E686" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="G686" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="H686" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687">
-        <v>7612</v>
+        <v>7884</v>
       </c>
       <c r="B687">
         <v>2021</v>
       </c>
       <c r="C687">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D687" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E687" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="G687" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="H687" t="s">
-        <v>2067</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688">
-        <v>7605</v>
+        <v>7882</v>
       </c>
       <c r="B688">
         <v>2021</v>
       </c>
       <c r="C688">
-        <v>2</v>
+        <v>513</v>
       </c>
       <c r="D688" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E688" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>2068</v>
+        <v>2071</v>
       </c>
       <c r="G688" t="s">
-        <v>2069</v>
+        <v>2072</v>
       </c>
       <c r="H688" t="s">
-        <v>2070</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689">
-        <v>7594</v>
+        <v>7880</v>
       </c>
       <c r="B689">
         <v>2021</v>
       </c>
       <c r="C689">
-        <v>1</v>
+        <v>393</v>
       </c>
       <c r="D689" t="s">
-        <v>2071</v>
+        <v>8</v>
       </c>
       <c r="E689" t="s">
-        <v>2072</v>
+        <v>9</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="G689" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="H689" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690">
-        <v>7590</v>
+        <v>7879</v>
       </c>
       <c r="B690">
         <v>2021</v>
       </c>
       <c r="C690">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D690" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="E690" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="G690" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="H690" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691">
-        <v>7589</v>
+        <v>7877</v>
       </c>
       <c r="B691">
         <v>2021</v>
       </c>
       <c r="C691">
-        <v>2</v>
+        <v>508</v>
       </c>
       <c r="D691" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E691" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="G691" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="H691" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692">
-        <v>7584</v>
+        <v>7875</v>
       </c>
       <c r="B692">
         <v>2021</v>
       </c>
       <c r="C692">
-        <v>190</v>
+        <v>500</v>
       </c>
       <c r="D692" t="s">
         <v>8</v>
       </c>
       <c r="E692" t="s">
         <v>9</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="G692" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="H692" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693">
-        <v>7581</v>
+        <v>7874</v>
       </c>
       <c r="B693">
         <v>2021</v>
       </c>
       <c r="C693">
-        <v>166</v>
+        <v>3</v>
       </c>
       <c r="D693" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E693" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="G693" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="H693" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694">
-        <v>7578</v>
+        <v>7872</v>
       </c>
       <c r="B694">
         <v>2021</v>
       </c>
       <c r="C694">
-        <v>77</v>
+        <v>455</v>
       </c>
       <c r="D694" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E694" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="G694" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="H694" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695">
-        <v>7567</v>
+        <v>7868</v>
       </c>
       <c r="B695">
         <v>2021</v>
       </c>
       <c r="C695">
-        <v>117</v>
+        <v>462</v>
       </c>
       <c r="D695" t="s">
         <v>8</v>
       </c>
       <c r="E695" t="s">
         <v>9</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="G695" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="H695" t="s">
-        <v>2093</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696">
-        <v>7565</v>
+        <v>7866</v>
       </c>
       <c r="B696">
         <v>2021</v>
       </c>
       <c r="C696">
-        <v>80</v>
+        <v>254</v>
       </c>
       <c r="D696" t="s">
         <v>8</v>
       </c>
       <c r="E696" t="s">
         <v>9</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>2094</v>
       </c>
       <c r="G696" t="s">
         <v>2095</v>
       </c>
       <c r="H696" t="s">
         <v>2096</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697">
-        <v>7563</v>
+        <v>7864</v>
       </c>
       <c r="B697">
         <v>2021</v>
       </c>
       <c r="C697">
-        <v>89</v>
+        <v>416</v>
       </c>
       <c r="D697" t="s">
         <v>8</v>
       </c>
       <c r="E697" t="s">
         <v>9</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>2097</v>
       </c>
       <c r="G697" t="s">
         <v>2098</v>
       </c>
       <c r="H697" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698">
-        <v>7558</v>
+        <v>7861</v>
       </c>
       <c r="B698">
         <v>2021</v>
       </c>
       <c r="C698">
-        <v>22</v>
+        <v>476</v>
       </c>
       <c r="D698" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E698" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>2100</v>
       </c>
       <c r="G698" t="s">
         <v>2101</v>
       </c>
       <c r="H698" t="s">
         <v>2102</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699">
-        <v>7555</v>
+        <v>7854</v>
       </c>
       <c r="B699">
         <v>2021</v>
       </c>
       <c r="C699">
-        <v>39</v>
+        <v>468</v>
       </c>
       <c r="D699" t="s">
         <v>8</v>
       </c>
       <c r="E699" t="s">
         <v>9</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>2103</v>
       </c>
       <c r="G699" t="s">
         <v>2104</v>
       </c>
       <c r="H699" t="s">
         <v>2105</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700">
-        <v>7552</v>
+        <v>7836</v>
       </c>
       <c r="B700">
         <v>2021</v>
       </c>
       <c r="C700">
-        <v>101</v>
+        <v>392</v>
       </c>
       <c r="D700" t="s">
         <v>8</v>
       </c>
       <c r="E700" t="s">
         <v>9</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>2106</v>
       </c>
       <c r="G700" t="s">
         <v>2107</v>
       </c>
       <c r="H700" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701">
-        <v>7550</v>
+        <v>7831</v>
       </c>
       <c r="B701">
         <v>2021</v>
       </c>
       <c r="C701">
-        <v>111</v>
+        <v>368</v>
       </c>
       <c r="D701" t="s">
         <v>8</v>
       </c>
       <c r="E701" t="s">
         <v>9</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>2109</v>
       </c>
       <c r="G701" t="s">
         <v>2110</v>
       </c>
       <c r="H701" t="s">
         <v>2111</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702">
-        <v>7539</v>
+        <v>7825</v>
       </c>
       <c r="B702">
         <v>2021</v>
       </c>
       <c r="C702">
-        <v>63</v>
+        <v>292</v>
       </c>
       <c r="D702" t="s">
         <v>8</v>
       </c>
       <c r="E702" t="s">
         <v>9</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>2112</v>
       </c>
       <c r="G702" t="s">
         <v>2113</v>
       </c>
       <c r="H702" t="s">
-        <v>2114</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703">
-        <v>7537</v>
+        <v>7812</v>
       </c>
       <c r="B703">
         <v>2021</v>
       </c>
       <c r="C703">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="D703" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E703" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F703" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G703" t="s">
         <v>2115</v>
       </c>
-      <c r="G703" t="s">
+      <c r="H703" t="s">
         <v>2116</v>
-      </c>
-[...1 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704">
-        <v>7535</v>
+        <v>7806</v>
       </c>
       <c r="B704">
         <v>2021</v>
       </c>
       <c r="C704">
-        <v>95</v>
+        <v>2</v>
       </c>
       <c r="D704" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E704" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F704" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="G704" t="s">
         <v>2118</v>
       </c>
-      <c r="G704" t="s">
+      <c r="H704" t="s">
         <v>2119</v>
-      </c>
-[...1 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705">
-        <v>7510</v>
+        <v>7797</v>
       </c>
       <c r="B705">
         <v>2021</v>
       </c>
       <c r="C705">
-        <v>7</v>
+        <v>302</v>
       </c>
       <c r="D705" t="s">
         <v>8</v>
       </c>
       <c r="E705" t="s">
         <v>9</v>
       </c>
       <c r="F705" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G705" t="s">
         <v>2121</v>
       </c>
-      <c r="G705" t="s">
+      <c r="H705" t="s">
         <v>2122</v>
-      </c>
-[...1 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706">
-        <v>7503</v>
+        <v>7792</v>
       </c>
       <c r="B706">
         <v>2021</v>
       </c>
       <c r="C706">
-        <v>72</v>
+        <v>180</v>
       </c>
       <c r="D706" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E706" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F706" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G706" t="s">
         <v>2124</v>
       </c>
-      <c r="G706" t="s">
+      <c r="H706" t="s">
         <v>2125</v>
-      </c>
-[...1 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707">
-        <v>7501</v>
+        <v>7788</v>
       </c>
       <c r="B707">
         <v>2021</v>
       </c>
       <c r="C707">
-        <v>60</v>
+        <v>322</v>
       </c>
       <c r="D707" t="s">
         <v>8</v>
       </c>
       <c r="E707" t="s">
         <v>9</v>
       </c>
       <c r="F707" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="G707" t="s">
         <v>2127</v>
       </c>
-      <c r="G707" t="s">
+      <c r="H707" t="s">
         <v>2128</v>
-      </c>
-[...1 lines deleted...]
-        <v>2129</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708">
-        <v>7499</v>
+        <v>7747</v>
       </c>
       <c r="B708">
         <v>2021</v>
       </c>
       <c r="C708">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="D708" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E708" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F708" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G708" t="s">
         <v>2130</v>
       </c>
-      <c r="G708" t="s">
+      <c r="H708" t="s">
         <v>2131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709">
-        <v>7494</v>
+        <v>7743</v>
       </c>
       <c r="B709">
         <v>2021</v>
       </c>
       <c r="C709">
-        <v>1</v>
+        <v>10321</v>
       </c>
       <c r="D709" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E709" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>2132</v>
       </c>
       <c r="G709" t="s">
         <v>2133</v>
       </c>
       <c r="H709" t="s">
         <v>2134</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710">
-        <v>7484</v>
+        <v>7733</v>
       </c>
       <c r="B710">
         <v>2021</v>
       </c>
       <c r="C710">
-        <v>34</v>
+        <v>223</v>
       </c>
       <c r="D710" t="s">
         <v>8</v>
       </c>
       <c r="E710" t="s">
         <v>9</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>2135</v>
       </c>
       <c r="G710" t="s">
         <v>2136</v>
       </c>
       <c r="H710" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711">
-        <v>7482</v>
+        <v>7724</v>
       </c>
       <c r="B711">
         <v>2021</v>
       </c>
       <c r="C711">
-        <v>44</v>
+        <v>4</v>
       </c>
       <c r="D711" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E711" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="G711" t="s">
         <v>2139</v>
       </c>
       <c r="H711" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712">
-        <v>7480</v>
+        <v>7710</v>
       </c>
       <c r="B712">
         <v>2021</v>
       </c>
       <c r="C712">
-        <v>11</v>
+        <v>222</v>
       </c>
       <c r="D712" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E712" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="G712" t="s">
         <v>2142</v>
       </c>
       <c r="H712" t="s">
         <v>2143</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713">
-        <v>7478</v>
+        <v>7708</v>
       </c>
       <c r="B713">
         <v>2021</v>
       </c>
       <c r="C713">
-        <v>78</v>
+        <v>258</v>
       </c>
       <c r="D713" t="s">
         <v>8</v>
       </c>
       <c r="E713" t="s">
         <v>9</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>2144</v>
       </c>
       <c r="G713" t="s">
         <v>2145</v>
       </c>
       <c r="H713" t="s">
-        <v>2146</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714">
-        <v>7477</v>
+        <v>7706</v>
       </c>
       <c r="B714">
         <v>2021</v>
       </c>
       <c r="C714">
-        <v>1</v>
+        <v>335</v>
       </c>
       <c r="D714" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E714" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F714" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="G714" t="s">
         <v>2147</v>
       </c>
-      <c r="G714" t="s">
+      <c r="H714" t="s">
         <v>2148</v>
-      </c>
-[...1 lines deleted...]
-        <v>2149</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715">
-        <v>7475</v>
+        <v>7700</v>
       </c>
       <c r="B715">
         <v>2021</v>
       </c>
       <c r="C715">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D715" t="s">
         <v>8</v>
       </c>
       <c r="E715" t="s">
         <v>9</v>
       </c>
       <c r="F715" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="G715" t="s">
         <v>2150</v>
       </c>
-      <c r="G715" t="s">
+      <c r="H715" t="s">
         <v>2151</v>
-      </c>
-[...1 lines deleted...]
-        <v>2152</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716">
-        <v>7473</v>
+        <v>7698</v>
       </c>
       <c r="B716">
         <v>2021</v>
       </c>
       <c r="C716">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="D716" t="s">
         <v>8</v>
       </c>
       <c r="E716" t="s">
         <v>9</v>
       </c>
       <c r="F716" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="G716" t="s">
         <v>2153</v>
       </c>
-      <c r="G716" t="s">
+      <c r="H716" t="s">
         <v>2154</v>
-      </c>
-[...1 lines deleted...]
-        <v>2155</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717">
-        <v>7471</v>
+        <v>7682</v>
       </c>
       <c r="B717">
         <v>2021</v>
       </c>
       <c r="C717">
-        <v>41</v>
+        <v>228</v>
       </c>
       <c r="D717" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E717" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F717" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="G717" t="s">
         <v>2156</v>
       </c>
-      <c r="G717" t="s">
+      <c r="H717" t="s">
         <v>2157</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718">
-        <v>7469</v>
+        <v>7633</v>
       </c>
       <c r="B718">
         <v>2021</v>
       </c>
       <c r="C718">
-        <v>33</v>
+        <v>229</v>
       </c>
       <c r="D718" t="s">
         <v>8</v>
       </c>
       <c r="E718" t="s">
         <v>9</v>
       </c>
       <c r="F718" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="G718" t="s">
         <v>2159</v>
       </c>
-      <c r="G718" t="s">
+      <c r="H718" t="s">
         <v>2160</v>
-      </c>
-[...1 lines deleted...]
-        <v>2161</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719">
-        <v>7445</v>
+        <v>7631</v>
       </c>
       <c r="B719">
         <v>2021</v>
       </c>
       <c r="C719">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="D719" t="s">
         <v>8</v>
       </c>
       <c r="E719" t="s">
         <v>9</v>
       </c>
       <c r="F719" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G719" t="s">
         <v>2162</v>
       </c>
-      <c r="G719" t="s">
+      <c r="H719" t="s">
         <v>2163</v>
-      </c>
-[...1 lines deleted...]
-        <v>2164</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720">
-        <v>7443</v>
+        <v>7620</v>
       </c>
       <c r="B720">
         <v>2021</v>
       </c>
       <c r="C720">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="D720" t="s">
         <v>8</v>
       </c>
       <c r="E720" t="s">
         <v>9</v>
       </c>
       <c r="F720" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="G720" t="s">
         <v>2165</v>
       </c>
-      <c r="G720" t="s">
+      <c r="H720" t="s">
         <v>2166</v>
-      </c>
-[...1 lines deleted...]
-        <v>2167</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721">
-        <v>7441</v>
+        <v>7618</v>
       </c>
       <c r="B721">
         <v>2021</v>
       </c>
       <c r="C721">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="D721" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E721" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F721" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G721" t="s">
         <v>2168</v>
       </c>
-      <c r="G721" t="s">
+      <c r="H721" t="s">
         <v>2169</v>
-      </c>
-[...1 lines deleted...]
-        <v>2170</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722">
-        <v>7427</v>
+        <v>7616</v>
       </c>
       <c r="B722">
         <v>2021</v>
       </c>
       <c r="C722">
-        <v>8</v>
+        <v>185</v>
       </c>
       <c r="D722" t="s">
         <v>8</v>
       </c>
       <c r="E722" t="s">
         <v>9</v>
       </c>
       <c r="F722" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="G722" t="s">
         <v>2171</v>
       </c>
-      <c r="G722" t="s">
+      <c r="H722" t="s">
         <v>2172</v>
-      </c>
-[...1 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723">
-        <v>7425</v>
+        <v>7613</v>
       </c>
       <c r="B723">
         <v>2021</v>
       </c>
       <c r="C723">
-        <v>6</v>
+        <v>152</v>
       </c>
       <c r="D723" t="s">
         <v>8</v>
       </c>
       <c r="E723" t="s">
         <v>9</v>
       </c>
       <c r="F723" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="G723" t="s">
         <v>2174</v>
       </c>
-      <c r="G723" t="s">
+      <c r="H723" t="s">
         <v>2175</v>
-      </c>
-[...1 lines deleted...]
-        <v>2176</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724">
-        <v>7423</v>
+        <v>7612</v>
       </c>
       <c r="B724">
         <v>2021</v>
       </c>
       <c r="C724">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D724" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E724" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F724" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G724" t="s">
         <v>2177</v>
       </c>
-      <c r="G724" t="s">
+      <c r="H724" t="s">
         <v>2178</v>
-      </c>
-[...1 lines deleted...]
-        <v>2179</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725">
-        <v>7421</v>
+        <v>7605</v>
       </c>
       <c r="B725">
         <v>2021</v>
       </c>
       <c r="C725">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="D725" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E725" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F725" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="G725" t="s">
         <v>2180</v>
       </c>
-      <c r="G725" t="s">
+      <c r="H725" t="s">
         <v>2181</v>
-      </c>
-[...1 lines deleted...]
-        <v>2182</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726">
-        <v>7384</v>
+        <v>7594</v>
       </c>
       <c r="B726">
         <v>2021</v>
       </c>
       <c r="C726">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D726" t="s">
-        <v>491</v>
+        <v>2182</v>
       </c>
       <c r="E726" t="s">
-        <v>492</v>
+        <v>2183</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="G726" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="H726" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727">
-        <v>7383</v>
+        <v>7590</v>
       </c>
       <c r="B727">
         <v>2021</v>
       </c>
       <c r="C727">
         <v>1</v>
       </c>
       <c r="D727" t="s">
-        <v>491</v>
+        <v>94</v>
       </c>
       <c r="E727" t="s">
-        <v>492</v>
+        <v>95</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="G727" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="H727" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728">
-        <v>7391</v>
+        <v>7589</v>
       </c>
       <c r="B728">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C728">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D728" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E728" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="G728" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="H728" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729">
-        <v>7374</v>
+        <v>7584</v>
       </c>
       <c r="B729">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C729">
-        <v>777</v>
+        <v>190</v>
       </c>
       <c r="D729" t="s">
         <v>8</v>
       </c>
       <c r="E729" t="s">
         <v>9</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="G729" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="H729" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730">
-        <v>7372</v>
+        <v>7581</v>
       </c>
       <c r="B730">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C730">
-        <v>769</v>
+        <v>166</v>
       </c>
       <c r="D730" t="s">
         <v>8</v>
       </c>
       <c r="E730" t="s">
         <v>9</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="G730" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="H730" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731">
-        <v>7364</v>
+        <v>7578</v>
       </c>
       <c r="B731">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C731">
-        <v>746</v>
+        <v>77</v>
       </c>
       <c r="D731" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E731" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="G731" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="H731" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732">
-        <v>7334</v>
+        <v>7567</v>
       </c>
       <c r="B732">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C732">
-        <v>741</v>
+        <v>117</v>
       </c>
       <c r="D732" t="s">
         <v>8</v>
       </c>
       <c r="E732" t="s">
         <v>9</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="G732" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="H732" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733">
-        <v>7309</v>
+        <v>7565</v>
       </c>
       <c r="B733">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C733">
-        <v>735</v>
+        <v>80</v>
       </c>
       <c r="D733" t="s">
         <v>8</v>
       </c>
       <c r="E733" t="s">
         <v>9</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="G733" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="H733" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734">
-        <v>7300</v>
+        <v>7563</v>
       </c>
       <c r="B734">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C734">
-        <v>718</v>
+        <v>89</v>
       </c>
       <c r="D734" t="s">
         <v>8</v>
       </c>
       <c r="E734" t="s">
         <v>9</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="G734" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="H734" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735">
-        <v>7298</v>
+        <v>7558</v>
       </c>
       <c r="B735">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C735">
-        <v>725</v>
+        <v>22</v>
       </c>
       <c r="D735" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E735" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="G735" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="H735" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736">
-        <v>7251</v>
+        <v>7555</v>
       </c>
       <c r="B736">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C736">
-        <v>674</v>
+        <v>39</v>
       </c>
       <c r="D736" t="s">
         <v>8</v>
       </c>
       <c r="E736" t="s">
         <v>9</v>
       </c>
       <c r="F736" s="1" t="s">
-        <v>2211</v>
+        <v>2214</v>
       </c>
       <c r="G736" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
       <c r="H736" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737">
-        <v>7236</v>
+        <v>7552</v>
       </c>
       <c r="B737">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C737">
-        <v>688</v>
+        <v>101</v>
       </c>
       <c r="D737" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E737" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="G737" t="s">
-        <v>2215</v>
+        <v>2218</v>
       </c>
       <c r="H737" t="s">
-        <v>2216</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738">
-        <v>7233</v>
+        <v>7550</v>
       </c>
       <c r="B738">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C738">
-        <v>679</v>
+        <v>111</v>
       </c>
       <c r="D738" t="s">
         <v>8</v>
       </c>
       <c r="E738" t="s">
         <v>9</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>2217</v>
+        <v>2220</v>
       </c>
       <c r="G738" t="s">
-        <v>2218</v>
+        <v>2221</v>
       </c>
       <c r="H738" t="s">
-        <v>2219</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739">
-        <v>7231</v>
+        <v>7539</v>
       </c>
       <c r="B739">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C739">
-        <v>669</v>
+        <v>63</v>
       </c>
       <c r="D739" t="s">
         <v>8</v>
       </c>
       <c r="E739" t="s">
         <v>9</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>2220</v>
+        <v>2223</v>
       </c>
       <c r="G739" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="H739" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740">
-        <v>7230</v>
+        <v>7537</v>
       </c>
       <c r="B740">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C740">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="D740" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E740" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F740" s="1" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="G740" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="H740" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741">
-        <v>7225</v>
+        <v>7535</v>
       </c>
       <c r="B741">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C741">
-        <v>518</v>
+        <v>95</v>
       </c>
       <c r="D741" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E741" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
       <c r="G741" t="s">
-        <v>2227</v>
+        <v>2230</v>
       </c>
       <c r="H741" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742">
-        <v>7212</v>
+        <v>7510</v>
       </c>
       <c r="B742">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C742">
-        <v>645</v>
+        <v>7</v>
       </c>
       <c r="D742" t="s">
         <v>8</v>
       </c>
       <c r="E742" t="s">
         <v>9</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>2229</v>
+        <v>2232</v>
       </c>
       <c r="G742" t="s">
-        <v>2230</v>
+        <v>2233</v>
       </c>
       <c r="H742" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743">
-        <v>7211</v>
+        <v>7503</v>
       </c>
       <c r="B743">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C743">
-        <v>5</v>
+        <v>72</v>
       </c>
       <c r="D743" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E743" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="G743" t="s">
-        <v>2233</v>
+        <v>2236</v>
       </c>
       <c r="H743" t="s">
-        <v>2234</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744">
-        <v>7208</v>
+        <v>7501</v>
       </c>
       <c r="B744">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C744">
-        <v>663</v>
+        <v>60</v>
       </c>
       <c r="D744" t="s">
         <v>8</v>
       </c>
       <c r="E744" t="s">
         <v>9</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="G744" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="H744" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745">
-        <v>7204</v>
+        <v>7499</v>
       </c>
       <c r="B745">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C745">
-        <v>637</v>
+        <v>10</v>
       </c>
       <c r="D745" t="s">
         <v>8</v>
       </c>
       <c r="E745" t="s">
         <v>9</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="G745" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="H745" t="s">
-        <v>2240</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746">
-        <v>7202</v>
+        <v>7494</v>
       </c>
       <c r="B746">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C746">
-        <v>658</v>
+        <v>1</v>
       </c>
       <c r="D746" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E746" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="G746" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="H746" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747">
-        <v>7198</v>
+        <v>7484</v>
       </c>
       <c r="B747">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C747">
-        <v>657</v>
+        <v>34</v>
       </c>
       <c r="D747" t="s">
         <v>8</v>
       </c>
       <c r="E747" t="s">
         <v>9</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="G747" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="H747" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748">
-        <v>7194</v>
+        <v>7482</v>
       </c>
       <c r="B748">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C748">
-        <v>638</v>
+        <v>44</v>
       </c>
       <c r="D748" t="s">
         <v>8</v>
       </c>
       <c r="E748" t="s">
         <v>9</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="G748" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="H748" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749">
-        <v>7175</v>
+        <v>7480</v>
       </c>
       <c r="B749">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C749">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D749" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E749" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="G749" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="H749" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750">
-        <v>7166</v>
+        <v>7478</v>
       </c>
       <c r="B750">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C750">
-        <v>598</v>
+        <v>78</v>
       </c>
       <c r="D750" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E750" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="G750" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="H750" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751">
-        <v>7151</v>
+        <v>7477</v>
       </c>
       <c r="B751">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C751">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D751" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E751" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="G751" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="H751" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752">
-        <v>7107</v>
+        <v>7475</v>
       </c>
       <c r="B752">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C752">
-        <v>622</v>
+        <v>61</v>
       </c>
       <c r="D752" t="s">
         <v>8</v>
       </c>
       <c r="E752" t="s">
         <v>9</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="G752" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="H752" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753">
-        <v>7103</v>
+        <v>7473</v>
       </c>
       <c r="B753">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C753">
-        <v>621</v>
+        <v>40</v>
       </c>
       <c r="D753" t="s">
         <v>8</v>
       </c>
       <c r="E753" t="s">
         <v>9</v>
       </c>
       <c r="F753" s="1" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="G753" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="H753" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754">
-        <v>7096</v>
+        <v>7471</v>
       </c>
       <c r="B754">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C754">
-        <v>567</v>
+        <v>41</v>
       </c>
       <c r="D754" t="s">
         <v>8</v>
       </c>
       <c r="E754" t="s">
         <v>9</v>
       </c>
       <c r="F754" s="1" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="G754" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="H754" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755">
-        <v>7077</v>
+        <v>7469</v>
       </c>
       <c r="B755">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C755">
-        <v>620</v>
+        <v>33</v>
       </c>
       <c r="D755" t="s">
         <v>8</v>
       </c>
       <c r="E755" t="s">
         <v>9</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="G755" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="H755" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756">
-        <v>7072</v>
+        <v>7445</v>
       </c>
       <c r="B756">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C756">
-        <v>593</v>
+        <v>16</v>
       </c>
       <c r="D756" t="s">
         <v>8</v>
       </c>
       <c r="E756" t="s">
         <v>9</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="G756" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="H756" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757">
-        <v>7052</v>
+        <v>7443</v>
       </c>
       <c r="B757">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C757">
-        <v>599</v>
+        <v>9</v>
       </c>
       <c r="D757" t="s">
         <v>8</v>
       </c>
       <c r="E757" t="s">
         <v>9</v>
       </c>
       <c r="F757" s="1" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="G757" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="H757" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758">
-        <v>7048</v>
+        <v>7441</v>
       </c>
       <c r="B758">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C758">
-        <v>615</v>
+        <v>28</v>
       </c>
       <c r="D758" t="s">
         <v>8</v>
       </c>
       <c r="E758" t="s">
         <v>9</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="G758" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="H758" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759">
-        <v>7028</v>
+        <v>7427</v>
       </c>
       <c r="B759">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C759">
-        <v>572</v>
+        <v>8</v>
       </c>
       <c r="D759" t="s">
         <v>8</v>
       </c>
       <c r="E759" t="s">
         <v>9</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="G759" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="H759" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760">
-        <v>6984</v>
+        <v>7425</v>
       </c>
       <c r="B760">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C760">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D760" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E760" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="G760" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="H760" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761">
-        <v>6950</v>
+        <v>7423</v>
       </c>
       <c r="B761">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C761">
-        <v>578</v>
+        <v>5</v>
       </c>
       <c r="D761" t="s">
         <v>8</v>
       </c>
       <c r="E761" t="s">
         <v>9</v>
       </c>
       <c r="F761" s="1" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="G761" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="H761" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762">
-        <v>6946</v>
+        <v>7421</v>
       </c>
       <c r="B762">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C762">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="D762" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E762" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="G762" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="H762" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763">
-        <v>6880</v>
+        <v>7384</v>
       </c>
       <c r="B763">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C763">
-        <v>546</v>
+        <v>2</v>
       </c>
       <c r="D763" t="s">
-        <v>8</v>
+        <v>602</v>
       </c>
       <c r="E763" t="s">
-        <v>9</v>
+        <v>603</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="G763" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="H763" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764">
-        <v>6694</v>
+        <v>7383</v>
       </c>
       <c r="B764">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C764">
-        <v>501</v>
+        <v>1</v>
       </c>
       <c r="D764" t="s">
-        <v>8</v>
+        <v>602</v>
       </c>
       <c r="E764" t="s">
-        <v>9</v>
+        <v>603</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="G764" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="H764" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765">
-        <v>6681</v>
+        <v>7391</v>
       </c>
       <c r="B765">
         <v>2020</v>
       </c>
       <c r="C765">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D765" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E765" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F765" s="1" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="G765" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="H765" t="s">
         <v>2300</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766">
-        <v>6676</v>
+        <v>7374</v>
       </c>
       <c r="B766">
         <v>2020</v>
       </c>
       <c r="C766">
-        <v>496</v>
+        <v>777</v>
       </c>
       <c r="D766" t="s">
         <v>8</v>
       </c>
       <c r="E766" t="s">
         <v>9</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>2301</v>
       </c>
       <c r="G766" t="s">
         <v>2302</v>
       </c>
       <c r="H766" t="s">
         <v>2303</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767">
-        <v>6635</v>
+        <v>7372</v>
       </c>
       <c r="B767">
         <v>2020</v>
       </c>
       <c r="C767">
-        <v>473</v>
+        <v>769</v>
       </c>
       <c r="D767" t="s">
         <v>8</v>
       </c>
       <c r="E767" t="s">
         <v>9</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>2304</v>
       </c>
       <c r="G767" t="s">
         <v>2305</v>
       </c>
       <c r="H767" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768">
-        <v>6633</v>
+        <v>7364</v>
       </c>
       <c r="B768">
         <v>2020</v>
       </c>
       <c r="C768">
-        <v>472</v>
+        <v>746</v>
       </c>
       <c r="D768" t="s">
         <v>8</v>
       </c>
       <c r="E768" t="s">
         <v>9</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>2307</v>
       </c>
       <c r="G768" t="s">
         <v>2308</v>
       </c>
       <c r="H768" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769">
-        <v>6473</v>
+        <v>7334</v>
       </c>
       <c r="B769">
         <v>2020</v>
       </c>
       <c r="C769">
-        <v>7</v>
+        <v>741</v>
       </c>
       <c r="D769" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E769" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>2310</v>
       </c>
       <c r="G769" t="s">
         <v>2311</v>
       </c>
       <c r="H769" t="s">
         <v>2312</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770">
-        <v>6468</v>
+        <v>7309</v>
       </c>
       <c r="B770">
         <v>2020</v>
       </c>
       <c r="C770">
-        <v>434</v>
+        <v>735</v>
       </c>
       <c r="D770" t="s">
         <v>8</v>
       </c>
       <c r="E770" t="s">
         <v>9</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>2313</v>
       </c>
       <c r="G770" t="s">
         <v>2314</v>
       </c>
       <c r="H770" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771">
-        <v>6442</v>
+        <v>7300</v>
       </c>
       <c r="B771">
         <v>2020</v>
       </c>
       <c r="C771">
-        <v>424</v>
+        <v>718</v>
       </c>
       <c r="D771" t="s">
         <v>8</v>
       </c>
       <c r="E771" t="s">
         <v>9</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>2316</v>
       </c>
       <c r="G771" t="s">
         <v>2317</v>
       </c>
       <c r="H771" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772">
-        <v>6372</v>
+        <v>7298</v>
       </c>
       <c r="B772">
         <v>2020</v>
       </c>
       <c r="C772">
-        <v>3</v>
+        <v>725</v>
       </c>
       <c r="D772" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E772" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>2319</v>
       </c>
       <c r="G772" t="s">
         <v>2320</v>
       </c>
       <c r="H772" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773">
-        <v>6364</v>
+        <v>7251</v>
       </c>
       <c r="B773">
         <v>2020</v>
       </c>
       <c r="C773">
-        <v>6</v>
+        <v>674</v>
       </c>
       <c r="D773" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E773" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>2322</v>
       </c>
       <c r="G773" t="s">
         <v>2323</v>
       </c>
       <c r="H773" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774">
-        <v>6358</v>
+        <v>7236</v>
       </c>
       <c r="B774">
         <v>2020</v>
       </c>
       <c r="C774">
-        <v>419</v>
+        <v>688</v>
       </c>
       <c r="D774" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E774" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>2325</v>
       </c>
       <c r="G774" t="s">
         <v>2326</v>
       </c>
       <c r="H774" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775">
-        <v>6337</v>
+        <v>7233</v>
       </c>
       <c r="B775">
         <v>2020</v>
       </c>
       <c r="C775">
-        <v>403</v>
+        <v>679</v>
       </c>
       <c r="D775" t="s">
         <v>8</v>
       </c>
       <c r="E775" t="s">
         <v>9</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>2328</v>
       </c>
       <c r="G775" t="s">
         <v>2329</v>
       </c>
       <c r="H775" t="s">
         <v>2330</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776">
-        <v>6260</v>
+        <v>7231</v>
       </c>
       <c r="B776">
         <v>2020</v>
       </c>
       <c r="C776">
-        <v>408</v>
+        <v>669</v>
       </c>
       <c r="D776" t="s">
         <v>8</v>
       </c>
       <c r="E776" t="s">
         <v>9</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>2331</v>
       </c>
       <c r="G776" t="s">
         <v>2332</v>
       </c>
       <c r="H776" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777">
-        <v>6258</v>
+        <v>7230</v>
       </c>
       <c r="B777">
         <v>2020</v>
       </c>
       <c r="C777">
-        <v>297</v>
+        <v>11</v>
       </c>
       <c r="D777" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E777" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>2334</v>
       </c>
       <c r="G777" t="s">
         <v>2335</v>
       </c>
       <c r="H777" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778">
-        <v>6252</v>
+        <v>7225</v>
       </c>
       <c r="B778">
         <v>2020</v>
       </c>
       <c r="C778">
-        <v>1</v>
+        <v>518</v>
       </c>
       <c r="D778" t="s">
+        <v>121</v>
+      </c>
+      <c r="E778" t="s">
+        <v>122</v>
+      </c>
+      <c r="F778" s="1" t="s">
         <v>2337</v>
-      </c>
-[...4 lines deleted...]
-        <v>2339</v>
       </c>
       <c r="G778" t="s">
         <v>2338</v>
       </c>
       <c r="H778" t="s">
-        <v>2340</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779">
-        <v>6247</v>
+        <v>7212</v>
       </c>
       <c r="B779">
         <v>2020</v>
       </c>
       <c r="C779">
-        <v>305</v>
+        <v>645</v>
       </c>
       <c r="D779" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E779" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F779" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="G779" t="s">
         <v>2341</v>
       </c>
-      <c r="G779" t="s">
+      <c r="H779" t="s">
         <v>2342</v>
-      </c>
-[...1 lines deleted...]
-        <v>2343</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780">
-        <v>6239</v>
+        <v>7211</v>
       </c>
       <c r="B780">
         <v>2020</v>
       </c>
       <c r="C780">
-        <v>367</v>
+        <v>5</v>
       </c>
       <c r="D780" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E780" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F780" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G780" t="s">
         <v>2344</v>
       </c>
-      <c r="G780" t="s">
+      <c r="H780" t="s">
         <v>2345</v>
-      </c>
-[...1 lines deleted...]
-        <v>2346</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781">
-        <v>6218</v>
+        <v>7208</v>
       </c>
       <c r="B781">
         <v>2020</v>
       </c>
       <c r="C781">
-        <v>378</v>
+        <v>663</v>
       </c>
       <c r="D781" t="s">
         <v>8</v>
       </c>
       <c r="E781" t="s">
         <v>9</v>
       </c>
       <c r="F781" s="1" t="s">
+        <v>2346</v>
+      </c>
+      <c r="G781" t="s">
         <v>2347</v>
       </c>
-      <c r="G781" t="s">
+      <c r="H781" t="s">
         <v>2348</v>
-      </c>
-[...1 lines deleted...]
-        <v>2349</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782">
-        <v>6210</v>
+        <v>7204</v>
       </c>
       <c r="B782">
         <v>2020</v>
       </c>
       <c r="C782">
-        <v>348</v>
+        <v>637</v>
       </c>
       <c r="D782" t="s">
         <v>8</v>
       </c>
       <c r="E782" t="s">
         <v>9</v>
       </c>
       <c r="F782" s="1" t="s">
+        <v>2349</v>
+      </c>
+      <c r="G782" t="s">
         <v>2350</v>
       </c>
-      <c r="G782" t="s">
+      <c r="H782" t="s">
         <v>2351</v>
-      </c>
-[...1 lines deleted...]
-        <v>2352</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783">
-        <v>6195</v>
+        <v>7202</v>
       </c>
       <c r="B783">
         <v>2020</v>
       </c>
       <c r="C783">
-        <v>326</v>
+        <v>658</v>
       </c>
       <c r="D783" t="s">
         <v>8</v>
       </c>
       <c r="E783" t="s">
         <v>9</v>
       </c>
       <c r="F783" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="G783" t="s">
         <v>2353</v>
       </c>
-      <c r="G783" t="s">
+      <c r="H783" t="s">
         <v>2354</v>
-      </c>
-[...1 lines deleted...]
-        <v>2355</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784">
-        <v>6165</v>
+        <v>7198</v>
       </c>
       <c r="B784">
         <v>2020</v>
       </c>
       <c r="C784">
-        <v>351</v>
+        <v>657</v>
       </c>
       <c r="D784" t="s">
         <v>8</v>
       </c>
       <c r="E784" t="s">
         <v>9</v>
       </c>
       <c r="F784" s="1" t="s">
+        <v>2355</v>
+      </c>
+      <c r="G784" t="s">
         <v>2356</v>
       </c>
-      <c r="G784" t="s">
+      <c r="H784" t="s">
         <v>2357</v>
-      </c>
-[...1 lines deleted...]
-        <v>2358</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785">
-        <v>6150</v>
+        <v>7194</v>
       </c>
       <c r="B785">
         <v>2020</v>
       </c>
       <c r="C785">
-        <v>5</v>
+        <v>638</v>
       </c>
       <c r="D785" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E785" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F785" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="G785" t="s">
         <v>2359</v>
       </c>
-      <c r="G785" t="s">
+      <c r="H785" t="s">
         <v>2360</v>
-      </c>
-[...1 lines deleted...]
-        <v>2361</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786">
-        <v>6149</v>
+        <v>7175</v>
       </c>
       <c r="B786">
         <v>2020</v>
       </c>
       <c r="C786">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D786" t="s">
+        <v>94</v>
+      </c>
+      <c r="E786" t="s">
+        <v>95</v>
+      </c>
+      <c r="F786" s="1" t="s">
+        <v>2361</v>
+      </c>
+      <c r="G786" t="s">
         <v>2362</v>
       </c>
-      <c r="E786" t="s">
+      <c r="H786" t="s">
         <v>2363</v>
-      </c>
-[...7 lines deleted...]
-        <v>2366</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787">
-        <v>6148</v>
+        <v>7166</v>
       </c>
       <c r="B787">
         <v>2020</v>
       </c>
       <c r="C787">
-        <v>4</v>
+        <v>598</v>
       </c>
       <c r="D787" t="s">
-        <v>2362</v>
+        <v>121</v>
       </c>
       <c r="E787" t="s">
-        <v>2363</v>
+        <v>122</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>2367</v>
+        <v>2364</v>
       </c>
       <c r="G787" t="s">
-        <v>2368</v>
+        <v>2365</v>
       </c>
       <c r="H787" t="s">
-        <v>2369</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788">
-        <v>6142</v>
+        <v>7151</v>
       </c>
       <c r="B788">
         <v>2020</v>
       </c>
       <c r="C788">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D788" t="s">
-        <v>2370</v>
+        <v>640</v>
       </c>
       <c r="E788" t="s">
-        <v>2371</v>
+        <v>641</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>2372</v>
+        <v>2367</v>
       </c>
       <c r="G788" t="s">
-        <v>2373</v>
+        <v>2368</v>
       </c>
       <c r="H788" t="s">
-        <v>2374</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789">
-        <v>6140</v>
+        <v>7107</v>
       </c>
       <c r="B789">
         <v>2020</v>
       </c>
       <c r="C789">
-        <v>1</v>
+        <v>622</v>
       </c>
       <c r="D789" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E789" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F789" s="1" t="s">
-        <v>2375</v>
+        <v>2370</v>
       </c>
       <c r="G789" t="s">
-        <v>2376</v>
+        <v>2371</v>
       </c>
       <c r="H789" t="s">
-        <v>2377</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790">
-        <v>6115</v>
+        <v>7103</v>
       </c>
       <c r="B790">
         <v>2020</v>
       </c>
       <c r="C790">
-        <v>346</v>
+        <v>621</v>
       </c>
       <c r="D790" t="s">
         <v>8</v>
       </c>
       <c r="E790" t="s">
         <v>9</v>
       </c>
       <c r="F790" s="1" t="s">
-        <v>2378</v>
+        <v>2373</v>
       </c>
       <c r="G790" t="s">
-        <v>2379</v>
+        <v>2374</v>
       </c>
       <c r="H790" t="s">
-        <v>1551</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791">
-        <v>6113</v>
+        <v>7096</v>
       </c>
       <c r="B791">
         <v>2020</v>
       </c>
       <c r="C791">
-        <v>341</v>
+        <v>567</v>
       </c>
       <c r="D791" t="s">
         <v>8</v>
       </c>
       <c r="E791" t="s">
         <v>9</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>2380</v>
+        <v>2376</v>
       </c>
       <c r="G791" t="s">
-        <v>2381</v>
+        <v>2377</v>
       </c>
       <c r="H791" t="s">
-        <v>2382</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792">
-        <v>6063</v>
+        <v>7077</v>
       </c>
       <c r="B792">
         <v>2020</v>
       </c>
       <c r="C792">
-        <v>332</v>
+        <v>620</v>
       </c>
       <c r="D792" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E792" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F792" s="1" t="s">
-        <v>2383</v>
+        <v>2379</v>
       </c>
       <c r="G792" t="s">
-        <v>2384</v>
+        <v>2380</v>
       </c>
       <c r="H792" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793">
-        <v>6057</v>
+        <v>7072</v>
       </c>
       <c r="B793">
         <v>2020</v>
       </c>
       <c r="C793">
-        <v>177</v>
+        <v>593</v>
       </c>
       <c r="D793" t="s">
         <v>8</v>
       </c>
       <c r="E793" t="s">
         <v>9</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>2386</v>
+        <v>2382</v>
       </c>
       <c r="G793" t="s">
-        <v>2387</v>
+        <v>2383</v>
       </c>
       <c r="H793" t="s">
-        <v>2388</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794">
-        <v>6053</v>
+        <v>7052</v>
       </c>
       <c r="B794">
         <v>2020</v>
       </c>
       <c r="C794">
-        <v>331</v>
+        <v>599</v>
       </c>
       <c r="D794" t="s">
         <v>8</v>
       </c>
       <c r="E794" t="s">
         <v>9</v>
       </c>
       <c r="F794" s="1" t="s">
-        <v>2389</v>
+        <v>2385</v>
       </c>
       <c r="G794" t="s">
-        <v>2390</v>
+        <v>2386</v>
       </c>
       <c r="H794" t="s">
-        <v>2391</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795">
-        <v>6039</v>
+        <v>7048</v>
       </c>
       <c r="B795">
         <v>2020</v>
       </c>
       <c r="C795">
-        <v>307</v>
+        <v>615</v>
       </c>
       <c r="D795" t="s">
         <v>8</v>
       </c>
       <c r="E795" t="s">
         <v>9</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>2392</v>
+        <v>2388</v>
       </c>
       <c r="G795" t="s">
-        <v>2393</v>
+        <v>2389</v>
       </c>
       <c r="H795" t="s">
-        <v>2394</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796">
-        <v>6031</v>
+        <v>7028</v>
       </c>
       <c r="B796">
         <v>2020</v>
       </c>
       <c r="C796">
-        <v>312</v>
+        <v>572</v>
       </c>
       <c r="D796" t="s">
         <v>8</v>
       </c>
       <c r="E796" t="s">
         <v>9</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
       <c r="G796" t="s">
-        <v>2396</v>
+        <v>2392</v>
       </c>
       <c r="H796" t="s">
-        <v>2397</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797">
-        <v>6027</v>
+        <v>6984</v>
       </c>
       <c r="B797">
         <v>2020</v>
       </c>
       <c r="C797">
-        <v>282</v>
+        <v>9</v>
       </c>
       <c r="D797" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E797" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="G797" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="H797" t="s">
-        <v>2400</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798">
-        <v>6026</v>
+        <v>6950</v>
       </c>
       <c r="B798">
         <v>2020</v>
       </c>
       <c r="C798">
-        <v>4</v>
+        <v>578</v>
       </c>
       <c r="D798" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E798" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
       <c r="G798" t="s">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="H798" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799">
-        <v>6014</v>
+        <v>6946</v>
       </c>
       <c r="B799">
         <v>2020</v>
       </c>
       <c r="C799">
-        <v>276</v>
+        <v>2</v>
       </c>
       <c r="D799" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E799" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="G799" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
       <c r="H799" t="s">
-        <v>2406</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800">
-        <v>6012</v>
+        <v>6880</v>
       </c>
       <c r="B800">
         <v>2020</v>
       </c>
       <c r="C800">
-        <v>302</v>
+        <v>546</v>
       </c>
       <c r="D800" t="s">
         <v>8</v>
       </c>
       <c r="E800" t="s">
         <v>9</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
       <c r="G800" t="s">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="H800" t="s">
-        <v>2409</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801">
-        <v>6006</v>
+        <v>6694</v>
       </c>
       <c r="B801">
         <v>2020</v>
       </c>
       <c r="C801">
-        <v>292</v>
+        <v>501</v>
       </c>
       <c r="D801" t="s">
         <v>8</v>
       </c>
       <c r="E801" t="s">
         <v>9</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
       <c r="G801" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="H801" t="s">
-        <v>2412</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802">
-        <v>6003</v>
+        <v>6681</v>
       </c>
       <c r="B802">
         <v>2020</v>
       </c>
       <c r="C802">
-        <v>291</v>
+        <v>8</v>
       </c>
       <c r="D802" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E802" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="G802" t="s">
-        <v>2414</v>
+        <v>2410</v>
       </c>
       <c r="H802" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803">
-        <v>5998</v>
+        <v>6676</v>
       </c>
       <c r="B803">
         <v>2020</v>
       </c>
       <c r="C803">
-        <v>290</v>
+        <v>496</v>
       </c>
       <c r="D803" t="s">
         <v>8</v>
       </c>
       <c r="E803" t="s">
         <v>9</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
       <c r="G803" t="s">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="H803" t="s">
-        <v>2418</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804">
-        <v>5990</v>
+        <v>6635</v>
       </c>
       <c r="B804">
         <v>2020</v>
       </c>
       <c r="C804">
-        <v>275</v>
+        <v>473</v>
       </c>
       <c r="D804" t="s">
         <v>8</v>
       </c>
       <c r="E804" t="s">
         <v>9</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="G804" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="H804" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805">
-        <v>5987</v>
+        <v>6633</v>
       </c>
       <c r="B805">
         <v>2020</v>
       </c>
       <c r="C805">
-        <v>277</v>
+        <v>472</v>
       </c>
       <c r="D805" t="s">
         <v>8</v>
       </c>
       <c r="E805" t="s">
         <v>9</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="G805" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="H805" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806">
-        <v>5985</v>
+        <v>6473</v>
       </c>
       <c r="B806">
         <v>2020</v>
       </c>
       <c r="C806">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="D806" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E806" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="G806" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
       <c r="H806" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807">
-        <v>5979</v>
+        <v>6468</v>
       </c>
       <c r="B807">
         <v>2020</v>
       </c>
       <c r="C807">
-        <v>285</v>
+        <v>434</v>
       </c>
       <c r="D807" t="s">
         <v>8</v>
       </c>
       <c r="E807" t="s">
         <v>9</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="G807" t="s">
-        <v>2429</v>
+        <v>2425</v>
       </c>
       <c r="H807" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808">
-        <v>5950</v>
+        <v>6442</v>
       </c>
       <c r="B808">
         <v>2020</v>
       </c>
       <c r="C808">
-        <v>268</v>
+        <v>424</v>
       </c>
       <c r="D808" t="s">
         <v>8</v>
       </c>
       <c r="E808" t="s">
         <v>9</v>
       </c>
       <c r="F808" s="1" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
       <c r="G808" t="s">
-        <v>2432</v>
+        <v>2428</v>
       </c>
       <c r="H808" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809">
-        <v>5938</v>
+        <v>6372</v>
       </c>
       <c r="B809">
         <v>2020</v>
       </c>
       <c r="C809">
-        <v>222</v>
+        <v>3</v>
       </c>
       <c r="D809" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E809" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
       <c r="G809" t="s">
-        <v>2435</v>
+        <v>2431</v>
       </c>
       <c r="H809" t="s">
-        <v>2436</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810">
-        <v>5937</v>
+        <v>6364</v>
       </c>
       <c r="B810">
         <v>2020</v>
       </c>
       <c r="C810">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D810" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E810" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="G810" t="s">
-        <v>2438</v>
+        <v>2434</v>
       </c>
       <c r="H810" t="s">
-        <v>2439</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811">
-        <v>5933</v>
+        <v>6358</v>
       </c>
       <c r="B811">
         <v>2020</v>
       </c>
       <c r="C811">
-        <v>2</v>
+        <v>419</v>
       </c>
       <c r="D811" t="s">
-        <v>203</v>
+        <v>121</v>
       </c>
       <c r="E811" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>2440</v>
+        <v>2436</v>
       </c>
       <c r="G811" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="H811" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812">
-        <v>5901</v>
+        <v>6337</v>
       </c>
       <c r="B812">
         <v>2020</v>
       </c>
       <c r="C812">
-        <v>224</v>
+        <v>403</v>
       </c>
       <c r="D812" t="s">
         <v>8</v>
       </c>
       <c r="E812" t="s">
         <v>9</v>
       </c>
       <c r="F812" s="1" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="G812" t="s">
-        <v>2444</v>
+        <v>2440</v>
       </c>
       <c r="H812" t="s">
-        <v>2445</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813">
-        <v>5897</v>
+        <v>6260</v>
       </c>
       <c r="B813">
         <v>2020</v>
       </c>
       <c r="C813">
-        <v>28</v>
+        <v>408</v>
       </c>
       <c r="D813" t="s">
         <v>8</v>
       </c>
       <c r="E813" t="s">
         <v>9</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
       <c r="G813" t="s">
-        <v>2447</v>
+        <v>2443</v>
       </c>
       <c r="H813" t="s">
-        <v>2448</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814">
-        <v>5895</v>
+        <v>6258</v>
       </c>
       <c r="B814">
         <v>2020</v>
       </c>
       <c r="C814">
-        <v>140</v>
+        <v>297</v>
       </c>
       <c r="D814" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E814" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F814" s="1" t="s">
-        <v>2449</v>
+        <v>2445</v>
       </c>
       <c r="G814" t="s">
-        <v>2450</v>
+        <v>2446</v>
       </c>
       <c r="H814" t="s">
-        <v>2451</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815">
-        <v>5886</v>
+        <v>6252</v>
       </c>
       <c r="B815">
         <v>2020</v>
       </c>
       <c r="C815">
-        <v>223</v>
+        <v>1</v>
       </c>
       <c r="D815" t="s">
-        <v>8</v>
+        <v>2448</v>
       </c>
       <c r="E815" t="s">
-        <v>9</v>
+        <v>2449</v>
       </c>
       <c r="F815" s="1" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
       <c r="G815" t="s">
-        <v>2453</v>
+        <v>2449</v>
       </c>
       <c r="H815" t="s">
-        <v>2454</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816">
-        <v>5873</v>
+        <v>6247</v>
       </c>
       <c r="B816">
         <v>2020</v>
       </c>
       <c r="C816">
-        <v>192</v>
+        <v>305</v>
       </c>
       <c r="D816" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E816" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>2455</v>
+        <v>2452</v>
       </c>
       <c r="G816" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
       <c r="H816" t="s">
-        <v>2457</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817">
-        <v>5871</v>
+        <v>6239</v>
       </c>
       <c r="B817">
         <v>2020</v>
       </c>
       <c r="C817">
-        <v>184</v>
+        <v>367</v>
       </c>
       <c r="D817" t="s">
         <v>8</v>
       </c>
       <c r="E817" t="s">
         <v>9</v>
       </c>
       <c r="F817" s="1" t="s">
-        <v>2458</v>
+        <v>2455</v>
       </c>
       <c r="G817" t="s">
-        <v>2459</v>
+        <v>2456</v>
       </c>
       <c r="H817" t="s">
-        <v>2460</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818">
-        <v>5869</v>
+        <v>6218</v>
       </c>
       <c r="B818">
         <v>2020</v>
       </c>
       <c r="C818">
-        <v>204</v>
+        <v>378</v>
       </c>
       <c r="D818" t="s">
         <v>8</v>
       </c>
       <c r="E818" t="s">
         <v>9</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>2461</v>
+        <v>2458</v>
       </c>
       <c r="G818" t="s">
-        <v>2462</v>
+        <v>2459</v>
       </c>
       <c r="H818" t="s">
-        <v>2463</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819">
-        <v>5868</v>
+        <v>6210</v>
       </c>
       <c r="B819">
         <v>2020</v>
       </c>
       <c r="C819">
-        <v>1</v>
+        <v>348</v>
       </c>
       <c r="D819" t="s">
-        <v>1136</v>
+        <v>8</v>
       </c>
       <c r="E819" t="s">
-        <v>2464</v>
+        <v>9</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>2465</v>
+        <v>2461</v>
       </c>
       <c r="G819" t="s">
-        <v>2466</v>
+        <v>2462</v>
       </c>
       <c r="H819" t="s">
-        <v>2467</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820">
-        <v>5866</v>
+        <v>6195</v>
       </c>
       <c r="B820">
         <v>2020</v>
       </c>
       <c r="C820">
-        <v>165</v>
+        <v>326</v>
       </c>
       <c r="D820" t="s">
         <v>8</v>
       </c>
       <c r="E820" t="s">
         <v>9</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>2468</v>
+        <v>2464</v>
       </c>
       <c r="G820" t="s">
-        <v>2469</v>
+        <v>2465</v>
       </c>
       <c r="H820" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821">
-        <v>5856</v>
+        <v>6165</v>
       </c>
       <c r="B821">
         <v>2020</v>
       </c>
       <c r="C821">
-        <v>2</v>
+        <v>351</v>
       </c>
       <c r="D821" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E821" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>2471</v>
+        <v>2467</v>
       </c>
       <c r="G821" t="s">
-        <v>2472</v>
+        <v>2468</v>
       </c>
       <c r="H821" t="s">
-        <v>2473</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822">
-        <v>5848</v>
+        <v>6150</v>
       </c>
       <c r="B822">
         <v>2020</v>
       </c>
       <c r="C822">
-        <v>159</v>
+        <v>5</v>
       </c>
       <c r="D822" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E822" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>2474</v>
+        <v>2470</v>
       </c>
       <c r="G822" t="s">
-        <v>2475</v>
+        <v>2471</v>
       </c>
       <c r="H822" t="s">
-        <v>2043</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823">
-        <v>5840</v>
+        <v>6149</v>
       </c>
       <c r="B823">
         <v>2020</v>
       </c>
       <c r="C823">
-        <v>1165</v>
+        <v>5</v>
       </c>
       <c r="D823" t="s">
-        <v>2071</v>
+        <v>2473</v>
       </c>
       <c r="E823" t="s">
-        <v>2072</v>
+        <v>2474</v>
       </c>
       <c r="F823" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G823" t="s">
         <v>2476</v>
       </c>
-      <c r="G823" t="s">
+      <c r="H823" t="s">
         <v>2477</v>
-      </c>
-[...1 lines deleted...]
-        <v>2478</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824">
-        <v>5830</v>
+        <v>6148</v>
       </c>
       <c r="B824">
         <v>2020</v>
       </c>
       <c r="C824">
-        <v>170</v>
+        <v>4</v>
       </c>
       <c r="D824" t="s">
-        <v>8</v>
+        <v>2473</v>
       </c>
       <c r="E824" t="s">
-        <v>9</v>
+        <v>2474</v>
       </c>
       <c r="F824" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="G824" t="s">
         <v>2479</v>
       </c>
-      <c r="G824" t="s">
+      <c r="H824" t="s">
         <v>2480</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825">
-        <v>5823</v>
+        <v>6142</v>
       </c>
       <c r="B825">
         <v>2020</v>
       </c>
       <c r="C825">
-        <v>134</v>
+        <v>1</v>
       </c>
       <c r="D825" t="s">
-        <v>8</v>
+        <v>2481</v>
       </c>
       <c r="E825" t="s">
-        <v>9</v>
+        <v>2482</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="G825" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="H825" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826">
-        <v>5818</v>
+        <v>6140</v>
       </c>
       <c r="B826">
         <v>2020</v>
       </c>
       <c r="C826">
-        <v>106</v>
+        <v>1</v>
       </c>
       <c r="D826" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E826" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="G826" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="H826" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827">
-        <v>5816</v>
+        <v>6115</v>
       </c>
       <c r="B827">
         <v>2020</v>
       </c>
       <c r="C827">
-        <v>68</v>
+        <v>346</v>
       </c>
       <c r="D827" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E827" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="G827" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="H827" t="s">
-        <v>2490</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828">
-        <v>5800</v>
+        <v>6113</v>
       </c>
       <c r="B828">
         <v>2020</v>
       </c>
       <c r="C828">
-        <v>117</v>
+        <v>341</v>
       </c>
       <c r="D828" t="s">
         <v>8</v>
       </c>
       <c r="E828" t="s">
         <v>9</v>
       </c>
       <c r="F828" s="1" t="s">
         <v>2491</v>
       </c>
       <c r="G828" t="s">
         <v>2492</v>
       </c>
       <c r="H828" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829">
-        <v>5796</v>
+        <v>6063</v>
       </c>
       <c r="B829">
         <v>2020</v>
       </c>
       <c r="C829">
-        <v>146</v>
+        <v>332</v>
       </c>
       <c r="D829" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E829" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F829" s="1" t="s">
         <v>2494</v>
       </c>
       <c r="G829" t="s">
         <v>2495</v>
       </c>
       <c r="H829" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830">
-        <v>5793</v>
+        <v>6057</v>
       </c>
       <c r="B830">
         <v>2020</v>
       </c>
       <c r="C830">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="D830" t="s">
         <v>8</v>
       </c>
       <c r="E830" t="s">
         <v>9</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>2497</v>
       </c>
       <c r="G830" t="s">
         <v>2498</v>
       </c>
       <c r="H830" t="s">
         <v>2499</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831">
-        <v>5790</v>
+        <v>6053</v>
       </c>
       <c r="B831">
         <v>2020</v>
       </c>
       <c r="C831">
-        <v>132</v>
+        <v>331</v>
       </c>
       <c r="D831" t="s">
         <v>8</v>
       </c>
       <c r="E831" t="s">
         <v>9</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>2500</v>
       </c>
       <c r="G831" t="s">
         <v>2501</v>
       </c>
       <c r="H831" t="s">
         <v>2502</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832">
-        <v>5787</v>
+        <v>6039</v>
       </c>
       <c r="B832">
         <v>2020</v>
       </c>
       <c r="C832">
-        <v>74</v>
+        <v>307</v>
       </c>
       <c r="D832" t="s">
         <v>8</v>
       </c>
       <c r="E832" t="s">
         <v>9</v>
       </c>
       <c r="F832" s="1" t="s">
         <v>2503</v>
       </c>
       <c r="G832" t="s">
         <v>2504</v>
       </c>
       <c r="H832" t="s">
         <v>2505</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833">
-        <v>5770</v>
+        <v>6031</v>
       </c>
       <c r="B833">
         <v>2020</v>
       </c>
       <c r="C833">
-        <v>120</v>
+        <v>312</v>
       </c>
       <c r="D833" t="s">
         <v>8</v>
       </c>
       <c r="E833" t="s">
         <v>9</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>2506</v>
       </c>
       <c r="G833" t="s">
         <v>2507</v>
       </c>
       <c r="H833" t="s">
         <v>2508</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834">
-        <v>5765</v>
+        <v>6027</v>
       </c>
       <c r="B834">
         <v>2020</v>
       </c>
       <c r="C834">
-        <v>126</v>
+        <v>282</v>
       </c>
       <c r="D834" t="s">
         <v>8</v>
       </c>
       <c r="E834" t="s">
         <v>9</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>2509</v>
       </c>
       <c r="G834" t="s">
         <v>2510</v>
       </c>
       <c r="H834" t="s">
         <v>2511</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835">
-        <v>5758</v>
+        <v>6026</v>
       </c>
       <c r="B835">
         <v>2020</v>
       </c>
       <c r="C835">
-        <v>75</v>
+        <v>4</v>
       </c>
       <c r="D835" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E835" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>2512</v>
       </c>
       <c r="G835" t="s">
         <v>2513</v>
       </c>
       <c r="H835" t="s">
         <v>2514</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836">
-        <v>5757</v>
+        <v>6014</v>
       </c>
       <c r="B836">
         <v>2020</v>
       </c>
       <c r="C836">
-        <v>111</v>
+        <v>276</v>
       </c>
       <c r="D836" t="s">
         <v>8</v>
       </c>
       <c r="E836" t="s">
         <v>9</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>2515</v>
       </c>
       <c r="G836" t="s">
         <v>2516</v>
       </c>
       <c r="H836" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837">
-        <v>5755</v>
+        <v>6012</v>
       </c>
       <c r="B837">
         <v>2020</v>
       </c>
       <c r="C837">
-        <v>95</v>
+        <v>302</v>
       </c>
       <c r="D837" t="s">
         <v>8</v>
       </c>
       <c r="E837" t="s">
         <v>9</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>2518</v>
       </c>
       <c r="G837" t="s">
         <v>2519</v>
       </c>
       <c r="H837" t="s">
         <v>2520</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838">
-        <v>5752</v>
+        <v>6006</v>
       </c>
       <c r="B838">
         <v>2020</v>
       </c>
       <c r="C838">
-        <v>1</v>
+        <v>292</v>
       </c>
       <c r="D838" t="s">
+        <v>8</v>
+      </c>
+      <c r="E838" t="s">
+        <v>9</v>
+      </c>
+      <c r="F838" s="1" t="s">
         <v>2521</v>
       </c>
-      <c r="E838" t="s">
+      <c r="G838" t="s">
         <v>2522</v>
       </c>
-      <c r="F838" s="1" t="s">
+      <c r="H838" t="s">
         <v>2523</v>
-      </c>
-[...4 lines deleted...]
-        <v>2525</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839">
-        <v>5744</v>
+        <v>6003</v>
       </c>
       <c r="B839">
         <v>2020</v>
       </c>
       <c r="C839">
-        <v>55</v>
+        <v>291</v>
       </c>
       <c r="D839" t="s">
         <v>8</v>
       </c>
       <c r="E839" t="s">
         <v>9</v>
       </c>
       <c r="F839" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="G839" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H839" t="s">
         <v>2526</v>
-      </c>
-[...4 lines deleted...]
-        <v>2528</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840">
-        <v>5732</v>
+        <v>5998</v>
       </c>
       <c r="B840">
         <v>2020</v>
       </c>
       <c r="C840">
-        <v>45</v>
+        <v>290</v>
       </c>
       <c r="D840" t="s">
         <v>8</v>
       </c>
       <c r="E840" t="s">
         <v>9</v>
       </c>
       <c r="F840" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="G840" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H840" t="s">
         <v>2529</v>
-      </c>
-[...4 lines deleted...]
-        <v>2531</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841">
-        <v>5730</v>
+        <v>5990</v>
       </c>
       <c r="B841">
         <v>2020</v>
       </c>
       <c r="C841">
-        <v>94</v>
+        <v>275</v>
       </c>
       <c r="D841" t="s">
         <v>8</v>
       </c>
       <c r="E841" t="s">
         <v>9</v>
       </c>
       <c r="F841" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G841" t="s">
+        <v>2531</v>
+      </c>
+      <c r="H841" t="s">
         <v>2532</v>
-      </c>
-[...4 lines deleted...]
-        <v>2534</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842">
-        <v>5690</v>
+        <v>5987</v>
       </c>
       <c r="B842">
         <v>2020</v>
       </c>
       <c r="C842">
-        <v>1</v>
+        <v>277</v>
       </c>
       <c r="D842" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E842" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F842" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="G842" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H842" t="s">
         <v>2535</v>
-      </c>
-[...4 lines deleted...]
-        <v>2537</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843">
-        <v>5671</v>
+        <v>5985</v>
       </c>
       <c r="B843">
         <v>2020</v>
       </c>
       <c r="C843">
-        <v>44</v>
+        <v>274</v>
       </c>
       <c r="D843" t="s">
         <v>8</v>
       </c>
       <c r="E843" t="s">
         <v>9</v>
       </c>
       <c r="F843" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="G843" t="s">
+        <v>2537</v>
+      </c>
+      <c r="H843" t="s">
         <v>2538</v>
-      </c>
-[...4 lines deleted...]
-        <v>2540</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844">
-        <v>5659</v>
+        <v>5979</v>
       </c>
       <c r="B844">
         <v>2020</v>
       </c>
       <c r="C844">
-        <v>22</v>
+        <v>285</v>
       </c>
       <c r="D844" t="s">
         <v>8</v>
       </c>
       <c r="E844" t="s">
         <v>9</v>
       </c>
       <c r="F844" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="G844" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H844" t="s">
         <v>2541</v>
-      </c>
-[...4 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845">
-        <v>5653</v>
+        <v>5950</v>
       </c>
       <c r="B845">
         <v>2020</v>
       </c>
       <c r="C845">
-        <v>11</v>
+        <v>268</v>
       </c>
       <c r="D845" t="s">
         <v>8</v>
       </c>
       <c r="E845" t="s">
         <v>9</v>
       </c>
       <c r="F845" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="G845" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H845" t="s">
         <v>2544</v>
-      </c>
-[...4 lines deleted...]
-        <v>2546</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846">
-        <v>5646</v>
+        <v>5938</v>
       </c>
       <c r="B846">
         <v>2020</v>
       </c>
       <c r="C846">
-        <v>8</v>
+        <v>222</v>
       </c>
       <c r="D846" t="s">
         <v>8</v>
       </c>
       <c r="E846" t="s">
         <v>9</v>
       </c>
       <c r="F846" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="G846" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H846" t="s">
         <v>2547</v>
-      </c>
-[...4 lines deleted...]
-        <v>2549</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847">
-        <v>5616</v>
+        <v>5937</v>
       </c>
       <c r="B847">
         <v>2020</v>
       </c>
       <c r="C847">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D847" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E847" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F847" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="G847" t="s">
+        <v>2549</v>
+      </c>
+      <c r="H847" t="s">
         <v>2550</v>
-      </c>
-[...4 lines deleted...]
-        <v>2552</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848">
-        <v>5613</v>
+        <v>5933</v>
       </c>
       <c r="B848">
         <v>2020</v>
       </c>
       <c r="C848">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D848" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E848" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F848" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="G848" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H848" t="s">
         <v>2553</v>
-      </c>
-[...4 lines deleted...]
-        <v>2555</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849">
-        <v>5599</v>
+        <v>5901</v>
       </c>
       <c r="B849">
         <v>2020</v>
       </c>
       <c r="C849">
-        <v>29</v>
+        <v>224</v>
       </c>
       <c r="D849" t="s">
         <v>8</v>
       </c>
       <c r="E849" t="s">
         <v>9</v>
       </c>
       <c r="F849" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G849" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H849" t="s">
         <v>2556</v>
-      </c>
-[...4 lines deleted...]
-        <v>2558</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850">
-        <v>5593</v>
+        <v>5897</v>
       </c>
       <c r="B850">
         <v>2020</v>
       </c>
       <c r="C850">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D850" t="s">
         <v>8</v>
       </c>
       <c r="E850" t="s">
         <v>9</v>
       </c>
       <c r="F850" s="1" t="s">
+        <v>2557</v>
+      </c>
+      <c r="G850" t="s">
+        <v>2558</v>
+      </c>
+      <c r="H850" t="s">
         <v>2559</v>
-      </c>
-[...4 lines deleted...]
-        <v>2561</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851">
-        <v>5590</v>
+        <v>5895</v>
       </c>
       <c r="B851">
         <v>2020</v>
       </c>
       <c r="C851">
-        <v>12</v>
+        <v>140</v>
       </c>
       <c r="D851" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E851" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F851" s="1" t="s">
+        <v>2560</v>
+      </c>
+      <c r="G851" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H851" t="s">
         <v>2562</v>
-      </c>
-[...4 lines deleted...]
-        <v>2564</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852">
-        <v>5589</v>
+        <v>5886</v>
       </c>
       <c r="B852">
         <v>2020</v>
       </c>
       <c r="C852">
-        <v>1</v>
+        <v>223</v>
       </c>
       <c r="D852" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E852" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F852" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="G852" t="s">
+        <v>2564</v>
+      </c>
+      <c r="H852" t="s">
         <v>2565</v>
-      </c>
-[...4 lines deleted...]
-        <v>2567</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853">
-        <v>6181</v>
+        <v>5873</v>
       </c>
       <c r="B853">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C853">
-        <v>2</v>
+        <v>192</v>
       </c>
       <c r="D853" t="s">
-        <v>2370</v>
+        <v>8</v>
       </c>
       <c r="E853" t="s">
-        <v>2371</v>
+        <v>9</v>
       </c>
       <c r="F853" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="G853" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H853" t="s">
         <v>2568</v>
-      </c>
-[...4 lines deleted...]
-        <v>2570</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854">
-        <v>5687</v>
+        <v>5871</v>
       </c>
       <c r="B854">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C854">
-        <v>1306</v>
+        <v>184</v>
       </c>
       <c r="D854" t="s">
         <v>8</v>
       </c>
       <c r="E854" t="s">
         <v>9</v>
       </c>
       <c r="F854" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="G854" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H854" t="s">
         <v>2571</v>
-      </c>
-[...4 lines deleted...]
-        <v>2573</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855">
-        <v>5618</v>
+        <v>5869</v>
       </c>
       <c r="B855">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C855">
-        <v>8</v>
+        <v>204</v>
       </c>
       <c r="D855" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E855" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F855" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="G855" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H855" t="s">
         <v>2574</v>
-      </c>
-[...4 lines deleted...]
-        <v>2576</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856">
-        <v>5601</v>
+        <v>5868</v>
       </c>
       <c r="B856">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C856">
         <v>1</v>
       </c>
       <c r="D856" t="s">
-        <v>2370</v>
+        <v>1247</v>
       </c>
       <c r="E856" t="s">
-        <v>2371</v>
+        <v>2575</v>
       </c>
       <c r="F856" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="G856" t="s">
         <v>2577</v>
       </c>
-      <c r="G856" t="s">
+      <c r="H856" t="s">
         <v>2578</v>
-      </c>
-[...1 lines deleted...]
-        <v>2579</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857">
-        <v>5579</v>
+        <v>5866</v>
       </c>
       <c r="B857">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C857">
-        <v>1238</v>
+        <v>165</v>
       </c>
       <c r="D857" t="s">
         <v>8</v>
       </c>
       <c r="E857" t="s">
         <v>9</v>
       </c>
       <c r="F857" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="G857" t="s">
         <v>2580</v>
       </c>
-      <c r="G857" t="s">
+      <c r="H857" t="s">
         <v>2581</v>
-      </c>
-[...1 lines deleted...]
-        <v>2582</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858">
-        <v>5577</v>
+        <v>5856</v>
       </c>
       <c r="B858">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C858">
-        <v>1237</v>
+        <v>2</v>
       </c>
       <c r="D858" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E858" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F858" s="1" t="s">
+        <v>2582</v>
+      </c>
+      <c r="G858" t="s">
         <v>2583</v>
       </c>
-      <c r="G858" t="s">
+      <c r="H858" t="s">
         <v>2584</v>
-      </c>
-[...1 lines deleted...]
-        <v>2585</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859">
-        <v>5576</v>
+        <v>5848</v>
       </c>
       <c r="B859">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C859">
-        <v>12</v>
+        <v>159</v>
       </c>
       <c r="D859" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E859" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F859" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="G859" t="s">
         <v>2586</v>
       </c>
-      <c r="G859" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H859" t="s">
-        <v>2587</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860">
-        <v>5512</v>
+        <v>5840</v>
       </c>
       <c r="B860">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C860">
-        <v>1258</v>
+        <v>1165</v>
       </c>
       <c r="D860" t="s">
-        <v>8</v>
+        <v>2182</v>
       </c>
       <c r="E860" t="s">
-        <v>9</v>
+        <v>2183</v>
       </c>
       <c r="F860" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="G860" t="s">
         <v>2588</v>
       </c>
-      <c r="G860" t="s">
+      <c r="H860" t="s">
         <v>2589</v>
-      </c>
-[...1 lines deleted...]
-        <v>2590</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861">
-        <v>5492</v>
+        <v>5830</v>
       </c>
       <c r="B861">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C861">
-        <v>1253</v>
+        <v>170</v>
       </c>
       <c r="D861" t="s">
         <v>8</v>
       </c>
       <c r="E861" t="s">
         <v>9</v>
       </c>
       <c r="F861" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="G861" t="s">
         <v>2591</v>
       </c>
-      <c r="G861" t="s">
+      <c r="H861" t="s">
         <v>2592</v>
-      </c>
-[...1 lines deleted...]
-        <v>2593</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862">
-        <v>5490</v>
+        <v>5823</v>
       </c>
       <c r="B862">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C862">
-        <v>1243</v>
+        <v>134</v>
       </c>
       <c r="D862" t="s">
         <v>8</v>
       </c>
       <c r="E862" t="s">
         <v>9</v>
       </c>
       <c r="F862" s="1" t="s">
+        <v>2593</v>
+      </c>
+      <c r="G862" t="s">
         <v>2594</v>
       </c>
-      <c r="G862" t="s">
+      <c r="H862" t="s">
         <v>2595</v>
-      </c>
-[...1 lines deleted...]
-        <v>2596</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863">
-        <v>5481</v>
+        <v>5818</v>
       </c>
       <c r="B863">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C863">
-        <v>2</v>
+        <v>106</v>
       </c>
       <c r="D863" t="s">
+        <v>121</v>
+      </c>
+      <c r="E863" t="s">
+        <v>122</v>
+      </c>
+      <c r="F863" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G863" t="s">
         <v>2597</v>
       </c>
-      <c r="E863" t="s">
+      <c r="H863" t="s">
         <v>2598</v>
-      </c>
-[...7 lines deleted...]
-        <v>2601</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864">
-        <v>5479</v>
+        <v>5816</v>
       </c>
       <c r="B864">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C864">
-        <v>1097</v>
+        <v>68</v>
       </c>
       <c r="D864" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E864" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>2602</v>
+        <v>2599</v>
       </c>
       <c r="G864" t="s">
-        <v>2603</v>
+        <v>2600</v>
       </c>
       <c r="H864" t="s">
-        <v>2604</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865">
-        <v>5457</v>
+        <v>5800</v>
       </c>
       <c r="B865">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C865">
-        <v>2</v>
+        <v>117</v>
       </c>
       <c r="D865" t="s">
-        <v>2605</v>
+        <v>8</v>
       </c>
       <c r="E865" t="s">
-        <v>2606</v>
+        <v>9</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>2607</v>
+        <v>2602</v>
       </c>
       <c r="G865" t="s">
-        <v>2608</v>
+        <v>2603</v>
       </c>
       <c r="H865" t="s">
-        <v>2609</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866">
-        <v>5453</v>
+        <v>5796</v>
       </c>
       <c r="B866">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C866">
-        <v>1213</v>
+        <v>146</v>
       </c>
       <c r="D866" t="s">
         <v>8</v>
       </c>
       <c r="E866" t="s">
         <v>9</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>2610</v>
+        <v>2605</v>
       </c>
       <c r="G866" t="s">
-        <v>2611</v>
+        <v>2606</v>
       </c>
       <c r="H866" t="s">
-        <v>2612</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867">
-        <v>5451</v>
+        <v>5793</v>
       </c>
       <c r="B867">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C867">
-        <v>11</v>
+        <v>153</v>
       </c>
       <c r="D867" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E867" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>2613</v>
+        <v>2608</v>
       </c>
       <c r="G867" t="s">
-        <v>2614</v>
+        <v>2609</v>
       </c>
       <c r="H867" t="s">
-        <v>2615</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868">
-        <v>5446</v>
+        <v>5790</v>
       </c>
       <c r="B868">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C868">
-        <v>2</v>
+        <v>132</v>
       </c>
       <c r="D868" t="s">
-        <v>2521</v>
+        <v>8</v>
       </c>
       <c r="E868" t="s">
-        <v>2522</v>
+        <v>9</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>2616</v>
+        <v>2611</v>
       </c>
       <c r="G868" t="s">
-        <v>2617</v>
+        <v>2612</v>
       </c>
       <c r="H868" t="s">
-        <v>2618</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869">
-        <v>5417</v>
+        <v>5787</v>
       </c>
       <c r="B869">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C869">
-        <v>910</v>
+        <v>74</v>
       </c>
       <c r="D869" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E869" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>2619</v>
+        <v>2614</v>
       </c>
       <c r="G869" t="s">
-        <v>2620</v>
+        <v>2615</v>
       </c>
       <c r="H869" t="s">
-        <v>2621</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870">
-        <v>5413</v>
+        <v>5770</v>
       </c>
       <c r="B870">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C870">
-        <v>1082</v>
+        <v>120</v>
       </c>
       <c r="D870" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E870" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>2622</v>
+        <v>2617</v>
       </c>
       <c r="G870" t="s">
-        <v>2623</v>
+        <v>2618</v>
       </c>
       <c r="H870" t="s">
-        <v>2624</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871">
-        <v>5410</v>
+        <v>5765</v>
       </c>
       <c r="B871">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C871">
-        <v>1182</v>
+        <v>126</v>
       </c>
       <c r="D871" t="s">
         <v>8</v>
       </c>
       <c r="E871" t="s">
         <v>9</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>2625</v>
+        <v>2620</v>
       </c>
       <c r="G871" t="s">
-        <v>2626</v>
+        <v>2621</v>
       </c>
       <c r="H871" t="s">
-        <v>2627</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872">
-        <v>5389</v>
+        <v>5758</v>
       </c>
       <c r="B872">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C872">
-        <v>1119</v>
+        <v>75</v>
       </c>
       <c r="D872" t="s">
         <v>8</v>
       </c>
       <c r="E872" t="s">
         <v>9</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>2628</v>
+        <v>2623</v>
       </c>
       <c r="G872" t="s">
-        <v>2629</v>
+        <v>2624</v>
       </c>
       <c r="H872" t="s">
-        <v>2630</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873">
-        <v>5384</v>
+        <v>5757</v>
       </c>
       <c r="B873">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C873">
-        <v>1126</v>
+        <v>111</v>
       </c>
       <c r="D873" t="s">
         <v>8</v>
       </c>
       <c r="E873" t="s">
         <v>9</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>2631</v>
+        <v>2626</v>
       </c>
       <c r="G873" t="s">
-        <v>2632</v>
+        <v>2627</v>
       </c>
       <c r="H873" t="s">
-        <v>2633</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874">
-        <v>5365</v>
+        <v>5755</v>
       </c>
       <c r="B874">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C874">
-        <v>1138</v>
+        <v>95</v>
       </c>
       <c r="D874" t="s">
         <v>8</v>
       </c>
       <c r="E874" t="s">
         <v>9</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>2634</v>
+        <v>2629</v>
       </c>
       <c r="G874" t="s">
-        <v>2635</v>
+        <v>2630</v>
       </c>
       <c r="H874" t="s">
-        <v>2636</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875">
-        <v>5362</v>
+        <v>5752</v>
       </c>
       <c r="B875">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C875">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="D875" t="s">
-        <v>8</v>
+        <v>2632</v>
       </c>
       <c r="E875" t="s">
-        <v>9</v>
+        <v>2633</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>2637</v>
+        <v>2634</v>
       </c>
       <c r="G875" t="s">
-        <v>2638</v>
+        <v>2635</v>
       </c>
       <c r="H875" t="s">
-        <v>2639</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876">
-        <v>5352</v>
+        <v>5744</v>
       </c>
       <c r="B876">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C876">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="D876" t="s">
-        <v>947</v>
+        <v>8</v>
       </c>
       <c r="E876" t="s">
-        <v>948</v>
+        <v>9</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>2640</v>
+        <v>2637</v>
       </c>
       <c r="G876" t="s">
-        <v>2641</v>
+        <v>2638</v>
       </c>
       <c r="H876" t="s">
-        <v>2642</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877">
-        <v>5346</v>
+        <v>5732</v>
       </c>
       <c r="B877">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C877">
-        <v>1055</v>
+        <v>45</v>
       </c>
       <c r="D877" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E877" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>2643</v>
+        <v>2640</v>
+      </c>
+      <c r="G877" t="s">
+        <v>2641</v>
       </c>
       <c r="H877" t="s">
-        <v>2644</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878">
-        <v>5342</v>
+        <v>5730</v>
       </c>
       <c r="B878">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C878">
-        <v>967</v>
+        <v>94</v>
       </c>
       <c r="D878" t="s">
         <v>8</v>
       </c>
       <c r="E878" t="s">
         <v>9</v>
       </c>
       <c r="F878" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="G878" t="s">
+        <v>2644</v>
+      </c>
+      <c r="H878" t="s">
         <v>2645</v>
-      </c>
-[...4 lines deleted...]
-        <v>2647</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879">
-        <v>5330</v>
+        <v>5690</v>
       </c>
       <c r="B879">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C879">
-        <v>1125</v>
+        <v>1</v>
       </c>
       <c r="D879" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E879" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F879" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="G879" t="s">
+        <v>2647</v>
+      </c>
+      <c r="H879" t="s">
         <v>2648</v>
-      </c>
-[...4 lines deleted...]
-        <v>2650</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880">
-        <v>5329</v>
+        <v>5671</v>
       </c>
       <c r="B880">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C880">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="D880" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E880" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F880" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="G880" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H880" t="s">
         <v>2651</v>
-      </c>
-[...4 lines deleted...]
-        <v>2653</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881">
-        <v>5328</v>
+        <v>5659</v>
       </c>
       <c r="B881">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C881">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="D881" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E881" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F881" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G881" t="s">
+        <v>2653</v>
+      </c>
+      <c r="H881" t="s">
         <v>2654</v>
-      </c>
-[...1 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882">
-        <v>5314</v>
+        <v>5653</v>
       </c>
       <c r="B882">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C882">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D882" t="s">
-        <v>2597</v>
+        <v>8</v>
       </c>
       <c r="E882" t="s">
-        <v>2598</v>
+        <v>9</v>
       </c>
       <c r="F882" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="G882" t="s">
         <v>2656</v>
       </c>
-      <c r="G882" t="s">
+      <c r="H882" t="s">
         <v>2657</v>
-      </c>
-[...1 lines deleted...]
-        <v>2658</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883">
-        <v>5307</v>
+        <v>5646</v>
       </c>
       <c r="B883">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C883">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D883" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E883" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F883" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="G883" t="s">
         <v>2659</v>
-      </c>
-[...1 lines deleted...]
-        <v>2660</v>
       </c>
       <c r="H883" t="s">
         <v>2660</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884">
-        <v>5293</v>
+        <v>5616</v>
       </c>
       <c r="B884">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C884">
-        <v>1102</v>
+        <v>10</v>
       </c>
       <c r="D884" t="s">
         <v>8</v>
       </c>
       <c r="E884" t="s">
         <v>9</v>
       </c>
       <c r="F884" s="1" t="s">
         <v>2661</v>
       </c>
       <c r="G884" t="s">
         <v>2662</v>
       </c>
       <c r="H884" t="s">
         <v>2663</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885">
-        <v>5256</v>
+        <v>5613</v>
       </c>
       <c r="B885">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C885">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D885" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E885" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F885" s="1" t="s">
         <v>2664</v>
       </c>
       <c r="G885" t="s">
         <v>2665</v>
       </c>
       <c r="H885" t="s">
         <v>2666</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886">
-        <v>5255</v>
+        <v>5599</v>
       </c>
       <c r="B886">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C886">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="D886" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E886" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F886" s="1" t="s">
         <v>2667</v>
       </c>
       <c r="G886" t="s">
         <v>2668</v>
       </c>
       <c r="H886" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887">
-        <v>5242</v>
+        <v>5593</v>
       </c>
       <c r="B887">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C887">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D887" t="s">
-        <v>2521</v>
+        <v>8</v>
       </c>
       <c r="E887" t="s">
-        <v>2522</v>
+        <v>9</v>
       </c>
       <c r="F887" s="1" t="s">
         <v>2670</v>
       </c>
       <c r="G887" t="s">
         <v>2671</v>
       </c>
       <c r="H887" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888">
-        <v>5241</v>
+        <v>5590</v>
       </c>
       <c r="B888">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C888">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="D888" t="s">
-        <v>947</v>
+        <v>8</v>
       </c>
       <c r="E888" t="s">
-        <v>948</v>
+        <v>9</v>
       </c>
       <c r="F888" s="1" t="s">
         <v>2673</v>
       </c>
       <c r="G888" t="s">
         <v>2674</v>
       </c>
       <c r="H888" t="s">
         <v>2675</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889">
-        <v>5240</v>
+        <v>5589</v>
       </c>
       <c r="B889">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C889">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="D889" t="s">
-        <v>947</v>
+        <v>94</v>
       </c>
       <c r="E889" t="s">
-        <v>948</v>
+        <v>95</v>
       </c>
       <c r="F889" s="1" t="s">
         <v>2676</v>
       </c>
       <c r="G889" t="s">
         <v>2677</v>
       </c>
       <c r="H889" t="s">
         <v>2678</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890">
-        <v>5222</v>
+        <v>6181</v>
       </c>
       <c r="B890">
         <v>2019</v>
       </c>
       <c r="C890">
-        <v>1072</v>
+        <v>2</v>
       </c>
       <c r="D890" t="s">
-        <v>8</v>
+        <v>2481</v>
       </c>
       <c r="E890" t="s">
-        <v>9</v>
+        <v>2482</v>
       </c>
       <c r="F890" s="1" t="s">
         <v>2679</v>
       </c>
       <c r="G890" t="s">
         <v>2680</v>
       </c>
       <c r="H890" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891">
-        <v>5221</v>
+        <v>5687</v>
       </c>
       <c r="B891">
         <v>2019</v>
       </c>
       <c r="C891">
-        <v>3</v>
+        <v>1306</v>
       </c>
       <c r="D891" t="s">
-        <v>2521</v>
+        <v>8</v>
       </c>
       <c r="E891" t="s">
-        <v>2522</v>
+        <v>9</v>
       </c>
       <c r="F891" s="1" t="s">
         <v>2682</v>
       </c>
       <c r="G891" t="s">
-        <v>2671</v>
+        <v>2683</v>
       </c>
       <c r="H891" t="s">
-        <v>2683</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892">
-        <v>5215</v>
+        <v>5618</v>
       </c>
       <c r="B892">
         <v>2019</v>
       </c>
       <c r="C892">
-        <v>1074</v>
+        <v>8</v>
       </c>
       <c r="D892" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E892" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>2684</v>
+        <v>2685</v>
       </c>
       <c r="G892" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
       <c r="H892" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893">
-        <v>5213</v>
+        <v>5601</v>
       </c>
       <c r="B893">
         <v>2019</v>
       </c>
       <c r="C893">
-        <v>1080</v>
+        <v>1</v>
       </c>
       <c r="D893" t="s">
-        <v>8</v>
+        <v>2481</v>
       </c>
       <c r="E893" t="s">
-        <v>9</v>
+        <v>2482</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="G893" t="s">
-        <v>2688</v>
+        <v>2689</v>
       </c>
       <c r="H893" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894">
-        <v>5208</v>
+        <v>5579</v>
       </c>
       <c r="B894">
         <v>2019</v>
       </c>
       <c r="C894">
-        <v>865</v>
+        <v>1238</v>
       </c>
       <c r="D894" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E894" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
       <c r="G894" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="H894" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895">
-        <v>5174</v>
+        <v>5577</v>
       </c>
       <c r="B895">
         <v>2019</v>
       </c>
       <c r="C895">
-        <v>889</v>
+        <v>1237</v>
       </c>
       <c r="D895" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E895" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="G895" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
       <c r="H895" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896">
-        <v>5168</v>
+        <v>5576</v>
       </c>
       <c r="B896">
         <v>2019</v>
       </c>
       <c r="C896">
-        <v>1030</v>
+        <v>12</v>
       </c>
       <c r="D896" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E896" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F896" s="1" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="G896" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="H896" t="s">
         <v>2698</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897">
-        <v>5161</v>
+        <v>5512</v>
       </c>
       <c r="B897">
         <v>2019</v>
       </c>
       <c r="C897">
-        <v>2</v>
+        <v>1258</v>
       </c>
       <c r="D897" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E897" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F897" s="1" t="s">
         <v>2699</v>
       </c>
       <c r="G897" t="s">
         <v>2700</v>
       </c>
       <c r="H897" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898">
-        <v>5155</v>
+        <v>5492</v>
       </c>
       <c r="B898">
         <v>2019</v>
       </c>
       <c r="C898">
-        <v>888</v>
+        <v>1253</v>
       </c>
       <c r="D898" t="s">
         <v>8</v>
       </c>
       <c r="E898" t="s">
         <v>9</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="G898" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
       <c r="H898" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899">
-        <v>5151</v>
+        <v>5490</v>
       </c>
       <c r="B899">
         <v>2019</v>
       </c>
       <c r="C899">
-        <v>980</v>
+        <v>1243</v>
       </c>
       <c r="D899" t="s">
         <v>8</v>
       </c>
       <c r="E899" t="s">
         <v>9</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="G899" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="H899" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900">
-        <v>5139</v>
+        <v>5481</v>
       </c>
       <c r="B900">
         <v>2019</v>
       </c>
       <c r="C900">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D900" t="s">
-        <v>529</v>
+        <v>2708</v>
       </c>
       <c r="E900" t="s">
-        <v>530</v>
+        <v>2709</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>2707</v>
+        <v>2710</v>
       </c>
       <c r="G900" t="s">
-        <v>2708</v>
+        <v>2711</v>
       </c>
       <c r="H900" t="s">
-        <v>2709</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901">
-        <v>5137</v>
+        <v>5479</v>
       </c>
       <c r="B901">
         <v>2019</v>
       </c>
       <c r="C901">
-        <v>947</v>
+        <v>1097</v>
       </c>
       <c r="D901" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E901" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="G901" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
       <c r="H901" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902">
-        <v>5135</v>
+        <v>5457</v>
       </c>
       <c r="B902">
         <v>2019</v>
       </c>
       <c r="C902">
-        <v>874</v>
+        <v>2</v>
       </c>
       <c r="D902" t="s">
-        <v>8</v>
+        <v>2716</v>
       </c>
       <c r="E902" t="s">
-        <v>9</v>
+        <v>2717</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>2713</v>
+        <v>2718</v>
       </c>
       <c r="G902" t="s">
-        <v>2714</v>
+        <v>2719</v>
       </c>
       <c r="H902" t="s">
-        <v>2715</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903">
-        <v>5127</v>
+        <v>5453</v>
       </c>
       <c r="B903">
         <v>2019</v>
       </c>
       <c r="C903">
-        <v>1</v>
+        <v>1213</v>
       </c>
       <c r="D903" t="s">
-        <v>2521</v>
+        <v>8</v>
       </c>
       <c r="E903" t="s">
-        <v>2522</v>
+        <v>9</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>2716</v>
+        <v>2721</v>
       </c>
       <c r="G903" t="s">
-        <v>2671</v>
+        <v>2722</v>
       </c>
       <c r="H903" t="s">
-        <v>2717</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904">
-        <v>5117</v>
+        <v>5451</v>
       </c>
       <c r="B904">
         <v>2019</v>
       </c>
       <c r="C904">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D904" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E904" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>2718</v>
+        <v>2724</v>
       </c>
       <c r="G904" t="s">
-        <v>2719</v>
+        <v>2725</v>
       </c>
       <c r="H904" t="s">
-        <v>2720</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905">
-        <v>5092</v>
+        <v>5446</v>
       </c>
       <c r="B905">
         <v>2019</v>
       </c>
       <c r="C905">
-        <v>946</v>
+        <v>2</v>
       </c>
       <c r="D905" t="s">
-        <v>8</v>
+        <v>2632</v>
       </c>
       <c r="E905" t="s">
-        <v>9</v>
+        <v>2633</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>2721</v>
+        <v>2727</v>
       </c>
       <c r="G905" t="s">
-        <v>2722</v>
+        <v>2728</v>
       </c>
       <c r="H905" t="s">
-        <v>2723</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906">
-        <v>5089</v>
+        <v>5417</v>
       </c>
       <c r="B906">
         <v>2019</v>
       </c>
       <c r="C906">
-        <v>1</v>
+        <v>910</v>
       </c>
       <c r="D906" t="s">
-        <v>2724</v>
+        <v>121</v>
       </c>
       <c r="E906" t="s">
-        <v>2725</v>
+        <v>122</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
       <c r="G906" t="s">
-        <v>2727</v>
+        <v>2731</v>
       </c>
       <c r="H906" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907">
-        <v>5082</v>
+        <v>5413</v>
       </c>
       <c r="B907">
         <v>2019</v>
       </c>
       <c r="C907">
-        <v>922</v>
+        <v>1082</v>
       </c>
       <c r="D907" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E907" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F907" s="1" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
       <c r="G907" t="s">
-        <v>2730</v>
+        <v>2734</v>
       </c>
       <c r="H907" t="s">
-        <v>2731</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908">
-        <v>5078</v>
+        <v>5410</v>
       </c>
       <c r="B908">
         <v>2019</v>
       </c>
       <c r="C908">
-        <v>690</v>
+        <v>1182</v>
       </c>
       <c r="D908" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E908" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F908" s="1" t="s">
-        <v>2732</v>
+        <v>2736</v>
       </c>
       <c r="G908" t="s">
-        <v>2733</v>
+        <v>2737</v>
       </c>
       <c r="H908" t="s">
-        <v>2734</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909">
-        <v>5074</v>
+        <v>5389</v>
       </c>
       <c r="B909">
         <v>2019</v>
       </c>
       <c r="C909">
-        <v>793</v>
+        <v>1119</v>
       </c>
       <c r="D909" t="s">
         <v>8</v>
       </c>
       <c r="E909" t="s">
         <v>9</v>
       </c>
       <c r="F909" s="1" t="s">
-        <v>2735</v>
+        <v>2739</v>
       </c>
       <c r="G909" t="s">
-        <v>2736</v>
+        <v>2740</v>
       </c>
       <c r="H909" t="s">
-        <v>2737</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910">
-        <v>5073</v>
+        <v>5384</v>
       </c>
       <c r="B910">
         <v>2019</v>
       </c>
       <c r="C910">
-        <v>8</v>
+        <v>1126</v>
       </c>
       <c r="D910" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E910" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F910" s="1" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
       <c r="G910" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
       <c r="H910" t="s">
-        <v>2739</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911">
-        <v>5070</v>
+        <v>5365</v>
       </c>
       <c r="B911">
         <v>2019</v>
       </c>
       <c r="C911">
-        <v>864</v>
+        <v>1138</v>
       </c>
       <c r="D911" t="s">
         <v>8</v>
       </c>
       <c r="E911" t="s">
         <v>9</v>
       </c>
       <c r="F911" s="1" t="s">
-        <v>2740</v>
+        <v>2745</v>
       </c>
       <c r="G911" t="s">
-        <v>2741</v>
+        <v>2746</v>
       </c>
       <c r="H911" t="s">
-        <v>2742</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912">
-        <v>5068</v>
+        <v>5362</v>
       </c>
       <c r="B912">
         <v>2019</v>
       </c>
       <c r="C912">
-        <v>813</v>
+        <v>1024</v>
       </c>
       <c r="D912" t="s">
         <v>8</v>
       </c>
       <c r="E912" t="s">
         <v>9</v>
       </c>
       <c r="F912" s="1" t="s">
-        <v>2743</v>
+        <v>2748</v>
       </c>
       <c r="G912" t="s">
-        <v>2744</v>
+        <v>2749</v>
       </c>
       <c r="H912" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913">
-        <v>5065</v>
+        <v>5352</v>
       </c>
       <c r="B913">
         <v>2019</v>
       </c>
       <c r="C913">
-        <v>830</v>
+        <v>74</v>
       </c>
       <c r="D913" t="s">
-        <v>8</v>
+        <v>1058</v>
       </c>
       <c r="E913" t="s">
-        <v>9</v>
+        <v>1059</v>
       </c>
       <c r="F913" s="1" t="s">
-        <v>2746</v>
+        <v>2751</v>
       </c>
       <c r="G913" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
       <c r="H913" t="s">
-        <v>2748</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914">
-        <v>5062</v>
+        <v>5346</v>
       </c>
       <c r="B914">
         <v>2019</v>
       </c>
       <c r="C914">
-        <v>773</v>
+        <v>1055</v>
       </c>
       <c r="D914" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E914" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F914" s="1" t="s">
-        <v>2749</v>
-[...2 lines deleted...]
-        <v>2750</v>
+        <v>2754</v>
       </c>
       <c r="H914" t="s">
-        <v>2751</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915">
-        <v>5061</v>
+        <v>5342</v>
       </c>
       <c r="B915">
         <v>2019</v>
       </c>
       <c r="C915">
-        <v>829</v>
+        <v>967</v>
       </c>
       <c r="D915" t="s">
         <v>8</v>
       </c>
       <c r="E915" t="s">
         <v>9</v>
       </c>
       <c r="F915" s="1" t="s">
-        <v>2752</v>
+        <v>2756</v>
       </c>
       <c r="G915" t="s">
-        <v>2753</v>
+        <v>2757</v>
       </c>
       <c r="H915" t="s">
-        <v>2754</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916">
-        <v>5059</v>
+        <v>5330</v>
       </c>
       <c r="B916">
         <v>2019</v>
       </c>
       <c r="C916">
-        <v>794</v>
+        <v>1125</v>
       </c>
       <c r="D916" t="s">
         <v>8</v>
       </c>
       <c r="E916" t="s">
         <v>9</v>
       </c>
       <c r="F916" s="1" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="G916" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="H916" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917">
-        <v>5057</v>
+        <v>5329</v>
       </c>
       <c r="B917">
         <v>2019</v>
       </c>
       <c r="C917">
-        <v>819</v>
+        <v>111</v>
       </c>
       <c r="D917" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E917" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F917" s="1" t="s">
-        <v>2758</v>
+        <v>2762</v>
       </c>
       <c r="G917" t="s">
-        <v>2759</v>
+        <v>2763</v>
       </c>
       <c r="H917" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918">
-        <v>5055</v>
+        <v>5328</v>
       </c>
       <c r="B918">
         <v>2019</v>
       </c>
       <c r="C918">
-        <v>814</v>
+        <v>110</v>
       </c>
       <c r="D918" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E918" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="F918" s="1" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="G918" t="s">
-        <v>2762</v>
-[...2 lines deleted...]
-        <v>2763</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919">
-        <v>5053</v>
+        <v>5314</v>
       </c>
       <c r="B919">
         <v>2019</v>
       </c>
       <c r="C919">
-        <v>802</v>
+        <v>1</v>
       </c>
       <c r="D919" t="s">
-        <v>8</v>
+        <v>2708</v>
       </c>
       <c r="E919" t="s">
-        <v>9</v>
+        <v>2709</v>
       </c>
       <c r="F919" s="1" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="G919" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
       <c r="H919" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920">
-        <v>5051</v>
+        <v>5307</v>
       </c>
       <c r="B920">
         <v>2019</v>
       </c>
       <c r="C920">
-        <v>795</v>
+        <v>10</v>
       </c>
       <c r="D920" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E920" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F920" s="1" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="G920" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
       <c r="H920" t="s">
-        <v>2769</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921">
-        <v>5048</v>
+        <v>5293</v>
       </c>
       <c r="B921">
         <v>2019</v>
       </c>
       <c r="C921">
-        <v>768</v>
+        <v>1102</v>
       </c>
       <c r="D921" t="s">
         <v>8</v>
       </c>
       <c r="E921" t="s">
         <v>9</v>
       </c>
       <c r="F921" s="1" t="s">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="G921" t="s">
-        <v>2771</v>
+        <v>2773</v>
       </c>
       <c r="H921" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922">
-        <v>5046</v>
+        <v>5256</v>
       </c>
       <c r="B922">
         <v>2019</v>
       </c>
       <c r="C922">
-        <v>787</v>
+        <v>3</v>
       </c>
       <c r="D922" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E922" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F922" s="1" t="s">
-        <v>2773</v>
+        <v>2775</v>
       </c>
       <c r="G922" t="s">
-        <v>2774</v>
+        <v>2776</v>
       </c>
       <c r="H922" t="s">
-        <v>2775</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923">
-        <v>5043</v>
+        <v>5255</v>
       </c>
       <c r="B923">
         <v>2019</v>
       </c>
       <c r="C923">
-        <v>759</v>
+        <v>4</v>
       </c>
       <c r="D923" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E923" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F923" s="1" t="s">
-        <v>2776</v>
+        <v>2778</v>
       </c>
       <c r="G923" t="s">
-        <v>2777</v>
+        <v>2779</v>
       </c>
       <c r="H923" t="s">
-        <v>2778</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924">
-        <v>5042</v>
+        <v>5242</v>
       </c>
       <c r="B924">
         <v>2019</v>
       </c>
       <c r="C924">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D924" t="s">
-        <v>529</v>
+        <v>2632</v>
       </c>
       <c r="E924" t="s">
-        <v>530</v>
+        <v>2633</v>
       </c>
       <c r="F924" s="1" t="s">
-        <v>2779</v>
+        <v>2781</v>
       </c>
       <c r="G924" t="s">
-        <v>2780</v>
+        <v>2782</v>
       </c>
       <c r="H924" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925">
-        <v>5041</v>
+        <v>5241</v>
       </c>
       <c r="B925">
         <v>2019</v>
       </c>
       <c r="C925">
-        <v>6</v>
+        <v>64</v>
       </c>
       <c r="D925" t="s">
-        <v>529</v>
+        <v>1058</v>
       </c>
       <c r="E925" t="s">
-        <v>530</v>
+        <v>1059</v>
       </c>
       <c r="F925" s="1" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
       <c r="G925" t="s">
-        <v>2782</v>
+        <v>2785</v>
       </c>
       <c r="H925" t="s">
-        <v>2782</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926">
-        <v>5038</v>
+        <v>5240</v>
       </c>
       <c r="B926">
         <v>2019</v>
       </c>
       <c r="C926">
-        <v>680</v>
+        <v>65</v>
       </c>
       <c r="D926" t="s">
-        <v>8</v>
+        <v>1058</v>
       </c>
       <c r="E926" t="s">
-        <v>9</v>
+        <v>1059</v>
       </c>
       <c r="F926" s="1" t="s">
-        <v>2783</v>
+        <v>2787</v>
       </c>
       <c r="G926" t="s">
-        <v>2784</v>
+        <v>2788</v>
       </c>
       <c r="H926" t="s">
-        <v>2785</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927">
-        <v>5035</v>
+        <v>5222</v>
       </c>
       <c r="B927">
         <v>2019</v>
       </c>
       <c r="C927">
-        <v>732</v>
+        <v>1072</v>
       </c>
       <c r="D927" t="s">
         <v>8</v>
       </c>
       <c r="E927" t="s">
         <v>9</v>
       </c>
       <c r="F927" s="1" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="G927" t="s">
-        <v>2787</v>
+        <v>2791</v>
       </c>
       <c r="H927" t="s">
-        <v>2788</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928">
-        <v>5031</v>
+        <v>5221</v>
       </c>
       <c r="B928">
         <v>2019</v>
       </c>
       <c r="C928">
-        <v>211</v>
+        <v>3</v>
       </c>
       <c r="D928" t="s">
-        <v>33</v>
+        <v>2632</v>
       </c>
       <c r="E928" t="s">
-        <v>34</v>
+        <v>2633</v>
       </c>
       <c r="F928" s="1" t="s">
-        <v>2789</v>
+        <v>2793</v>
       </c>
       <c r="G928" t="s">
-        <v>2790</v>
+        <v>2782</v>
       </c>
       <c r="H928" t="s">
-        <v>2791</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929">
-        <v>5026</v>
+        <v>5215</v>
       </c>
       <c r="B929">
         <v>2019</v>
       </c>
       <c r="C929">
-        <v>737</v>
+        <v>1074</v>
       </c>
       <c r="D929" t="s">
         <v>8</v>
       </c>
       <c r="E929" t="s">
         <v>9</v>
       </c>
       <c r="F929" s="1" t="s">
-        <v>2792</v>
+        <v>2795</v>
       </c>
       <c r="G929" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
       <c r="H929" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930">
-        <v>5024</v>
+        <v>5213</v>
       </c>
       <c r="B930">
         <v>2019</v>
       </c>
       <c r="C930">
-        <v>687</v>
+        <v>1080</v>
       </c>
       <c r="D930" t="s">
         <v>8</v>
       </c>
       <c r="E930" t="s">
         <v>9</v>
       </c>
       <c r="F930" s="1" t="s">
-        <v>2795</v>
+        <v>2798</v>
       </c>
       <c r="G930" t="s">
-        <v>2796</v>
+        <v>2799</v>
       </c>
       <c r="H930" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931">
-        <v>5022</v>
+        <v>5208</v>
       </c>
       <c r="B931">
         <v>2019</v>
       </c>
       <c r="C931">
-        <v>729</v>
+        <v>865</v>
       </c>
       <c r="D931" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E931" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>2798</v>
+        <v>2801</v>
       </c>
       <c r="G931" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="H931" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932">
-        <v>5018</v>
+        <v>5174</v>
       </c>
       <c r="B932">
         <v>2019</v>
       </c>
       <c r="C932">
-        <v>714</v>
+        <v>889</v>
       </c>
       <c r="D932" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E932" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="G932" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
       <c r="H932" t="s">
-        <v>2803</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933">
-        <v>5016</v>
+        <v>5168</v>
       </c>
       <c r="B933">
         <v>2019</v>
       </c>
       <c r="C933">
-        <v>696</v>
+        <v>1030</v>
       </c>
       <c r="D933" t="s">
         <v>8</v>
       </c>
       <c r="E933" t="s">
         <v>9</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>2804</v>
+        <v>2807</v>
       </c>
       <c r="G933" t="s">
-        <v>2805</v>
+        <v>2808</v>
       </c>
       <c r="H933" t="s">
-        <v>2806</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934">
-        <v>5014</v>
+        <v>5161</v>
       </c>
       <c r="B934">
         <v>2019</v>
       </c>
       <c r="C934">
-        <v>688</v>
+        <v>2</v>
       </c>
       <c r="D934" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="E934" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="G934" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
       <c r="H934" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935">
-        <v>5008</v>
+        <v>5155</v>
       </c>
       <c r="B935">
         <v>2019</v>
       </c>
       <c r="C935">
-        <v>674</v>
+        <v>888</v>
       </c>
       <c r="D935" t="s">
         <v>8</v>
       </c>
       <c r="E935" t="s">
         <v>9</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="G935" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="H935" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936">
-        <v>5006</v>
+        <v>5151</v>
       </c>
       <c r="B936">
         <v>2019</v>
       </c>
       <c r="C936">
-        <v>578</v>
+        <v>980</v>
       </c>
       <c r="D936" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E936" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="G936" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="H936" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937">
-        <v>5004</v>
+        <v>5139</v>
       </c>
       <c r="B937">
         <v>2019</v>
       </c>
       <c r="C937">
-        <v>673</v>
+        <v>9</v>
       </c>
       <c r="D937" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E937" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="G937" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="H937" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938">
-        <v>5002</v>
+        <v>5137</v>
       </c>
       <c r="B938">
         <v>2019</v>
       </c>
       <c r="C938">
-        <v>647</v>
+        <v>947</v>
       </c>
       <c r="D938" t="s">
         <v>8</v>
       </c>
       <c r="E938" t="s">
         <v>9</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="G938" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="H938" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939">
-        <v>5000</v>
+        <v>5135</v>
       </c>
       <c r="B939">
         <v>2019</v>
       </c>
       <c r="C939">
-        <v>649</v>
+        <v>874</v>
       </c>
       <c r="D939" t="s">
         <v>8</v>
       </c>
       <c r="E939" t="s">
         <v>9</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="G939" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="H939" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940">
-        <v>4998</v>
+        <v>5127</v>
       </c>
       <c r="B940">
         <v>2019</v>
       </c>
       <c r="C940">
-        <v>648</v>
+        <v>1</v>
       </c>
       <c r="D940" t="s">
-        <v>8</v>
+        <v>2632</v>
       </c>
       <c r="E940" t="s">
-        <v>9</v>
+        <v>2633</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>2825</v>
+        <v>2827</v>
       </c>
       <c r="G940" t="s">
-        <v>2826</v>
+        <v>2782</v>
       </c>
       <c r="H940" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941">
-        <v>4995</v>
+        <v>5117</v>
       </c>
       <c r="B941">
         <v>2019</v>
       </c>
       <c r="C941">
-        <v>310</v>
+        <v>3</v>
       </c>
       <c r="D941" t="s">
-        <v>8</v>
+        <v>74</v>
       </c>
       <c r="E941" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="G941" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="H941" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942">
-        <v>4994</v>
+        <v>5092</v>
       </c>
       <c r="B942">
         <v>2019</v>
       </c>
       <c r="C942">
-        <v>2</v>
+        <v>946</v>
       </c>
       <c r="D942" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E942" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="G942" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="H942" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943">
-        <v>4990</v>
+        <v>5089</v>
       </c>
       <c r="B943">
         <v>2019</v>
       </c>
       <c r="C943">
-        <v>626</v>
+        <v>1</v>
       </c>
       <c r="D943" t="s">
-        <v>8</v>
+        <v>2835</v>
       </c>
       <c r="E943" t="s">
-        <v>9</v>
+        <v>2836</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
       <c r="G943" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="H943" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944">
-        <v>4988</v>
+        <v>5082</v>
       </c>
       <c r="B944">
         <v>2019</v>
       </c>
       <c r="C944">
-        <v>600</v>
+        <v>922</v>
       </c>
       <c r="D944" t="s">
         <v>8</v>
       </c>
       <c r="E944" t="s">
         <v>9</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
       <c r="G944" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
       <c r="H944" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945">
-        <v>4987</v>
+        <v>5078</v>
       </c>
       <c r="B945">
         <v>2019</v>
       </c>
       <c r="C945">
-        <v>5</v>
+        <v>690</v>
       </c>
       <c r="D945" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E945" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="G945" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
       <c r="H945" t="s">
-        <v>2841</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946">
-        <v>4984</v>
+        <v>5074</v>
       </c>
       <c r="B946">
         <v>2019</v>
       </c>
       <c r="C946">
-        <v>531</v>
+        <v>793</v>
       </c>
       <c r="D946" t="s">
         <v>8</v>
       </c>
       <c r="E946" t="s">
         <v>9</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>2842</v>
+        <v>2846</v>
       </c>
       <c r="G946" t="s">
-        <v>2843</v>
+        <v>2847</v>
       </c>
       <c r="H946" t="s">
-        <v>2844</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947">
-        <v>4978</v>
+        <v>5073</v>
       </c>
       <c r="B947">
         <v>2019</v>
       </c>
       <c r="C947">
-        <v>428</v>
+        <v>8</v>
       </c>
       <c r="D947" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E947" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F947" s="1" t="s">
-        <v>2845</v>
+        <v>2849</v>
       </c>
       <c r="G947" t="s">
-        <v>2846</v>
+        <v>2850</v>
       </c>
       <c r="H947" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948">
-        <v>4974</v>
+        <v>5070</v>
       </c>
       <c r="B948">
         <v>2019</v>
       </c>
       <c r="C948">
-        <v>189</v>
+        <v>864</v>
       </c>
       <c r="D948" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E948" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F948" s="1" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="G948" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="H948" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949">
-        <v>4971</v>
+        <v>5068</v>
       </c>
       <c r="B949">
         <v>2019</v>
       </c>
       <c r="C949">
-        <v>484</v>
+        <v>813</v>
       </c>
       <c r="D949" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E949" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F949" s="1" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="G949" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="H949" t="s">
-        <v>2852</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950">
-        <v>4970</v>
+        <v>5065</v>
       </c>
       <c r="B950">
         <v>2019</v>
       </c>
       <c r="C950">
-        <v>483</v>
+        <v>830</v>
       </c>
       <c r="D950" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E950" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F950" s="1" t="s">
-        <v>2853</v>
+        <v>2857</v>
       </c>
       <c r="G950" t="s">
-        <v>2854</v>
+        <v>2858</v>
       </c>
       <c r="H950" t="s">
-        <v>2854</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951">
-        <v>4969</v>
+        <v>5062</v>
       </c>
       <c r="B951">
         <v>2019</v>
       </c>
       <c r="C951">
-        <v>477</v>
+        <v>773</v>
       </c>
       <c r="D951" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E951" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F951" s="1" t="s">
-        <v>2855</v>
+        <v>2860</v>
       </c>
       <c r="G951" t="s">
-        <v>2856</v>
+        <v>2861</v>
       </c>
       <c r="H951" t="s">
-        <v>2856</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952">
-        <v>4963</v>
+        <v>5061</v>
       </c>
       <c r="B952">
         <v>2019</v>
       </c>
       <c r="C952">
-        <v>4</v>
+        <v>829</v>
       </c>
       <c r="D952" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E952" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F952" s="1" t="s">
-        <v>2857</v>
+        <v>2863</v>
       </c>
       <c r="G952" t="s">
-        <v>2858</v>
+        <v>2864</v>
       </c>
       <c r="H952" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953">
-        <v>4961</v>
+        <v>5059</v>
       </c>
       <c r="B953">
         <v>2019</v>
       </c>
       <c r="C953">
-        <v>1</v>
+        <v>794</v>
       </c>
       <c r="D953" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E953" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F953" s="1" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
       <c r="G953" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
       <c r="H953" t="s">
-        <v>2861</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954">
-        <v>4951</v>
+        <v>5057</v>
       </c>
       <c r="B954">
         <v>2019</v>
       </c>
       <c r="C954">
-        <v>2</v>
+        <v>819</v>
       </c>
       <c r="D954" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E954" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F954" s="1" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="G954" t="s">
-        <v>2863</v>
+        <v>2870</v>
       </c>
       <c r="H954" t="s">
-        <v>2864</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955">
-        <v>4950</v>
+        <v>5055</v>
       </c>
       <c r="B955">
         <v>2019</v>
       </c>
       <c r="C955">
-        <v>1</v>
+        <v>814</v>
       </c>
       <c r="D955" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E955" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F955" s="1" t="s">
-        <v>2865</v>
+        <v>2872</v>
       </c>
       <c r="G955" t="s">
-        <v>2866</v>
+        <v>2873</v>
       </c>
       <c r="H955" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956">
-        <v>4946</v>
+        <v>5053</v>
       </c>
       <c r="B956">
         <v>2019</v>
       </c>
       <c r="C956">
-        <v>3</v>
+        <v>802</v>
       </c>
       <c r="D956" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E956" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F956" s="1" t="s">
-        <v>2868</v>
+        <v>2875</v>
       </c>
       <c r="G956" t="s">
-        <v>2869</v>
+        <v>2876</v>
       </c>
       <c r="H956" t="s">
-        <v>2869</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957">
-        <v>4943</v>
+        <v>5051</v>
       </c>
       <c r="B957">
         <v>2019</v>
       </c>
       <c r="C957">
-        <v>1</v>
+        <v>795</v>
       </c>
       <c r="D957" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E957" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F957" s="1" t="s">
-        <v>2870</v>
+        <v>2878</v>
       </c>
       <c r="G957" t="s">
-        <v>2871</v>
+        <v>2879</v>
       </c>
       <c r="H957" t="s">
-        <v>2871</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958">
-        <v>4923</v>
+        <v>5048</v>
       </c>
       <c r="B958">
         <v>2019</v>
       </c>
       <c r="C958">
-        <v>6</v>
+        <v>768</v>
       </c>
       <c r="D958" t="s">
         <v>8</v>
       </c>
       <c r="E958" t="s">
         <v>9</v>
       </c>
       <c r="F958" s="1" t="s">
-        <v>2872</v>
+        <v>2881</v>
       </c>
       <c r="G958" t="s">
-        <v>2873</v>
+        <v>2882</v>
       </c>
       <c r="H958" t="s">
-        <v>2874</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959">
-        <v>4915</v>
+        <v>5046</v>
       </c>
       <c r="B959">
         <v>2019</v>
       </c>
       <c r="C959">
-        <v>5</v>
+        <v>787</v>
       </c>
       <c r="D959" t="s">
         <v>8</v>
       </c>
       <c r="E959" t="s">
         <v>9</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>2875</v>
+        <v>2884</v>
       </c>
       <c r="G959" t="s">
-        <v>2876</v>
+        <v>2885</v>
       </c>
       <c r="H959" t="s">
-        <v>2877</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960">
-        <v>4906</v>
+        <v>5043</v>
       </c>
       <c r="B960">
         <v>2019</v>
       </c>
       <c r="C960">
-        <v>5</v>
+        <v>759</v>
       </c>
       <c r="D960" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E960" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F960" s="1" t="s">
-        <v>2878</v>
+        <v>2887</v>
       </c>
       <c r="G960" t="s">
-        <v>2879</v>
+        <v>2888</v>
       </c>
       <c r="H960" t="s">
-        <v>2880</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961">
-        <v>4901</v>
+        <v>5042</v>
       </c>
       <c r="B961">
         <v>2019</v>
       </c>
       <c r="C961">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D961" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E961" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F961" s="1" t="s">
-        <v>2881</v>
+        <v>2890</v>
       </c>
       <c r="G961" t="s">
-        <v>2882</v>
+        <v>2891</v>
       </c>
       <c r="H961" t="s">
-        <v>2883</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962">
-        <v>4897</v>
+        <v>5041</v>
       </c>
       <c r="B962">
         <v>2019</v>
       </c>
       <c r="C962">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D962" t="s">
-        <v>8</v>
+        <v>640</v>
       </c>
       <c r="E962" t="s">
-        <v>9</v>
+        <v>641</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>2884</v>
+        <v>2892</v>
       </c>
       <c r="G962" t="s">
-        <v>2885</v>
+        <v>2893</v>
       </c>
       <c r="H962" t="s">
-        <v>2886</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963">
-        <v>4894</v>
+        <v>5038</v>
       </c>
       <c r="B963">
         <v>2019</v>
       </c>
       <c r="C963">
-        <v>7</v>
+        <v>680</v>
       </c>
       <c r="D963" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E963" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F963" s="1" t="s">
-        <v>2887</v>
+        <v>2894</v>
       </c>
       <c r="G963" t="s">
-        <v>2888</v>
+        <v>2895</v>
       </c>
       <c r="H963" t="s">
-        <v>2888</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964">
-        <v>4892</v>
+        <v>5035</v>
       </c>
       <c r="B964">
         <v>2019</v>
       </c>
       <c r="C964">
-        <v>2</v>
+        <v>732</v>
       </c>
       <c r="D964" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E964" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F964" s="1" t="s">
-        <v>2889</v>
+        <v>2897</v>
       </c>
       <c r="G964" t="s">
-        <v>2890</v>
+        <v>2898</v>
       </c>
       <c r="H964" t="s">
-        <v>2890</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965">
-        <v>4890</v>
+        <v>5031</v>
       </c>
       <c r="B965">
         <v>2019</v>
       </c>
       <c r="C965">
-        <v>2</v>
+        <v>211</v>
       </c>
       <c r="D965" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E965" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F965" s="1" t="s">
-        <v>2891</v>
+        <v>2900</v>
       </c>
       <c r="G965" t="s">
-        <v>2892</v>
+        <v>2901</v>
       </c>
       <c r="H965" t="s">
-        <v>2892</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966">
-        <v>4881</v>
+        <v>5026</v>
       </c>
       <c r="B966">
         <v>2019</v>
       </c>
       <c r="C966">
-        <v>2</v>
+        <v>737</v>
       </c>
       <c r="D966" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E966" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F966" s="1" t="s">
-        <v>2893</v>
+        <v>2903</v>
       </c>
       <c r="G966" t="s">
-        <v>2894</v>
+        <v>2904</v>
       </c>
       <c r="H966" t="s">
-        <v>2895</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967">
-        <v>4876</v>
+        <v>5024</v>
       </c>
       <c r="B967">
         <v>2019</v>
       </c>
       <c r="C967">
-        <v>4</v>
+        <v>687</v>
       </c>
       <c r="D967" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E967" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F967" s="1" t="s">
-        <v>2896</v>
+        <v>2906</v>
       </c>
       <c r="G967" t="s">
-        <v>2897</v>
+        <v>2907</v>
       </c>
       <c r="H967" t="s">
-        <v>2897</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968">
-        <v>4875</v>
+        <v>5022</v>
       </c>
       <c r="B968">
         <v>2019</v>
       </c>
       <c r="C968">
-        <v>3</v>
+        <v>729</v>
       </c>
       <c r="D968" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E968" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>2898</v>
+        <v>2909</v>
       </c>
       <c r="G968" t="s">
-        <v>2899</v>
+        <v>2910</v>
       </c>
       <c r="H968" t="s">
-        <v>2900</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969">
-        <v>4873</v>
+        <v>5018</v>
       </c>
       <c r="B969">
         <v>2019</v>
       </c>
       <c r="C969">
-        <v>1</v>
+        <v>714</v>
       </c>
       <c r="D969" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E969" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>2901</v>
+        <v>2912</v>
       </c>
       <c r="G969" t="s">
-        <v>2902</v>
+        <v>2913</v>
       </c>
       <c r="H969" t="s">
-        <v>2903</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970">
-        <v>4868</v>
+        <v>5016</v>
       </c>
       <c r="B970">
         <v>2019</v>
       </c>
       <c r="C970">
-        <v>1</v>
+        <v>696</v>
       </c>
       <c r="D970" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E970" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>2904</v>
+        <v>2915</v>
       </c>
       <c r="G970" t="s">
-        <v>2905</v>
+        <v>2916</v>
       </c>
       <c r="H970" t="s">
-        <v>2905</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971">
-        <v>4866</v>
+        <v>5014</v>
       </c>
       <c r="B971">
         <v>2019</v>
       </c>
       <c r="C971">
-        <v>1</v>
+        <v>688</v>
       </c>
       <c r="D971" t="s">
-        <v>2071</v>
+        <v>8</v>
       </c>
       <c r="E971" t="s">
-        <v>2072</v>
+        <v>9</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>2906</v>
+        <v>2918</v>
       </c>
       <c r="G971" t="s">
-        <v>2907</v>
+        <v>2919</v>
       </c>
       <c r="H971" t="s">
-        <v>2908</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972">
-        <v>4857</v>
+        <v>5008</v>
       </c>
       <c r="B972">
         <v>2019</v>
       </c>
       <c r="C972">
-        <v>1</v>
+        <v>674</v>
       </c>
       <c r="D972" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E972" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F972" s="1" t="s">
-        <v>2909</v>
+        <v>2921</v>
       </c>
       <c r="G972" t="s">
-        <v>2910</v>
+        <v>2922</v>
       </c>
       <c r="H972" t="s">
-        <v>2910</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973">
-        <v>4856</v>
+        <v>5006</v>
       </c>
       <c r="B973">
         <v>2019</v>
       </c>
       <c r="C973">
-        <v>1</v>
+        <v>578</v>
       </c>
       <c r="D973" t="s">
-        <v>203</v>
+        <v>121</v>
       </c>
       <c r="E973" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>2911</v>
+        <v>2924</v>
       </c>
       <c r="G973" t="s">
-        <v>2912</v>
+        <v>2925</v>
       </c>
       <c r="H973" t="s">
-        <v>2912</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974">
-        <v>4853</v>
+        <v>5004</v>
       </c>
       <c r="B974">
         <v>2019</v>
       </c>
       <c r="C974">
-        <v>1</v>
+        <v>673</v>
       </c>
       <c r="D974" t="s">
         <v>8</v>
       </c>
       <c r="E974" t="s">
         <v>9</v>
       </c>
       <c r="F974" s="1" t="s">
-        <v>2913</v>
+        <v>2927</v>
       </c>
       <c r="G974" t="s">
-        <v>2914</v>
+        <v>2928</v>
       </c>
       <c r="H974" t="s">
-        <v>2915</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975">
-        <v>4855</v>
+        <v>5002</v>
       </c>
       <c r="B975">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C975">
-        <v>12</v>
+        <v>647</v>
       </c>
       <c r="D975" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E975" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F975" s="1" t="s">
-        <v>2916</v>
+        <v>2930</v>
       </c>
       <c r="G975" t="s">
-        <v>2917</v>
+        <v>2931</v>
       </c>
       <c r="H975" t="s">
-        <v>2917</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976">
-        <v>4852</v>
+        <v>5000</v>
       </c>
       <c r="B976">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C976">
-        <v>1</v>
+        <v>649</v>
       </c>
       <c r="D976" t="s">
-        <v>138</v>
+        <v>8</v>
       </c>
       <c r="E976" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>2918</v>
+        <v>2933</v>
       </c>
       <c r="G976" t="s">
-        <v>2919</v>
+        <v>2934</v>
       </c>
       <c r="H976" t="s">
-        <v>2919</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977">
-        <v>4851</v>
+        <v>4998</v>
       </c>
       <c r="B977">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C977">
-        <v>5</v>
+        <v>648</v>
       </c>
       <c r="D977" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E977" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>2920</v>
+        <v>2936</v>
       </c>
       <c r="G977" t="s">
-        <v>2921</v>
+        <v>2937</v>
       </c>
       <c r="H977" t="s">
-        <v>2921</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978">
-        <v>4845</v>
+        <v>4995</v>
       </c>
       <c r="B978">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C978">
-        <v>5</v>
+        <v>310</v>
       </c>
       <c r="D978" t="s">
-        <v>1354</v>
+        <v>8</v>
       </c>
       <c r="E978" t="s">
-        <v>1355</v>
+        <v>9</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>2922</v>
+        <v>2939</v>
       </c>
       <c r="G978" t="s">
-        <v>2923</v>
+        <v>2940</v>
       </c>
       <c r="H978" t="s">
-        <v>2924</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979">
-        <v>4843</v>
+        <v>4994</v>
       </c>
       <c r="B979">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C979">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D979" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E979" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>2925</v>
+        <v>2942</v>
       </c>
       <c r="G979" t="s">
-        <v>2926</v>
+        <v>2943</v>
       </c>
       <c r="H979" t="s">
-        <v>2926</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980">
-        <v>4834</v>
+        <v>4990</v>
       </c>
       <c r="B980">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C980">
-        <v>17</v>
+        <v>626</v>
       </c>
       <c r="D980" t="s">
         <v>8</v>
       </c>
       <c r="E980" t="s">
         <v>9</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>2927</v>
+        <v>2945</v>
       </c>
       <c r="G980" t="s">
-        <v>2928</v>
+        <v>2946</v>
       </c>
       <c r="H980" t="s">
-        <v>2929</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981">
-        <v>4833</v>
+        <v>4988</v>
       </c>
       <c r="B981">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C981">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="D981" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E981" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F981" s="1" t="s">
-        <v>2930</v>
+        <v>2948</v>
       </c>
       <c r="G981" t="s">
-        <v>2931</v>
+        <v>2949</v>
       </c>
       <c r="H981" t="s">
-        <v>2931</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982">
-        <v>4826</v>
+        <v>4987</v>
       </c>
       <c r="B982">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C982">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D982" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E982" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F982" s="1" t="s">
-        <v>2932</v>
+        <v>2951</v>
       </c>
       <c r="G982" t="s">
-        <v>2933</v>
+        <v>2952</v>
       </c>
       <c r="H982" t="s">
-        <v>2934</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983">
-        <v>4825</v>
+        <v>4984</v>
       </c>
       <c r="B983">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C983">
-        <v>9</v>
+        <v>531</v>
       </c>
       <c r="D983" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E983" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F983" s="1" t="s">
-        <v>2935</v>
+        <v>2953</v>
       </c>
       <c r="G983" t="s">
-        <v>2936</v>
+        <v>2954</v>
       </c>
       <c r="H983" t="s">
-        <v>2936</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984">
-        <v>4821</v>
+        <v>4978</v>
       </c>
       <c r="B984">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C984">
-        <v>4</v>
+        <v>428</v>
       </c>
       <c r="D984" t="s">
-        <v>203</v>
+        <v>8</v>
       </c>
       <c r="E984" t="s">
-        <v>204</v>
+        <v>9</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>2937</v>
+        <v>2956</v>
       </c>
       <c r="G984" t="s">
-        <v>2938</v>
+        <v>2957</v>
       </c>
       <c r="H984" t="s">
-        <v>2938</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985">
-        <v>4813</v>
+        <v>4974</v>
       </c>
       <c r="B985">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C985">
-        <v>2</v>
+        <v>189</v>
       </c>
       <c r="D985" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E985" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>2939</v>
+        <v>2959</v>
       </c>
       <c r="G985" t="s">
-        <v>2940</v>
+        <v>2960</v>
       </c>
       <c r="H985" t="s">
-        <v>2940</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986">
-        <v>4811</v>
+        <v>4971</v>
       </c>
       <c r="B986">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C986">
-        <v>8</v>
+        <v>484</v>
       </c>
       <c r="D986" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E986" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>2941</v>
+        <v>2962</v>
       </c>
       <c r="G986" t="s">
-        <v>2942</v>
+        <v>2963</v>
       </c>
       <c r="H986" t="s">
-        <v>2942</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987">
-        <v>4803</v>
+        <v>4970</v>
       </c>
       <c r="B987">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C987">
-        <v>15</v>
+        <v>483</v>
       </c>
       <c r="D987" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E987" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F987" s="1" t="s">
-        <v>2943</v>
+        <v>2964</v>
       </c>
       <c r="G987" t="s">
-        <v>2944</v>
+        <v>2965</v>
       </c>
       <c r="H987" t="s">
-        <v>2945</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988">
-        <v>4799</v>
+        <v>4969</v>
       </c>
       <c r="B988">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C988">
-        <v>7</v>
+        <v>477</v>
       </c>
       <c r="D988" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E988" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F988" s="1" t="s">
-        <v>2946</v>
+        <v>2966</v>
       </c>
       <c r="G988" t="s">
-        <v>2947</v>
+        <v>2967</v>
       </c>
       <c r="H988" t="s">
-        <v>2947</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989">
-        <v>4797</v>
+        <v>4963</v>
       </c>
       <c r="B989">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C989">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D989" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E989" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>2948</v>
+        <v>2968</v>
       </c>
       <c r="G989" t="s">
-        <v>2949</v>
+        <v>2969</v>
       </c>
       <c r="H989" t="s">
-        <v>2949</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990">
-        <v>4796</v>
+        <v>4961</v>
       </c>
       <c r="B990">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C990">
         <v>1</v>
       </c>
       <c r="D990" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E990" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>2950</v>
+        <v>2970</v>
       </c>
       <c r="G990" t="s">
-        <v>2951</v>
+        <v>2971</v>
       </c>
       <c r="H990" t="s">
-        <v>2952</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991">
-        <v>4795</v>
+        <v>4951</v>
       </c>
       <c r="B991">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C991">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D991" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E991" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>2953</v>
+        <v>2973</v>
       </c>
       <c r="G991" t="s">
-        <v>2954</v>
+        <v>2974</v>
       </c>
       <c r="H991" t="s">
-        <v>2955</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992">
-        <v>4794</v>
+        <v>4950</v>
       </c>
       <c r="B992">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C992">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D992" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E992" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F992" s="1" t="s">
-        <v>2956</v>
+        <v>2976</v>
       </c>
       <c r="G992" t="s">
-        <v>2957</v>
+        <v>2977</v>
       </c>
       <c r="H992" t="s">
-        <v>2957</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993">
-        <v>4768</v>
+        <v>4946</v>
       </c>
       <c r="B993">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C993">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D993" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E993" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F993" s="1" t="s">
-        <v>2958</v>
+        <v>2979</v>
       </c>
       <c r="G993" t="s">
-        <v>2959</v>
+        <v>2980</v>
       </c>
       <c r="H993" t="s">
-        <v>2959</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994">
-        <v>4757</v>
+        <v>4943</v>
       </c>
       <c r="B994">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C994">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D994" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E994" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>2960</v>
+        <v>2981</v>
       </c>
       <c r="G994" t="s">
-        <v>2961</v>
+        <v>2982</v>
       </c>
       <c r="H994" t="s">
-        <v>2962</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995">
-        <v>4756</v>
+        <v>4923</v>
       </c>
       <c r="B995">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C995">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D995" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="E995" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>2963</v>
+        <v>2983</v>
       </c>
       <c r="G995" t="s">
-        <v>2964</v>
+        <v>2984</v>
       </c>
       <c r="H995" t="s">
-        <v>2965</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996">
-        <v>4750</v>
+        <v>4915</v>
       </c>
       <c r="B996">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C996">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D996" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E996" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>2966</v>
+        <v>2986</v>
       </c>
       <c r="G996" t="s">
-        <v>2967</v>
+        <v>2987</v>
       </c>
       <c r="H996" t="s">
-        <v>2968</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997">
-        <v>4745</v>
+        <v>4906</v>
       </c>
       <c r="B997">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C997">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D997" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E997" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>2969</v>
+        <v>2989</v>
       </c>
       <c r="G997" t="s">
-        <v>2970</v>
+        <v>2990</v>
       </c>
       <c r="H997" t="s">
-        <v>2971</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998">
-        <v>4742</v>
+        <v>4901</v>
       </c>
       <c r="B998">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C998">
         <v>4</v>
       </c>
       <c r="D998" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E998" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>2972</v>
+        <v>2992</v>
       </c>
       <c r="G998" t="s">
-        <v>2973</v>
+        <v>2993</v>
       </c>
       <c r="H998" t="s">
-        <v>2973</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999">
-        <v>4736</v>
+        <v>4897</v>
       </c>
       <c r="B999">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C999">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D999" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E999" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>2974</v>
+        <v>2995</v>
       </c>
       <c r="G999" t="s">
-        <v>2975</v>
+        <v>2996</v>
       </c>
       <c r="H999" t="s">
-        <v>2976</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000">
-        <v>4720</v>
+        <v>4894</v>
       </c>
       <c r="B1000">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1000">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1000" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1000" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>2977</v>
+        <v>2998</v>
       </c>
       <c r="G1000" t="s">
-        <v>2978</v>
+        <v>2999</v>
       </c>
       <c r="H1000" t="s">
-        <v>2978</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001">
-        <v>4715</v>
+        <v>4892</v>
       </c>
       <c r="B1001">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1001">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D1001" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1001" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>2979</v>
+        <v>3000</v>
       </c>
       <c r="G1001" t="s">
-        <v>2980</v>
+        <v>3001</v>
       </c>
       <c r="H1001" t="s">
-        <v>2981</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002">
-        <v>4703</v>
+        <v>4890</v>
       </c>
       <c r="B1002">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1002">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1002" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1002" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1002" s="1" t="s">
-        <v>2982</v>
+        <v>3002</v>
       </c>
       <c r="G1002" t="s">
-        <v>2983</v>
+        <v>3003</v>
       </c>
       <c r="H1002" t="s">
-        <v>2984</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003">
-        <v>4699</v>
+        <v>4881</v>
       </c>
       <c r="B1003">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1003">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1003" t="s">
-        <v>1354</v>
+        <v>121</v>
       </c>
       <c r="E1003" t="s">
-        <v>1355</v>
+        <v>122</v>
       </c>
       <c r="F1003" s="1" t="s">
-        <v>2985</v>
+        <v>3004</v>
       </c>
       <c r="G1003" t="s">
-        <v>2986</v>
+        <v>3005</v>
       </c>
       <c r="H1003" t="s">
-        <v>2861</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004">
-        <v>4690</v>
+        <v>4876</v>
       </c>
       <c r="B1004">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1004">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D1004" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1004" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1004" s="1" t="s">
-        <v>2987</v>
+        <v>3007</v>
       </c>
       <c r="G1004" t="s">
-        <v>2988</v>
+        <v>3008</v>
       </c>
       <c r="H1004" t="s">
-        <v>2989</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005">
-        <v>4687</v>
+        <v>4875</v>
       </c>
       <c r="B1005">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1005">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1005" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1005" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1005" s="1" t="s">
-        <v>2990</v>
+        <v>3009</v>
       </c>
       <c r="G1005" t="s">
-        <v>2991</v>
+        <v>3010</v>
       </c>
       <c r="H1005" t="s">
-        <v>2992</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006">
-        <v>4681</v>
+        <v>4873</v>
       </c>
       <c r="B1006">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1006">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1006" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1006" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1006" s="1" t="s">
-        <v>2993</v>
+        <v>3012</v>
       </c>
       <c r="G1006" t="s">
-        <v>2994</v>
+        <v>3013</v>
       </c>
       <c r="H1006" t="s">
-        <v>2994</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007">
-        <v>4664</v>
+        <v>4868</v>
       </c>
       <c r="B1007">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1007">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1007" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1007" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1007" s="1" t="s">
-        <v>2995</v>
+        <v>3015</v>
       </c>
       <c r="G1007" t="s">
-        <v>2996</v>
+        <v>3016</v>
       </c>
       <c r="H1007" t="s">
-        <v>2997</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008">
-        <v>4659</v>
+        <v>4866</v>
       </c>
       <c r="B1008">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1008">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1008" t="s">
-        <v>33</v>
+        <v>2182</v>
       </c>
       <c r="E1008" t="s">
-        <v>34</v>
+        <v>2183</v>
       </c>
       <c r="F1008" s="1" t="s">
-        <v>2998</v>
+        <v>3017</v>
       </c>
       <c r="G1008" t="s">
-        <v>2999</v>
+        <v>3018</v>
       </c>
       <c r="H1008" t="s">
-        <v>3000</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009">
-        <v>4654</v>
+        <v>4857</v>
       </c>
       <c r="B1009">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1009">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1009" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1009" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1009" s="1" t="s">
-        <v>3001</v>
+        <v>3020</v>
       </c>
       <c r="G1009" t="s">
-        <v>3002</v>
+        <v>3021</v>
       </c>
       <c r="H1009" t="s">
-        <v>3003</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010">
-        <v>4648</v>
+        <v>4856</v>
       </c>
       <c r="B1010">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1010">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1010" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E1010" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F1010" s="1" t="s">
-        <v>3004</v>
+        <v>3022</v>
       </c>
       <c r="G1010" t="s">
-        <v>3005</v>
+        <v>3023</v>
       </c>
       <c r="H1010" t="s">
-        <v>3006</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011">
-        <v>4643</v>
+        <v>4853</v>
       </c>
       <c r="B1011">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1011">
         <v>1</v>
       </c>
       <c r="D1011" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E1011" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F1011" s="1" t="s">
-        <v>3007</v>
+        <v>3024</v>
       </c>
       <c r="G1011" t="s">
-        <v>3008</v>
+        <v>3025</v>
       </c>
       <c r="H1011" t="s">
-        <v>3008</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012">
-        <v>4642</v>
+        <v>4855</v>
       </c>
       <c r="B1012">
         <v>2018</v>
       </c>
       <c r="C1012">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D1012" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1012" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1012" s="1" t="s">
-        <v>3009</v>
+        <v>3027</v>
       </c>
       <c r="G1012" t="s">
-        <v>3010</v>
+        <v>3028</v>
       </c>
       <c r="H1012" t="s">
-        <v>3010</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013">
-        <v>4633</v>
+        <v>4852</v>
       </c>
       <c r="B1013">
         <v>2018</v>
       </c>
       <c r="C1013">
         <v>1</v>
       </c>
       <c r="D1013" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="E1013" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>3011</v>
+        <v>3029</v>
       </c>
       <c r="G1013" t="s">
-        <v>3012</v>
+        <v>3030</v>
       </c>
       <c r="H1013" t="s">
-        <v>3012</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014">
-        <v>4632</v>
+        <v>4851</v>
       </c>
       <c r="B1014">
         <v>2018</v>
       </c>
       <c r="C1014">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1014" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="E1014" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>3013</v>
+        <v>3031</v>
       </c>
       <c r="G1014" t="s">
-        <v>3014</v>
+        <v>3032</v>
       </c>
       <c r="H1014" t="s">
-        <v>3014</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015">
-        <v>4629</v>
+        <v>4845</v>
       </c>
       <c r="B1015">
         <v>2018</v>
       </c>
       <c r="C1015">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1015" t="s">
-        <v>203</v>
+        <v>1465</v>
       </c>
       <c r="E1015" t="s">
-        <v>204</v>
+        <v>1466</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>3015</v>
+        <v>3033</v>
       </c>
       <c r="G1015" t="s">
-        <v>3016</v>
+        <v>3034</v>
       </c>
       <c r="H1015" t="s">
-        <v>3016</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016">
-        <v>4627</v>
+        <v>4843</v>
       </c>
       <c r="B1016">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1016">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1016" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1016" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1016" s="1" t="s">
-        <v>3017</v>
+        <v>3036</v>
       </c>
       <c r="G1016" t="s">
-        <v>3018</v>
+        <v>3037</v>
       </c>
       <c r="H1016" t="s">
-        <v>3018</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017">
-        <v>4620</v>
+        <v>4834</v>
       </c>
       <c r="B1017">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1017">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D1017" t="s">
-        <v>529</v>
+        <v>8</v>
       </c>
       <c r="E1017" t="s">
-        <v>530</v>
+        <v>9</v>
       </c>
       <c r="F1017" s="1" t="s">
-        <v>3019</v>
+        <v>3038</v>
       </c>
       <c r="G1017" t="s">
-        <v>3020</v>
+        <v>3039</v>
       </c>
       <c r="H1017" t="s">
-        <v>3020</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018">
-        <v>4615</v>
+        <v>4833</v>
       </c>
       <c r="B1018">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1018">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D1018" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1018" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>3021</v>
+        <v>3041</v>
       </c>
       <c r="G1018" t="s">
-        <v>3022</v>
+        <v>3042</v>
       </c>
       <c r="H1018" t="s">
-        <v>3022</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019">
-        <v>4614</v>
+        <v>4826</v>
       </c>
       <c r="B1019">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1019">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D1019" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1019" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1019" s="1" t="s">
-        <v>3023</v>
+        <v>3043</v>
       </c>
       <c r="G1019" t="s">
-        <v>3024</v>
+        <v>3044</v>
       </c>
       <c r="H1019" t="s">
-        <v>3024</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020">
-        <v>4612</v>
+        <v>4825</v>
       </c>
       <c r="B1020">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1020">
         <v>9</v>
       </c>
       <c r="D1020" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1020" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1020" s="1" t="s">
-        <v>3025</v>
+        <v>3046</v>
       </c>
       <c r="G1020" t="s">
-        <v>3026</v>
+        <v>3047</v>
       </c>
       <c r="H1020" t="s">
-        <v>3026</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021">
-        <v>4606</v>
+        <v>4821</v>
       </c>
       <c r="B1021">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1021">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1021" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E1021" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>3027</v>
+        <v>3048</v>
       </c>
       <c r="G1021" t="s">
-        <v>3028</v>
+        <v>3049</v>
       </c>
       <c r="H1021" t="s">
-        <v>3028</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022">
-        <v>4604</v>
+        <v>4813</v>
       </c>
       <c r="B1022">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1022">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D1022" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1022" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1022" s="1" t="s">
-        <v>3029</v>
+        <v>3050</v>
       </c>
       <c r="G1022" t="s">
-        <v>3030</v>
+        <v>3051</v>
       </c>
       <c r="H1022" t="s">
-        <v>3030</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023">
-        <v>4603</v>
+        <v>4811</v>
       </c>
       <c r="B1023">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1023">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D1023" t="s">
-        <v>2071</v>
+        <v>640</v>
       </c>
       <c r="E1023" t="s">
-        <v>2072</v>
+        <v>641</v>
       </c>
       <c r="F1023" s="1" t="s">
-        <v>3031</v>
+        <v>3052</v>
       </c>
       <c r="G1023" t="s">
-        <v>3032</v>
+        <v>3053</v>
       </c>
       <c r="H1023" t="s">
-        <v>3033</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024">
-        <v>4597</v>
+        <v>4803</v>
       </c>
       <c r="B1024">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1024">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D1024" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1024" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>3034</v>
+        <v>3054</v>
       </c>
       <c r="G1024" t="s">
-        <v>3035</v>
+        <v>3055</v>
       </c>
       <c r="H1024" t="s">
-        <v>3035</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025">
-        <v>4596</v>
+        <v>4799</v>
       </c>
       <c r="B1025">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1025">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D1025" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E1025" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F1025" s="1" t="s">
-        <v>3036</v>
+        <v>3057</v>
       </c>
       <c r="G1025" t="s">
-        <v>3037</v>
+        <v>3058</v>
       </c>
       <c r="H1025" t="s">
-        <v>3038</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026">
-        <v>4595</v>
+        <v>4797</v>
       </c>
       <c r="B1026">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1026">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1026" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E1026" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F1026" s="1" t="s">
-        <v>3039</v>
+        <v>3059</v>
       </c>
       <c r="G1026" t="s">
-        <v>3040</v>
+        <v>3060</v>
       </c>
       <c r="H1026" t="s">
-        <v>3040</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027">
-        <v>4584</v>
+        <v>4796</v>
       </c>
       <c r="B1027">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1027">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1027" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1027" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>3041</v>
+        <v>3061</v>
       </c>
       <c r="G1027" t="s">
-        <v>3042</v>
+        <v>3062</v>
       </c>
       <c r="H1027" t="s">
-        <v>3043</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028">
-        <v>4583</v>
+        <v>4795</v>
       </c>
       <c r="B1028">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1028">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1028" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1028" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1028" s="1" t="s">
-        <v>3044</v>
+        <v>3064</v>
       </c>
       <c r="G1028" t="s">
-        <v>3045</v>
+        <v>3065</v>
       </c>
       <c r="H1028" t="s">
-        <v>3045</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029">
-        <v>4580</v>
+        <v>4794</v>
       </c>
       <c r="B1029">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1029">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="D1029" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1029" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1029" s="1" t="s">
-        <v>3046</v>
+        <v>3067</v>
       </c>
       <c r="G1029" t="s">
-        <v>3047</v>
+        <v>3068</v>
       </c>
       <c r="H1029" t="s">
-        <v>3048</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030">
-        <v>4572</v>
+        <v>4768</v>
       </c>
       <c r="B1030">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1030">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1030" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E1030" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F1030" s="1" t="s">
-        <v>3049</v>
+        <v>3069</v>
       </c>
       <c r="G1030" t="s">
-        <v>3050</v>
+        <v>3070</v>
       </c>
       <c r="H1030" t="s">
-        <v>3050</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031">
-        <v>4565</v>
+        <v>4757</v>
       </c>
       <c r="B1031">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1031">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D1031" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1031" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1031" s="1" t="s">
-        <v>3051</v>
+        <v>3071</v>
       </c>
       <c r="G1031" t="s">
-        <v>3052</v>
+        <v>3072</v>
       </c>
       <c r="H1031" t="s">
-        <v>3052</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032">
-        <v>4559</v>
+        <v>4756</v>
       </c>
       <c r="B1032">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1032">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1032" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1032" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1032" s="1" t="s">
-        <v>3053</v>
+        <v>3074</v>
       </c>
       <c r="G1032" t="s">
-        <v>3054</v>
+        <v>3075</v>
       </c>
       <c r="H1032" t="s">
-        <v>3054</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033">
-        <v>4554</v>
+        <v>4750</v>
       </c>
       <c r="B1033">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1033">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="D1033" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1033" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1033" s="1" t="s">
-        <v>3055</v>
+        <v>3077</v>
       </c>
       <c r="G1033" t="s">
-        <v>3056</v>
+        <v>3078</v>
       </c>
       <c r="H1033" t="s">
-        <v>3056</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034">
-        <v>4551</v>
+        <v>4745</v>
       </c>
       <c r="B1034">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1034">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D1034" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1034" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1034" s="1" t="s">
-        <v>3057</v>
+        <v>3080</v>
       </c>
       <c r="G1034" t="s">
-        <v>3058</v>
+        <v>3081</v>
       </c>
       <c r="H1034" t="s">
-        <v>3058</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035">
-        <v>4537</v>
+        <v>4742</v>
       </c>
       <c r="B1035">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1035">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1035" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1035" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1035" s="1" t="s">
-        <v>3059</v>
+        <v>3083</v>
       </c>
       <c r="G1035" t="s">
-        <v>3060</v>
+        <v>3084</v>
       </c>
       <c r="H1035" t="s">
-        <v>3060</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036">
-        <v>4534</v>
+        <v>4736</v>
       </c>
       <c r="B1036">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1036">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D1036" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1036" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1036" s="1" t="s">
-        <v>3061</v>
+        <v>3085</v>
       </c>
       <c r="G1036" t="s">
-        <v>3062</v>
+        <v>3086</v>
       </c>
       <c r="H1036" t="s">
-        <v>3062</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037">
-        <v>4523</v>
+        <v>4720</v>
       </c>
       <c r="B1037">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1037">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1037" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1037" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1037" s="1" t="s">
-        <v>3063</v>
+        <v>3088</v>
       </c>
       <c r="G1037" t="s">
-        <v>3064</v>
+        <v>3089</v>
       </c>
       <c r="H1037" t="s">
-        <v>3065</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038">
-        <v>4521</v>
+        <v>4715</v>
       </c>
       <c r="B1038">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1038">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1038" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1038" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1038" s="1" t="s">
-        <v>3066</v>
+        <v>3090</v>
       </c>
       <c r="G1038" t="s">
-        <v>3067</v>
+        <v>3091</v>
       </c>
       <c r="H1038" t="s">
-        <v>3067</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039">
-        <v>4518</v>
+        <v>4703</v>
       </c>
       <c r="B1039">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1039">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1039" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1039" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1039" s="1" t="s">
-        <v>3068</v>
+        <v>3093</v>
       </c>
       <c r="G1039" t="s">
-        <v>3069</v>
+        <v>3094</v>
       </c>
       <c r="H1039" t="s">
-        <v>3069</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040">
-        <v>4510</v>
+        <v>4699</v>
       </c>
       <c r="B1040">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1040">
         <v>1</v>
       </c>
       <c r="D1040" t="s">
-        <v>33</v>
+        <v>1465</v>
       </c>
       <c r="E1040" t="s">
-        <v>34</v>
+        <v>1466</v>
       </c>
       <c r="F1040" s="1" t="s">
-        <v>3070</v>
+        <v>3096</v>
       </c>
       <c r="G1040" t="s">
-        <v>3071</v>
+        <v>3097</v>
       </c>
       <c r="H1040" t="s">
-        <v>3071</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041">
-        <v>4504</v>
+        <v>4690</v>
       </c>
       <c r="B1041">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1041">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1041" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1041" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1041" s="1" t="s">
-        <v>3072</v>
+        <v>3098</v>
       </c>
       <c r="G1041" t="s">
-        <v>3073</v>
+        <v>3099</v>
       </c>
       <c r="H1041" t="s">
-        <v>3073</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042">
-        <v>4503</v>
+        <v>4687</v>
       </c>
       <c r="B1042">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1042">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1042" t="s">
-        <v>203</v>
+        <v>121</v>
       </c>
       <c r="E1042" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>3074</v>
+        <v>3101</v>
       </c>
       <c r="G1042" t="s">
-        <v>3075</v>
+        <v>3102</v>
       </c>
       <c r="H1042" t="s">
-        <v>3076</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043">
-        <v>4502</v>
+        <v>4681</v>
       </c>
       <c r="B1043">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1043">
         <v>2</v>
       </c>
       <c r="D1043" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1043" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1043" s="1" t="s">
-        <v>3077</v>
+        <v>3104</v>
       </c>
       <c r="G1043" t="s">
-        <v>3078</v>
+        <v>3105</v>
       </c>
       <c r="H1043" t="s">
-        <v>3079</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044">
-        <v>4501</v>
+        <v>4664</v>
       </c>
       <c r="B1044">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1044">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="D1044" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1044" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>3080</v>
+        <v>3106</v>
       </c>
       <c r="G1044" t="s">
-        <v>3081</v>
+        <v>3107</v>
       </c>
       <c r="H1044" t="s">
-        <v>3082</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045">
-        <v>4500</v>
+        <v>4659</v>
       </c>
       <c r="B1045">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1045">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D1045" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1045" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>3083</v>
+        <v>3109</v>
       </c>
       <c r="G1045" t="s">
-        <v>3084</v>
+        <v>3110</v>
       </c>
       <c r="H1045" t="s">
-        <v>3084</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046">
-        <v>4493</v>
+        <v>4654</v>
       </c>
       <c r="B1046">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1046">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="D1046" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1046" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1046" s="1" t="s">
-        <v>3085</v>
+        <v>3112</v>
       </c>
       <c r="G1046" t="s">
-        <v>3086</v>
+        <v>3113</v>
       </c>
       <c r="H1046" t="s">
-        <v>3087</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047">
-        <v>4488</v>
+        <v>4648</v>
       </c>
       <c r="B1047">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1047">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D1047" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1047" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>3088</v>
+        <v>3115</v>
       </c>
       <c r="G1047" t="s">
-        <v>3089</v>
+        <v>3116</v>
       </c>
       <c r="H1047" t="s">
-        <v>3090</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048">
-        <v>4487</v>
+        <v>4643</v>
       </c>
       <c r="B1048">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1048">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D1048" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1048" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1048" s="1" t="s">
-        <v>3091</v>
+        <v>3118</v>
       </c>
       <c r="G1048" t="s">
-        <v>3092</v>
+        <v>3119</v>
       </c>
       <c r="H1048" t="s">
-        <v>3092</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049">
-        <v>4486</v>
+        <v>4642</v>
       </c>
       <c r="B1049">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1049">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D1049" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1049" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1049" s="1" t="s">
-        <v>3093</v>
+        <v>3120</v>
       </c>
       <c r="G1049" t="s">
-        <v>3094</v>
+        <v>3121</v>
       </c>
       <c r="H1049" t="s">
-        <v>3094</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050">
-        <v>4485</v>
+        <v>4633</v>
       </c>
       <c r="B1050">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1050">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1050" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1050" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1050" s="1" t="s">
-        <v>3095</v>
+        <v>3122</v>
       </c>
       <c r="G1050" t="s">
-        <v>3096</v>
+        <v>3123</v>
       </c>
       <c r="H1050" t="s">
-        <v>3096</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051">
-        <v>4479</v>
+        <v>4632</v>
       </c>
       <c r="B1051">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1051">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1051" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E1051" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F1051" s="1" t="s">
-        <v>3097</v>
+        <v>3124</v>
       </c>
       <c r="G1051" t="s">
-        <v>3098</v>
+        <v>3125</v>
       </c>
       <c r="H1051" t="s">
-        <v>3098</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052">
-        <v>4475</v>
+        <v>4629</v>
       </c>
       <c r="B1052">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1052">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1052" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E1052" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F1052" s="1" t="s">
-        <v>3099</v>
+        <v>3126</v>
       </c>
       <c r="G1052" t="s">
-        <v>3100</v>
+        <v>3127</v>
       </c>
       <c r="H1052" t="s">
-        <v>3100</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053">
-        <v>4447</v>
+        <v>4627</v>
       </c>
       <c r="B1053">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1053">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D1053" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1053" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1053" s="1" t="s">
-        <v>3101</v>
+        <v>3128</v>
       </c>
       <c r="G1053" t="s">
-        <v>3102</v>
+        <v>3129</v>
       </c>
       <c r="H1053" t="s">
-        <v>3102</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054">
-        <v>4446</v>
+        <v>4620</v>
       </c>
       <c r="B1054">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1054">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D1054" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E1054" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F1054" s="1" t="s">
-        <v>3103</v>
+        <v>3130</v>
       </c>
       <c r="G1054" t="s">
-        <v>3104</v>
+        <v>3131</v>
       </c>
       <c r="H1054" t="s">
-        <v>3105</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055">
-        <v>4444</v>
+        <v>4615</v>
       </c>
       <c r="B1055">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1055">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="D1055" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1055" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1055" s="1" t="s">
-        <v>3106</v>
+        <v>3132</v>
       </c>
       <c r="G1055" t="s">
-        <v>3107</v>
+        <v>3133</v>
       </c>
       <c r="H1055" t="s">
-        <v>3107</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056">
-        <v>4407</v>
+        <v>4614</v>
       </c>
       <c r="B1056">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1056">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D1056" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1056" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1056" s="1" t="s">
-        <v>3108</v>
+        <v>3134</v>
       </c>
       <c r="G1056" t="s">
-        <v>3109</v>
+        <v>3135</v>
       </c>
       <c r="H1056" t="s">
-        <v>3110</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057">
-        <v>4404</v>
+        <v>4612</v>
       </c>
       <c r="B1057">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1057">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D1057" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1057" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1057" s="1" t="s">
-        <v>3111</v>
+        <v>3136</v>
       </c>
       <c r="G1057" t="s">
-        <v>3112</v>
+        <v>3137</v>
       </c>
       <c r="H1057" t="s">
-        <v>3113</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058">
-        <v>4400</v>
+        <v>4606</v>
       </c>
       <c r="B1058">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1058">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D1058" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1058" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>3114</v>
+        <v>3138</v>
       </c>
       <c r="G1058" t="s">
-        <v>3115</v>
+        <v>3139</v>
       </c>
       <c r="H1058" t="s">
-        <v>3116</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059">
-        <v>4398</v>
+        <v>4604</v>
       </c>
       <c r="B1059">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1059">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D1059" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1059" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1059" s="1" t="s">
-        <v>3117</v>
+        <v>3140</v>
       </c>
       <c r="G1059" t="s">
-        <v>3118</v>
+        <v>3141</v>
       </c>
       <c r="H1059" t="s">
-        <v>3119</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060">
-        <v>4392</v>
+        <v>4603</v>
       </c>
       <c r="B1060">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1060">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D1060" t="s">
-        <v>33</v>
+        <v>2182</v>
       </c>
       <c r="E1060" t="s">
-        <v>34</v>
+        <v>2183</v>
       </c>
       <c r="F1060" s="1" t="s">
-        <v>3120</v>
+        <v>3142</v>
       </c>
       <c r="G1060" t="s">
-        <v>3121</v>
+        <v>3143</v>
       </c>
       <c r="H1060" t="s">
-        <v>3122</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061">
-        <v>4389</v>
+        <v>4597</v>
       </c>
       <c r="B1061">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1061">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D1061" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1061" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1061" s="1" t="s">
-        <v>3123</v>
+        <v>3145</v>
       </c>
       <c r="G1061" t="s">
-        <v>3124</v>
+        <v>3146</v>
       </c>
       <c r="H1061" t="s">
-        <v>3125</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062">
-        <v>4386</v>
+        <v>4596</v>
       </c>
       <c r="B1062">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1062">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D1062" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E1062" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F1062" s="1" t="s">
-        <v>3126</v>
+        <v>3147</v>
       </c>
       <c r="G1062" t="s">
-        <v>3127</v>
+        <v>3148</v>
       </c>
       <c r="H1062" t="s">
-        <v>3128</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063">
-        <v>4377</v>
+        <v>4595</v>
       </c>
       <c r="B1063">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1063">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D1063" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1063" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1063" s="1" t="s">
-        <v>3129</v>
+        <v>3150</v>
       </c>
       <c r="G1063" t="s">
-        <v>3130</v>
+        <v>3151</v>
       </c>
       <c r="H1063" t="s">
-        <v>3131</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064">
-        <v>4375</v>
+        <v>4584</v>
       </c>
       <c r="B1064">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1064">
         <v>9</v>
       </c>
       <c r="D1064" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1064" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1064" s="1" t="s">
-        <v>3132</v>
+        <v>3152</v>
       </c>
       <c r="G1064" t="s">
-        <v>3133</v>
+        <v>3153</v>
       </c>
       <c r="H1064" t="s">
-        <v>3134</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065">
-        <v>4370</v>
+        <v>4583</v>
       </c>
       <c r="B1065">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1065">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D1065" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1065" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1065" s="1" t="s">
-        <v>3135</v>
+        <v>3155</v>
       </c>
       <c r="G1065" t="s">
-        <v>3136</v>
+        <v>3156</v>
       </c>
       <c r="H1065" t="s">
-        <v>3137</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066">
-        <v>4367</v>
+        <v>4580</v>
       </c>
       <c r="B1066">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1066">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="D1066" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1066" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1066" s="1" t="s">
-        <v>3138</v>
+        <v>3157</v>
       </c>
       <c r="G1066" t="s">
-        <v>3139</v>
+        <v>3158</v>
       </c>
       <c r="H1066" t="s">
-        <v>3140</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067">
-        <v>4364</v>
+        <v>4572</v>
       </c>
       <c r="B1067">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1067">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1067" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1067" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1067" s="1" t="s">
-        <v>3141</v>
+        <v>3160</v>
       </c>
       <c r="G1067" t="s">
-        <v>3142</v>
+        <v>3161</v>
       </c>
       <c r="H1067" t="s">
-        <v>3142</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068">
-        <v>4358</v>
+        <v>4565</v>
       </c>
       <c r="B1068">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1068">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1068" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E1068" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F1068" s="1" t="s">
-        <v>3143</v>
+        <v>3162</v>
       </c>
       <c r="G1068" t="s">
-        <v>3144</v>
+        <v>3163</v>
       </c>
       <c r="H1068" t="s">
-        <v>3144</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1069" spans="1:8">
       <c r="A1069">
-        <v>4344</v>
+        <v>4559</v>
       </c>
       <c r="B1069">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1069">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D1069" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1069" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1069" s="1" t="s">
-        <v>3145</v>
+        <v>3164</v>
       </c>
       <c r="G1069" t="s">
-        <v>3146</v>
+        <v>3165</v>
       </c>
       <c r="H1069" t="s">
-        <v>3146</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="1070" spans="1:8">
       <c r="A1070">
-        <v>4343</v>
+        <v>4554</v>
       </c>
       <c r="B1070">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1070">
         <v>6</v>
       </c>
       <c r="D1070" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1070" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1070" s="1" t="s">
-        <v>3147</v>
+        <v>3166</v>
       </c>
       <c r="G1070" t="s">
-        <v>3148</v>
+        <v>3167</v>
       </c>
       <c r="H1070" t="s">
-        <v>3149</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="1071" spans="1:8">
       <c r="A1071">
-        <v>4334</v>
+        <v>4551</v>
       </c>
       <c r="B1071">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1071">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1071" t="s">
-        <v>2071</v>
+        <v>640</v>
       </c>
       <c r="E1071" t="s">
-        <v>2072</v>
+        <v>641</v>
       </c>
       <c r="F1071" s="1" t="s">
-        <v>3150</v>
+        <v>3168</v>
       </c>
       <c r="G1071" t="s">
-        <v>3151</v>
+        <v>3169</v>
       </c>
       <c r="H1071" t="s">
-        <v>3152</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072">
-        <v>4330</v>
+        <v>4537</v>
       </c>
       <c r="B1072">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1072">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1072" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1072" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1072" s="1" t="s">
-        <v>3153</v>
+        <v>3170</v>
       </c>
       <c r="G1072" t="s">
-        <v>3154</v>
+        <v>3171</v>
       </c>
       <c r="H1072" t="s">
-        <v>3154</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073">
-        <v>4329</v>
+        <v>4534</v>
       </c>
       <c r="B1073">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1073">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1073" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E1073" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F1073" s="1" t="s">
-        <v>3155</v>
+        <v>3172</v>
       </c>
       <c r="G1073" t="s">
-        <v>3156</v>
+        <v>3173</v>
       </c>
       <c r="H1073" t="s">
-        <v>3157</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074">
-        <v>4327</v>
+        <v>4523</v>
       </c>
       <c r="B1074">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1074">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1074" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1074" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1074" s="1" t="s">
-        <v>3158</v>
+        <v>3174</v>
       </c>
       <c r="G1074" t="s">
-        <v>3159</v>
+        <v>3175</v>
       </c>
       <c r="H1074" t="s">
-        <v>3160</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075">
-        <v>4261</v>
+        <v>4521</v>
       </c>
       <c r="B1075">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1075">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1075" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1075" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1075" s="1" t="s">
-        <v>3161</v>
+        <v>3177</v>
       </c>
       <c r="G1075" t="s">
-        <v>3162</v>
+        <v>3178</v>
       </c>
       <c r="H1075" t="s">
-        <v>3162</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1076" spans="1:8">
       <c r="A1076">
-        <v>4260</v>
+        <v>4518</v>
       </c>
       <c r="B1076">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1076">
         <v>2</v>
       </c>
       <c r="D1076" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1076" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1076" s="1" t="s">
-        <v>3163</v>
+        <v>3179</v>
       </c>
       <c r="G1076" t="s">
-        <v>3164</v>
+        <v>3180</v>
       </c>
       <c r="H1076" t="s">
-        <v>3164</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1077" spans="1:8">
       <c r="A1077">
-        <v>4232</v>
+        <v>4510</v>
       </c>
       <c r="B1077">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1077">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1077" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1077" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1077" s="1" t="s">
-        <v>3165</v>
+        <v>3181</v>
       </c>
       <c r="G1077" t="s">
-        <v>3166</v>
+        <v>3182</v>
       </c>
       <c r="H1077" t="s">
-        <v>3166</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1078" spans="1:8">
       <c r="A1078">
-        <v>4226</v>
+        <v>4504</v>
       </c>
       <c r="B1078">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1078">
         <v>3</v>
       </c>
       <c r="D1078" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1078" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1078" s="1" t="s">
-        <v>3167</v>
+        <v>3183</v>
       </c>
       <c r="G1078" t="s">
-        <v>3168</v>
+        <v>3184</v>
       </c>
       <c r="H1078" t="s">
-        <v>3168</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="1079" spans="1:8">
       <c r="A1079">
-        <v>4224</v>
+        <v>4503</v>
       </c>
       <c r="B1079">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1079">
         <v>1</v>
       </c>
       <c r="D1079" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E1079" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F1079" s="1" t="s">
-        <v>3169</v>
+        <v>3185</v>
       </c>
       <c r="G1079" t="s">
-        <v>3170</v>
+        <v>3186</v>
       </c>
       <c r="H1079" t="s">
-        <v>3170</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="1080" spans="1:8">
       <c r="A1080">
-        <v>4223</v>
+        <v>4502</v>
       </c>
       <c r="B1080">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1080">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1080" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1080" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1080" s="1" t="s">
-        <v>3171</v>
+        <v>3188</v>
       </c>
       <c r="G1080" t="s">
-        <v>3172</v>
+        <v>3189</v>
       </c>
       <c r="H1080" t="s">
-        <v>3172</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="1081" spans="1:8">
       <c r="A1081">
-        <v>4217</v>
+        <v>4501</v>
       </c>
       <c r="B1081">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1081">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="D1081" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="E1081" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="F1081" s="1" t="s">
-        <v>3173</v>
+        <v>3191</v>
       </c>
       <c r="G1081" t="s">
-        <v>3174</v>
+        <v>3192</v>
       </c>
       <c r="H1081" t="s">
-        <v>3174</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="1082" spans="1:8">
       <c r="A1082">
-        <v>4216</v>
+        <v>4500</v>
       </c>
       <c r="B1082">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1082">
         <v>12</v>
       </c>
       <c r="D1082" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1082" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1082" s="1" t="s">
-        <v>3175</v>
+        <v>3194</v>
       </c>
       <c r="G1082" t="s">
-        <v>3176</v>
+        <v>3195</v>
       </c>
       <c r="H1082" t="s">
-        <v>3176</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="1083" spans="1:8">
       <c r="A1083">
-        <v>4186</v>
+        <v>4493</v>
       </c>
       <c r="B1083">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1083">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D1083" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1083" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1083" s="1" t="s">
-        <v>3177</v>
+        <v>3196</v>
       </c>
       <c r="G1083" t="s">
-        <v>3178</v>
+        <v>3197</v>
       </c>
       <c r="H1083" t="s">
-        <v>3178</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1084" spans="1:8">
       <c r="A1084">
-        <v>4178</v>
+        <v>4488</v>
       </c>
       <c r="B1084">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1084">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D1084" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1084" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1084" s="1" t="s">
-        <v>3179</v>
+        <v>3199</v>
       </c>
       <c r="G1084" t="s">
-        <v>3180</v>
+        <v>3200</v>
       </c>
       <c r="H1084" t="s">
-        <v>3180</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1085" spans="1:8">
       <c r="A1085">
-        <v>4175</v>
+        <v>4487</v>
       </c>
       <c r="B1085">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1085">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D1085" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1085" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1085" s="1" t="s">
-        <v>3181</v>
+        <v>3202</v>
       </c>
       <c r="G1085" t="s">
-        <v>3182</v>
+        <v>3203</v>
       </c>
       <c r="H1085" t="s">
-        <v>3182</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1086" spans="1:8">
       <c r="A1086">
-        <v>4168</v>
+        <v>4486</v>
       </c>
       <c r="B1086">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1086">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D1086" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1086" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1086" s="1" t="s">
-        <v>3183</v>
+        <v>3204</v>
       </c>
       <c r="G1086" t="s">
-        <v>3184</v>
+        <v>3205</v>
       </c>
       <c r="H1086" t="s">
-        <v>3184</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="1087" spans="1:8">
       <c r="A1087">
-        <v>4165</v>
+        <v>4485</v>
       </c>
       <c r="B1087">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1087">
         <v>9</v>
       </c>
       <c r="D1087" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1087" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1087" s="1" t="s">
-        <v>3185</v>
+        <v>3206</v>
       </c>
       <c r="G1087" t="s">
-        <v>3186</v>
+        <v>3207</v>
       </c>
       <c r="H1087" t="s">
-        <v>3186</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1088" spans="1:8">
       <c r="A1088">
-        <v>4162</v>
+        <v>4479</v>
       </c>
       <c r="B1088">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1088">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1088" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="E1088" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="F1088" s="1" t="s">
-        <v>3187</v>
+        <v>3208</v>
       </c>
       <c r="G1088" t="s">
-        <v>3188</v>
+        <v>3209</v>
       </c>
       <c r="H1088" t="s">
-        <v>3189</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1089" spans="1:8">
       <c r="A1089">
-        <v>4160</v>
+        <v>4475</v>
       </c>
       <c r="B1089">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1089">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="D1089" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1089" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1089" s="1" t="s">
-        <v>3190</v>
+        <v>3210</v>
       </c>
       <c r="G1089" t="s">
-        <v>3191</v>
+        <v>3211</v>
       </c>
       <c r="H1089" t="s">
-        <v>3191</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1090" spans="1:8">
       <c r="A1090">
-        <v>4153</v>
+        <v>4447</v>
       </c>
       <c r="B1090">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1090">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1090" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1090" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1090" s="1" t="s">
-        <v>3192</v>
+        <v>3212</v>
       </c>
       <c r="G1090" t="s">
-        <v>3193</v>
+        <v>3213</v>
       </c>
       <c r="H1090" t="s">
-        <v>3193</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="1091" spans="1:8">
       <c r="A1091">
-        <v>4152</v>
+        <v>4446</v>
       </c>
       <c r="B1091">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1091">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1091" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E1091" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F1091" s="1" t="s">
-        <v>3194</v>
+        <v>3214</v>
       </c>
       <c r="G1091" t="s">
-        <v>3195</v>
+        <v>3215</v>
       </c>
       <c r="H1091" t="s">
-        <v>3195</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="1092" spans="1:8">
       <c r="A1092">
-        <v>4127</v>
+        <v>4444</v>
       </c>
       <c r="B1092">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1092">
         <v>6</v>
       </c>
       <c r="D1092" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1092" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1092" s="1" t="s">
-        <v>3196</v>
+        <v>3217</v>
       </c>
       <c r="G1092" t="s">
-        <v>3197</v>
+        <v>3218</v>
       </c>
       <c r="H1092" t="s">
-        <v>3197</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1093" spans="1:8">
       <c r="A1093">
-        <v>4126</v>
+        <v>4407</v>
       </c>
       <c r="B1093">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1093">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D1093" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1093" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1093" s="1" t="s">
-        <v>3198</v>
+        <v>3219</v>
       </c>
       <c r="G1093" t="s">
-        <v>3199</v>
+        <v>3220</v>
       </c>
       <c r="H1093" t="s">
-        <v>3199</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="1094" spans="1:8">
       <c r="A1094">
-        <v>4119</v>
+        <v>4404</v>
       </c>
       <c r="B1094">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1094">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="D1094" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1094" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1094" s="1" t="s">
-        <v>3200</v>
+        <v>3222</v>
       </c>
       <c r="G1094" t="s">
-        <v>3201</v>
+        <v>3223</v>
       </c>
       <c r="H1094" t="s">
-        <v>3202</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="1095" spans="1:8">
       <c r="A1095">
-        <v>4117</v>
+        <v>4400</v>
       </c>
       <c r="B1095">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1095">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D1095" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1095" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1095" s="1" t="s">
-        <v>3203</v>
+        <v>3225</v>
       </c>
       <c r="G1095" t="s">
-        <v>3204</v>
+        <v>3226</v>
       </c>
       <c r="H1095" t="s">
-        <v>3204</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1096" spans="1:8">
       <c r="A1096">
-        <v>4107</v>
+        <v>4398</v>
       </c>
       <c r="B1096">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1096">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="D1096" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1096" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1096" s="1" t="s">
-        <v>3205</v>
+        <v>3228</v>
       </c>
       <c r="G1096" t="s">
-        <v>3206</v>
+        <v>3229</v>
       </c>
       <c r="H1096" t="s">
-        <v>3206</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097">
-        <v>4103</v>
+        <v>4392</v>
       </c>
       <c r="B1097">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1097">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D1097" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1097" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1097" s="1" t="s">
-        <v>3207</v>
+        <v>3231</v>
       </c>
       <c r="G1097" t="s">
-        <v>3208</v>
+        <v>3232</v>
       </c>
       <c r="H1097" t="s">
-        <v>3209</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098">
-        <v>4102</v>
+        <v>4389</v>
       </c>
       <c r="B1098">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1098">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D1098" t="s">
-        <v>203</v>
+        <v>121</v>
       </c>
       <c r="E1098" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="F1098" s="1" t="s">
-        <v>3210</v>
+        <v>3234</v>
       </c>
       <c r="G1098" t="s">
-        <v>3211</v>
+        <v>3235</v>
       </c>
       <c r="H1098" t="s">
-        <v>3212</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="1099" spans="1:8">
       <c r="A1099">
-        <v>4101</v>
+        <v>4386</v>
       </c>
       <c r="B1099">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1099">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D1099" t="s">
-        <v>203</v>
+        <v>121</v>
       </c>
       <c r="E1099" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="F1099" s="1" t="s">
-        <v>3213</v>
+        <v>3237</v>
       </c>
       <c r="G1099" t="s">
-        <v>3214</v>
+        <v>3238</v>
       </c>
       <c r="H1099" t="s">
-        <v>3215</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100">
-        <v>4099</v>
+        <v>4377</v>
       </c>
       <c r="B1100">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1100">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1100" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1100" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1100" s="1" t="s">
-        <v>3216</v>
+        <v>3240</v>
       </c>
       <c r="G1100" t="s">
-        <v>3217</v>
+        <v>3241</v>
       </c>
       <c r="H1100" t="s">
-        <v>3218</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101">
-        <v>4092</v>
+        <v>4375</v>
       </c>
       <c r="B1101">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1101">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D1101" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1101" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1101" s="1" t="s">
-        <v>3219</v>
+        <v>3243</v>
       </c>
       <c r="G1101" t="s">
-        <v>3220</v>
+        <v>3244</v>
       </c>
       <c r="H1101" t="s">
-        <v>3220</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1102" spans="1:8">
       <c r="A1102">
-        <v>4089</v>
+        <v>4370</v>
       </c>
       <c r="B1102">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1102">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D1102" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1102" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1102" s="1" t="s">
-        <v>3221</v>
+        <v>3246</v>
       </c>
       <c r="G1102" t="s">
-        <v>3222</v>
+        <v>3247</v>
       </c>
       <c r="H1102" t="s">
-        <v>3222</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103">
-        <v>4084</v>
+        <v>4367</v>
       </c>
       <c r="B1103">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1103">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1103" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1103" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1103" s="1" t="s">
-        <v>3223</v>
+        <v>3249</v>
       </c>
       <c r="G1103" t="s">
-        <v>3224</v>
+        <v>3250</v>
       </c>
       <c r="H1103" t="s">
-        <v>3225</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="1104" spans="1:8">
       <c r="A1104">
-        <v>4082</v>
+        <v>4364</v>
       </c>
       <c r="B1104">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1104">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1104" t="s">
-        <v>203</v>
+        <v>640</v>
       </c>
       <c r="E1104" t="s">
-        <v>204</v>
+        <v>641</v>
       </c>
       <c r="F1104" s="1" t="s">
-        <v>3226</v>
+        <v>3252</v>
       </c>
       <c r="G1104" t="s">
-        <v>3227</v>
+        <v>3253</v>
       </c>
       <c r="H1104" t="s">
-        <v>3228</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="1105" spans="1:8">
       <c r="A1105">
-        <v>4078</v>
+        <v>4358</v>
       </c>
       <c r="B1105">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1105">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="D1105" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1105" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1105" s="1" t="s">
-        <v>3229</v>
+        <v>3254</v>
       </c>
       <c r="G1105" t="s">
-        <v>3230</v>
+        <v>3255</v>
       </c>
       <c r="H1105" t="s">
-        <v>3230</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="1106" spans="1:8">
       <c r="A1106">
-        <v>4074</v>
+        <v>4344</v>
       </c>
       <c r="B1106">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1106">
         <v>4</v>
       </c>
       <c r="D1106" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1106" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1106" s="1" t="s">
-        <v>3231</v>
+        <v>3256</v>
       </c>
       <c r="G1106" t="s">
-        <v>3232</v>
+        <v>3257</v>
       </c>
       <c r="H1106" t="s">
-        <v>3232</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1107" spans="1:8">
       <c r="A1107">
-        <v>4065</v>
+        <v>4343</v>
       </c>
       <c r="B1107">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1107">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D1107" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1107" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1107" s="1" t="s">
-        <v>3233</v>
+        <v>3258</v>
       </c>
       <c r="G1107" t="s">
-        <v>3234</v>
+        <v>3259</v>
       </c>
       <c r="H1107" t="s">
-        <v>3234</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1108" spans="1:8">
       <c r="A1108">
-        <v>4061</v>
+        <v>4334</v>
       </c>
       <c r="B1108">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1108">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D1108" t="s">
-        <v>33</v>
+        <v>2182</v>
       </c>
       <c r="E1108" t="s">
-        <v>34</v>
+        <v>2183</v>
       </c>
       <c r="F1108" s="1" t="s">
-        <v>3235</v>
+        <v>3261</v>
       </c>
       <c r="G1108" t="s">
-        <v>3236</v>
+        <v>3262</v>
       </c>
       <c r="H1108" t="s">
-        <v>3236</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="1109" spans="1:8">
       <c r="A1109">
-        <v>4054</v>
+        <v>4330</v>
       </c>
       <c r="B1109">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1109" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1109" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1109" s="1" t="s">
-        <v>3237</v>
+        <v>3264</v>
       </c>
       <c r="G1109" t="s">
-        <v>3238</v>
+        <v>3265</v>
       </c>
       <c r="H1109" t="s">
-        <v>3238</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1110" spans="1:8">
       <c r="A1110">
-        <v>4050</v>
+        <v>4329</v>
       </c>
       <c r="B1110">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1110">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1110" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E1110" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F1110" s="1" t="s">
-        <v>3239</v>
+        <v>3266</v>
       </c>
       <c r="G1110" t="s">
-        <v>3240</v>
+        <v>3267</v>
       </c>
       <c r="H1110" t="s">
-        <v>3240</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1111" spans="1:8">
       <c r="A1111">
-        <v>4048</v>
+        <v>4327</v>
       </c>
       <c r="B1111">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1111">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D1111" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1111" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1111" s="1" t="s">
-        <v>3241</v>
+        <v>3269</v>
       </c>
       <c r="G1111" t="s">
-        <v>3242</v>
+        <v>3270</v>
       </c>
       <c r="H1111" t="s">
-        <v>3242</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1112" spans="1:8">
       <c r="A1112">
-        <v>4044</v>
+        <v>4261</v>
       </c>
       <c r="B1112">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1112">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1112" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1112" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1112" s="1" t="s">
-        <v>3243</v>
+        <v>3272</v>
       </c>
       <c r="G1112" t="s">
-        <v>3244</v>
+        <v>3273</v>
       </c>
       <c r="H1112" t="s">
-        <v>3244</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="1113" spans="1:8">
       <c r="A1113">
-        <v>4041</v>
+        <v>4260</v>
       </c>
       <c r="B1113">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1113">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D1113" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1113" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1113" s="1" t="s">
-        <v>3245</v>
+        <v>3274</v>
       </c>
       <c r="G1113" t="s">
-        <v>3246</v>
+        <v>3275</v>
       </c>
       <c r="H1113" t="s">
-        <v>3246</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="1114" spans="1:8">
       <c r="A1114">
-        <v>4036</v>
+        <v>4232</v>
       </c>
       <c r="B1114">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1114">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1114" t="s">
-        <v>33</v>
+        <v>2182</v>
       </c>
       <c r="E1114" t="s">
-        <v>34</v>
+        <v>2183</v>
       </c>
       <c r="F1114" s="1" t="s">
-        <v>3247</v>
+        <v>3276</v>
       </c>
       <c r="G1114" t="s">
-        <v>3248</v>
+        <v>3277</v>
       </c>
       <c r="H1114" t="s">
-        <v>3248</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="1115" spans="1:8">
       <c r="A1115">
-        <v>4033</v>
+        <v>4226</v>
       </c>
       <c r="B1115">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1115">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1115" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1115" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1115" s="1" t="s">
-        <v>3249</v>
+        <v>3278</v>
       </c>
       <c r="G1115" t="s">
-        <v>3250</v>
+        <v>3279</v>
       </c>
       <c r="H1115" t="s">
-        <v>3250</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="1116" spans="1:8">
       <c r="A1116">
-        <v>4028</v>
+        <v>4224</v>
       </c>
       <c r="B1116">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1116">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1116" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1116" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1116" s="1" t="s">
-        <v>3251</v>
+        <v>3280</v>
       </c>
       <c r="G1116" t="s">
-        <v>3252</v>
+        <v>3281</v>
       </c>
       <c r="H1116" t="s">
-        <v>3252</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="1117" spans="1:8">
       <c r="A1117">
-        <v>4026</v>
+        <v>4223</v>
       </c>
       <c r="B1117">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1117">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1117" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1117" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1117" s="1" t="s">
-        <v>3253</v>
+        <v>3282</v>
       </c>
       <c r="G1117" t="s">
-        <v>3254</v>
+        <v>3283</v>
       </c>
       <c r="H1117" t="s">
-        <v>3254</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="1118" spans="1:8">
       <c r="A1118">
-        <v>4021</v>
+        <v>4217</v>
       </c>
       <c r="B1118">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1118">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1118" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1118" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1118" s="1" t="s">
-        <v>3255</v>
+        <v>3284</v>
       </c>
       <c r="G1118" t="s">
-        <v>3256</v>
+        <v>3285</v>
       </c>
       <c r="H1118" t="s">
-        <v>3256</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="1119" spans="1:8">
       <c r="A1119">
-        <v>4018</v>
+        <v>4216</v>
       </c>
       <c r="B1119">
         <v>2015</v>
       </c>
       <c r="C1119">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D1119" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1119" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1119" s="1" t="s">
-        <v>3257</v>
+        <v>3286</v>
       </c>
       <c r="G1119" t="s">
-        <v>3258</v>
+        <v>3287</v>
       </c>
       <c r="H1119" t="s">
-        <v>3258</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="1120" spans="1:8">
       <c r="A1120">
-        <v>4019</v>
+        <v>4186</v>
       </c>
       <c r="B1120">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1120">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D1120" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1120" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1120" s="1" t="s">
-        <v>3259</v>
+        <v>3288</v>
       </c>
       <c r="G1120" t="s">
-        <v>3260</v>
+        <v>3289</v>
       </c>
       <c r="H1120" t="s">
-        <v>3260</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="1121" spans="1:8">
       <c r="A1121">
-        <v>4013</v>
+        <v>4178</v>
       </c>
       <c r="B1121">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1121">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D1121" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1121" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1121" s="1" t="s">
-        <v>3261</v>
+        <v>3290</v>
       </c>
       <c r="G1121" t="s">
-        <v>3262</v>
+        <v>3291</v>
       </c>
       <c r="H1121" t="s">
-        <v>3262</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="1122" spans="1:8">
       <c r="A1122">
-        <v>4012</v>
+        <v>4175</v>
       </c>
       <c r="B1122">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1122">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D1122" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1122" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1122" s="1" t="s">
-        <v>3263</v>
+        <v>3292</v>
       </c>
       <c r="G1122" t="s">
-        <v>3264</v>
+        <v>3293</v>
       </c>
       <c r="H1122" t="s">
-        <v>3264</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="1123" spans="1:8">
       <c r="A1123">
-        <v>4010</v>
+        <v>4168</v>
       </c>
       <c r="B1123">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1123">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="D1123" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1123" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1123" s="1" t="s">
-        <v>3265</v>
+        <v>3294</v>
       </c>
       <c r="G1123" t="s">
-        <v>3266</v>
+        <v>3295</v>
       </c>
       <c r="H1123" t="s">
-        <v>3266</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="1124" spans="1:8">
       <c r="A1124">
-        <v>4009</v>
+        <v>4165</v>
       </c>
       <c r="B1124">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1124">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D1124" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1124" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1124" s="1" t="s">
-        <v>3267</v>
+        <v>3296</v>
       </c>
       <c r="G1124" t="s">
-        <v>3268</v>
+        <v>3297</v>
       </c>
       <c r="H1124" t="s">
-        <v>3268</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1125" spans="1:8">
       <c r="A1125">
-        <v>4007</v>
+        <v>4162</v>
       </c>
       <c r="B1125">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1125">
         <v>2</v>
       </c>
       <c r="D1125" t="s">
-        <v>203</v>
+        <v>74</v>
       </c>
       <c r="E1125" t="s">
-        <v>204</v>
+        <v>75</v>
       </c>
       <c r="F1125" s="1" t="s">
-        <v>3269</v>
+        <v>3298</v>
       </c>
       <c r="G1125" t="s">
-        <v>3270</v>
+        <v>3299</v>
       </c>
       <c r="H1125" t="s">
-        <v>3271</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1126" spans="1:8">
       <c r="A1126">
-        <v>3990</v>
+        <v>4160</v>
       </c>
       <c r="B1126">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1126">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D1126" t="s">
-        <v>1354</v>
+        <v>121</v>
       </c>
       <c r="E1126" t="s">
-        <v>1355</v>
+        <v>122</v>
       </c>
       <c r="F1126" s="1" t="s">
-        <v>3272</v>
+        <v>3301</v>
       </c>
       <c r="G1126" t="s">
-        <v>3273</v>
+        <v>3302</v>
       </c>
       <c r="H1126" t="s">
-        <v>3273</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="1127" spans="1:8">
       <c r="A1127">
-        <v>3988</v>
+        <v>4153</v>
       </c>
       <c r="B1127">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1127">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D1127" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1127" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1127" s="1" t="s">
-        <v>3274</v>
+        <v>3303</v>
       </c>
       <c r="G1127" t="s">
-        <v>3275</v>
+        <v>3304</v>
       </c>
       <c r="H1127" t="s">
-        <v>3275</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="1128" spans="1:8">
       <c r="A1128">
-        <v>3987</v>
+        <v>4152</v>
       </c>
       <c r="B1128">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1128">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D1128" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1128" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1128" s="1" t="s">
-        <v>3276</v>
+        <v>3305</v>
       </c>
       <c r="G1128" t="s">
-        <v>3277</v>
+        <v>3306</v>
       </c>
       <c r="H1128" t="s">
-        <v>3277</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1129" spans="1:8">
       <c r="A1129">
-        <v>3984</v>
+        <v>4127</v>
       </c>
       <c r="B1129">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1129">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D1129" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1129" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1129" s="1" t="s">
-        <v>3278</v>
+        <v>3307</v>
       </c>
       <c r="G1129" t="s">
-        <v>3279</v>
+        <v>3308</v>
       </c>
       <c r="H1129" t="s">
-        <v>3279</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="1130" spans="1:8">
       <c r="A1130">
-        <v>3981</v>
+        <v>4126</v>
       </c>
       <c r="B1130">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1130">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D1130" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1130" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1130" s="1" t="s">
-        <v>3280</v>
+        <v>3309</v>
       </c>
       <c r="G1130" t="s">
-        <v>3281</v>
+        <v>3310</v>
       </c>
       <c r="H1130" t="s">
-        <v>3282</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1131" spans="1:8">
       <c r="A1131">
-        <v>3980</v>
+        <v>4119</v>
       </c>
       <c r="B1131">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1131">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1131" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E1131" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="F1131" s="1" t="s">
-        <v>3283</v>
+        <v>3311</v>
       </c>
       <c r="G1131" t="s">
-        <v>3284</v>
+        <v>3312</v>
       </c>
       <c r="H1131" t="s">
-        <v>3285</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1132" spans="1:8">
       <c r="A1132">
-        <v>3979</v>
+        <v>4117</v>
       </c>
       <c r="B1132">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1132">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1132" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1132" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1132" s="1" t="s">
-        <v>3286</v>
+        <v>3314</v>
       </c>
       <c r="G1132" t="s">
-        <v>3287</v>
+        <v>3315</v>
       </c>
       <c r="H1132" t="s">
-        <v>3288</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1133" spans="1:8">
       <c r="A1133">
-        <v>3978</v>
+        <v>4107</v>
       </c>
       <c r="B1133">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1133">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D1133" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1133" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1133" s="1" t="s">
-        <v>3289</v>
+        <v>3316</v>
       </c>
       <c r="G1133" t="s">
-        <v>3290</v>
+        <v>3317</v>
       </c>
       <c r="H1133" t="s">
-        <v>3291</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="1134" spans="1:8">
       <c r="A1134">
-        <v>3977</v>
+        <v>4103</v>
       </c>
       <c r="B1134">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1134">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="D1134" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1134" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1134" s="1" t="s">
-        <v>3292</v>
+        <v>3318</v>
       </c>
       <c r="G1134" t="s">
-        <v>3293</v>
+        <v>3319</v>
       </c>
       <c r="H1134" t="s">
-        <v>3294</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="1135" spans="1:8">
       <c r="A1135">
-        <v>3976</v>
+        <v>4102</v>
       </c>
       <c r="B1135">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1135">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1135" t="s">
-        <v>138</v>
+        <v>94</v>
       </c>
       <c r="E1135" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="F1135" s="1" t="s">
-        <v>3295</v>
+        <v>3321</v>
       </c>
       <c r="G1135" t="s">
-        <v>3296</v>
+        <v>3322</v>
       </c>
       <c r="H1135" t="s">
-        <v>3297</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="1136" spans="1:8">
       <c r="A1136">
-        <v>3975</v>
+        <v>4101</v>
       </c>
       <c r="B1136">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1136">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1136" t="s">
-        <v>138</v>
+        <v>94</v>
       </c>
       <c r="E1136" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="F1136" s="1" t="s">
-        <v>3298</v>
+        <v>3324</v>
       </c>
       <c r="G1136" t="s">
-        <v>3299</v>
+        <v>3325</v>
       </c>
       <c r="H1136" t="s">
-        <v>3300</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="1137" spans="1:8">
       <c r="A1137">
-        <v>3974</v>
+        <v>4099</v>
       </c>
       <c r="B1137">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1137">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1137" t="s">
-        <v>88</v>
+        <v>2182</v>
       </c>
       <c r="E1137" t="s">
-        <v>89</v>
+        <v>2183</v>
       </c>
       <c r="F1137" s="1" t="s">
-        <v>3301</v>
+        <v>3327</v>
       </c>
       <c r="G1137" t="s">
-        <v>3302</v>
+        <v>3328</v>
       </c>
       <c r="H1137" t="s">
-        <v>3189</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="1138" spans="1:8">
       <c r="A1138">
-        <v>3972</v>
+        <v>4092</v>
       </c>
       <c r="B1138">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1138">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D1138" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1138" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1138" s="1" t="s">
-        <v>3303</v>
+        <v>3330</v>
       </c>
       <c r="G1138" t="s">
-        <v>3304</v>
+        <v>3331</v>
       </c>
       <c r="H1138" t="s">
-        <v>3305</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="1139" spans="1:8">
       <c r="A1139">
-        <v>3971</v>
+        <v>4089</v>
       </c>
       <c r="B1139">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1139">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1139" t="s">
-        <v>3306</v>
+        <v>640</v>
       </c>
       <c r="E1139" t="s">
-        <v>3307</v>
+        <v>641</v>
       </c>
       <c r="F1139" s="1" t="s">
-        <v>3308</v>
+        <v>3332</v>
       </c>
       <c r="G1139" t="s">
-        <v>3309</v>
+        <v>3333</v>
       </c>
       <c r="H1139" t="s">
-        <v>3310</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1140" spans="1:8">
       <c r="A1140">
-        <v>3970</v>
+        <v>4084</v>
       </c>
       <c r="B1140">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1140">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1140" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1140" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1140" s="1" t="s">
-        <v>3311</v>
+        <v>3334</v>
       </c>
       <c r="G1140" t="s">
-        <v>3312</v>
+        <v>3335</v>
       </c>
       <c r="H1140" t="s">
-        <v>3312</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1141" spans="1:8">
       <c r="A1141">
-        <v>3969</v>
+        <v>4082</v>
       </c>
       <c r="B1141">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1141">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D1141" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="E1141" t="s">
-        <v>530</v>
+        <v>95</v>
       </c>
       <c r="F1141" s="1" t="s">
-        <v>3313</v>
+        <v>3337</v>
       </c>
       <c r="G1141" t="s">
-        <v>3314</v>
+        <v>3338</v>
       </c>
       <c r="H1141" t="s">
-        <v>3314</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="1142" spans="1:8">
       <c r="A1142">
-        <v>3968</v>
+        <v>4078</v>
       </c>
       <c r="B1142">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1142">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="D1142" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1142" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1142" s="1" t="s">
-        <v>3315</v>
+        <v>3340</v>
       </c>
       <c r="G1142" t="s">
-        <v>3316</v>
+        <v>3341</v>
       </c>
       <c r="H1142" t="s">
-        <v>3316</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="1143" spans="1:8">
       <c r="A1143">
-        <v>3965</v>
+        <v>4074</v>
       </c>
       <c r="B1143">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1143">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1143" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1143" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1143" s="1" t="s">
-        <v>3317</v>
+        <v>3342</v>
       </c>
       <c r="G1143" t="s">
-        <v>3318</v>
+        <v>3343</v>
       </c>
       <c r="H1143" t="s">
-        <v>3318</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="1144" spans="1:8">
       <c r="A1144">
-        <v>3961</v>
+        <v>4065</v>
       </c>
       <c r="B1144">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1144">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1144" t="s">
-        <v>1354</v>
+        <v>121</v>
       </c>
       <c r="E1144" t="s">
-        <v>1355</v>
+        <v>122</v>
       </c>
       <c r="F1144" s="1" t="s">
-        <v>3319</v>
+        <v>3344</v>
       </c>
       <c r="G1144" t="s">
-        <v>3320</v>
+        <v>3345</v>
       </c>
       <c r="H1144" t="s">
-        <v>3321</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="1145" spans="1:8">
       <c r="A1145">
-        <v>3959</v>
+        <v>4061</v>
       </c>
       <c r="B1145">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1145">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D1145" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1145" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1145" s="1" t="s">
-        <v>3322</v>
+        <v>3346</v>
       </c>
       <c r="G1145" t="s">
-        <v>3323</v>
+        <v>3347</v>
       </c>
       <c r="H1145" t="s">
-        <v>3324</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="1146" spans="1:8">
       <c r="A1146">
-        <v>3948</v>
+        <v>4054</v>
       </c>
       <c r="B1146">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1146">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D1146" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1146" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1146" s="1" t="s">
-        <v>3325</v>
+        <v>3348</v>
       </c>
       <c r="G1146" t="s">
-        <v>3326</v>
+        <v>3349</v>
       </c>
       <c r="H1146" t="s">
-        <v>3327</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="1147" spans="1:8">
       <c r="A1147">
-        <v>3945</v>
+        <v>4050</v>
       </c>
       <c r="B1147">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1147">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1147" t="s">
-        <v>1354</v>
+        <v>121</v>
       </c>
       <c r="E1147" t="s">
-        <v>1355</v>
+        <v>122</v>
       </c>
       <c r="F1147" s="1" t="s">
-        <v>3328</v>
+        <v>3350</v>
       </c>
       <c r="G1147" t="s">
-        <v>3329</v>
+        <v>3351</v>
       </c>
       <c r="H1147" t="s">
-        <v>3330</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="1148" spans="1:8">
       <c r="A1148">
-        <v>3944</v>
+        <v>4048</v>
       </c>
       <c r="B1148">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1148">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1148" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1148" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1148" s="1" t="s">
-        <v>3331</v>
+        <v>3352</v>
       </c>
       <c r="G1148" t="s">
-        <v>3332</v>
+        <v>3353</v>
       </c>
       <c r="H1148" t="s">
-        <v>3332</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1149" spans="1:8">
       <c r="A1149">
-        <v>3942</v>
+        <v>4044</v>
       </c>
       <c r="B1149">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1149">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1149" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1149" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1149" s="1" t="s">
-        <v>3333</v>
+        <v>3354</v>
       </c>
       <c r="G1149" t="s">
-        <v>3334</v>
+        <v>3355</v>
       </c>
       <c r="H1149" t="s">
-        <v>3335</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1150" spans="1:8">
       <c r="A1150">
-        <v>3937</v>
+        <v>4041</v>
       </c>
       <c r="B1150">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1150">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D1150" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1150" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1150" s="1" t="s">
-        <v>3336</v>
+        <v>3356</v>
       </c>
       <c r="G1150" t="s">
-        <v>3337</v>
+        <v>3357</v>
       </c>
       <c r="H1150" t="s">
-        <v>3338</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="1151" spans="1:8">
       <c r="A1151">
-        <v>3929</v>
+        <v>4036</v>
       </c>
       <c r="B1151">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1151">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1151" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1151" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1151" s="1" t="s">
-        <v>3339</v>
+        <v>3358</v>
       </c>
       <c r="G1151" t="s">
-        <v>3340</v>
+        <v>3359</v>
       </c>
       <c r="H1151" t="s">
-        <v>3340</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="1152" spans="1:8">
       <c r="A1152">
-        <v>3927</v>
+        <v>4033</v>
       </c>
       <c r="B1152">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1152">
         <v>6</v>
       </c>
       <c r="D1152" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1152" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1152" s="1" t="s">
-        <v>3341</v>
+        <v>3360</v>
       </c>
       <c r="G1152" t="s">
-        <v>3342</v>
+        <v>3361</v>
       </c>
       <c r="H1152" t="s">
-        <v>3343</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1153" spans="1:8">
       <c r="A1153">
-        <v>3925</v>
+        <v>4028</v>
       </c>
       <c r="B1153">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1153">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D1153" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1153" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1153" s="1" t="s">
-        <v>3344</v>
+        <v>3362</v>
       </c>
       <c r="G1153" t="s">
-        <v>3345</v>
+        <v>3363</v>
       </c>
       <c r="H1153" t="s">
-        <v>3346</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="1154" spans="1:8">
       <c r="A1154">
-        <v>3921</v>
+        <v>4026</v>
       </c>
       <c r="B1154">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1154">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1154" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1154" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1154" s="1" t="s">
-        <v>3347</v>
+        <v>3364</v>
       </c>
       <c r="G1154" t="s">
-        <v>3348</v>
+        <v>3365</v>
       </c>
       <c r="H1154" t="s">
-        <v>3349</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="1155" spans="1:8">
       <c r="A1155">
-        <v>3920</v>
+        <v>4021</v>
       </c>
       <c r="B1155">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1155">
-        <v>92</v>
+        <v>2</v>
       </c>
       <c r="D1155" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1155" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1155" s="1" t="s">
-        <v>3350</v>
+        <v>3366</v>
       </c>
       <c r="G1155" t="s">
-        <v>3351</v>
+        <v>3367</v>
       </c>
       <c r="H1155" t="s">
-        <v>3352</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="1156" spans="1:8">
       <c r="A1156">
-        <v>3908</v>
+        <v>4018</v>
       </c>
       <c r="B1156">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1156">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1156" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1156" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1156" s="1" t="s">
-        <v>3353</v>
+        <v>3368</v>
       </c>
       <c r="G1156" t="s">
-        <v>3354</v>
+        <v>3369</v>
       </c>
       <c r="H1156" t="s">
-        <v>3355</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="1157" spans="1:8">
       <c r="A1157">
-        <v>3893</v>
+        <v>4019</v>
       </c>
       <c r="B1157">
         <v>2014</v>
       </c>
       <c r="C1157">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1157" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1157" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1157" s="1" t="s">
-        <v>3356</v>
+        <v>3370</v>
       </c>
       <c r="G1157" t="s">
-        <v>3357</v>
+        <v>3371</v>
       </c>
       <c r="H1157" t="s">
-        <v>3358</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1158" spans="1:8">
       <c r="A1158">
-        <v>3891</v>
+        <v>4013</v>
       </c>
       <c r="B1158">
         <v>2014</v>
       </c>
       <c r="C1158">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1158" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1158" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1158" s="1" t="s">
-        <v>3359</v>
+        <v>3372</v>
       </c>
       <c r="G1158" t="s">
-        <v>3360</v>
+        <v>3373</v>
       </c>
       <c r="H1158" t="s">
-        <v>3360</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1159" spans="1:8">
       <c r="A1159">
-        <v>3888</v>
+        <v>4012</v>
       </c>
       <c r="B1159">
         <v>2014</v>
       </c>
       <c r="C1159">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D1159" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1159" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1159" s="1" t="s">
-        <v>3361</v>
+        <v>3374</v>
       </c>
       <c r="G1159" t="s">
-        <v>3362</v>
+        <v>3375</v>
       </c>
       <c r="H1159" t="s">
-        <v>3362</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="1160" spans="1:8">
       <c r="A1160">
-        <v>3886</v>
+        <v>4010</v>
       </c>
       <c r="B1160">
         <v>2014</v>
       </c>
       <c r="C1160">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1160" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1160" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1160" s="1" t="s">
-        <v>3363</v>
+        <v>3376</v>
       </c>
       <c r="G1160" t="s">
-        <v>3364</v>
+        <v>3377</v>
       </c>
       <c r="H1160" t="s">
-        <v>3364</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1161" spans="1:8">
       <c r="A1161">
-        <v>3884</v>
+        <v>4009</v>
       </c>
       <c r="B1161">
         <v>2014</v>
       </c>
       <c r="C1161">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D1161" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1161" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1161" s="1" t="s">
-        <v>3365</v>
+        <v>3378</v>
       </c>
       <c r="G1161" t="s">
-        <v>3366</v>
+        <v>3379</v>
       </c>
       <c r="H1161" t="s">
-        <v>3367</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="1162" spans="1:8">
       <c r="A1162">
-        <v>3882</v>
+        <v>4007</v>
       </c>
       <c r="B1162">
         <v>2014</v>
       </c>
       <c r="C1162">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1162" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E1162" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F1162" s="1" t="s">
-        <v>3368</v>
+        <v>3380</v>
       </c>
       <c r="G1162" t="s">
-        <v>3369</v>
+        <v>3381</v>
       </c>
       <c r="H1162" t="s">
-        <v>3370</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="1163" spans="1:8">
       <c r="A1163">
-        <v>3879</v>
+        <v>3990</v>
       </c>
       <c r="B1163">
         <v>2014</v>
       </c>
       <c r="C1163">
         <v>1</v>
       </c>
       <c r="D1163" t="s">
-        <v>529</v>
+        <v>1465</v>
       </c>
       <c r="E1163" t="s">
-        <v>530</v>
+        <v>1466</v>
       </c>
       <c r="F1163" s="1" t="s">
-        <v>3371</v>
+        <v>3383</v>
       </c>
       <c r="G1163" t="s">
-        <v>3372</v>
+        <v>3384</v>
       </c>
       <c r="H1163" t="s">
-        <v>3372</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="1164" spans="1:8">
       <c r="A1164">
-        <v>3873</v>
+        <v>3988</v>
       </c>
       <c r="B1164">
         <v>2014</v>
       </c>
       <c r="C1164">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D1164" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1164" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1164" s="1" t="s">
-        <v>3373</v>
+        <v>3385</v>
       </c>
       <c r="G1164" t="s">
-        <v>3374</v>
+        <v>3386</v>
       </c>
       <c r="H1164" t="s">
-        <v>3374</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1165" spans="1:8">
       <c r="A1165">
-        <v>3907</v>
+        <v>3987</v>
       </c>
       <c r="B1165">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1165">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D1165" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1165" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1165" s="1" t="s">
-        <v>3375</v>
+        <v>3387</v>
       </c>
       <c r="G1165" t="s">
-        <v>3376</v>
+        <v>3388</v>
       </c>
       <c r="H1165" t="s">
-        <v>3377</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="1166" spans="1:8">
       <c r="A1166">
-        <v>3906</v>
+        <v>3984</v>
       </c>
       <c r="B1166">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1166">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1166" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1166" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1166" s="1" t="s">
-        <v>3378</v>
+        <v>3389</v>
       </c>
       <c r="G1166" t="s">
-        <v>3379</v>
+        <v>3390</v>
       </c>
       <c r="H1166" t="s">
-        <v>3380</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="1167" spans="1:8">
       <c r="A1167">
-        <v>3871</v>
+        <v>3981</v>
       </c>
       <c r="B1167">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1167">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D1167" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1167" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1167" s="1" t="s">
-        <v>3381</v>
+        <v>3391</v>
       </c>
       <c r="G1167" t="s">
-        <v>3382</v>
+        <v>3392</v>
       </c>
       <c r="H1167" t="s">
-        <v>3382</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="1168" spans="1:8">
       <c r="A1168">
-        <v>3868</v>
+        <v>3980</v>
       </c>
       <c r="B1168">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1168">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D1168" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1168" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1168" s="1" t="s">
-        <v>3383</v>
+        <v>3394</v>
       </c>
       <c r="G1168" t="s">
-        <v>3384</v>
+        <v>3395</v>
       </c>
       <c r="H1168" t="s">
-        <v>3384</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="1169" spans="1:8">
       <c r="A1169">
-        <v>3866</v>
+        <v>3979</v>
       </c>
       <c r="B1169">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1169">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D1169" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1169" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1169" s="1" t="s">
-        <v>3385</v>
+        <v>3397</v>
       </c>
       <c r="G1169" t="s">
-        <v>3386</v>
+        <v>3398</v>
       </c>
       <c r="H1169" t="s">
-        <v>3387</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="1170" spans="1:8">
       <c r="A1170">
-        <v>3864</v>
+        <v>3978</v>
       </c>
       <c r="B1170">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1170">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D1170" t="s">
-        <v>1354</v>
+        <v>57</v>
       </c>
       <c r="E1170" t="s">
-        <v>1355</v>
+        <v>58</v>
       </c>
       <c r="F1170" s="1" t="s">
-        <v>3388</v>
+        <v>3400</v>
       </c>
       <c r="G1170" t="s">
-        <v>3389</v>
+        <v>3401</v>
       </c>
       <c r="H1170" t="s">
-        <v>3390</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="1171" spans="1:8">
       <c r="A1171">
-        <v>3863</v>
+        <v>3977</v>
       </c>
       <c r="B1171">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1171">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D1171" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1171" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1171" s="1" t="s">
-        <v>3391</v>
+        <v>3403</v>
       </c>
       <c r="G1171" t="s">
-        <v>3392</v>
+        <v>3404</v>
       </c>
       <c r="H1171" t="s">
-        <v>3392</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="1172" spans="1:8">
       <c r="A1172">
-        <v>3861</v>
+        <v>3976</v>
       </c>
       <c r="B1172">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1172">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1172" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="E1172" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="F1172" s="1" t="s">
-        <v>3393</v>
+        <v>3406</v>
       </c>
       <c r="G1172" t="s">
-        <v>3394</v>
+        <v>3407</v>
       </c>
       <c r="H1172" t="s">
-        <v>3189</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1173" spans="1:8">
       <c r="A1173">
-        <v>3860</v>
+        <v>3975</v>
       </c>
       <c r="B1173">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1173">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D1173" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1173" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1173" s="1" t="s">
-        <v>3395</v>
+        <v>3409</v>
       </c>
       <c r="G1173" t="s">
-        <v>3396</v>
+        <v>3410</v>
       </c>
       <c r="H1173" t="s">
-        <v>3396</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="1174" spans="1:8">
       <c r="A1174">
-        <v>3859</v>
+        <v>3974</v>
       </c>
       <c r="B1174">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1174">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1174" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="E1174" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="F1174" s="1" t="s">
-        <v>3397</v>
+        <v>3412</v>
       </c>
       <c r="G1174" t="s">
-        <v>3394</v>
+        <v>3413</v>
       </c>
       <c r="H1174" t="s">
-        <v>3189</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1175" spans="1:8">
       <c r="A1175">
-        <v>3857</v>
+        <v>3972</v>
       </c>
       <c r="B1175">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1175">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D1175" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1175" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1175" s="1" t="s">
-        <v>3398</v>
+        <v>3414</v>
       </c>
       <c r="G1175" t="s">
-        <v>3394</v>
+        <v>3415</v>
       </c>
       <c r="H1175" t="s">
-        <v>3189</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1176" spans="1:8">
       <c r="A1176">
-        <v>3851</v>
+        <v>3971</v>
       </c>
       <c r="B1176">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1176">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1176" t="s">
-        <v>529</v>
+        <v>3417</v>
       </c>
       <c r="E1176" t="s">
-        <v>530</v>
+        <v>3418</v>
       </c>
       <c r="F1176" s="1" t="s">
-        <v>3399</v>
+        <v>3419</v>
       </c>
       <c r="G1176" t="s">
-        <v>3400</v>
+        <v>3420</v>
       </c>
       <c r="H1176" t="s">
-        <v>3400</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="1177" spans="1:8">
       <c r="A1177">
-        <v>3850</v>
+        <v>3970</v>
       </c>
       <c r="B1177">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1177">
-        <v>236</v>
+        <v>8</v>
       </c>
       <c r="D1177" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1177" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1177" s="1" t="s">
-        <v>3401</v>
+        <v>3422</v>
       </c>
       <c r="G1177" t="s">
-        <v>3402</v>
+        <v>3423</v>
       </c>
       <c r="H1177" t="s">
-        <v>3403</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="1178" spans="1:8">
       <c r="A1178">
-        <v>3848</v>
+        <v>3969</v>
       </c>
       <c r="B1178">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1178">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D1178" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1178" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1178" s="1" t="s">
-        <v>3404</v>
+        <v>3424</v>
       </c>
       <c r="G1178" t="s">
-        <v>3405</v>
+        <v>3425</v>
       </c>
       <c r="H1178" t="s">
-        <v>3406</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="1179" spans="1:8">
       <c r="A1179">
-        <v>3846</v>
+        <v>3968</v>
       </c>
       <c r="B1179">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1179">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D1179" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1179" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1179" s="1" t="s">
-        <v>3407</v>
+        <v>3426</v>
       </c>
       <c r="G1179" t="s">
-        <v>3408</v>
+        <v>3427</v>
       </c>
       <c r="H1179" t="s">
-        <v>3408</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1180" spans="1:8">
       <c r="A1180">
-        <v>3844</v>
+        <v>3965</v>
       </c>
       <c r="B1180">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1180">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D1180" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1180" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1180" s="1" t="s">
-        <v>3409</v>
+        <v>3428</v>
       </c>
       <c r="G1180" t="s">
-        <v>3410</v>
+        <v>3429</v>
       </c>
       <c r="H1180" t="s">
-        <v>3410</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="1181" spans="1:8">
       <c r="A1181">
-        <v>3841</v>
+        <v>3961</v>
       </c>
       <c r="B1181">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1181">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D1181" t="s">
-        <v>33</v>
+        <v>1465</v>
       </c>
       <c r="E1181" t="s">
-        <v>34</v>
+        <v>1466</v>
       </c>
       <c r="F1181" s="1" t="s">
-        <v>3411</v>
+        <v>3430</v>
       </c>
       <c r="G1181" t="s">
-        <v>3412</v>
+        <v>3431</v>
       </c>
       <c r="H1181" t="s">
-        <v>3412</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1182" spans="1:8">
       <c r="A1182">
-        <v>3838</v>
+        <v>3959</v>
       </c>
       <c r="B1182">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1182">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D1182" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1182" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1182" s="1" t="s">
-        <v>3413</v>
+        <v>3433</v>
       </c>
       <c r="G1182" t="s">
-        <v>3414</v>
+        <v>3434</v>
       </c>
       <c r="H1182" t="s">
-        <v>3415</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="1183" spans="1:8">
       <c r="A1183">
-        <v>3833</v>
+        <v>3948</v>
       </c>
       <c r="B1183">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1183">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D1183" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1183" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1183" s="1" t="s">
-        <v>3416</v>
+        <v>3436</v>
       </c>
       <c r="G1183" t="s">
-        <v>3417</v>
+        <v>3437</v>
       </c>
       <c r="H1183" t="s">
-        <v>3417</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="1184" spans="1:8">
       <c r="A1184">
-        <v>3831</v>
+        <v>3945</v>
       </c>
       <c r="B1184">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1184">
         <v>1</v>
       </c>
       <c r="D1184" t="s">
-        <v>88</v>
+        <v>1465</v>
       </c>
       <c r="E1184" t="s">
-        <v>89</v>
+        <v>1466</v>
       </c>
       <c r="F1184" s="1" t="s">
-        <v>3418</v>
+        <v>3439</v>
       </c>
       <c r="G1184" t="s">
-        <v>3419</v>
+        <v>3440</v>
       </c>
       <c r="H1184" t="s">
-        <v>3189</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="1185" spans="1:8">
       <c r="A1185">
-        <v>3828</v>
+        <v>3944</v>
       </c>
       <c r="B1185">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1185">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D1185" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1185" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1185" s="1" t="s">
-        <v>3420</v>
+        <v>3442</v>
       </c>
       <c r="G1185" t="s">
-        <v>3421</v>
+        <v>3443</v>
       </c>
       <c r="H1185" t="s">
-        <v>3422</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1186" spans="1:8">
       <c r="A1186">
-        <v>3827</v>
+        <v>3942</v>
       </c>
       <c r="B1186">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1186">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D1186" t="s">
-        <v>1354</v>
+        <v>121</v>
       </c>
       <c r="E1186" t="s">
-        <v>1355</v>
+        <v>122</v>
       </c>
       <c r="F1186" s="1" t="s">
-        <v>3423</v>
+        <v>3444</v>
       </c>
       <c r="G1186" t="s">
-        <v>3424</v>
+        <v>3445</v>
       </c>
       <c r="H1186" t="s">
-        <v>3425</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1187" spans="1:8">
       <c r="A1187">
-        <v>3822</v>
+        <v>3937</v>
       </c>
       <c r="B1187">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1187">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D1187" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1187" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1187" s="1" t="s">
-        <v>3426</v>
+        <v>3447</v>
       </c>
       <c r="G1187" t="s">
-        <v>3427</v>
+        <v>3448</v>
       </c>
       <c r="H1187" t="s">
-        <v>3428</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="1188" spans="1:8">
       <c r="A1188">
-        <v>3807</v>
+        <v>3929</v>
       </c>
       <c r="B1188">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1188">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D1188" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1188" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1188" s="1" t="s">
-        <v>3429</v>
+        <v>3450</v>
       </c>
       <c r="G1188" t="s">
-        <v>3430</v>
+        <v>3451</v>
       </c>
       <c r="H1188" t="s">
-        <v>3431</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1189" spans="1:8">
       <c r="A1189">
-        <v>3806</v>
+        <v>3927</v>
       </c>
       <c r="B1189">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1189">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D1189" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1189" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1189" s="1" t="s">
-        <v>3432</v>
+        <v>3452</v>
       </c>
       <c r="G1189" t="s">
-        <v>3433</v>
+        <v>3453</v>
       </c>
       <c r="H1189" t="s">
-        <v>3433</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1190" spans="1:8">
       <c r="A1190">
-        <v>3783</v>
+        <v>3925</v>
       </c>
       <c r="B1190">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1190">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1190" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1190" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1190" s="1" t="s">
-        <v>3434</v>
+        <v>3455</v>
       </c>
       <c r="G1190" t="s">
-        <v>3435</v>
+        <v>3456</v>
       </c>
       <c r="H1190" t="s">
-        <v>3435</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="1191" spans="1:8">
       <c r="A1191">
-        <v>3774</v>
+        <v>3921</v>
       </c>
       <c r="B1191">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1191">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D1191" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1191" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1191" s="1" t="s">
-        <v>3436</v>
+        <v>3458</v>
       </c>
       <c r="G1191" t="s">
-        <v>3437</v>
+        <v>3459</v>
       </c>
       <c r="H1191" t="s">
-        <v>3438</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1192" spans="1:8">
       <c r="A1192">
-        <v>3772</v>
+        <v>3920</v>
       </c>
       <c r="B1192">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1192">
-        <v>6</v>
+        <v>92</v>
       </c>
       <c r="D1192" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1192" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1192" s="1" t="s">
-        <v>3439</v>
+        <v>3461</v>
       </c>
       <c r="G1192" t="s">
-        <v>3440</v>
+        <v>3462</v>
       </c>
       <c r="H1192" t="s">
-        <v>3441</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="1193" spans="1:8">
       <c r="A1193">
-        <v>3769</v>
+        <v>3908</v>
       </c>
       <c r="B1193">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1193">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1193" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1193" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1193" s="1" t="s">
-        <v>3442</v>
+        <v>3464</v>
       </c>
       <c r="G1193" t="s">
-        <v>3443</v>
+        <v>3465</v>
       </c>
       <c r="H1193" t="s">
-        <v>3444</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1194" spans="1:8">
       <c r="A1194">
-        <v>3767</v>
+        <v>3893</v>
       </c>
       <c r="B1194">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1194">
         <v>1</v>
       </c>
       <c r="D1194" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1194" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1194" s="1" t="s">
-        <v>3445</v>
+        <v>3467</v>
       </c>
       <c r="G1194" t="s">
-        <v>3446</v>
+        <v>3468</v>
       </c>
       <c r="H1194" t="s">
-        <v>3447</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1195" spans="1:8">
       <c r="A1195">
-        <v>3762</v>
+        <v>3891</v>
       </c>
       <c r="B1195">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1195">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1195" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1195" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1195" s="1" t="s">
-        <v>3448</v>
+        <v>3470</v>
       </c>
       <c r="G1195" t="s">
-        <v>3449</v>
+        <v>3471</v>
       </c>
       <c r="H1195" t="s">
-        <v>3450</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="1196" spans="1:8">
       <c r="A1196">
-        <v>3760</v>
+        <v>3888</v>
       </c>
       <c r="B1196">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1196">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1196" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1196" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1196" s="1" t="s">
-        <v>3451</v>
+        <v>3472</v>
       </c>
       <c r="G1196" t="s">
-        <v>3452</v>
+        <v>3473</v>
       </c>
       <c r="H1196" t="s">
-        <v>3453</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="1197" spans="1:8">
       <c r="A1197">
-        <v>3756</v>
+        <v>3886</v>
       </c>
       <c r="B1197">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1197">
         <v>2</v>
       </c>
       <c r="D1197" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1197" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1197" s="1" t="s">
-        <v>3454</v>
+        <v>3474</v>
       </c>
       <c r="G1197" t="s">
-        <v>3455</v>
+        <v>3475</v>
       </c>
       <c r="H1197" t="s">
-        <v>3456</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="1198" spans="1:8">
       <c r="A1198">
-        <v>3755</v>
+        <v>3884</v>
       </c>
       <c r="B1198">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1198">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1198" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1198" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1198" s="1" t="s">
-        <v>3457</v>
+        <v>3476</v>
       </c>
       <c r="G1198" t="s">
-        <v>3458</v>
+        <v>3477</v>
       </c>
       <c r="H1198" t="s">
-        <v>3458</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1199" spans="1:8">
       <c r="A1199">
-        <v>3751</v>
+        <v>3882</v>
       </c>
       <c r="B1199">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1199">
         <v>1</v>
       </c>
       <c r="D1199" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1199" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1199" s="1" t="s">
-        <v>3459</v>
+        <v>3479</v>
       </c>
       <c r="G1199" t="s">
-        <v>3460</v>
+        <v>3480</v>
       </c>
       <c r="H1199" t="s">
-        <v>3460</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="1200" spans="1:8">
       <c r="A1200">
-        <v>3742</v>
+        <v>3879</v>
       </c>
       <c r="B1200">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1200">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1200" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E1200" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F1200" s="1" t="s">
-        <v>3461</v>
+        <v>3482</v>
       </c>
       <c r="G1200" t="s">
-        <v>3462</v>
+        <v>3483</v>
       </c>
       <c r="H1200" t="s">
-        <v>3462</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="1201" spans="1:8">
       <c r="A1201">
-        <v>3753</v>
+        <v>3873</v>
       </c>
       <c r="B1201">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C1201">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1201" t="s">
-        <v>203</v>
+        <v>74</v>
       </c>
       <c r="E1201" t="s">
-        <v>204</v>
+        <v>75</v>
       </c>
       <c r="F1201" s="1" t="s">
-        <v>3463</v>
+        <v>3484</v>
       </c>
       <c r="G1201" t="s">
-        <v>3464</v>
+        <v>3485</v>
       </c>
       <c r="H1201" t="s">
-        <v>3465</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1202" spans="1:8">
       <c r="A1202">
-        <v>3741</v>
+        <v>3907</v>
       </c>
       <c r="B1202">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1202">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D1202" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1202" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1202" s="1" t="s">
-        <v>3466</v>
+        <v>3486</v>
       </c>
       <c r="G1202" t="s">
-        <v>3467</v>
+        <v>3487</v>
       </c>
       <c r="H1202" t="s">
-        <v>3467</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1203" spans="1:8">
       <c r="A1203">
-        <v>3737</v>
+        <v>3906</v>
       </c>
       <c r="B1203">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1203">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D1203" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1203" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1203" s="1" t="s">
-        <v>3468</v>
+        <v>3489</v>
       </c>
       <c r="G1203" t="s">
-        <v>3469</v>
+        <v>3490</v>
       </c>
       <c r="H1203" t="s">
-        <v>3470</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1204" spans="1:8">
       <c r="A1204">
-        <v>3736</v>
+        <v>3871</v>
       </c>
       <c r="B1204">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1204">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="D1204" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1204" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1204" s="1" t="s">
-        <v>3471</v>
+        <v>3492</v>
       </c>
       <c r="G1204" t="s">
-        <v>3472</v>
+        <v>3493</v>
       </c>
       <c r="H1204" t="s">
-        <v>3473</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="1205" spans="1:8">
       <c r="A1205">
-        <v>3735</v>
+        <v>3868</v>
       </c>
       <c r="B1205">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1205">
         <v>11</v>
       </c>
       <c r="D1205" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1205" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1205" s="1" t="s">
-        <v>3474</v>
+        <v>3494</v>
       </c>
       <c r="G1205" t="s">
-        <v>3475</v>
+        <v>3495</v>
       </c>
       <c r="H1205" t="s">
-        <v>3475</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1206" spans="1:8">
       <c r="A1206">
-        <v>3731</v>
+        <v>3866</v>
       </c>
       <c r="B1206">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1206">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D1206" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1206" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1206" s="1" t="s">
-        <v>3476</v>
+        <v>3496</v>
       </c>
       <c r="G1206" t="s">
-        <v>3477</v>
+        <v>3497</v>
       </c>
       <c r="H1206" t="s">
-        <v>3477</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1207" spans="1:8">
       <c r="A1207">
-        <v>3690</v>
+        <v>3864</v>
       </c>
       <c r="B1207">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1207">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D1207" t="s">
-        <v>33</v>
+        <v>1465</v>
       </c>
       <c r="E1207" t="s">
-        <v>34</v>
+        <v>1466</v>
       </c>
       <c r="F1207" s="1" t="s">
-        <v>3478</v>
+        <v>3499</v>
       </c>
       <c r="G1207" t="s">
-        <v>3479</v>
+        <v>3500</v>
       </c>
       <c r="H1207" t="s">
-        <v>3480</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="1208" spans="1:8">
       <c r="A1208">
-        <v>3689</v>
+        <v>3863</v>
       </c>
       <c r="B1208">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1208">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D1208" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1208" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1208" s="1" t="s">
-        <v>3481</v>
+        <v>3502</v>
       </c>
       <c r="G1208" t="s">
-        <v>3482</v>
+        <v>3503</v>
       </c>
       <c r="H1208" t="s">
-        <v>3482</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="1209" spans="1:8">
       <c r="A1209">
-        <v>3688</v>
+        <v>3861</v>
       </c>
       <c r="B1209">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1209">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1209" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="E1209" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="F1209" s="1" t="s">
-        <v>3483</v>
+        <v>3504</v>
       </c>
       <c r="G1209" t="s">
-        <v>3484</v>
+        <v>3505</v>
       </c>
       <c r="H1209" t="s">
-        <v>3189</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1210" spans="1:8">
       <c r="A1210">
-        <v>3685</v>
+        <v>3860</v>
       </c>
       <c r="B1210">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1210">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D1210" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1210" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1210" s="1" t="s">
-        <v>3485</v>
+        <v>3506</v>
       </c>
       <c r="G1210" t="s">
-        <v>3486</v>
+        <v>3507</v>
       </c>
       <c r="H1210" t="s">
-        <v>3486</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="1211" spans="1:8">
       <c r="A1211">
-        <v>3683</v>
+        <v>3859</v>
       </c>
       <c r="B1211">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1211">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D1211" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1211" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1211" s="1" t="s">
-        <v>3487</v>
+        <v>3508</v>
       </c>
       <c r="G1211" t="s">
-        <v>3488</v>
+        <v>3505</v>
       </c>
       <c r="H1211" t="s">
-        <v>3488</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1212" spans="1:8">
       <c r="A1212">
-        <v>3682</v>
+        <v>3857</v>
       </c>
       <c r="B1212">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1212">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D1212" t="s">
-        <v>529</v>
+        <v>74</v>
       </c>
       <c r="E1212" t="s">
-        <v>530</v>
+        <v>75</v>
       </c>
       <c r="F1212" s="1" t="s">
-        <v>3489</v>
+        <v>3509</v>
       </c>
       <c r="G1212" t="s">
-        <v>3490</v>
+        <v>3505</v>
       </c>
       <c r="H1212" t="s">
-        <v>3490</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1213" spans="1:8">
       <c r="A1213">
-        <v>3681</v>
+        <v>3851</v>
       </c>
       <c r="B1213">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1213">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1213" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1213" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1213" s="1" t="s">
-        <v>3491</v>
+        <v>3510</v>
       </c>
       <c r="G1213" t="s">
-        <v>3492</v>
+        <v>3511</v>
       </c>
       <c r="H1213" t="s">
-        <v>3493</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1214" spans="1:8">
       <c r="A1214">
-        <v>3673</v>
+        <v>3850</v>
       </c>
       <c r="B1214">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1214">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="D1214" t="s">
-        <v>1354</v>
+        <v>57</v>
       </c>
       <c r="E1214" t="s">
-        <v>1355</v>
+        <v>58</v>
       </c>
       <c r="F1214" s="1" t="s">
-        <v>3494</v>
+        <v>3512</v>
       </c>
       <c r="G1214" t="s">
-        <v>3495</v>
+        <v>3513</v>
       </c>
       <c r="H1214" t="s">
-        <v>3495</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1215" spans="1:8">
       <c r="A1215">
-        <v>3648</v>
+        <v>3848</v>
       </c>
       <c r="B1215">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1215">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D1215" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1215" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1215" s="1" t="s">
-        <v>3496</v>
+        <v>3515</v>
       </c>
       <c r="G1215" t="s">
-        <v>3497</v>
+        <v>3516</v>
       </c>
       <c r="H1215" t="s">
-        <v>3498</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="1216" spans="1:8">
       <c r="A1216">
-        <v>3647</v>
+        <v>3846</v>
       </c>
       <c r="B1216">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1216">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D1216" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1216" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1216" s="1" t="s">
-        <v>3499</v>
+        <v>3518</v>
       </c>
       <c r="G1216" t="s">
-        <v>3500</v>
+        <v>3519</v>
       </c>
       <c r="H1216" t="s">
-        <v>3500</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1217" spans="1:8">
       <c r="A1217">
-        <v>3645</v>
+        <v>3844</v>
       </c>
       <c r="B1217">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1217">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1217" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E1217" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F1217" s="1" t="s">
-        <v>3501</v>
+        <v>3520</v>
       </c>
       <c r="G1217" t="s">
-        <v>3502</v>
+        <v>3521</v>
       </c>
       <c r="H1217" t="s">
-        <v>3189</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="1218" spans="1:8">
       <c r="A1218">
-        <v>3641</v>
+        <v>3841</v>
       </c>
       <c r="B1218">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1218">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D1218" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1218" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1218" s="1" t="s">
-        <v>3503</v>
+        <v>3522</v>
       </c>
       <c r="G1218" t="s">
-        <v>3504</v>
+        <v>3523</v>
       </c>
       <c r="H1218" t="s">
-        <v>3505</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="1219" spans="1:8">
       <c r="A1219">
-        <v>3637</v>
+        <v>3838</v>
       </c>
       <c r="B1219">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1219">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D1219" t="s">
-        <v>1354</v>
+        <v>121</v>
       </c>
       <c r="E1219" t="s">
-        <v>1355</v>
+        <v>122</v>
       </c>
       <c r="F1219" s="1" t="s">
-        <v>3506</v>
+        <v>3524</v>
       </c>
       <c r="G1219" t="s">
-        <v>3507</v>
+        <v>3525</v>
       </c>
       <c r="H1219" t="s">
-        <v>3508</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="1220" spans="1:8">
       <c r="A1220">
-        <v>3629</v>
+        <v>3833</v>
       </c>
       <c r="B1220">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1220">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D1220" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1220" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1220" s="1" t="s">
-        <v>3509</v>
+        <v>3527</v>
       </c>
       <c r="G1220" t="s">
-        <v>3510</v>
+        <v>3528</v>
       </c>
       <c r="H1220" t="s">
-        <v>3510</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1221" spans="1:8">
       <c r="A1221">
-        <v>3625</v>
+        <v>3831</v>
       </c>
       <c r="B1221">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1221">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D1221" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1221" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1221" s="1" t="s">
-        <v>3511</v>
+        <v>3529</v>
       </c>
       <c r="G1221" t="s">
-        <v>3512</v>
+        <v>3530</v>
       </c>
       <c r="H1221" t="s">
-        <v>3450</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1222" spans="1:8">
       <c r="A1222">
-        <v>3624</v>
+        <v>3828</v>
       </c>
       <c r="B1222">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1222">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D1222" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1222" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1222" s="1" t="s">
-        <v>3513</v>
+        <v>3531</v>
       </c>
       <c r="G1222" t="s">
-        <v>3514</v>
+        <v>3532</v>
       </c>
       <c r="H1222" t="s">
-        <v>3515</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="1223" spans="1:8">
       <c r="A1223">
-        <v>3623</v>
+        <v>3827</v>
       </c>
       <c r="B1223">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1223">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D1223" t="s">
-        <v>33</v>
+        <v>1465</v>
       </c>
       <c r="E1223" t="s">
-        <v>34</v>
+        <v>1466</v>
       </c>
       <c r="F1223" s="1" t="s">
-        <v>3516</v>
+        <v>3534</v>
       </c>
       <c r="G1223" t="s">
-        <v>3517</v>
+        <v>3535</v>
       </c>
       <c r="H1223" t="s">
-        <v>3518</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="1224" spans="1:8">
       <c r="A1224">
-        <v>3622</v>
+        <v>3822</v>
       </c>
       <c r="B1224">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1224">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D1224" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1224" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1224" s="1" t="s">
-        <v>3519</v>
+        <v>3537</v>
       </c>
       <c r="G1224" t="s">
-        <v>3520</v>
+        <v>3538</v>
       </c>
       <c r="H1224" t="s">
-        <v>3521</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="1225" spans="1:8">
       <c r="A1225">
-        <v>3621</v>
+        <v>3807</v>
       </c>
       <c r="B1225">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1225">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D1225" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1225" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1225" s="1" t="s">
-        <v>3522</v>
+        <v>3540</v>
       </c>
       <c r="G1225" t="s">
-        <v>3523</v>
+        <v>3541</v>
       </c>
       <c r="H1225" t="s">
-        <v>3524</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="1226" spans="1:8">
       <c r="A1226">
-        <v>3620</v>
+        <v>3806</v>
       </c>
       <c r="B1226">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1226">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1226" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1226" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1226" s="1" t="s">
-        <v>3525</v>
+        <v>3543</v>
       </c>
       <c r="G1226" t="s">
-        <v>3526</v>
+        <v>3544</v>
       </c>
       <c r="H1226" t="s">
-        <v>3527</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="1227" spans="1:8">
       <c r="A1227">
-        <v>3619</v>
+        <v>3783</v>
       </c>
       <c r="B1227">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1227">
         <v>3</v>
       </c>
       <c r="D1227" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1227" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1227" s="1" t="s">
-        <v>3528</v>
+        <v>3545</v>
       </c>
       <c r="G1227" t="s">
-        <v>3529</v>
+        <v>3546</v>
       </c>
       <c r="H1227" t="s">
-        <v>3530</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="1228" spans="1:8">
       <c r="A1228">
-        <v>3618</v>
+        <v>3774</v>
       </c>
       <c r="B1228">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1228">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1228" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1228" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1228" s="1" t="s">
-        <v>3531</v>
+        <v>3547</v>
       </c>
       <c r="G1228" t="s">
-        <v>3532</v>
+        <v>3548</v>
       </c>
       <c r="H1228" t="s">
-        <v>3533</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="1229" spans="1:8">
       <c r="A1229">
-        <v>3615</v>
+        <v>3772</v>
       </c>
       <c r="B1229">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1229">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D1229" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1229" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1229" s="1" t="s">
-        <v>3534</v>
+        <v>3550</v>
       </c>
       <c r="G1229" t="s">
-        <v>3535</v>
+        <v>3551</v>
       </c>
       <c r="H1229" t="s">
-        <v>3447</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1230" spans="1:8">
       <c r="A1230">
-        <v>3614</v>
+        <v>3769</v>
       </c>
       <c r="B1230">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1230">
         <v>1</v>
       </c>
       <c r="D1230" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1230" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1230" s="1" t="s">
-        <v>3536</v>
+        <v>3553</v>
       </c>
       <c r="G1230" t="s">
-        <v>3537</v>
+        <v>3554</v>
       </c>
       <c r="H1230" t="s">
-        <v>3538</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="1231" spans="1:8">
       <c r="A1231">
-        <v>3605</v>
+        <v>3767</v>
       </c>
       <c r="B1231">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1231">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1231" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1231" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1231" s="1" t="s">
-        <v>3539</v>
+        <v>3556</v>
       </c>
       <c r="G1231" t="s">
-        <v>3540</v>
+        <v>3557</v>
       </c>
       <c r="H1231" t="s">
-        <v>3540</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="1232" spans="1:8">
       <c r="A1232">
-        <v>3601</v>
+        <v>3762</v>
       </c>
       <c r="B1232">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1232">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1232" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1232" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1232" s="1" t="s">
-        <v>3541</v>
+        <v>3559</v>
       </c>
       <c r="G1232" t="s">
-        <v>3542</v>
+        <v>3560</v>
       </c>
       <c r="H1232" t="s">
-        <v>3543</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="1233" spans="1:8">
       <c r="A1233">
-        <v>3585</v>
+        <v>3760</v>
       </c>
       <c r="B1233">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1233">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1233" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1233" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1233" s="1" t="s">
-        <v>3544</v>
+        <v>3562</v>
       </c>
       <c r="G1233" t="s">
-        <v>3542</v>
+        <v>3563</v>
       </c>
       <c r="H1233" t="s">
-        <v>3545</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1234" spans="1:8">
       <c r="A1234">
-        <v>3579</v>
+        <v>3756</v>
       </c>
       <c r="B1234">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1234">
         <v>2</v>
       </c>
       <c r="D1234" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1234" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1234" s="1" t="s">
-        <v>3546</v>
+        <v>3565</v>
       </c>
       <c r="G1234" t="s">
-        <v>3547</v>
+        <v>3566</v>
       </c>
       <c r="H1234" t="s">
-        <v>3547</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1235" spans="1:8">
       <c r="A1235">
-        <v>3571</v>
+        <v>3755</v>
       </c>
       <c r="B1235">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1235">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1235" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1235" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1235" s="1" t="s">
-        <v>3548</v>
+        <v>3568</v>
       </c>
       <c r="G1235" t="s">
-        <v>3549</v>
+        <v>3569</v>
       </c>
       <c r="H1235" t="s">
-        <v>3549</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="1236" spans="1:8">
       <c r="A1236">
-        <v>3568</v>
+        <v>3751</v>
       </c>
       <c r="B1236">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1236">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1236" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E1236" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F1236" s="1" t="s">
-        <v>3550</v>
+        <v>3570</v>
       </c>
       <c r="G1236" t="s">
-        <v>3551</v>
+        <v>3571</v>
       </c>
       <c r="H1236" t="s">
-        <v>3551</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="1237" spans="1:8">
       <c r="A1237">
-        <v>4284</v>
+        <v>3742</v>
       </c>
       <c r="B1237">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C1237">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1237" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1237" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1237" s="1" t="s">
-        <v>3552</v>
+        <v>3572</v>
       </c>
       <c r="G1237" t="s">
-        <v>3553</v>
+        <v>3573</v>
       </c>
       <c r="H1237" t="s">
-        <v>3553</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="1238" spans="1:8">
       <c r="A1238">
-        <v>4282</v>
+        <v>3753</v>
       </c>
       <c r="B1238">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1238">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1238" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="E1238" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="F1238" s="1" t="s">
-        <v>3554</v>
+        <v>3574</v>
       </c>
       <c r="G1238" t="s">
-        <v>3555</v>
+        <v>3575</v>
       </c>
       <c r="H1238" t="s">
-        <v>3555</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="1239" spans="1:8">
       <c r="A1239">
-        <v>3668</v>
+        <v>3741</v>
       </c>
       <c r="B1239">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1239">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D1239" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1239" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1239" s="1" t="s">
-        <v>3556</v>
+        <v>3577</v>
       </c>
       <c r="G1239" t="s">
-        <v>3557</v>
+        <v>3578</v>
       </c>
       <c r="H1239" t="s">
-        <v>3558</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="1240" spans="1:8">
       <c r="A1240">
-        <v>3667</v>
+        <v>3737</v>
       </c>
       <c r="B1240">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1240">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D1240" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1240" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1240" s="1" t="s">
-        <v>3559</v>
+        <v>3579</v>
       </c>
       <c r="G1240" t="s">
-        <v>3560</v>
+        <v>3580</v>
       </c>
       <c r="H1240" t="s">
-        <v>3561</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="1241" spans="1:8">
       <c r="A1241">
-        <v>3666</v>
+        <v>3736</v>
       </c>
       <c r="B1241">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1241">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D1241" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1241" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1241" s="1" t="s">
-        <v>3562</v>
+        <v>3582</v>
       </c>
       <c r="G1241" t="s">
-        <v>3563</v>
+        <v>3583</v>
       </c>
       <c r="H1241" t="s">
-        <v>3564</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="1242" spans="1:8">
       <c r="A1242">
-        <v>3665</v>
+        <v>3735</v>
       </c>
       <c r="B1242">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1242">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D1242" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1242" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1242" s="1" t="s">
-        <v>3565</v>
+        <v>3585</v>
       </c>
       <c r="G1242" t="s">
-        <v>3566</v>
+        <v>3586</v>
       </c>
       <c r="H1242" t="s">
-        <v>3567</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="1243" spans="1:8">
       <c r="A1243">
-        <v>3664</v>
+        <v>3731</v>
       </c>
       <c r="B1243">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1243">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D1243" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1243" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1243" s="1" t="s">
-        <v>3568</v>
+        <v>3587</v>
       </c>
       <c r="G1243" t="s">
-        <v>3569</v>
+        <v>3588</v>
       </c>
       <c r="H1243" t="s">
-        <v>3570</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="1244" spans="1:8">
       <c r="A1244">
-        <v>3663</v>
+        <v>3690</v>
       </c>
       <c r="B1244">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1244">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D1244" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1244" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1244" s="1" t="s">
-        <v>3571</v>
+        <v>3589</v>
       </c>
       <c r="G1244" t="s">
-        <v>3572</v>
+        <v>3590</v>
       </c>
       <c r="H1244" t="s">
-        <v>3573</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="1245" spans="1:8">
       <c r="A1245">
-        <v>3662</v>
+        <v>3689</v>
       </c>
       <c r="B1245">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1245">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D1245" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1245" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1245" s="1" t="s">
-        <v>3574</v>
+        <v>3592</v>
       </c>
       <c r="G1245" t="s">
-        <v>3575</v>
+        <v>3593</v>
       </c>
       <c r="H1245" t="s">
-        <v>3576</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="1246" spans="1:8">
       <c r="A1246">
-        <v>3661</v>
+        <v>3688</v>
       </c>
       <c r="B1246">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1246">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1246" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1246" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1246" s="1" t="s">
-        <v>3577</v>
+        <v>3594</v>
       </c>
       <c r="G1246" t="s">
-        <v>3578</v>
+        <v>3595</v>
       </c>
       <c r="H1246" t="s">
-        <v>3579</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1247" spans="1:8">
       <c r="A1247">
-        <v>3659</v>
+        <v>3685</v>
       </c>
       <c r="B1247">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1247">
         <v>8</v>
       </c>
       <c r="D1247" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1247" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1247" s="1" t="s">
-        <v>3580</v>
+        <v>3596</v>
       </c>
       <c r="G1247" t="s">
-        <v>3581</v>
+        <v>3597</v>
       </c>
       <c r="H1247" t="s">
-        <v>3582</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="1248" spans="1:8">
       <c r="A1248">
-        <v>3658</v>
+        <v>3683</v>
       </c>
       <c r="B1248">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1248">
         <v>7</v>
       </c>
       <c r="D1248" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1248" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1248" s="1" t="s">
-        <v>3583</v>
+        <v>3598</v>
       </c>
       <c r="G1248" t="s">
-        <v>3584</v>
+        <v>3599</v>
       </c>
       <c r="H1248" t="s">
-        <v>3585</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="1249" spans="1:8">
       <c r="A1249">
-        <v>3657</v>
+        <v>3682</v>
       </c>
       <c r="B1249">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1249">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D1249" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1249" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1249" s="1" t="s">
-        <v>3586</v>
+        <v>3600</v>
       </c>
       <c r="G1249" t="s">
-        <v>3587</v>
+        <v>3601</v>
       </c>
       <c r="H1249" t="s">
-        <v>3588</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="1250" spans="1:8">
       <c r="A1250">
-        <v>3656</v>
+        <v>3681</v>
       </c>
       <c r="B1250">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1250">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D1250" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1250" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1250" s="1" t="s">
-        <v>3589</v>
+        <v>3602</v>
       </c>
       <c r="G1250" t="s">
-        <v>3590</v>
+        <v>3603</v>
       </c>
       <c r="H1250" t="s">
-        <v>3591</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="1251" spans="1:8">
       <c r="A1251">
-        <v>3654</v>
+        <v>3673</v>
       </c>
       <c r="B1251">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1251">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="D1251" t="s">
-        <v>33</v>
+        <v>1465</v>
       </c>
       <c r="E1251" t="s">
-        <v>34</v>
+        <v>1466</v>
       </c>
       <c r="F1251" s="1" t="s">
-        <v>3592</v>
+        <v>3605</v>
       </c>
       <c r="G1251" t="s">
-        <v>3593</v>
+        <v>3606</v>
       </c>
       <c r="H1251" t="s">
-        <v>3594</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="1252" spans="1:8">
       <c r="A1252">
-        <v>3653</v>
+        <v>3648</v>
       </c>
       <c r="B1252">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1252">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D1252" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1252" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1252" s="1" t="s">
-        <v>3595</v>
+        <v>3607</v>
       </c>
       <c r="G1252" t="s">
-        <v>3596</v>
+        <v>3608</v>
       </c>
       <c r="H1252" t="s">
-        <v>3597</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="1253" spans="1:8">
       <c r="A1253">
-        <v>3652</v>
+        <v>3647</v>
       </c>
       <c r="B1253">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1253">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D1253" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1253" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1253" s="1" t="s">
-        <v>3598</v>
+        <v>3610</v>
       </c>
       <c r="G1253" t="s">
-        <v>3599</v>
+        <v>3611</v>
       </c>
       <c r="H1253" t="s">
-        <v>3600</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="1254" spans="1:8">
       <c r="A1254">
-        <v>3651</v>
+        <v>3645</v>
       </c>
       <c r="B1254">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1254">
         <v>1</v>
       </c>
       <c r="D1254" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1254" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1254" s="1" t="s">
-        <v>3601</v>
+        <v>3612</v>
       </c>
       <c r="G1254" t="s">
-        <v>3602</v>
+        <v>3613</v>
       </c>
       <c r="H1254" t="s">
-        <v>3602</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1255" spans="1:8">
       <c r="A1255">
-        <v>3565</v>
+        <v>3641</v>
       </c>
       <c r="B1255">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1255">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D1255" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1255" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1255" s="1" t="s">
-        <v>3603</v>
+        <v>3614</v>
       </c>
       <c r="G1255" t="s">
-        <v>3604</v>
+        <v>3615</v>
       </c>
       <c r="H1255" t="s">
-        <v>3604</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="1256" spans="1:8">
       <c r="A1256">
-        <v>3564</v>
+        <v>3637</v>
       </c>
       <c r="B1256">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1256">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D1256" t="s">
-        <v>529</v>
+        <v>1465</v>
       </c>
       <c r="E1256" t="s">
-        <v>530</v>
+        <v>1466</v>
       </c>
       <c r="F1256" s="1" t="s">
-        <v>3605</v>
+        <v>3617</v>
       </c>
       <c r="G1256" t="s">
-        <v>3606</v>
+        <v>3618</v>
       </c>
       <c r="H1256" t="s">
-        <v>3606</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="1257" spans="1:8">
       <c r="A1257">
-        <v>3560</v>
+        <v>3629</v>
       </c>
       <c r="B1257">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1257">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D1257" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1257" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1257" s="1" t="s">
-        <v>3607</v>
+        <v>3620</v>
       </c>
       <c r="G1257" t="s">
-        <v>3608</v>
+        <v>3621</v>
       </c>
       <c r="H1257" t="s">
-        <v>3608</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="1258" spans="1:8">
       <c r="A1258">
-        <v>3557</v>
+        <v>3625</v>
       </c>
       <c r="B1258">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1258">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D1258" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1258" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1258" s="1" t="s">
-        <v>3609</v>
+        <v>3622</v>
       </c>
       <c r="G1258" t="s">
-        <v>3610</v>
+        <v>3623</v>
       </c>
       <c r="H1258" t="s">
-        <v>3610</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="1259" spans="1:8">
       <c r="A1259">
-        <v>3556</v>
+        <v>3624</v>
       </c>
       <c r="B1259">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1259">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D1259" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1259" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1259" s="1" t="s">
-        <v>3611</v>
+        <v>3624</v>
       </c>
       <c r="G1259" t="s">
-        <v>3612</v>
+        <v>3625</v>
       </c>
       <c r="H1259" t="s">
-        <v>3612</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1260" spans="1:8">
       <c r="A1260">
-        <v>3555</v>
+        <v>3623</v>
       </c>
       <c r="B1260">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1260">
         <v>8</v>
       </c>
       <c r="D1260" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1260" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1260" s="1" t="s">
-        <v>3613</v>
+        <v>3627</v>
       </c>
       <c r="G1260" t="s">
-        <v>3614</v>
+        <v>3628</v>
       </c>
       <c r="H1260" t="s">
-        <v>3614</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="1261" spans="1:8">
       <c r="A1261">
-        <v>3547</v>
+        <v>3622</v>
       </c>
       <c r="B1261">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1261">
         <v>7</v>
       </c>
       <c r="D1261" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1261" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1261" s="1" t="s">
-        <v>3615</v>
+        <v>3630</v>
       </c>
       <c r="G1261" t="s">
-        <v>3616</v>
+        <v>3631</v>
       </c>
       <c r="H1261" t="s">
-        <v>3616</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="1262" spans="1:8">
       <c r="A1262">
-        <v>3546</v>
+        <v>3621</v>
       </c>
       <c r="B1262">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1262">
         <v>6</v>
       </c>
       <c r="D1262" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1262" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1262" s="1" t="s">
-        <v>3617</v>
+        <v>3633</v>
       </c>
       <c r="G1262" t="s">
-        <v>3618</v>
+        <v>3634</v>
       </c>
       <c r="H1262" t="s">
-        <v>3618</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="1263" spans="1:8">
       <c r="A1263">
-        <v>3441</v>
+        <v>3620</v>
       </c>
       <c r="B1263">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1263">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1263" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1263" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1263" s="1" t="s">
-        <v>3619</v>
+        <v>3636</v>
       </c>
       <c r="G1263" t="s">
-        <v>3620</v>
+        <v>3637</v>
       </c>
       <c r="H1263" t="s">
-        <v>3620</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="1264" spans="1:8">
       <c r="A1264">
-        <v>3434</v>
+        <v>3619</v>
       </c>
       <c r="B1264">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1264">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1264" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1264" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1264" s="1" t="s">
-        <v>3621</v>
+        <v>3639</v>
       </c>
       <c r="G1264" t="s">
-        <v>3622</v>
+        <v>3640</v>
       </c>
       <c r="H1264" t="s">
-        <v>3622</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="1265" spans="1:8">
       <c r="A1265">
-        <v>3399</v>
+        <v>3618</v>
       </c>
       <c r="B1265">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1265">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D1265" t="s">
-        <v>3623</v>
+        <v>121</v>
       </c>
       <c r="E1265" t="s">
-        <v>3624</v>
+        <v>122</v>
       </c>
       <c r="F1265" s="1" t="s">
-        <v>3625</v>
+        <v>3642</v>
       </c>
       <c r="G1265" t="s">
-        <v>3626</v>
+        <v>3643</v>
       </c>
       <c r="H1265" t="s">
-        <v>3627</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="1266" spans="1:8">
       <c r="A1266">
-        <v>3364</v>
+        <v>3615</v>
       </c>
       <c r="B1266">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1266">
-        <v>246</v>
+        <v>4</v>
       </c>
       <c r="D1266" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1266" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1266" s="1" t="s">
-        <v>3628</v>
+        <v>3645</v>
       </c>
       <c r="G1266" t="s">
-        <v>3629</v>
+        <v>3646</v>
       </c>
       <c r="H1266" t="s">
-        <v>3630</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="1267" spans="1:8">
       <c r="A1267">
-        <v>3363</v>
+        <v>3614</v>
       </c>
       <c r="B1267">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1267">
-        <v>245</v>
+        <v>1</v>
       </c>
       <c r="D1267" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1267" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1267" s="1" t="s">
-        <v>3631</v>
+        <v>3647</v>
       </c>
       <c r="G1267" t="s">
-        <v>3632</v>
+        <v>3648</v>
       </c>
       <c r="H1267" t="s">
-        <v>3630</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="1268" spans="1:8">
       <c r="A1268">
-        <v>3228</v>
+        <v>3605</v>
       </c>
       <c r="B1268">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1268">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1268" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1268" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1268" s="1" t="s">
-        <v>3633</v>
+        <v>3650</v>
       </c>
       <c r="G1268" t="s">
-        <v>3634</v>
+        <v>3651</v>
       </c>
       <c r="H1268" t="s">
-        <v>3634</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="1269" spans="1:8">
       <c r="A1269">
-        <v>3115</v>
+        <v>3601</v>
       </c>
       <c r="B1269">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1269">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1269" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1269" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1269" s="1" t="s">
-        <v>3635</v>
+        <v>3652</v>
       </c>
       <c r="G1269" t="s">
-        <v>3636</v>
+        <v>3653</v>
       </c>
       <c r="H1269" t="s">
-        <v>3636</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="1270" spans="1:8">
       <c r="A1270">
-        <v>3067</v>
+        <v>3585</v>
       </c>
       <c r="B1270">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1270">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="D1270" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E1270" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="F1270" s="1" t="s">
-        <v>3637</v>
+        <v>3655</v>
       </c>
       <c r="G1270" t="s">
-        <v>3638</v>
+        <v>3653</v>
       </c>
       <c r="H1270" t="s">
-        <v>3639</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="1271" spans="1:8">
       <c r="A1271">
-        <v>3017</v>
+        <v>3579</v>
       </c>
       <c r="B1271">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1271">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="D1271" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1271" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1271" s="1" t="s">
-        <v>3640</v>
+        <v>3657</v>
       </c>
       <c r="G1271" t="s">
-        <v>3641</v>
+        <v>3658</v>
       </c>
       <c r="H1271" t="s">
-        <v>3642</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="1272" spans="1:8">
       <c r="A1272">
-        <v>2992</v>
+        <v>3571</v>
       </c>
       <c r="B1272">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1272">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1272" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1272" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1272" s="1" t="s">
-        <v>3643</v>
+        <v>3659</v>
       </c>
       <c r="G1272" t="s">
-        <v>3644</v>
+        <v>3660</v>
       </c>
       <c r="H1272" t="s">
-        <v>3644</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="1273" spans="1:8">
       <c r="A1273">
-        <v>2991</v>
+        <v>3568</v>
       </c>
       <c r="B1273">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1273">
-        <v>63</v>
+        <v>3</v>
       </c>
       <c r="D1273" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
       <c r="E1273" t="s">
-        <v>139</v>
+        <v>75</v>
       </c>
       <c r="F1273" s="1" t="s">
-        <v>3645</v>
+        <v>3661</v>
       </c>
       <c r="G1273" t="s">
-        <v>3646</v>
+        <v>3662</v>
       </c>
       <c r="H1273" t="s">
-        <v>3647</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1274" spans="1:8">
       <c r="A1274">
-        <v>2990</v>
+        <v>4284</v>
       </c>
       <c r="B1274">
         <v>2011</v>
       </c>
       <c r="C1274">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="D1274" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1274" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1274" s="1" t="s">
-        <v>3648</v>
+        <v>3663</v>
       </c>
       <c r="G1274" t="s">
-        <v>3649</v>
+        <v>3664</v>
       </c>
       <c r="H1274" t="s">
-        <v>3650</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="1275" spans="1:8">
       <c r="A1275">
-        <v>2989</v>
+        <v>4282</v>
       </c>
       <c r="B1275">
         <v>2011</v>
       </c>
       <c r="C1275">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="D1275" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1275" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1275" s="1" t="s">
-        <v>3651</v>
+        <v>3665</v>
       </c>
       <c r="G1275" t="s">
-        <v>3652</v>
+        <v>3666</v>
       </c>
       <c r="H1275" t="s">
-        <v>3653</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="1276" spans="1:8">
       <c r="A1276">
-        <v>2988</v>
+        <v>3668</v>
       </c>
       <c r="B1276">
         <v>2011</v>
       </c>
       <c r="C1276">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D1276" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1276" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1276" s="1" t="s">
-        <v>3654</v>
+        <v>3667</v>
       </c>
       <c r="G1276" t="s">
-        <v>3655</v>
+        <v>3668</v>
       </c>
       <c r="H1276" t="s">
-        <v>3656</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="1277" spans="1:8">
       <c r="A1277">
-        <v>2940</v>
+        <v>3667</v>
       </c>
       <c r="B1277">
         <v>2011</v>
       </c>
       <c r="C1277">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="D1277" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1277" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1277" s="1" t="s">
-        <v>3657</v>
+        <v>3670</v>
       </c>
       <c r="G1277" t="s">
-        <v>3658</v>
+        <v>3671</v>
       </c>
       <c r="H1277" t="s">
-        <v>3659</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1278" spans="1:8">
       <c r="A1278">
-        <v>2939</v>
+        <v>3666</v>
       </c>
       <c r="B1278">
         <v>2011</v>
       </c>
       <c r="C1278">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D1278" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1278" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1278" s="1" t="s">
-        <v>3660</v>
+        <v>3673</v>
       </c>
       <c r="G1278" t="s">
-        <v>3661</v>
+        <v>3674</v>
       </c>
       <c r="H1278" t="s">
-        <v>3662</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="1279" spans="1:8">
       <c r="A1279">
-        <v>2925</v>
+        <v>3665</v>
       </c>
       <c r="B1279">
         <v>2011</v>
       </c>
       <c r="C1279">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D1279" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1279" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1279" s="1" t="s">
-        <v>3663</v>
+        <v>3676</v>
       </c>
       <c r="G1279" t="s">
-        <v>3664</v>
+        <v>3677</v>
       </c>
       <c r="H1279" t="s">
-        <v>3665</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="1280" spans="1:8">
       <c r="A1280">
-        <v>2891</v>
+        <v>3664</v>
       </c>
       <c r="B1280">
         <v>2011</v>
       </c>
       <c r="C1280">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D1280" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1280" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1280" s="1" t="s">
-        <v>3666</v>
+        <v>3679</v>
       </c>
       <c r="G1280" t="s">
-        <v>3667</v>
+        <v>3680</v>
       </c>
       <c r="H1280" t="s">
-        <v>3668</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="1281" spans="1:8">
       <c r="A1281">
-        <v>2890</v>
+        <v>3663</v>
       </c>
       <c r="B1281">
         <v>2011</v>
       </c>
       <c r="C1281">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D1281" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1281" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1281" s="1" t="s">
-        <v>3669</v>
+        <v>3682</v>
       </c>
       <c r="G1281" t="s">
-        <v>3670</v>
+        <v>3683</v>
       </c>
       <c r="H1281" t="s">
-        <v>3671</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="1282" spans="1:8">
       <c r="A1282">
-        <v>2889</v>
+        <v>3662</v>
       </c>
       <c r="B1282">
         <v>2011</v>
       </c>
       <c r="C1282">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D1282" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1282" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1282" s="1" t="s">
-        <v>3672</v>
+        <v>3685</v>
       </c>
       <c r="G1282" t="s">
-        <v>3673</v>
+        <v>3686</v>
       </c>
       <c r="H1282" t="s">
-        <v>3668</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="1283" spans="1:8">
       <c r="A1283">
-        <v>2888</v>
+        <v>3661</v>
       </c>
       <c r="B1283">
         <v>2011</v>
       </c>
       <c r="C1283">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D1283" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1283" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1283" s="1" t="s">
-        <v>3674</v>
+        <v>3688</v>
       </c>
       <c r="G1283" t="s">
-        <v>3675</v>
+        <v>3689</v>
       </c>
       <c r="H1283" t="s">
-        <v>3668</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1284" spans="1:8">
       <c r="A1284">
-        <v>2887</v>
+        <v>3659</v>
       </c>
       <c r="B1284">
         <v>2011</v>
       </c>
       <c r="C1284">
         <v>8</v>
       </c>
       <c r="D1284" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1284" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1284" s="1" t="s">
-        <v>3676</v>
+        <v>3691</v>
       </c>
       <c r="G1284" t="s">
-        <v>3677</v>
+        <v>3692</v>
       </c>
       <c r="H1284" t="s">
-        <v>3653</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1285" spans="1:8">
       <c r="A1285">
-        <v>2886</v>
+        <v>3658</v>
       </c>
       <c r="B1285">
         <v>2011</v>
       </c>
       <c r="C1285">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D1285" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1285" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1285" s="1" t="s">
-        <v>3678</v>
+        <v>3694</v>
       </c>
       <c r="G1285" t="s">
-        <v>3679</v>
+        <v>3695</v>
       </c>
       <c r="H1285" t="s">
-        <v>3680</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="1286" spans="1:8">
       <c r="A1286">
-        <v>2885</v>
+        <v>3657</v>
       </c>
       <c r="B1286">
         <v>2011</v>
       </c>
       <c r="C1286">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="D1286" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1286" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1286" s="1" t="s">
-        <v>3681</v>
+        <v>3697</v>
       </c>
       <c r="G1286" t="s">
-        <v>3682</v>
+        <v>3698</v>
       </c>
       <c r="H1286" t="s">
-        <v>3680</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="1287" spans="1:8">
       <c r="A1287">
-        <v>2884</v>
+        <v>3656</v>
       </c>
       <c r="B1287">
         <v>2011</v>
       </c>
       <c r="C1287">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D1287" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1287" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1287" s="1" t="s">
-        <v>3683</v>
+        <v>3700</v>
       </c>
       <c r="G1287" t="s">
-        <v>3684</v>
+        <v>3701</v>
       </c>
       <c r="H1287" t="s">
-        <v>3685</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="1288" spans="1:8">
       <c r="A1288">
-        <v>2883</v>
+        <v>3654</v>
       </c>
       <c r="B1288">
         <v>2011</v>
       </c>
       <c r="C1288">
         <v>17</v>
       </c>
       <c r="D1288" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="E1288" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="F1288" s="1" t="s">
-        <v>3686</v>
+        <v>3703</v>
       </c>
       <c r="G1288" t="s">
-        <v>3687</v>
+        <v>3704</v>
       </c>
       <c r="H1288" t="s">
-        <v>3688</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="1289" spans="1:8">
       <c r="A1289">
-        <v>2864</v>
+        <v>3653</v>
       </c>
       <c r="B1289">
         <v>2011</v>
       </c>
       <c r="C1289">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1289" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E1289" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="F1289" s="1" t="s">
-        <v>3689</v>
+        <v>3706</v>
       </c>
       <c r="G1289" t="s">
-        <v>3690</v>
+        <v>3707</v>
       </c>
       <c r="H1289" t="s">
-        <v>3690</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1290" spans="1:8">
       <c r="A1290">
-        <v>2845</v>
+        <v>3652</v>
       </c>
       <c r="B1290">
         <v>2011</v>
       </c>
       <c r="C1290">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D1290" t="s">
-        <v>529</v>
+        <v>121</v>
       </c>
       <c r="E1290" t="s">
-        <v>530</v>
+        <v>122</v>
       </c>
       <c r="F1290" s="1" t="s">
-        <v>3691</v>
+        <v>3709</v>
       </c>
       <c r="G1290" t="s">
-        <v>3692</v>
+        <v>3710</v>
       </c>
       <c r="H1290" t="s">
-        <v>3692</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="1291" spans="1:8">
       <c r="A1291">
-        <v>4300</v>
+        <v>3651</v>
       </c>
       <c r="B1291">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1291">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D1291" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1291" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1291" s="1" t="s">
-        <v>3693</v>
+        <v>3712</v>
       </c>
       <c r="G1291" t="s">
-        <v>3694</v>
+        <v>3713</v>
       </c>
       <c r="H1291" t="s">
-        <v>3694</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="1292" spans="1:8">
       <c r="A1292">
-        <v>4299</v>
+        <v>3565</v>
       </c>
       <c r="B1292">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1292">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D1292" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1292" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1292" s="1" t="s">
-        <v>3695</v>
+        <v>3714</v>
       </c>
       <c r="G1292" t="s">
-        <v>3696</v>
+        <v>3715</v>
       </c>
       <c r="H1292" t="s">
-        <v>3696</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="1293" spans="1:8">
       <c r="A1293">
-        <v>4298</v>
+        <v>3564</v>
       </c>
       <c r="B1293">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1293">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D1293" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1293" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1293" s="1" t="s">
-        <v>3697</v>
+        <v>3716</v>
       </c>
       <c r="G1293" t="s">
-        <v>3698</v>
+        <v>3717</v>
       </c>
       <c r="H1293" t="s">
-        <v>3698</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="1294" spans="1:8">
       <c r="A1294">
-        <v>4297</v>
+        <v>3560</v>
       </c>
       <c r="B1294">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1294">
         <v>9</v>
       </c>
       <c r="D1294" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1294" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1294" s="1" t="s">
-        <v>3699</v>
+        <v>3718</v>
       </c>
       <c r="G1294" t="s">
-        <v>3700</v>
+        <v>3719</v>
       </c>
       <c r="H1294" t="s">
-        <v>3700</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="1295" spans="1:8">
       <c r="A1295">
-        <v>4296</v>
+        <v>3557</v>
       </c>
       <c r="B1295">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1295">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1295" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1295" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1295" s="1" t="s">
-        <v>3701</v>
+        <v>3720</v>
       </c>
       <c r="G1295" t="s">
-        <v>3702</v>
+        <v>3721</v>
       </c>
       <c r="H1295" t="s">
-        <v>3702</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1296" spans="1:8">
       <c r="A1296">
-        <v>4295</v>
+        <v>3556</v>
       </c>
       <c r="B1296">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1296">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1296" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1296" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1296" s="1" t="s">
-        <v>3703</v>
+        <v>3722</v>
       </c>
       <c r="G1296" t="s">
-        <v>3704</v>
+        <v>3723</v>
       </c>
       <c r="H1296" t="s">
-        <v>3704</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="1297" spans="1:8">
       <c r="A1297">
-        <v>4294</v>
+        <v>3555</v>
       </c>
       <c r="B1297">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1297">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1297" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1297" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1297" s="1" t="s">
-        <v>3705</v>
+        <v>3724</v>
       </c>
       <c r="G1297" t="s">
-        <v>3706</v>
+        <v>3725</v>
       </c>
       <c r="H1297" t="s">
-        <v>3706</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="1298" spans="1:8">
       <c r="A1298">
-        <v>4293</v>
+        <v>3547</v>
       </c>
       <c r="B1298">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1298">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D1298" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1298" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1298" s="1" t="s">
-        <v>3707</v>
+        <v>3726</v>
       </c>
       <c r="G1298" t="s">
-        <v>3708</v>
+        <v>3727</v>
       </c>
       <c r="H1298" t="s">
-        <v>3708</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="1299" spans="1:8">
       <c r="A1299">
-        <v>4291</v>
+        <v>3546</v>
       </c>
       <c r="B1299">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1299">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1299" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1299" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1299" s="1" t="s">
-        <v>3709</v>
+        <v>3728</v>
       </c>
       <c r="G1299" t="s">
-        <v>3710</v>
+        <v>3729</v>
       </c>
       <c r="H1299" t="s">
-        <v>3710</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1300" spans="1:8">
       <c r="A1300">
-        <v>4287</v>
+        <v>3441</v>
       </c>
       <c r="B1300">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1300">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D1300" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="E1300" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="F1300" s="1" t="s">
-        <v>3711</v>
+        <v>3730</v>
       </c>
       <c r="G1300" t="s">
-        <v>3712</v>
+        <v>3731</v>
       </c>
       <c r="H1300" t="s">
-        <v>3712</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="1301" spans="1:8">
       <c r="A1301">
-        <v>3655</v>
+        <v>3434</v>
       </c>
       <c r="B1301">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1301">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D1301" t="s">
-        <v>33</v>
+        <v>640</v>
       </c>
       <c r="E1301" t="s">
-        <v>34</v>
+        <v>641</v>
       </c>
       <c r="F1301" s="1" t="s">
-        <v>3713</v>
+        <v>3732</v>
       </c>
       <c r="G1301" t="s">
-        <v>3714</v>
+        <v>3733</v>
       </c>
       <c r="H1301" t="s">
-        <v>3715</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="1302" spans="1:8">
       <c r="A1302">
-        <v>2836</v>
+        <v>3399</v>
       </c>
       <c r="B1302">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1302">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D1302" t="s">
-        <v>529</v>
+        <v>3734</v>
       </c>
       <c r="E1302" t="s">
-        <v>530</v>
+        <v>3735</v>
       </c>
       <c r="F1302" s="1" t="s">
-        <v>3716</v>
+        <v>3736</v>
       </c>
       <c r="G1302" t="s">
-        <v>3717</v>
+        <v>3737</v>
       </c>
       <c r="H1302" t="s">
-        <v>3717</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1303" spans="1:8">
       <c r="A1303">
-        <v>2817</v>
+        <v>3364</v>
       </c>
       <c r="B1303">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1303">
-        <v>11</v>
+        <v>246</v>
       </c>
       <c r="D1303" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1303" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1303" s="1" t="s">
-        <v>3718</v>
+        <v>3739</v>
       </c>
       <c r="G1303" t="s">
-        <v>3719</v>
+        <v>3740</v>
       </c>
       <c r="H1303" t="s">
-        <v>3719</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1304" spans="1:8">
       <c r="A1304">
-        <v>2809</v>
+        <v>3363</v>
       </c>
       <c r="B1304">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1304">
-        <v>3</v>
+        <v>245</v>
       </c>
       <c r="D1304" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E1304" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="F1304" s="1" t="s">
-        <v>3720</v>
+        <v>3742</v>
       </c>
       <c r="G1304" t="s">
-        <v>3721</v>
+        <v>3743</v>
       </c>
       <c r="H1304" t="s">
-        <v>3722</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1305" spans="1:8">
       <c r="A1305">
-        <v>2800</v>
+        <v>3228</v>
       </c>
       <c r="B1305">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1305">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1305" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="E1305" t="s">
-        <v>139</v>
+        <v>641</v>
       </c>
       <c r="F1305" s="1" t="s">
-        <v>3723</v>
+        <v>3744</v>
       </c>
       <c r="G1305" t="s">
-        <v>3724</v>
+        <v>3745</v>
       </c>
       <c r="H1305" t="s">
-        <v>3725</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="1306" spans="1:8">
       <c r="A1306">
-        <v>2781</v>
+        <v>3115</v>
       </c>
       <c r="B1306">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1306">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D1306" t="s">
-        <v>529</v>
+        <v>640</v>
       </c>
       <c r="E1306" t="s">
-        <v>530</v>
+        <v>641</v>
       </c>
       <c r="F1306" s="1" t="s">
-        <v>3726</v>
+        <v>3746</v>
       </c>
       <c r="G1306" t="s">
-        <v>3727</v>
+        <v>3747</v>
       </c>
       <c r="H1306" t="s">
-        <v>3727</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="1307" spans="1:8">
       <c r="A1307">
-        <v>2780</v>
+        <v>3067</v>
       </c>
       <c r="B1307">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1307">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="D1307" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1307" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1307" s="1" t="s">
-        <v>3728</v>
+        <v>3748</v>
       </c>
       <c r="G1307" t="s">
-        <v>3729</v>
+        <v>3749</v>
       </c>
       <c r="H1307" t="s">
-        <v>3729</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1308" spans="1:8">
       <c r="A1308">
-        <v>2771</v>
+        <v>3017</v>
       </c>
       <c r="B1308">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1308">
-        <v>2</v>
+        <v>73</v>
       </c>
       <c r="D1308" t="s">
-        <v>3730</v>
+        <v>57</v>
       </c>
       <c r="E1308" t="s">
-        <v>3731</v>
+        <v>58</v>
       </c>
       <c r="F1308" s="1" t="s">
-        <v>3732</v>
+        <v>3751</v>
       </c>
       <c r="G1308" t="s">
-        <v>3733</v>
+        <v>3752</v>
       </c>
       <c r="H1308" t="s">
-        <v>3734</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1309" spans="1:8">
       <c r="A1309">
-        <v>2734</v>
+        <v>2992</v>
       </c>
       <c r="B1309">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1309">
         <v>2</v>
       </c>
       <c r="D1309" t="s">
-        <v>88</v>
+        <v>640</v>
       </c>
       <c r="E1309" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="F1309" s="1" t="s">
-        <v>3735</v>
+        <v>3754</v>
       </c>
       <c r="G1309" t="s">
-        <v>3736</v>
+        <v>3755</v>
       </c>
       <c r="H1309" t="s">
-        <v>3736</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="1310" spans="1:8">
       <c r="A1310">
-        <v>2698</v>
+        <v>2991</v>
       </c>
       <c r="B1310">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1310">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D1310" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1310" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1310" s="1" t="s">
-        <v>3737</v>
+        <v>3756</v>
       </c>
       <c r="G1310" t="s">
-        <v>3738</v>
+        <v>3757</v>
       </c>
       <c r="H1310" t="s">
-        <v>3738</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1311" spans="1:8">
       <c r="A1311">
-        <v>2629</v>
+        <v>2990</v>
       </c>
       <c r="B1311">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1311">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="D1311" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1311" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1311" s="1" t="s">
-        <v>3739</v>
+        <v>3759</v>
       </c>
       <c r="G1311" t="s">
-        <v>3740</v>
+        <v>3760</v>
       </c>
       <c r="H1311" t="s">
-        <v>3740</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1312" spans="1:8">
       <c r="A1312">
-        <v>2574</v>
+        <v>2989</v>
       </c>
       <c r="B1312">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1312">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D1312" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1312" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1312" s="1" t="s">
-        <v>3741</v>
+        <v>3762</v>
       </c>
       <c r="G1312" t="s">
-        <v>3742</v>
+        <v>3763</v>
       </c>
       <c r="H1312" t="s">
-        <v>3742</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1313" spans="1:8">
       <c r="A1313">
-        <v>2509</v>
+        <v>2988</v>
       </c>
       <c r="B1313">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1313">
-        <v>8</v>
+        <v>55</v>
       </c>
       <c r="D1313" t="s">
-        <v>2071</v>
+        <v>57</v>
       </c>
       <c r="E1313" t="s">
-        <v>2072</v>
+        <v>58</v>
       </c>
       <c r="F1313" s="1" t="s">
-        <v>3743</v>
+        <v>3765</v>
       </c>
       <c r="G1313" t="s">
-        <v>3744</v>
+        <v>3766</v>
       </c>
       <c r="H1313" t="s">
-        <v>3745</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1314" spans="1:8">
       <c r="A1314">
-        <v>2508</v>
+        <v>2940</v>
       </c>
       <c r="B1314">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1314">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="D1314" t="s">
-        <v>2071</v>
+        <v>57</v>
       </c>
       <c r="E1314" t="s">
-        <v>2072</v>
+        <v>58</v>
       </c>
       <c r="F1314" s="1" t="s">
-        <v>3746</v>
+        <v>3768</v>
       </c>
       <c r="G1314" t="s">
-        <v>3747</v>
+        <v>3769</v>
       </c>
       <c r="H1314" t="s">
-        <v>3748</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1315" spans="1:8">
       <c r="A1315">
-        <v>2449</v>
+        <v>2939</v>
       </c>
       <c r="B1315">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1315">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="D1315" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1315" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1315" s="1" t="s">
-        <v>3749</v>
+        <v>3771</v>
       </c>
       <c r="G1315" t="s">
-        <v>3750</v>
+        <v>3772</v>
       </c>
       <c r="H1315" t="s">
-        <v>3750</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1316" spans="1:8">
       <c r="A1316">
-        <v>2435</v>
+        <v>2925</v>
       </c>
       <c r="B1316">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1316">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D1316" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="E1316" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="F1316" s="1" t="s">
-        <v>3751</v>
+        <v>3774</v>
       </c>
       <c r="G1316" t="s">
-        <v>3752</v>
+        <v>3775</v>
       </c>
       <c r="H1316" t="s">
-        <v>3752</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1317" spans="1:8">
       <c r="A1317">
-        <v>2434</v>
+        <v>2891</v>
       </c>
       <c r="B1317">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1317">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="D1317" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1317" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1317" s="1" t="s">
-        <v>3753</v>
+        <v>3777</v>
       </c>
       <c r="G1317" t="s">
-        <v>3754</v>
+        <v>3778</v>
       </c>
       <c r="H1317" t="s">
-        <v>3754</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1318" spans="1:8">
       <c r="A1318">
-        <v>2379</v>
+        <v>2890</v>
       </c>
       <c r="B1318">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1318">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D1318" t="s">
-        <v>3306</v>
+        <v>57</v>
       </c>
       <c r="E1318" t="s">
-        <v>3307</v>
+        <v>58</v>
       </c>
       <c r="F1318" s="1" t="s">
-        <v>3755</v>
+        <v>3780</v>
       </c>
       <c r="G1318" t="s">
-        <v>3307</v>
+        <v>3781</v>
       </c>
       <c r="H1318" t="s">
-        <v>3756</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1319" spans="1:8">
       <c r="A1319">
-        <v>2335</v>
+        <v>2889</v>
       </c>
       <c r="B1319">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1319">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="D1319" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1319" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1319" s="1" t="s">
-        <v>3757</v>
+        <v>3783</v>
       </c>
       <c r="G1319" t="s">
-        <v>3758</v>
+        <v>3784</v>
       </c>
       <c r="H1319" t="s">
-        <v>3758</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1320" spans="1:8">
       <c r="A1320">
-        <v>2226</v>
+        <v>2888</v>
       </c>
       <c r="B1320">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1320">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D1320" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1320" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1320" s="1" t="s">
-        <v>3759</v>
+        <v>3785</v>
       </c>
       <c r="G1320" t="s">
-        <v>3760</v>
+        <v>3786</v>
       </c>
       <c r="H1320" t="s">
-        <v>3760</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1321" spans="1:8">
       <c r="A1321">
-        <v>2222</v>
+        <v>2887</v>
       </c>
       <c r="B1321">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1321">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1321" t="s">
-        <v>529</v>
+        <v>57</v>
       </c>
       <c r="E1321" t="s">
-        <v>530</v>
+        <v>58</v>
       </c>
       <c r="F1321" s="1" t="s">
-        <v>3761</v>
+        <v>3787</v>
       </c>
       <c r="G1321" t="s">
-        <v>3762</v>
+        <v>3788</v>
       </c>
       <c r="H1321" t="s">
-        <v>3762</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1322" spans="1:8">
       <c r="A1322">
-        <v>4292</v>
+        <v>2886</v>
       </c>
       <c r="B1322">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1322">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D1322" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1322" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1322" s="1" t="s">
-        <v>3763</v>
+        <v>3789</v>
       </c>
       <c r="G1322" t="s">
-        <v>3764</v>
+        <v>3790</v>
       </c>
       <c r="H1322" t="s">
-        <v>3764</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1323" spans="1:8">
       <c r="A1323">
-        <v>4288</v>
+        <v>2885</v>
       </c>
       <c r="B1323">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1323">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D1323" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1323" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1323" s="1" t="s">
-        <v>3765</v>
+        <v>3792</v>
       </c>
       <c r="G1323" t="s">
-        <v>3766</v>
+        <v>3793</v>
       </c>
       <c r="H1323" t="s">
-        <v>3766</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1324" spans="1:8">
       <c r="A1324">
-        <v>4286</v>
+        <v>2884</v>
       </c>
       <c r="B1324">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1324">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D1324" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="E1324" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F1324" s="1" t="s">
-        <v>3767</v>
+        <v>3794</v>
       </c>
       <c r="G1324" t="s">
-        <v>3768</v>
+        <v>3795</v>
       </c>
       <c r="H1324" t="s">
-        <v>3768</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="1325" spans="1:8">
       <c r="A1325">
-        <v>2666</v>
+        <v>2883</v>
       </c>
       <c r="B1325">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1325">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D1325" t="s">
-        <v>2071</v>
+        <v>57</v>
       </c>
       <c r="E1325" t="s">
-        <v>2072</v>
+        <v>58</v>
       </c>
       <c r="F1325" s="1" t="s">
-        <v>3769</v>
+        <v>3797</v>
       </c>
       <c r="G1325" t="s">
-        <v>3770</v>
+        <v>3798</v>
       </c>
       <c r="H1325" t="s">
-        <v>3771</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="1326" spans="1:8">
       <c r="A1326">
-        <v>2665</v>
+        <v>2864</v>
       </c>
       <c r="B1326">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1326">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="D1326" t="s">
-        <v>2071</v>
+        <v>74</v>
       </c>
       <c r="E1326" t="s">
-        <v>2072</v>
+        <v>75</v>
       </c>
       <c r="F1326" s="1" t="s">
-        <v>3772</v>
+        <v>3800</v>
       </c>
       <c r="G1326" t="s">
-        <v>3773</v>
+        <v>3801</v>
       </c>
       <c r="H1326" t="s">
-        <v>3771</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="1327" spans="1:8">
       <c r="A1327">
-        <v>2664</v>
+        <v>2845</v>
       </c>
       <c r="B1327">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1327">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="D1327" t="s">
-        <v>2071</v>
+        <v>640</v>
       </c>
       <c r="E1327" t="s">
-        <v>2072</v>
+        <v>641</v>
       </c>
       <c r="F1327" s="1" t="s">
-        <v>3774</v>
+        <v>3802</v>
       </c>
       <c r="G1327" t="s">
-        <v>3775</v>
+        <v>3803</v>
       </c>
       <c r="H1327" t="s">
-        <v>3771</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1328" spans="1:8">
       <c r="A1328">
-        <v>2663</v>
+        <v>4300</v>
       </c>
       <c r="B1328">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1328">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D1328" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1328" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1328" s="1" t="s">
-        <v>3776</v>
+        <v>3804</v>
       </c>
       <c r="G1328" t="s">
-        <v>3777</v>
+        <v>3805</v>
       </c>
       <c r="H1328" t="s">
-        <v>3778</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="1329" spans="1:8">
       <c r="A1329">
-        <v>2662</v>
+        <v>4299</v>
       </c>
       <c r="B1329">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1329">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D1329" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1329" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1329" s="1" t="s">
-        <v>3779</v>
+        <v>3806</v>
       </c>
       <c r="G1329" t="s">
-        <v>3780</v>
+        <v>3807</v>
       </c>
       <c r="H1329" t="s">
-        <v>3781</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="1330" spans="1:8">
       <c r="A1330">
-        <v>2660</v>
+        <v>4298</v>
       </c>
       <c r="B1330">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1330">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D1330" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1330" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1330" s="1" t="s">
-        <v>3782</v>
+        <v>3808</v>
       </c>
       <c r="G1330" t="s">
-        <v>3783</v>
+        <v>3809</v>
       </c>
       <c r="H1330" t="s">
-        <v>3784</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="1331" spans="1:8">
       <c r="A1331">
-        <v>2657</v>
+        <v>4297</v>
       </c>
       <c r="B1331">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1331">
         <v>9</v>
       </c>
       <c r="D1331" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1331" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1331" s="1" t="s">
-        <v>3785</v>
+        <v>3810</v>
       </c>
       <c r="G1331" t="s">
-        <v>3786</v>
+        <v>3811</v>
       </c>
       <c r="H1331" t="s">
-        <v>3787</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="1332" spans="1:8">
       <c r="A1332">
-        <v>2656</v>
+        <v>4296</v>
       </c>
       <c r="B1332">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1332">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1332" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1332" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1332" s="1" t="s">
-        <v>3788</v>
+        <v>3812</v>
       </c>
       <c r="G1332" t="s">
-        <v>3789</v>
+        <v>3813</v>
       </c>
       <c r="H1332" t="s">
-        <v>3790</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="1333" spans="1:8">
       <c r="A1333">
-        <v>2655</v>
+        <v>4295</v>
       </c>
       <c r="B1333">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1333">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D1333" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1333" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1333" s="1" t="s">
-        <v>3791</v>
+        <v>3814</v>
       </c>
       <c r="G1333" t="s">
-        <v>3792</v>
+        <v>3815</v>
       </c>
       <c r="H1333" t="s">
-        <v>3793</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1334" spans="1:8">
       <c r="A1334">
-        <v>2654</v>
+        <v>4294</v>
       </c>
       <c r="B1334">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1334">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1334" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1334" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1334" s="1" t="s">
-        <v>3794</v>
+        <v>3816</v>
       </c>
       <c r="G1334" t="s">
-        <v>3795</v>
+        <v>3817</v>
       </c>
       <c r="H1334" t="s">
-        <v>3796</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="1335" spans="1:8">
       <c r="A1335">
-        <v>2653</v>
+        <v>4293</v>
       </c>
       <c r="B1335">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1335">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D1335" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1335" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1335" s="1" t="s">
-        <v>3797</v>
+        <v>3818</v>
       </c>
       <c r="G1335" t="s">
-        <v>3798</v>
+        <v>3819</v>
       </c>
       <c r="H1335" t="s">
-        <v>3799</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="1336" spans="1:8">
       <c r="A1336">
-        <v>2652</v>
+        <v>4291</v>
       </c>
       <c r="B1336">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1336">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1336" t="s">
-        <v>2071</v>
+        <v>121</v>
       </c>
       <c r="E1336" t="s">
-        <v>2072</v>
+        <v>122</v>
       </c>
       <c r="F1336" s="1" t="s">
-        <v>3800</v>
+        <v>3820</v>
       </c>
       <c r="G1336" t="s">
-        <v>3801</v>
+        <v>3821</v>
       </c>
       <c r="H1336" t="s">
-        <v>3802</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="1337" spans="1:8">
       <c r="A1337">
-        <v>2651</v>
+        <v>4287</v>
       </c>
       <c r="B1337">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1337">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1337" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="E1337" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F1337" s="1" t="s">
-        <v>3803</v>
+        <v>3822</v>
       </c>
       <c r="G1337" t="s">
-        <v>3804</v>
+        <v>3823</v>
       </c>
       <c r="H1337" t="s">
-        <v>3805</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="1338" spans="1:8">
       <c r="A1338">
+        <v>3655</v>
+      </c>
+      <c r="B1338">
+        <v>2010</v>
+      </c>
+      <c r="C1338">
+        <v>15</v>
+      </c>
+      <c r="D1338" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1338" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1338" s="1" t="s">
+        <v>3824</v>
+      </c>
+      <c r="G1338" t="s">
+        <v>3825</v>
+      </c>
+      <c r="H1338" t="s">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:8">
+      <c r="A1339">
+        <v>2836</v>
+      </c>
+      <c r="B1339">
+        <v>2010</v>
+      </c>
+      <c r="C1339">
+        <v>12</v>
+      </c>
+      <c r="D1339" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1339" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1339" s="1" t="s">
+        <v>3827</v>
+      </c>
+      <c r="G1339" t="s">
+        <v>3828</v>
+      </c>
+      <c r="H1339" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:8">
+      <c r="A1340">
+        <v>2817</v>
+      </c>
+      <c r="B1340">
+        <v>2010</v>
+      </c>
+      <c r="C1340">
+        <v>11</v>
+      </c>
+      <c r="D1340" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1340" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1340" s="1" t="s">
+        <v>3829</v>
+      </c>
+      <c r="G1340" t="s">
+        <v>3830</v>
+      </c>
+      <c r="H1340" t="s">
+        <v>3830</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:8">
+      <c r="A1341">
+        <v>2809</v>
+      </c>
+      <c r="B1341">
+        <v>2010</v>
+      </c>
+      <c r="C1341">
+        <v>3</v>
+      </c>
+      <c r="D1341" t="s">
+        <v>57</v>
+      </c>
+      <c r="E1341" t="s">
+        <v>58</v>
+      </c>
+      <c r="F1341" s="1" t="s">
+        <v>3831</v>
+      </c>
+      <c r="G1341" t="s">
+        <v>3832</v>
+      </c>
+      <c r="H1341" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:8">
+      <c r="A1342">
+        <v>2800</v>
+      </c>
+      <c r="B1342">
+        <v>2010</v>
+      </c>
+      <c r="C1342">
+        <v>2</v>
+      </c>
+      <c r="D1342" t="s">
+        <v>57</v>
+      </c>
+      <c r="E1342" t="s">
+        <v>58</v>
+      </c>
+      <c r="F1342" s="1" t="s">
+        <v>3834</v>
+      </c>
+      <c r="G1342" t="s">
+        <v>3835</v>
+      </c>
+      <c r="H1342" t="s">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:8">
+      <c r="A1343">
+        <v>2781</v>
+      </c>
+      <c r="B1343">
+        <v>2010</v>
+      </c>
+      <c r="C1343">
+        <v>10</v>
+      </c>
+      <c r="D1343" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1343" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1343" s="1" t="s">
+        <v>3837</v>
+      </c>
+      <c r="G1343" t="s">
+        <v>3838</v>
+      </c>
+      <c r="H1343" t="s">
+        <v>3838</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:8">
+      <c r="A1344">
+        <v>2780</v>
+      </c>
+      <c r="B1344">
+        <v>2010</v>
+      </c>
+      <c r="C1344">
+        <v>9</v>
+      </c>
+      <c r="D1344" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1344" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1344" s="1" t="s">
+        <v>3839</v>
+      </c>
+      <c r="G1344" t="s">
+        <v>3840</v>
+      </c>
+      <c r="H1344" t="s">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:8">
+      <c r="A1345">
+        <v>2771</v>
+      </c>
+      <c r="B1345">
+        <v>2010</v>
+      </c>
+      <c r="C1345">
+        <v>2</v>
+      </c>
+      <c r="D1345" t="s">
+        <v>3841</v>
+      </c>
+      <c r="E1345" t="s">
+        <v>3842</v>
+      </c>
+      <c r="F1345" s="1" t="s">
+        <v>3843</v>
+      </c>
+      <c r="G1345" t="s">
+        <v>3844</v>
+      </c>
+      <c r="H1345" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:8">
+      <c r="A1346">
+        <v>2734</v>
+      </c>
+      <c r="B1346">
+        <v>2010</v>
+      </c>
+      <c r="C1346">
+        <v>2</v>
+      </c>
+      <c r="D1346" t="s">
+        <v>74</v>
+      </c>
+      <c r="E1346" t="s">
+        <v>75</v>
+      </c>
+      <c r="F1346" s="1" t="s">
+        <v>3846</v>
+      </c>
+      <c r="G1346" t="s">
+        <v>3847</v>
+      </c>
+      <c r="H1346" t="s">
+        <v>3847</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:8">
+      <c r="A1347">
+        <v>2698</v>
+      </c>
+      <c r="B1347">
+        <v>2010</v>
+      </c>
+      <c r="C1347">
+        <v>8</v>
+      </c>
+      <c r="D1347" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1347" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1347" s="1" t="s">
+        <v>3848</v>
+      </c>
+      <c r="G1347" t="s">
+        <v>3849</v>
+      </c>
+      <c r="H1347" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:8">
+      <c r="A1348">
+        <v>2629</v>
+      </c>
+      <c r="B1348">
+        <v>2010</v>
+      </c>
+      <c r="C1348">
+        <v>7</v>
+      </c>
+      <c r="D1348" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1348" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1348" s="1" t="s">
+        <v>3850</v>
+      </c>
+      <c r="G1348" t="s">
+        <v>3851</v>
+      </c>
+      <c r="H1348" t="s">
+        <v>3851</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:8">
+      <c r="A1349">
+        <v>2574</v>
+      </c>
+      <c r="B1349">
+        <v>2010</v>
+      </c>
+      <c r="C1349">
+        <v>6</v>
+      </c>
+      <c r="D1349" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1349" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1349" s="1" t="s">
+        <v>3852</v>
+      </c>
+      <c r="G1349" t="s">
+        <v>3853</v>
+      </c>
+      <c r="H1349" t="s">
+        <v>3853</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:8">
+      <c r="A1350">
+        <v>2509</v>
+      </c>
+      <c r="B1350">
+        <v>2010</v>
+      </c>
+      <c r="C1350">
+        <v>8</v>
+      </c>
+      <c r="D1350" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1350" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1350" s="1" t="s">
+        <v>3854</v>
+      </c>
+      <c r="G1350" t="s">
+        <v>3855</v>
+      </c>
+      <c r="H1350" t="s">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:8">
+      <c r="A1351">
+        <v>2508</v>
+      </c>
+      <c r="B1351">
+        <v>2010</v>
+      </c>
+      <c r="C1351">
+        <v>1</v>
+      </c>
+      <c r="D1351" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1351" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1351" s="1" t="s">
+        <v>3857</v>
+      </c>
+      <c r="G1351" t="s">
+        <v>3858</v>
+      </c>
+      <c r="H1351" t="s">
+        <v>3859</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:8">
+      <c r="A1352">
+        <v>2449</v>
+      </c>
+      <c r="B1352">
+        <v>2010</v>
+      </c>
+      <c r="C1352">
+        <v>5</v>
+      </c>
+      <c r="D1352" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1352" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1352" s="1" t="s">
+        <v>3860</v>
+      </c>
+      <c r="G1352" t="s">
+        <v>3861</v>
+      </c>
+      <c r="H1352" t="s">
+        <v>3861</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:8">
+      <c r="A1353">
+        <v>2435</v>
+      </c>
+      <c r="B1353">
+        <v>2010</v>
+      </c>
+      <c r="C1353">
+        <v>1</v>
+      </c>
+      <c r="D1353" t="s">
+        <v>74</v>
+      </c>
+      <c r="E1353" t="s">
+        <v>75</v>
+      </c>
+      <c r="F1353" s="1" t="s">
+        <v>3862</v>
+      </c>
+      <c r="G1353" t="s">
+        <v>3863</v>
+      </c>
+      <c r="H1353" t="s">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:8">
+      <c r="A1354">
+        <v>2434</v>
+      </c>
+      <c r="B1354">
+        <v>2010</v>
+      </c>
+      <c r="C1354">
+        <v>4</v>
+      </c>
+      <c r="D1354" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1354" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1354" s="1" t="s">
+        <v>3864</v>
+      </c>
+      <c r="G1354" t="s">
+        <v>3865</v>
+      </c>
+      <c r="H1354" t="s">
+        <v>3865</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:8">
+      <c r="A1355">
+        <v>2379</v>
+      </c>
+      <c r="B1355">
+        <v>2010</v>
+      </c>
+      <c r="C1355">
+        <v>11</v>
+      </c>
+      <c r="D1355" t="s">
+        <v>3417</v>
+      </c>
+      <c r="E1355" t="s">
+        <v>3418</v>
+      </c>
+      <c r="F1355" s="1" t="s">
+        <v>3866</v>
+      </c>
+      <c r="G1355" t="s">
+        <v>3418</v>
+      </c>
+      <c r="H1355" t="s">
+        <v>3867</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:8">
+      <c r="A1356">
+        <v>2335</v>
+      </c>
+      <c r="B1356">
+        <v>2010</v>
+      </c>
+      <c r="C1356">
+        <v>3</v>
+      </c>
+      <c r="D1356" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1356" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1356" s="1" t="s">
+        <v>3868</v>
+      </c>
+      <c r="G1356" t="s">
+        <v>3869</v>
+      </c>
+      <c r="H1356" t="s">
+        <v>3869</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:8">
+      <c r="A1357">
+        <v>2226</v>
+      </c>
+      <c r="B1357">
+        <v>2010</v>
+      </c>
+      <c r="C1357">
+        <v>2</v>
+      </c>
+      <c r="D1357" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1357" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1357" s="1" t="s">
+        <v>3870</v>
+      </c>
+      <c r="G1357" t="s">
+        <v>3871</v>
+      </c>
+      <c r="H1357" t="s">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:8">
+      <c r="A1358">
+        <v>2222</v>
+      </c>
+      <c r="B1358">
+        <v>2010</v>
+      </c>
+      <c r="C1358">
+        <v>2</v>
+      </c>
+      <c r="D1358" t="s">
+        <v>640</v>
+      </c>
+      <c r="E1358" t="s">
+        <v>641</v>
+      </c>
+      <c r="F1358" s="1" t="s">
+        <v>3872</v>
+      </c>
+      <c r="G1358" t="s">
+        <v>3873</v>
+      </c>
+      <c r="H1358" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:8">
+      <c r="A1359">
+        <v>4292</v>
+      </c>
+      <c r="B1359">
+        <v>2009</v>
+      </c>
+      <c r="C1359">
+        <v>12</v>
+      </c>
+      <c r="D1359" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1359" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1359" s="1" t="s">
+        <v>3874</v>
+      </c>
+      <c r="G1359" t="s">
+        <v>3875</v>
+      </c>
+      <c r="H1359" t="s">
+        <v>3875</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:8">
+      <c r="A1360">
+        <v>4288</v>
+      </c>
+      <c r="B1360">
+        <v>2009</v>
+      </c>
+      <c r="C1360">
+        <v>14</v>
+      </c>
+      <c r="D1360" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1360" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1360" s="1" t="s">
+        <v>3876</v>
+      </c>
+      <c r="G1360" t="s">
+        <v>3877</v>
+      </c>
+      <c r="H1360" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:8">
+      <c r="A1361">
+        <v>4286</v>
+      </c>
+      <c r="B1361">
+        <v>2009</v>
+      </c>
+      <c r="C1361">
+        <v>11</v>
+      </c>
+      <c r="D1361" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1361" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1361" s="1" t="s">
+        <v>3878</v>
+      </c>
+      <c r="G1361" t="s">
+        <v>3879</v>
+      </c>
+      <c r="H1361" t="s">
+        <v>3879</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:8">
+      <c r="A1362">
+        <v>2666</v>
+      </c>
+      <c r="B1362">
+        <v>2009</v>
+      </c>
+      <c r="C1362">
+        <v>20</v>
+      </c>
+      <c r="D1362" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1362" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1362" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="G1362" t="s">
+        <v>3881</v>
+      </c>
+      <c r="H1362" t="s">
+        <v>3882</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:8">
+      <c r="A1363">
+        <v>2665</v>
+      </c>
+      <c r="B1363">
+        <v>2009</v>
+      </c>
+      <c r="C1363">
+        <v>19</v>
+      </c>
+      <c r="D1363" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1363" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1363" s="1" t="s">
+        <v>3883</v>
+      </c>
+      <c r="G1363" t="s">
+        <v>3884</v>
+      </c>
+      <c r="H1363" t="s">
+        <v>3882</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:8">
+      <c r="A1364">
+        <v>2664</v>
+      </c>
+      <c r="B1364">
+        <v>2009</v>
+      </c>
+      <c r="C1364">
+        <v>18</v>
+      </c>
+      <c r="D1364" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1364" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1364" s="1" t="s">
+        <v>3885</v>
+      </c>
+      <c r="G1364" t="s">
+        <v>3886</v>
+      </c>
+      <c r="H1364" t="s">
+        <v>3882</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:8">
+      <c r="A1365">
+        <v>2663</v>
+      </c>
+      <c r="B1365">
+        <v>2009</v>
+      </c>
+      <c r="C1365">
+        <v>17</v>
+      </c>
+      <c r="D1365" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1365" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1365" s="1" t="s">
+        <v>3887</v>
+      </c>
+      <c r="G1365" t="s">
+        <v>3888</v>
+      </c>
+      <c r="H1365" t="s">
+        <v>3889</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:8">
+      <c r="A1366">
+        <v>2662</v>
+      </c>
+      <c r="B1366">
+        <v>2009</v>
+      </c>
+      <c r="C1366">
+        <v>16</v>
+      </c>
+      <c r="D1366" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1366" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1366" s="1" t="s">
+        <v>3890</v>
+      </c>
+      <c r="G1366" t="s">
+        <v>3891</v>
+      </c>
+      <c r="H1366" t="s">
+        <v>3892</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:8">
+      <c r="A1367">
+        <v>2660</v>
+      </c>
+      <c r="B1367">
+        <v>2009</v>
+      </c>
+      <c r="C1367">
+        <v>13</v>
+      </c>
+      <c r="D1367" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1367" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1367" s="1" t="s">
+        <v>3893</v>
+      </c>
+      <c r="G1367" t="s">
+        <v>3894</v>
+      </c>
+      <c r="H1367" t="s">
+        <v>3895</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:8">
+      <c r="A1368">
+        <v>2657</v>
+      </c>
+      <c r="B1368">
+        <v>2009</v>
+      </c>
+      <c r="C1368">
+        <v>9</v>
+      </c>
+      <c r="D1368" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1368" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1368" s="1" t="s">
+        <v>3896</v>
+      </c>
+      <c r="G1368" t="s">
+        <v>3897</v>
+      </c>
+      <c r="H1368" t="s">
+        <v>3898</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:8">
+      <c r="A1369">
+        <v>2656</v>
+      </c>
+      <c r="B1369">
+        <v>2009</v>
+      </c>
+      <c r="C1369">
+        <v>8</v>
+      </c>
+      <c r="D1369" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1369" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1369" s="1" t="s">
+        <v>3899</v>
+      </c>
+      <c r="G1369" t="s">
+        <v>3900</v>
+      </c>
+      <c r="H1369" t="s">
+        <v>3901</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:8">
+      <c r="A1370">
+        <v>2655</v>
+      </c>
+      <c r="B1370">
+        <v>2009</v>
+      </c>
+      <c r="C1370">
+        <v>7</v>
+      </c>
+      <c r="D1370" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1370" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1370" s="1" t="s">
+        <v>3902</v>
+      </c>
+      <c r="G1370" t="s">
+        <v>3903</v>
+      </c>
+      <c r="H1370" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:8">
+      <c r="A1371">
+        <v>2654</v>
+      </c>
+      <c r="B1371">
+        <v>2009</v>
+      </c>
+      <c r="C1371">
+        <v>6</v>
+      </c>
+      <c r="D1371" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1371" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1371" s="1" t="s">
+        <v>3905</v>
+      </c>
+      <c r="G1371" t="s">
+        <v>3906</v>
+      </c>
+      <c r="H1371" t="s">
+        <v>3907</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:8">
+      <c r="A1372">
+        <v>2653</v>
+      </c>
+      <c r="B1372">
+        <v>2009</v>
+      </c>
+      <c r="C1372">
+        <v>5</v>
+      </c>
+      <c r="D1372" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1372" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1372" s="1" t="s">
+        <v>3908</v>
+      </c>
+      <c r="G1372" t="s">
+        <v>3909</v>
+      </c>
+      <c r="H1372" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:8">
+      <c r="A1373">
+        <v>2652</v>
+      </c>
+      <c r="B1373">
+        <v>2009</v>
+      </c>
+      <c r="C1373">
+        <v>4</v>
+      </c>
+      <c r="D1373" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E1373" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F1373" s="1" t="s">
+        <v>3911</v>
+      </c>
+      <c r="G1373" t="s">
+        <v>3912</v>
+      </c>
+      <c r="H1373" t="s">
+        <v>3913</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:8">
+      <c r="A1374">
+        <v>2651</v>
+      </c>
+      <c r="B1374">
+        <v>2009</v>
+      </c>
+      <c r="C1374">
+        <v>1</v>
+      </c>
+      <c r="D1374" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1374" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1374" s="1" t="s">
+        <v>3914</v>
+      </c>
+      <c r="G1374" t="s">
+        <v>3915</v>
+      </c>
+      <c r="H1374" t="s">
+        <v>3916</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:8">
+      <c r="A1375">
         <v>10362</v>
       </c>
-      <c r="B1338">
+      <c r="B1375">
         <v>2007</v>
       </c>
-      <c r="C1338">
+      <c r="C1375">
         <v>1</v>
       </c>
-      <c r="D1338" t="s">
-[...12 lines deleted...]
-        <v>3808</v>
+      <c r="D1375" t="s">
+        <v>57</v>
+      </c>
+      <c r="E1375" t="s">
+        <v>58</v>
+      </c>
+      <c r="F1375" s="1" t="s">
+        <v>3917</v>
+      </c>
+      <c r="G1375" t="s">
+        <v>3918</v>
+      </c>
+      <c r="H1375" t="s">
+        <v>3919</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -48733,50 +50048,87 @@
     <hyperlink ref="F1314" r:id="rId1313"/>
     <hyperlink ref="F1315" r:id="rId1314"/>
     <hyperlink ref="F1316" r:id="rId1315"/>
     <hyperlink ref="F1317" r:id="rId1316"/>
     <hyperlink ref="F1318" r:id="rId1317"/>
     <hyperlink ref="F1319" r:id="rId1318"/>
     <hyperlink ref="F1320" r:id="rId1319"/>
     <hyperlink ref="F1321" r:id="rId1320"/>
     <hyperlink ref="F1322" r:id="rId1321"/>
     <hyperlink ref="F1323" r:id="rId1322"/>
     <hyperlink ref="F1324" r:id="rId1323"/>
     <hyperlink ref="F1325" r:id="rId1324"/>
     <hyperlink ref="F1326" r:id="rId1325"/>
     <hyperlink ref="F1327" r:id="rId1326"/>
     <hyperlink ref="F1328" r:id="rId1327"/>
     <hyperlink ref="F1329" r:id="rId1328"/>
     <hyperlink ref="F1330" r:id="rId1329"/>
     <hyperlink ref="F1331" r:id="rId1330"/>
     <hyperlink ref="F1332" r:id="rId1331"/>
     <hyperlink ref="F1333" r:id="rId1332"/>
     <hyperlink ref="F1334" r:id="rId1333"/>
     <hyperlink ref="F1335" r:id="rId1334"/>
     <hyperlink ref="F1336" r:id="rId1335"/>
     <hyperlink ref="F1337" r:id="rId1336"/>
     <hyperlink ref="F1338" r:id="rId1337"/>
+    <hyperlink ref="F1339" r:id="rId1338"/>
+    <hyperlink ref="F1340" r:id="rId1339"/>
+    <hyperlink ref="F1341" r:id="rId1340"/>
+    <hyperlink ref="F1342" r:id="rId1341"/>
+    <hyperlink ref="F1343" r:id="rId1342"/>
+    <hyperlink ref="F1344" r:id="rId1343"/>
+    <hyperlink ref="F1345" r:id="rId1344"/>
+    <hyperlink ref="F1346" r:id="rId1345"/>
+    <hyperlink ref="F1347" r:id="rId1346"/>
+    <hyperlink ref="F1348" r:id="rId1347"/>
+    <hyperlink ref="F1349" r:id="rId1348"/>
+    <hyperlink ref="F1350" r:id="rId1349"/>
+    <hyperlink ref="F1351" r:id="rId1350"/>
+    <hyperlink ref="F1352" r:id="rId1351"/>
+    <hyperlink ref="F1353" r:id="rId1352"/>
+    <hyperlink ref="F1354" r:id="rId1353"/>
+    <hyperlink ref="F1355" r:id="rId1354"/>
+    <hyperlink ref="F1356" r:id="rId1355"/>
+    <hyperlink ref="F1357" r:id="rId1356"/>
+    <hyperlink ref="F1358" r:id="rId1357"/>
+    <hyperlink ref="F1359" r:id="rId1358"/>
+    <hyperlink ref="F1360" r:id="rId1359"/>
+    <hyperlink ref="F1361" r:id="rId1360"/>
+    <hyperlink ref="F1362" r:id="rId1361"/>
+    <hyperlink ref="F1363" r:id="rId1362"/>
+    <hyperlink ref="F1364" r:id="rId1363"/>
+    <hyperlink ref="F1365" r:id="rId1364"/>
+    <hyperlink ref="F1366" r:id="rId1365"/>
+    <hyperlink ref="F1367" r:id="rId1366"/>
+    <hyperlink ref="F1368" r:id="rId1367"/>
+    <hyperlink ref="F1369" r:id="rId1368"/>
+    <hyperlink ref="F1370" r:id="rId1369"/>
+    <hyperlink ref="F1371" r:id="rId1370"/>
+    <hyperlink ref="F1372" r:id="rId1371"/>
+    <hyperlink ref="F1373" r:id="rId1372"/>
+    <hyperlink ref="F1374" r:id="rId1373"/>
+    <hyperlink ref="F1375" r:id="rId1374"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>